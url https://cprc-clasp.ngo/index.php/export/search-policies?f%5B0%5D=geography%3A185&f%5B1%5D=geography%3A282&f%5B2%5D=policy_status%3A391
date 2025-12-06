--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -12,2109 +12,3031 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="658">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="962">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL 021-2021 Ventilators</t>
   </si>
   <si>
+    <t>This policy contains energy labeling requirements for ventilators. It applies to the following types of fans: centrifugal and axial-flow types for general use; centrifugal ID-fans for industrial steam boilers; centrifugal IF-fans and ID-fans for power station boilers; axial type fans used at power stations; centrifugal fans for AC. It does not apply to specialized-structured and used fans like jet-type fans, cross-flow fans, and roof fans.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Industrial Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 19761-2009
 ,   
                     GB/T 1236
 ,   
                     GB/T 10178</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and National Dev…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-021-2021-ventilators</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=1c9b5fb96da84efca25632a94eb5e85f</t>
+  </si>
+  <si>
     <t>CEL 022-2021 Flat panel TVs</t>
   </si>
   <si>
+    <t>This policy specifies energy labeling requirements for flat panel TVs. It applies to both LCD TVs and OLED TVs.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>GB 24850-2013</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China(SAMR) and National Deve…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-022-2021-flat-panel-tvs</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=d6c1a8d2aed2480c9fbf43c16c246f6c</t>
+  </si>
+  <si>
     <t>CEL 024-2021 Set-top box</t>
   </si>
   <si>
+    <t>This policy applies to set-top boxes that work normally under AC 220 V, 50 Hz power supply conditions, including cable set-top boxes, terrestrial set-top boxes, satellite set-top boxes, and network set-top boxes. It does not apply to live satellite set-top boxes.</t>
+  </si>
+  <si>
     <t>Audio-Visual</t>
   </si>
   <si>
     <t>GB24850</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-024-2021-set-top-box</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=939c3e0e27c54716ad6844218c19a9fc</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-024-2021-set-top-box-0</t>
   </si>
   <si>
     <t>CEL-004. Unitary Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the electrically driven compressor and indoor static pressure at 0Pa unitary ACs, computer and data processing center unitary ACs, communication stations unitary ACs, and constant temperature and humidity unitary ACs. Not including multi-connected AC, rooftop air conditioning unit, and ducted air-conditioning (heat pump) units.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>November 2021</t>
   </si>
   <si>
     <t>GB 19576-2004 GB/T 17758 GB/T 18836 JB/T 8072</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-004-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/10/%E5%8D%95%E5%85%83%E5%BC%8F%E7%A9%BA%E6%B0%94%E8%B0%83%E8%8A%82%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-007. Small &amp; Medium Three-phase Asynchronous Motors</t>
   </si>
   <si>
+    <t>Applies to motors working under three-phase AC; with voltage lower than 690V and frequency of 50Hz; for motors of energy efficiency grade 2 and 3; their rated power shall be 0.55kW-315kW; and for grade 1 motors; rated power should be 3kW-315kW; number of poles shall be 2; 4; and 6; of single-speed closed self-fan cooling type; N design type; for general service or explosion-proof type.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 1032</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-007-small-medium-three-phase-asynchronous-motors</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/CEL%20007-2021%E4%B8%AD%E5%B0%8F%E5%9E%8B%E4%B8%89%E7%9B%B8%E5%BC%82%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-009. Domestic Gas Instantaneous Water Heater and Gas Fired Heating - Hot Water Combination Boilers</t>
   </si>
   <si>
+    <t>Applies to products with heating load lower than 70kW. Does not apply to storage type of gas fired heating hot water product.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>GB 20665-2015 GB 6932 GB/T 13611 CJ/T 228</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-009-domestic-gas-instantaneous-water-heater-and-gas-fired-heating-hot-water</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B611_%E5%AE%B6%E7%94%A8%E7%87%83%E6%B0%94%E5%BF%AB%E9%80%9F%E7%83%AD%E6%B0%B4%E5%99%A8%E5%92%8C%E7%87%83%E6%B0%94%E9%87%87%E6%9A%96%E7%83%AD%E6%B0%B4%E7%82%89%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-016. Automatic Electric Rice Cooker</t>
   </si>
   <si>
+    <t>Applies to automatic electric rice cookers working under normal voltage and rated power lower than 2000W, with electric heating elements as the heat source.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 4706.19 GB 12021.6-2008 CCEC/T11-2006 QB/T 3899</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-016-automatic-electric-rice-cooker</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99(1).pdf</t>
+  </si>
+  <si>
     <t>CEL-017. Alternative Current Electric Fans</t>
   </si>
   <si>
+    <t>Applies to AC fans with single phase rated voltage no more than 250V other rated voltage no more than 480V and driven by AC motor including desk fan; rotary fan; wall fan; slide fan; floor fan and ceiling fan.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>GB 12021.9-2008, GB 13380</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-017-alternative-current-electric-fans</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B619_%E4%BA%A4%E6%B5%81%E7%94%B5%E9%A3%8E%E6%89%87%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-019. Air Compressor -Displacement Air Compressor</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered under this policy: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>GB-T 3853-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-019-air-compressor-displacement-air-compressor</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B621_%E5%AE%B9%E7%A7%AF%E5%BC%8F%E7%A9%BA%E6%B0%94%E5%8E%8B%E7%BC%A9%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-020. Refrigerators</t>
   </si>
   <si>
+    <t>Applies to motor-driven compressor type refrigerators that are for household use -including those with volume greater than 500L. Does not apply to built-in type exhibition type with a transparent door or other specialized types.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>GB/T 8059.1-1995 GB 12021.2-2008 GB 19606-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-020-refrigerators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B63_%E5%AE%B6%E7%94%A8%E7%94%B5%E5%86%B0%E7%AE%B1%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-022. Ventilators</t>
   </si>
   <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does not apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
     <t>Industrial Blowers</t>
   </si>
   <si>
     <t>GB 19761-2009 GB/T 1236 GB/T 10178 JB/T 2977 JB/T 4357 JB/T 4358 JB/T 4362 JB/T 10562 JB/T 10563</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-022-ventilators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/xzzq/display.htm?contentId=96b107ffcb3f41dabc9e99d133001670</t>
+  </si>
+  <si>
     <t>CEL-023. Room Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to air-cooling condensor; completely closed type electric motor-compressor type AC; whose cooling capacity is below 14000W and climate type is T1. Does not apply to portable; variable speed or multi-connected types of ACs.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>GB/T 7725-2004 GB 12021.3-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-023-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://app.sist.org.cn/label/Upload/ProductFile/ee65aebc-6a40-477d-8864-0479f0ec2fa4.pdf</t>
+  </si>
+  <si>
     <t>CEL-024. Flat Panel TV</t>
   </si>
   <si>
+    <t>Applies to LCD and OLED TV (referred to as "flat panel TV") and LCD and OLED monitors that work under AC 220 V and 50 Hz power supply conditions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-024-flat-panel-tv</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/%E7%94%B5%E8%A7%86.pdf</t>
+  </si>
+  <si>
     <t>CEL-025. Household and Similar Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwaves with rated input power lower than 2500W and uses the electro-magnetic power in ISM frequency range 2450MHz and resistance heating element to heat including microwave ovens with single microwave function and with barbecue and hot wind convection function. Does not apply to commercial and industrial microwave ovens or ovens with ventilators.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>GB-T 18800-2008 CCEC-T09-2006 GB 24849-2010 GB 4706.21</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-025-household-and-similar-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-026. Domestic solar water heating system</t>
   </si>
   <si>
+    <t>Applies to solar water heaters with volume less than 0.6 cubic meters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>GB 26969-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-026-domestic-solar-water-heating-system</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B628_%E5%AE%B6%E7%94%A8%E5%A4%AA%E9%98%B3%E8%83%BD%E7%83%AD%E6%B0%B4%E7%B3%BB%E7%BB%9F%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-027. Microcomputers</t>
   </si>
   <si>
+    <t>Desktop computers microcomputers with a display function and laptop computers of general purpose. Does not apply to: workstations and IPC; microcomputers with two or more discrete graphics display units; microcomputers with a rated power supply greater than 750 W; laptops with the display diagonal less than 0.294 6m or 11.6 inches</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>GB 28380-2014, GB/T 9813</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-027-microcomputers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B629_%E5%BE%AE%E5%9E%8B%E8%AE%A1%E7%AE%97%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-028. Refrigerated Display Cabinets with Remote Condensing Units</t>
   </si>
   <si>
+    <t>Applies to remote refrigerated display cabinets for food sales and display. Does not apply to refrigerated automatic vending machine or refrigerated display cabinets which are not for retail purpose.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>GB 26920.1-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-028-refrigerated-display-cabinets-remote-condensing-units</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B627_%E8%BF%9C%E7%BD%AE%E5%86%B7%E5%87%9D%E6%9C%BA%E7%BB%84%E5%86%B7%E8%97%8F%E9%99%88%E5%88%97%E6%9F%9C%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-031. Electric Clothes Washers</t>
   </si>
   <si>
+    <t>Applies to household electric washing machines with washing capacity no larger than 13kg. Does not apply to those with washing capacity no larger than 1.0kg and those without dehydration function. For washer-dryer type only washing performance is considered.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>GB/T 4288 2008 GB 12021.4-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-031-electric-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B65_%E7%94%B5%E5%8A%A8%E6%B4%97%E8%A1%A3%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-032. Self-Ballasted Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Applies to self-ballasted CFLs of rated voltage of 220V, rated working frequency of 50Hz and rated power of 3 W-60 W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stablization parts are integrated. Does not apply to CFLs with covers.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>GB/T 17263-2013 GB 19044-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-032-self-ballasted-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E6%99%AE%E9%80%9A%E7%85%A7%E6%98%8E%E7%94%A8%E8%87%AA%E9%95%87%E6%B5%81%E8%8D%A7%E5%85%89%E7%81%AF%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-035. Heat Pump Water Heaters</t>
   </si>
   <si>
+    <t>Applies to motor-driven air source heat pump water heaters with vapor-compression refrigeration cycle. Does not apply to electrical storage water heaters</t>
+  </si>
+  <si>
     <t>Heat Pumps, Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>GB 29541-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-035-heat-pump-water-heaters</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B631_%E7%83%AD%E6%B3%B5%E7%83%AD%E6%B0%B4%E6%9C%BA%EF%BC%88%E5%99%A8%EF%BC%89%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-036. Household Cookers</t>
   </si>
   <si>
+    <t>Applies to induction cookers with one or more heating units with each unit's rated power ranges from 700W to 3500W. Does not apply to commercial induction cookers, power frequency induction cookers and concave cooker.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>GB 21456-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-036-household-cookers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B615_%E5%AE%B6%E7%94%A8%E7%94%B5%E7%A3%81%E7%81%B6%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-037. Copiers, Printers, and Fax Machines</t>
   </si>
   <si>
+    <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does not apply to AC contactors with external power saving device or semi-conductor type -solid type contactor.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>GB 21521-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-037-copiers-printers-and-fax-machines</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B617_%E5%A4%8D%E5%8D%B0%E6%9C%BA%E3%80%81%E6%89%93%E5%8D%B0%E6%9C%BA%E5%92%8C%E4%BC%A0%E7%9C%9F%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-038. Household Gas Stoves</t>
   </si>
   <si>
+    <t>Applies only to gas stove with a nominal heat load of a single burner not more than 5.23 kW.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>GB-T 13611, GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-038-household-gas-stoves</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B632_%E5%AE%B6%E7%94%A8%E7%87%83%E6%B0%94%E7%81%B6%E5%85%B7%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-040. Groundwater Source Heat Pump Systems</t>
   </si>
   <si>
+    <t>Groundwater source heat pump systems of commercial and industrial use.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>GB 30721-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-040-groundwater-source-heat-pump-systems</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B634_%E6%B0%B4%EF%BC%88%E5%9C%B0%EF%BC%89%E6%BA%90%E7%83%AD%E6%B3%B5%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Conpet Seal Gas stoves and ovens</t>
   </si>
   <si>
+    <t>Gas stoves and ovens</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>NBR 13723 1/1999 parte 1, NBR 13723 2/1999 parte 2, NBR 14583/2000</t>
   </si>
   <si>
     <t>National Program of Rational Use of Oil and Natural Gas (Conpet)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/conpet-seal-gas-stoves-and-ovens</t>
   </si>
   <si>
+    <t>https://thebrazilbusiness.com/article/energy-efficiency-labeling-in-brazil</t>
+  </si>
+  <si>
     <t>CQC31-030421-2010. CQC Mark Certification - Doors and Windows</t>
   </si>
   <si>
+    <t>This policy applies to doors and windows with a thermal insulation function.</t>
+  </si>
+  <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>CQC 3118-2011</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-030421-2010-cqc-mark-certification-doors-and-windows-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-030421-2010-cqc-mark-certification-doors-and-windows</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492708.shtml</t>
   </si>
   <si>
     <t>CQC31-030421-2010. Energy Conservation Certification Rules - Doors and Windows</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for doors and windows. It applies to doors and windows with a thermal insulation function.</t>
+  </si>
+  <si>
     <t>Doors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-030421-2010-energy-conservation-certification-rules-doors-and-windows</t>
   </si>
   <si>
     <t>CQC31-045201-2012. CQC Mark Certification - Computers</t>
   </si>
   <si>
+    <t>Applies to ordinary desktop PC and laptops also to equipment of similar hardware structure</t>
+  </si>
+  <si>
     <t>CCEC-T22-2003 CQC 3114-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-045201-2012-cqc-mark-certification-computers</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/492784.shtml</t>
+  </si>
+  <si>
     <t>CQC31-415321-2009 Energy Conservation Certification Rules for Aluminum Thermal Profiles</t>
   </si>
   <si>
+    <t>Applies to Aluminum Thermal Profiles.</t>
+  </si>
+  <si>
     <t>Insulations</t>
   </si>
   <si>
     <t>CQC3116-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-415321-2009-energy-conservation-certification-rules-aluminum-thermal-profiles</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-12-11/492682.shtml</t>
+  </si>
+  <si>
     <t>CQC31-423221-2017 Energy Conservation Certification Rules for Industrial Boilers</t>
   </si>
   <si>
+    <t>Applies to industrial boilers including: steam boiler; hot water boiler; and organic heat transfer matrial boilers with a rated steam pressure no larger than 3.8MPa; and fuel source of coal; oil; gas; or biomass.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, Oil</t>
   </si>
   <si>
     <t>CQC3161-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-423221-2017-energy-conservation-certification-rules-industrial-boilers</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-05-24/499029.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432212-2009. CQC Mark Certification - Centrifugal Corrosion Resisting Pumps</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction centrifugal pump for fresh water; single stage double suction centrifugal pump for fresh water; and multiple stage centrifugal pump for fresh water</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>GB 19762-2007 GB/T 3216 GB/T 5657 GB/T 7021 GB/T 13006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-432212-2009-cqc-mark-certification-centrifugal-corrosion-resisting-pumps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-11-20/492766.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432217-2017 Energy Conservation Certification Rules for Submersible motor-pumps</t>
   </si>
   <si>
+    <t>Applies to  small size submersible motor-pumps; sewage submersible motor-pumps; well-use submersible motor-pumps</t>
+  </si>
+  <si>
     <t>GB32029-2015, GB32031-2015, GB32030-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-432217-2017-energy-conservation-certification-rules-submersible-motor-pumps</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-06-15/546484.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432218-2017 Energy Conservation Certification Rules for Centrifugal pump for fresh water</t>
   </si>
   <si>
+    <t>Applies to centrifugal pump for fresh water powered by 50Hz three-phase DC power under 690V or lower; which are three-phase DC motor drive typical load units; Applies to single stage single punction|single stage double punction|multi-stage centrifugal pump for fresh water with a rated power of 0.75kW-375kW</t>
+  </si>
+  <si>
     <t>JBT 11706.1-2013</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-432218-2017-energy-conservation-certification-rules-centrifugal-pump-fresh-water</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-06-15/546487.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439121-2013. CQC Mark Certification - Room Air Conditioner -Variable Speed</t>
   </si>
   <si>
+    <t>Applies to air-cooling condensor completely closed type with variable electric motor-compressor type AC whose cooling capacity is below 14000W and climate type is T1. Does NOT apply to portable fixed speed or multi-connected types of ACs.</t>
+  </si>
+  <si>
     <t>GB/T 7725; GB/T 17758, GB 21455-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439121-2013-cqc-mark-certification-room-air-conditioner-variable-speed</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-01-14/492741.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439122-2010. CQC Mark Certification - Room AC</t>
   </si>
   <si>
+    <t>Applies to air-cooling condensor; completely closed type electric motor-compressor type AC; whose cooling capacity is below 14000W and climate type is T1. Does NOT apply to portable; variable speed or multi-connected types of ACs.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439122-2010-cqc-mark-certification-room-ac</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-01-14/492744.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439124-2019. Energy Conservation Certification Rules for Unitary Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the following types of unitary AC which have a rated cooling capacity of bigger than 7100W: electric driven compressor type unitary AC and duct type and roof type unitary AC. Not including multi-connected AC -heat pump or variable speed type AC.</t>
+  </si>
+  <si>
     <t>GB 19576-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439124-2019-energy-conservation-certification-rules-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/492754.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439131-2013. CQC Mark Certification - Lithium bromide absorption water chiller</t>
   </si>
   <si>
+    <t>Applies to direct-fired type and steam type lithium bromide absorption water chiller.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>GB 29540-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439131-2013-cqc-mark-certification-lithium-bromide-absorption-water-chiller</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/492752.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439133-2013. CQC Mark Certification - Heat pump water heater</t>
   </si>
   <si>
+    <t>Applies to air-source motor heat pump water heater with the hot water providing as a main purpose. Does not apply to water-source heat pump water heaters</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439133-2013-cqc-mark-certification-heat-pump-water-heater</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492738.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439135-2010. CQC Mark Certification - Multi-connected air-condition -heat pump- unit</t>
   </si>
   <si>
+    <t>Applies to multi-connected air conditioning -heat pump- unit of T1 climate type. Does NOT apply to double or multiple cooling circulation system unit.</t>
+  </si>
+  <si>
     <t>GB 21454-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439135-2010-cqc-mark-certification-multi-connected-air-condition-heat-pump-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492750.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439136-2016. Energy Conservation Certification Rules for Water Chillers</t>
   </si>
   <si>
+    <t>Applies to motor-driven centrifugal water chillers.</t>
+  </si>
+  <si>
     <t>GB 19577-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439136-2016-energy-conservation-certification-rules-water-chillers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492753.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439138-2013. CQC Mark Certification - Multi-connected air-condition -heat pump- unit |ULTRA HIGH</t>
   </si>
   <si>
     <t>GB/T 18837-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439138-2013-cqc-mark-certification-multi-connected-air-condition-heat-pump-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/498394.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439139-2016 Energy Conservation Certification Rules for Water-source multiple air conditioning -heat pump unit</t>
   </si>
   <si>
+    <t>Applies to water-source multiple air conditioning -heat pump unit that use A1 type refrigerant according to GB-T 7778 rules.</t>
+  </si>
+  <si>
     <t>CQC 3156-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439139-2016-energy-conservation-certification-rules-water-source-multiple-air</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/529439.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439801-2019. Energy Conservation Certification Rules for Low Ambient Temperature Air Source Heat Pump (Water Chilling) Packages</t>
   </si>
   <si>
+    <t>Applies to low ambient temperature air source heat pump -water chilling packages</t>
+  </si>
+  <si>
     <t>Heat Pumps, Pumps Other</t>
   </si>
   <si>
     <t>GB 37480-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439801-2019-energy-conservation-certification-rules-low-ambient-temperature-air</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-01-29/542277.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439803-2018 CQC Energy conservation certification rules for low ambient temperator air source heat pump air heaters</t>
   </si>
   <si>
+    <t>Applies to split air source heat pump air heaters that are motor-compressor driven; of which condensor and evaporator both use air heat exchanger; which can operate under an ambient temperature not lower than 30 and rated heating capapity not larger than 14000W; which are used for indoor environment</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>CQC 3165-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439803-2018-cqc-energy-conservation-certification-rules-low-ambient-temperator-air</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-06-22/553630.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448113-2012. CQC Mark Certification - Refrigerated Display Cabinets With Remote Condensing Unit</t>
   </si>
   <si>
+    <t>Applies to refrigerated display cabinet with remote condensing unit used for the sales and display of food products. Does NOT apply to refrigerated automatic vending machine and refrigerated display cabinet for non-retail purpose.</t>
+  </si>
+  <si>
     <t>GB 26920.1-2011;GB/T 21001.3-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448113-2012-cqc-mark-certification-refrigerated-display-cabinets-remote-condensing</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/495769.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448116-2016 Energy Conservation Certification Rules for Commercial refrigerated cabinets with self-contained condensing unit</t>
   </si>
   <si>
+    <t>This policy applies to commercial condensing refrigerated cabinets including: self-contained commercial refrigerated cabinet for selling and displaying purpose; closed type self-contained refrigerated beverage display units in stores hotels and restaurants; solid door commercial freezer and self-contained commercial cabinets for non-retailing use.</t>
+  </si>
+  <si>
     <t>CQC-F002-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448116-2016-energy-conservation-certification-rules-commercial-refrigerated-cabinets</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-17/537286.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448173-2018. CQC Mark Certification Electric Storage Water Heaters</t>
   </si>
   <si>
+    <t>Applies to Domestic Electric Storage Water Heaters</t>
+  </si>
+  <si>
     <t>GB 21519-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448173-2018-cqc-mark-certification-electric-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492757.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448184-2011. CQC Mark Certification - Commercial Induction Cooker</t>
   </si>
   <si>
+    <t>Applies to household induction coookers with one or more heating units with the rated power of each unit of 700W</t>
+  </si>
+  <si>
     <t>SB-T 10548</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448184-2011-cqc-mark-certification-commercial-induction-cooker</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492839.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448187-2016 Energy Conservation Certification Rules for Household and Similar Use Room Heaters</t>
   </si>
   <si>
+    <t>Applies to room heaters that with a single-phase rated power voltage of no more than 250V, applies to portable, fixed, standing, and embedded type of room hearers.</t>
+  </si>
+  <si>
     <t>CQC3154-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448187-2016-energy-conservation-certification-rules-household-and-similar-use-room</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/513956.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452421-2011. CQC Mark Certification - Server</t>
   </si>
   <si>
+    <t>Applies to tower or rack-mounted servers with 1 and 2 processor sockets. Does NOT apply to Bladed Server or Multi-node Systems</t>
+  </si>
+  <si>
     <t>Servers</t>
   </si>
   <si>
     <t>CQC3135-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452421-2011-cqc-mark-certification-server</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/492857.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452611-2011. CQC Mark Certification - Scanners</t>
   </si>
   <si>
+    <t>Applies to drum scanners; flatbed scanners; and scanners for film or transparent media.</t>
+  </si>
+  <si>
     <t>CQC 3134-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452611-2011-cqc-mark-certification-scanners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-04/492776.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452627-2014. CQC Mark Certification - Copy machines; printers; fax machines and multi-function equipment</t>
   </si>
   <si>
+    <t>Applies to copiers; printers; fax machines; and multi-function equipment. Applies to products operating under 220V and 50Hz; with printing speed lower than 70pages per minute and standard format. Can be used as reference for products with printing speed higher than 70pages per minute and non-standard format.</t>
+  </si>
+  <si>
     <t>GB 21521-2014, GB 20943</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452627-2014-cqc-mark-certification-copy-machines-printers-fax-machines-and-multi</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492780.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452629-2016. Energy Conservation Certification Rules for Computer Monitors</t>
   </si>
   <si>
+    <t>Applies to CRT and LCD monitors for computers working under normal electricity grid voltage and those displays with tuners and or receivers mainly used as computer monitors.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>GB 21520-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452629-2016-energy-conservation-certification-rules-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492777.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452631-2013. CQC Mark Certification - Flat panel TV</t>
   </si>
   <si>
+    <t>Applies to LCD TV and Plasma TV that work under electricity grid of normal voltage and serve for general service. Also applies to LCD or plasma display equipment which main function is TV but without moderator and other types of flat panel displays.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452631-2013-cqc-mark-certification-flat-panel-tv</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492733.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452631-2021. Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes. It applies to LCD TVs and Plasma TVs that work under an electricity grid of normal voltage and serve for general service. It also applies to LCD or plasma display equipment (with its main function as a TV, but without moderators and other types of flat panel displays) and set-top boxes.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB 24850</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452631-2021-energy-conservation-certification-rules-flat-panel-tvs-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-07/492733.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452691-2016 Energy conservation certification rules for LED display unit</t>
   </si>
   <si>
+    <t>Applies to indoor and outdoor full-color LED display units that work under electric grid normal voltage</t>
+  </si>
+  <si>
     <t>CQC3158-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452691-2016-energy-conservation-certification-rules-led-display-unit</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-22/537408.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452692-2017 Energy conservation certification rules for multimedia display terminal</t>
   </si>
   <si>
+    <t>Applies to on-grid nomral voltage multimedia display terminal</t>
+  </si>
+  <si>
     <t>CQC3163-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452692-2017-energy-conservation-certification-rules-multimedia-display-terminal</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-09-27/549899.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461121-2021. Energy Conservation Certification Rules for Motors</t>
   </si>
   <si>
+    <t>Applies to motors working under three-phase AC; with voltage lower than 690V and frequency of 50Hz; rated power shall be 0.55kW-315kW; and for grade 1 motors; rated power should be 3kW-315kW; number of poles shall be 2; 4; and 6; of single-speed closed self-fan cooling type; N design type; for general service or explosion-proof type</t>
+  </si>
+  <si>
     <t>GB 18613-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461121-2021-energy-conservation-certification-rules-motors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39731</t>
+  </si>
+  <si>
     <t>CQC31-461122-2014. CQC Mark Certification - Permanent magnet synchronous motors</t>
   </si>
   <si>
+    <t>Applies to products with rated voltage of lower than 1140V; powered by three-phase AC of 50Hz; rated power between 0.55kW-275kW; poles number of 2; 4; 6; 8; 10; 12; 16</t>
+  </si>
+  <si>
     <t>GB 30253-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461122-2014-cqc-mark-certification-permanent-magnet-synchronous-motors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492762.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461137-2017 Energy Conservation Certification Rules for Line Operated AC Motors</t>
   </si>
   <si>
+    <t>Applies to sine-wave voltage single-speed motor which: rated output of 0.12kW-1000kW;  voltage of 50-1000V and frequency of 50Hz 60Hz;  number of poles: 2P 4P 6P 8P; long-time and continuious operation under rated output power given that the temperature rise limit shall meet the one specified corresponding to the insulation level;  ambent temperature of 0.12kW-1000kW; altitude of no larger than 4000m</t>
+  </si>
+  <si>
     <t>GB755; GB14711</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461137-2017-energy-conservation-certification-rules-line-operated-ac-motors</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-04-19/551557.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461212-2020. Energy Conservation Certification Rules for Power Transformer</t>
   </si>
   <si>
+    <t>Applies to three-phase; off-Circuit-Tap-Changing transformers with voltage level of 10kV; and rated capacities of 30kVA-1600kVA for oil-immersed transformers or 30kVA-2500kVA for dry-type transformers. Does not apply to gas-filled transformers.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>GB 20052-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461212-2020-energy-conservation-certification-rules-power-transformer</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-10-26/492765.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461219-2010. CQC Mark Certification - Power Transformer</t>
   </si>
   <si>
+    <t>Applies to power transformers with voltage level of 35kV-220kV; and rated capacities of 3150kVA. Does not apply to dry-type transformers.</t>
+  </si>
+  <si>
     <t>GB 1094.1-1996 GB/T 2900.15-1997 GB/T 6451-2008 GB 24790-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461219-2010-cqc-mark-certification-power-transformer</t>
   </si>
   <si>
     <t>CQC31-461226-2010. CQC Mark Certification - High Pressure Sodium Vapor Lamps Ballast</t>
   </si>
   <si>
+    <t>Applies to independent and or built-in magnetic ballasts for high pressure sodium lamps which work under rated voltage of 220V; rated frequency of 50Hz; and rated power of 70W-1000W.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>GB 19574-2004 GB/T 7451 GB/T 13434 GB 19510.10</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461226-2010-cqc-mark-certification-high-pressure-sodium-vapor-lamps-ballast</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492717.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461227-2010. CQC Mark Certification - Metal-Halide Lamps Ballast</t>
   </si>
   <si>
+    <t>Applies to LC peak lead type of independent and built-in type magnetic ballasts for single capped metal halide lamps with rated 220V frequency 50Hz and power 175W-1500W.</t>
+  </si>
+  <si>
     <t>GB 20053-2006 GB/T 15042 GB 15910.10 QB/T 2511 QB/T 2515</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461227-2010-cqc-mark-certification-metal-halide-lamps-ballast</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492715.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461229-2014. CQC Mark Certification - AC electronic ballast for single-capped electrodeless fluorescent lamps</t>
   </si>
   <si>
+    <t>Applies to electronic ballasts working under 220V and 50Hz AC; used for single-capped electrodeless fluorescent lamps with rated power range of 30W-400W.</t>
+  </si>
+  <si>
     <t>GB 17896-2012; GB/T 15144-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461229-2014-cqc-mark-certification-ac-electronic-ballast-single-capped-electrodeless</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/510012.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461235-2014. CQC Mark Certification - Switch power supply of computers</t>
   </si>
   <si>
+    <t>Applies to products as the internal switch of computers which working under normal grid voltage including ordinary desktop computers; high level desktop computers; working station, etc.</t>
+  </si>
+  <si>
     <t>Internal Power Supply</t>
   </si>
   <si>
     <t>CQC 3112-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461235-2014-cqc-mark-certification-switch-power-supply-computers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492782.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461236-2014. CQC Marking Certification: single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
+    <t>Applies to power supplies operating under under 220V and 50Hz;  which transfer AC grid's voltage to a fixed and single way low voltage DC current; no more than 36V; or low voltage AC; no more than 36V; and rated output power is no larger than 250W.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>GB 20943-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461236-2014-cqc-marking-certification-single-voltage-external-ac-dc-and-ac-ac-power</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492783.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461238-2009. CQC Mark Certification - Variable frequency speed regulation devices</t>
   </si>
   <si>
+    <t>Applies to variable frequency speed regulation devices using three-phase AC power supply which voltage is no higher than 660V frequency of 50Hz and power no bigger than 315kW.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>GB/T 12668.2-2002 GB/Z 17625.6-2003 GB/T 17623</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461238-2009-cqc-mark-certification-variable-frequency-speed-regulation-devices</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492770.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462121-2021. Energy Conservation Certification Rules for Step-down Power Saving Devices</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for step-down power-saving devices. It applies to low voltage distribution savers with a rated voltage lower than 1000 V, rated frequency of 50 Hz, and rated capacity no more than 2500 kVA.</t>
+  </si>
+  <si>
     <t>Electronics, Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>CQC 3103-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-462121-2021-energy-conservation-certification-rules-step-down-power-saving-devices</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-05-26/492772.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462191-2010. CQC Mark Certification - Socket-outlets and adaptors</t>
   </si>
   <si>
+    <t>Applies to products that are used indoor or outdoor; household or similar type; working under AC current; rated voltage higher than 50V and lower than 250V; rated current 10A and 16A; with or without earth contactor; with conservative stand-by power function.</t>
+  </si>
+  <si>
     <t>Power strips</t>
   </si>
   <si>
     <t>CQC 3121-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-462191-2010-cqc-mark-certification-socket-outlets-and-adaptors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492763.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465135-2018 Energy Conservation Certification Rules for Metal-Halide Lamps</t>
   </si>
   <si>
+    <t>Applies to metal halide lamps which are with LC peak lead type of ballasts - or ballasts and trigger units- that can be lighted and operate normally with 92-106 percent of rated voltage. Power range should be from 50W-1500W. does not apply to power coated metal halide lamp</t>
+  </si>
+  <si>
     <t>GBT 18661-2008ï¼›GB 20054-2015ï¼› GB19652-2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465135-2018-energy-conservation-certification-rules-metal-halide-lamps</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-07-30/492720.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465195-2014. CQC Mark Certification - Self-ballasted Electrodeless fluorescent lamps with general lighting service</t>
   </si>
   <si>
+    <t>Applies to fluorescent Lamps for General Lighting Service; Self-ballasted and Electrode-Less; operating under conditions of 220V and 50Hz; with a nominal power of 10W-60W</t>
+  </si>
+  <si>
     <t>GB 29142-2012 GB 17625.1-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465195-2014-cqc-mark-certification-self-ballasted-electrodeless-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-10-17/509985.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465197-2014. CQC Mark Certification - Double-capped LED Lamps designed to retrofit linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Applies to G13 double-capped T8 LED Lamps designed to retrofit linear Fluorescent Lamps with technical characteristics based on GB|T 10682</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>CQC 3148-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465197-2014-cqc-mark-certification-double-capped-led-lamps-designed-retrofit-linear</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/rootfiles/2014/11/02/1414876321132078-1414876321176625.pdf</t>
+  </si>
+  <si>
     <t>CQC31-465391-2018 Energy Conservation Certification Rules for Luminaries System for Road Lighting</t>
   </si>
   <si>
+    <t>Applies to Powers Luminaries System for Road Lighting which use Fluorescent lamps and high intensity gas discharge lamps as lighting source</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>CQC 3105-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465391-2018-energy-conservation-certification-rules-luminaries-system-road-lighting</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-02-05/492775.shtml</t>
+  </si>
+  <si>
     <t>CQC31-499111-2020 Energy Conservation Certification Rules for Motorcycles and Electric Bicycles</t>
+  </si>
+  <si>
+    <t>This policy contains energy conservation certification rules for motorcycles and electric bicycles. It applies to L1 (electric drive), L3 (internal combustion engine drive + electric drive), L4 (internal combustion engine drive), and L5 (internal combustion engine drive) that are driven by internal combustion engines or electric drives and have obtained national compulsory product certification, and electric bicycles (electric drive only) that have obtained national compulsory product certification.</t>
   </si>
   <si>
     <t>Mobility</t>
   </si>
   <si>
     <t>GB15744-2019
 ,   
                     GB/T 24157-2017
 ,   
                     CQC3174-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-499111-2020-energy-conservation-certification-rules-motorcycles-and-electric</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-03-11/512923.shtml</t>
+  </si>
+  <si>
     <t>CQC32-353224-2013 Water Conservation Certification Rules for Liquid Fabric Detergent</t>
   </si>
   <si>
+    <t>This policy contains water conservation certification rules for liquid fabric detergent. It applies liquid detergents prepared with various surfactants and auxiliaries and conforming to QB/T 1224-2012, including laundry detergents and silk wool detergents. This rule does not apply to non-washable and laundry pre-stain products.</t>
+  </si>
+  <si>
     <t>Water</t>
   </si>
   <si>
     <t>QB/T 1224-2012</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-353224-2013-water-conservation-certification-rules-liquid-fabric-detergent</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492636.shtml</t>
+  </si>
+  <si>
     <t>CQC32-372121-2013 Water Conservation Certification Rules for Flush tank and Flush tank fitting</t>
   </si>
   <si>
+    <t>Applies to Flush tank and Flush tank fitting that are mounted on cold water supply line of static pressure smaller than 0.6MPa and driven by water gravity. This includes flushing tank inlet valve and drain valve -as flushing tank fitting</t>
+  </si>
+  <si>
     <t>Toilet Seats (Electric)</t>
   </si>
   <si>
     <t>GBT 26730-2011; GBT 6952-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-372121-2013-water-conservation-certification-rules-flush-tank-and-flush-tank-fitting</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-04-18/492667.shtml</t>
+  </si>
+  <si>
     <t>CQC32-439154-2022 Water Conservation Certification Rules for Drinking Water Treatment Purifiers</t>
   </si>
   <si>
+    <t>This policy contains water conservation certification rules for drinking water treatment purifiers. It applies small water purifiers used in households or similar places with municipal tap water or other centralized raw water supplier and uses reverse osmosis membrane or nanofiltration membrane as the main purification element. It does not apply to large water purifiers with length, width, or height ≥2000 mm; mass ≥100 kg and net water flow ≥3 L/min.</t>
+  </si>
+  <si>
     <t>Water Fixtures</t>
   </si>
   <si>
     <t>GB34914-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-439154-2022-water-conservation-certification-rules-drinking-water-treatment</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2022-03-22/529526.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448104-2016. Energy Conservation and Environmentally-friendly Certification Rules for Household Refrigerators</t>
   </si>
   <si>
+    <t>Applies to motor-driven compressor type refrigerators that are for household use including those whose volume is bigger than 500L. Does NOT apply to built-in type exhibition type with a transparent door or other specialized types.</t>
+  </si>
+  <si>
     <t>GB 12021.2-2015; GB 19606-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448104-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492745.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448117-2016 Energy Conservation and Environmentally-friendly Certification Rules for Household Refrigerators</t>
   </si>
   <si>
+    <t>This policy applies to enclosed motor-drive and compressed type household refrigerators.</t>
+  </si>
+  <si>
     <t>CQC 6104-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448117-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-15/536899.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448151-2018 Energy Conservation and Environmentally-friendly Certification Rules for Range Hood</t>
   </si>
   <si>
+    <t>Applies to venting type range hood products -except for intgrated kitchen; installed above cooker cooking range or appliances of similar purpose with the rated voltage not exceeding 250V.</t>
+  </si>
+  <si>
     <t>CQC6101-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448151-2018-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-05-08/498678.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448211-2015. CQC Mark Certification - domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Applies to products with rated load no bigger than 5.23kW for a single burner</t>
+  </si>
+  <si>
     <t>CQC 6151-2009 QB/T 1236-2008 GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448211-2015-cqc-mark-certification-domestic-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/512168.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448261-2012. CQC Mark Certification - Domestic Solar Water Heating Systems</t>
   </si>
   <si>
+    <t>Applies to domestic solar water heating systems with storage tanks smaller than 0.6 m3</t>
+  </si>
+  <si>
     <t>GB 26969-2011; GB/T 19141-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448261-2012-cqc-mark-certification-domestic-solar-water-heating-systems</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492677.shtml</t>
+  </si>
+  <si>
     <t>CQC62-448121-2013. CQC Mark Certification - Electric Washing Machines</t>
   </si>
   <si>
+    <t>Applies to household electric washing machines with washing capacity no larger than 13kg. Does NOT apply to those with washing capacity no larger than 1.0kg.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc62-448121-2013-cqc-mark-certification-electric-washing-machines</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492565.shtml</t>
+  </si>
+  <si>
     <t>CQC64-439141-2017 Safety and Performance and Energy Conservation Certification Rules For Household and Similar Use Outdoor Air System Equipment</t>
   </si>
   <si>
+    <t>Applies to Household and Similar Use Outdoor Air System Equipment with an air volume below 2000cubic meters per hour</t>
+  </si>
+  <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>CQC6401-2017 4.3.1 and 4.3.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc64-439141-2017-safety-and-performance-and-energy-conservation-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-04-13/544879.shtml</t>
+  </si>
+  <si>
     <t>CQC64-439802-2018 Safety and Energy conservation certification rules for air source heat pump drying -dehumidifying unit</t>
   </si>
   <si>
+    <t>Applies to air source heat pump drying -dehumidifying unit</t>
+  </si>
+  <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>CQC6402-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc64-439802-2018-safety-and-energy-conservation-certification-rules-air-source-heat-pump</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-04-19/553403.shtml</t>
+  </si>
+  <si>
     <t>CQC64-448157-2014. CQC Mark Certification - Air Cleaners</t>
   </si>
   <si>
+    <t>Air cleaners: single-phase rated voltage not exceeding 250V; other rated voltage not exceeding 450V</t>
+  </si>
+  <si>
     <t>GB/T 18801-2015 5.5.2 and 5.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc64-448157-2014-cqc-mark-certification-air-cleaners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-08/511616.shtml</t>
+  </si>
+  <si>
     <t>CQC64-448160-2018 Energy and Water Conservation and Anti-microbial Certification Rules for Household and Similar Electrical Appliances - Electronic Toilets</t>
   </si>
   <si>
+    <t>Applies to electric toilets used by non-professionals in households schools stores; etc.</t>
+  </si>
+  <si>
     <t>GBT23131-2008;GB21551.2-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc64-448160-2018-energy-and-water-conservation-and-anti-microbial-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-01-29/552296.shtml</t>
+  </si>
+  <si>
     <t>Energy efficiency limit values ​​and energy efficiency grades for high voltage three-phase cage-type asynchronous motors</t>
   </si>
   <si>
+    <t>This policy defines minimum allowable values of energy efficiency and energy efficiency grades for cage three-phase high voltage induction motors.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-limit-values-and-energy-efficiency-grades-high-voltage-three-phase-cage</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=208DEC46F6A847EEE06397BE0A0AA4A0</t>
+  </si>
+  <si>
     <t>GB 12021.2-2015 The maximum allowable values of the energy consumption and energy efficiency grade for household refrigerators</t>
   </si>
   <si>
+    <t>Applies to motor-driven compressor type refrigerators that are for household use including those whose volume is bigger than 500L; also applies to wine coolers and built-in type refrigerating appliances.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 8059; IEC 62552-1; IEC 62552-2; IEC 62552-3</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120212-2015-maximum-allowable-values-energy-consumption-and-energy-efficiency-grade</t>
   </si>
   <si>
-    <t>GB 12021.2-2025 Maximum Allowable Values of Energy Consumption and Energy Efficiency Grade for Household Refrigerating Appliance</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-120212-2025-maximum-allowable-values-energy-consumption-and-energy-efficiency-grade</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D8094FD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 12021.4-2013 The maximum allowable values of the energy water consumption and grades for household electric washing machines</t>
   </si>
   <si>
+    <t>Applies to household electric washing machines with washing capacity no larger than 13kg. Does NOT apply to washing machines with rated wash capacity below 1.0kg or single tub washing machines without centrifugal drying functions; Does NOT apply to agitator-type washing machines. For washing and drying machines; only washing functions will be assessed.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120214-2013-maximum-allowable-values-energy-water-consumption-and-grades-household</t>
   </si>
   <si>
-    <t>GB 12021.9-2008 Minimum allowable values of energy efficiency and the energy efficiency grades for AC electric fans</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6BED3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
+  </si>
+  <si>
+    <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-120219-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
-[...5 lines deleted...]
-    <t>September 2025</t>
+    <t>November 2025</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120219-2021-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
-    <t>GB 17896-2012 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for tubular fluorescent lamps</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-17896-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
   </si>
   <si>
     <t>GB 17896-2022 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for gas discharge lamps for general lighting</t>
   </si>
   <si>
+    <t>This standards revised minimum energy performance standards and rating for
+ballasts for tubular fluorescent lamps with a rated power of 4 W to 120 W, supplied by AC power at 220 V and 50 Hz;
+electronic ballasts for external electrode fluorescent lamps with a rated power of 30 W to 400 W;
+independent and built-in electromagnetic and electronic ballasts for metal halide lamps with a rated power of 20 W to 1,500 W;
+and independent and built-in electromagnetic ballasts for high-pressure sodium lamps with a rated power of 70 W to 1,000 W. It replaces GB 17896-2012,GB 29143-2012,GB 20053-2015,GB 19574-2004</t>
+  </si>
+  <si>
     <t>Lighting, Fluorescent and HID Lighting</t>
   </si>
   <si>
-    <t>October 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-17896-2022-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=F113142E3FE54B65E05397BE0A0A5AB9</t>
+  </si>
+  <si>
     <t>GB 18613-2020 Minimum Allowable Values of Energy Efficiency and Values of Efficiency Grades for Motors</t>
   </si>
   <si>
+    <t>This policy applies to general purpose electric motors or general purpose anti explosion electric motors with the following characteristics: three-phase AC with voltage lower than 1000V and frequency of 50Hz; rated power between 0.75kW-375kW; number of poles of 2; 4; and 6; single-speed closed self-fan cooling; N design.</t>
+  </si>
+  <si>
     <t>GB/T 755-2019; GB/T 1032; GB/T 5171.1-2014; GB/T 5171.21</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-18613-2020-minimum-allowable-values-energy-efficiency-and-values-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF578CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 19044-2013 Limited values of energy efficiency and rating criteria of self-ballasted fluorescent lamps for general lighting service</t>
   </si>
   <si>
+    <t>Applies to CFLs of rated voltage of 220V; rated working frequency of 50Hz and rated power lower than 60W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stabilization parts are integrated.</t>
+  </si>
+  <si>
     <t>GB 17263</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19044-2013-limited-values-energy-efficiency-and-rating-criteria-self-ballasted</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FF70D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 19153-2019 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Displacement Air Compressors</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>GB/T 3853; GB/T 4975; GB/T 13279; GB/T 13928; GB/T26967; JB/T 4253; JB/T 6430; JB/T 7662; JB/T 8933; JB/T 8934; JB/T 9107; JB/T 10972; JB/T 11423; JB/T 13345</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19153-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94001A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 19415-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single-capped fluorescent lamps</t>
   </si>
   <si>
+    <t>Applies to single capped fluorescent lamps with pre-heating cathode and internal ignition device or external ignition device.</t>
+  </si>
+  <si>
     <t>GB/T 17262</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19415-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D803B9D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 19573-2004 Limited values of energy efficiency and rating criteria for high-pressure sodium vapour lamps</t>
   </si>
   <si>
+    <t>Applies to High-pressure sodium lamps with transparent glass cover for outdoor lighting service, and power ranges from 50W-1000W with matching ballasts and ignitors and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
     <t>GB 19573-2004 GB/T 13434 GB/T 13259</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19573-2004-limited-values-energy-efficiency-and-rating-criteria-high-pressure-sodium</t>
   </si>
   <si>
-    <t>GB 19574-2004 Limited values of energy efficiency and evaluating values of energy conservation of ballast for high-pressure sodium lamps</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-19574-2004-limited-values-energy-efficiency-and-evaluating-values-energy-conservation</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C5F2D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 19576-2019 The minimum allowable values of the energy efficiency and energy efficiency grades for unitary air conditioners</t>
   </si>
   <si>
+    <t>Applies to the following types of unitary AC which have a rated cooling capacity of bigger than 7100W: electric driven compressor type unitary AC and duct type and roof type unitary AC. Not including multi-connected AC -heat pump- or variable speed type AC.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19576-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBC0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 19577-2015 The Minimum Allowable Values of the Energy Efficiency and Energy Efficiency Grades for Water Chillers</t>
   </si>
   <si>
+    <t>Applies to Water chilling -heat pump- packages using the vapor compression cycle with electric motor driven compressor.</t>
+  </si>
+  <si>
     <t>GB/T 10870; GB/T 18430.1; GB/T 18430.2; GB/T 25131</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19577-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80EECD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 19761-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Fan</t>
   </si>
   <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does NOT apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
     <t>GB/T 1236; GB/T 3235; GB/T 10178; JB/T 2977; JB/T 4357; JB/T 4358; JB/T 4362; JB/T 7221; JB/T 9068; JB/T 10562; JB/T 10563</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19761-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-fan</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF568CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 19762-2007 Minimum allowable values of energy efficiency and evaluating values of energy conservation of centrifugal pump for fresh water</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction clear water centrifugal pumps, single stage double suction clear water centrifugal pumps, and multiple stage clear water centrifugal pumps. This standard does not apply to other types of pumps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19762-2007-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D78826D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 20052-2024 Energy efficiency limit values ​​and energy efficiency grades for power transformers</t>
   </si>
   <si>
+    <t>This document specifies the minimum allowable values of energy efficiency, the energy efficiency grades and test methods for power transformers. The policy applies to oil-immersed and dry-type distribution transformers. It will enter into effect on 1 February 2025.</t>
+  </si>
+  <si>
     <t>GB/T 1094.1; GB/T 1094.11; GB/T 2900.95; GB/T 6451; GB/T 10228; GB/T 22072; GB/T 25438; GB/T 25446</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20052-2024-energy-efficiency-limit-values-and-energy-efficiency-grades-power</t>
   </si>
   <si>
-    <t>GB 20053-2015 Limited values of energy efficiency and rating criteria for ballast of metal-halide lamps</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-20053-2015-limited-values-energy-efficiency-and-rating-criteria-ballast-metal-halide</t>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=B0CE4A3FBCC4501211A25E3E10F75498</t>
   </si>
   <si>
     <t>GB 20054-2015 Minimum allowable values of energy efficiency and energy efficiency grades for metal-halide lamps</t>
   </si>
   <si>
+    <t>This policy applies to transparent glass shell scandium sodium metal halide lamps single-end 50 W-1500 W; double-end 70 W-250 W; ceramic metal halide lamps 20W-400W.</t>
+  </si>
+  <si>
     <t>GB/T 2900.65; GB/T 13434; GB/T 18661; GB 19652; GB/T 24458</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20054-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F03D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 20665-2015 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas instantaneous water heaters and gas fired heating and hot water combi-boilers</t>
+  </si>
+  <si>
+    <t>Applies to instantaneous water heaters and heating and hot water combi-boilers which use gas as source and whose heat load is equal to or smaller than 70kW</t>
   </si>
   <si>
     <t>GB 20665-2015 GB 6932 GB|T 13611 CJ|T 228
 ,   
                     GB 6932-2001; GB/T 13611; GB 25034-2010; CJ/T 336-2010; CJ/T 395-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20665-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80536D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
+    <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 20943-2025  Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for AC-DC and AC-AC Power Supplies</t>
   </si>
   <si>
+    <t>This revised policy substantially expands its regulatory scope through the inclusion of additional product categories and extended power capacity ranges, while integrating embedded power supplies into its framework for the first time. Aligned with the European Union’s latest minimum energy efficiency requirements of power supplies, GB 20943-2025 introduces a globally pioneering specification for Grade 1 no-load power consumption, establishing a stringent threshold of 0.05W to 0.075W.</t>
+  </si>
+  <si>
+    <t>Power Supply and Power Conversion</t>
+  </si>
+  <si>
+    <t>February 2025</t>
+  </si>
+  <si>
+    <t>GB 20943-2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-20943-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
+  </si>
+  <si>
+    <t>https://openstd.samr.gov.cn/bzgk/std/newGbInfo?hcno=8105E9E58B8B8BDB5DF9D96119B1C60A</t>
+  </si>
+  <si>
+    <t>GB 21454-2008 Minimum allowable values of the IPLV and energy efficiency grades for multi-connected air- condition -heat pump unit</t>
+  </si>
+  <si>
+    <t>GB/T 18837</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-21454-2008-minimum-allowable-values-iplv-and-energy-efficiency-grades-multi-connected</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D767B7D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 21455-2019 Minimum Allowable Values of the Energy Efficiency and Energy Efficiency Grades for Room Air Conditioners</t>
+  </si>
+  <si>
+    <t>GB/T 7725-2004; GB/T 35758-2017; JB/T 13573-2018</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-21455-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-room</t>
+  </si>
+  <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=BC04CDC71AD8C36B62C0FF4AE58F633C&amp;refer=outter</t>
+  </si>
+  <si>
+    <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
+  </si>
+  <si>
+    <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
+a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
+b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
+c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
+d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
+e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
+f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
-  </si>
-[...46 lines deleted...]
-    <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21456-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=F966E2FC4C7AB718356847B0DB1045E4</t>
+  </si>
+  <si>
     <t>GB 21518-2008 Minimum allowable values of energy efficiency and energy efficiency grades for AC contactors</t>
   </si>
   <si>
+    <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does NOT apply to AC contactors with external power saving device or semi-conductor type -solid type contactor</t>
+  </si>
+  <si>
     <t>Contactors</t>
   </si>
   <si>
     <t>GB 14048.1 GB 14048.4</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21518-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D773ECD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21519-2008 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Electrical Storage Water</t>
   </si>
   <si>
+    <t>This standard applies only to Electrical storage water hearters.</t>
+  </si>
+  <si>
     <t>GB/T 20289-2006 GB 21519-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21519-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D77279D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21520-2015 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Computer Monitors</t>
   </si>
   <si>
+    <t>Applies to LCD monitors for computers working under normal electricity grid voltage, and those displays with tuners and or receivers mainly used as computer monitors.</t>
+  </si>
+  <si>
     <t>GB/T 8170; GB 20943</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21520-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80B40D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21521-2014 Minimum allowable values of energy efficiency and energy efficiency grades for copy machines; printers and fax machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21521-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-copy</t>
   </si>
   <si>
-    <t>GB 24849-2017 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Household and Similar Microwave Ovens</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-24849-2017-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED11D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 24850-2013 Minimum allowable values of energy efficiency and energy efficiency grades for flat panel TV</t>
   </si>
   <si>
+    <t>Applies to liquid crystal display and plasma display TVs referred as flat-panel TVs; that has the following characteristics: work under grid voltage; receive ground cable satellite or analogue signals; and have primary functions of demodulation and display. Also applies to display equipments that function as TV but not equipped with tuners</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-24850-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-flat</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D803C2D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 24850-2020 Minimum allowable values of energy efficiency limits and energy efficiency grades for flat-panel TVs and set-top boxes</t>
+  </si>
+  <si>
+    <t>MEPS for flat panel televisions and set-top boxes</t>
   </si>
   <si>
     <t>Electronics, Audio-Visual, Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB/T 17309.1
 ,   
                     GB 24850-2020
 ,   
                     IEC 62087-2:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-24850-2020-minimum-allowable-values-energy-efficiency-limits-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EFC3FD1E05397BE0A0A98CA</t>
+  </si>
+  <si>
     <t>GB 25501-2019 Minimum allowable values of water efficiency and water efficiency grades for faucets</t>
   </si>
   <si>
+    <t>This standard specifies the minimum allowable values of water efficiency, evaluating values of water conservation, water efficiency grades and test methods for faucets. It is applicable to the water efficiency evaluation of washbasin faucets, kitchen faucets, bidgets faucets and ordinary washing faucets that are installed at ends of cold and hot water supply pipelines in buildings, with nominal pressure (static pressure) of not greater than 1.0 MPa and medium temperature of 4℃~ 90℃.</t>
+  </si>
+  <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>GB/T 33733</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-25501-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94003A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 25502-2017 Minimum allowable values of water efficiency and water efficiency grades for water closets</t>
   </si>
   <si>
+    <t>This standard specifies the minimum allowable values of water efficiency, evaluating values of water conservation, water efficiency grade, and test methods for water closets. This standard is applicable to evaluation for water efficiency of various water closets installed in cold water pipeline in building facilities and used when water supply pressure is less than 0.6MPa.</t>
+  </si>
+  <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>GB 6952</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-25502-2017-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-water</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D81450D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 25957-2010 Minimum allowable values of energy efficiency and energy efficiency grades for digital television adapters -set-top boxes</t>
   </si>
   <si>
+    <t>Applies to adapters working under 220V 50Hz including cable adapters ground adapters and satellite adapters.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB/T 2829-2002; GB/T 14857; GB/T 17700; GB/T 17975.1; GB/T 17975.2; GB/T 17975.3; GB/T 20600; GB 20943; GD/JN 01; GY/T 155; GY/T 170; IEC 62087:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-25957-2010-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E07ED3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 26920.1-2011 Minimum allowable values of energy efficiency and energy efficiency grades of commercial refrigerating appliances-Part 1:Refrigerated display cabinets with remote condensing unit.</t>
   </si>
   <si>
+    <t>applies to remote refrigerated display cabinets for food sales and display.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-269201-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7DA2BD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 26920.2-2015 Minimum allowable values of energy efficiency and energy efficiency grades of commercial refrigerating appliances-Part 2:Commercial refrigerated cabinets with self-contained condensing unit.</t>
   </si>
   <si>
+    <t>Applies to commercial refrigerated display cabinets including: self-contained commercial refrigerated cabinet for selling and displaying purpose; closed type self-contained refrigerated beverage display units in stores hotels and restaurants; solid door commercial freezer and self-contained commercial cabinets for non-retailing use.</t>
+  </si>
+  <si>
     <t>GB/T 21001.1; GB/T 21001.2-2015; GB/T 21001.3; SB/T 10794.1-2012; SB/T  10794.2-2012; SB/T 10794.3-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-269202-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F5FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 26969-2011 Minimum allowable values of energy efficiency and energy efficiency grades for domestic solar water heating systems</t>
   </si>
   <si>
     <t>GB 3100; GB/T 12936; GB/T 18708; GB/T 19141; GB/T 26970; GB/T26971; ISO 9488:1999</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-26969-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
-    <t>GB 26969-2025 Minimum allowable values of energy efficiency and energy efficiency grades for domestic solar water heating systems</t>
-[...7 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-26969-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FB07D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 28377-2019 Minimum allowable values of water efficiency and water efficiency grades for urinals</t>
   </si>
   <si>
+    <t>This standard specifies the water efficiency grades, technical requirements and test methods for urinals. This standard is applicable to the evaluation on water efficiency of urinals (excluding waterless urinals) installed on cold water supply piping in building facilities and used under the static water supply pressure of 0.6 MPa.</t>
+  </si>
+  <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>GB/T 9195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28377-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94002A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 28378-2019 Minimum allowable values of water efficiency and water efficiency grades for showers</t>
   </si>
   <si>
+    <t>This standard specifies the water efficiency grade, technical requirements, and test methods for showers. It is applicable to the water efficiency evaluation of showers (including shower heads or combinations) used in sanitary facilities such as lavatories and shower rooms installed in buildings with nominal pressure (static pressure) less than 1.0 MPa and medium temperature of 4℃~90℃.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28378-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA9400CA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 28380-2012 Minimum allowable values of energy efficiency and energy grades for microcomputers</t>
+  </si>
+  <si>
+    <t>This policy applies to general purpose microcomputers, including desktop computers with integrated display functions and portable PCs. Also applies to microcomputers with two or more independent graphic displays. Does not apply to microcomputers with rated power higher than 750W or portable computers with a display diagonal less than 0.2946m or 11.6 inches.</t>
   </si>
   <si>
     <t>,   
                     GB 28380-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28380-2012-minimum-allowable-values-energy-efficiency-and-energy-grades-microcomputers</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E1CFD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29142-2012 Minimum allowable values of energy efficiency and energy efficiency grades for single-capped electrodeless fluorescent lamps</t>
   </si>
   <si>
+    <t>This policy applies to out-coupling and inner-coupling, single-capped, electrode-less fluorescent lamps with rated power between 30W and 400W; 220V 50Hz</t>
+  </si>
+  <si>
     <t>QB/T 2938; GB 29142</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29142-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
-    <t>GB 29143-2012 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for electrodeless fluorescent lamps</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-29143-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E62DD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 29144-2012 Minimum allowable values of energy efficiency and the energy efficiency grades for self-ballasted electrodeless fluorescent lamps with general lighting service</t>
   </si>
   <si>
+    <t>This policy applies to fluorescent Lamps for General Lighting Service - Self-ballasted and Electrode-Less</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>GB/T 21091; GB 21554</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29144-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-self</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E50CD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29541-2013 Minimum allowable values of the energy efficiency and energy efficiency grades for heat pump water heaters</t>
   </si>
   <si>
+    <t>This policy applies to air source heat pump water heaters with vapor-compression refrigeration and driven by electric motors.</t>
+  </si>
+  <si>
     <t>GB/T 23137-2008; GB/T 21362-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29541-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-heat</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E871D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30255-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED products for indoor lighting</t>
   </si>
   <si>
+    <t>This policy applies to non-directional self-ballasted LED-lamps for general lighting services.</t>
+  </si>
+  <si>
     <t>GB/T 24842; GB/T 24826; GB/T 24908; GB/T 29293; GB/T 29294; GB/T 29295; GB/T 29296; GB/T 31112</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30255-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB70E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 30717-2019 Minimum allowable values of water efficiency and water efficiency grades for squatting pans</t>
   </si>
   <si>
+    <t>It covers Squatting Toilets</t>
+  </si>
+  <si>
     <t>National Development and Reform Commission, Ministry of Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30717-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FF5A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
+  </si>
+  <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30721-2014 Minimum allowable values of energy efficiency and energy efficiency grades for water-source -ground-source- heat pumps</t>
   </si>
   <si>
+    <t>Applies to water-source; ground-source; heat pumps with electrical and mechanical compression systems</t>
+  </si>
+  <si>
     <t>GB/T 19409-2003, GB/T 19409-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30721-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7F003D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 31276-2014 Minimum allowable values of energy efficiency and evaluating values of energy conservation of tungsten halogen lamp</t>
   </si>
   <si>
+    <t>Applies to non-directional tungsten halogen lamp for general lighting purposes with rated voltage no larger than 24V; power range 5W-100W; with rated voltage 220V-250V; power range 15W-500W.</t>
+  </si>
+  <si>
     <t>GB/T 14094; GB 14196.2; GB 14196.3; GB/T 26178</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-31276-2014-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80887D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32029-2015 Minimum allowable values of energy efficiency and energy efficiency grades for small-size submersible motor-pumps</t>
   </si>
   <si>
+    <t>This policy applies to small-size submersible motor-pumps with rated power no larger than 22kW that are single- or three- phase and single- or multi- stage.</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 12785-2014; GB/T 25409</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32029-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80934D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32030-2015 Minimum allowable values of energy efficiency and energy efficiency grades for submersible pumps for deep well</t>
   </si>
   <si>
+    <t>This policy applies to submersible pumps for deep well - an integrated system of pump and submersible motors used in well, which is used to extract clean water.</t>
+  </si>
+  <si>
     <t>GB/T 2816; GB/T 2818; GB/T 2828.1; GB/T 2829; GB/T 12785-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32030-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80933D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32031-2015 Minimum allowable values of energy efficiency and energy efficiency grades for waste submersible motor-pumps</t>
   </si>
   <si>
+    <t>This policy applies to single-phase or three-phase waste submersible motor-pumps that are used for carrying sewage or mixed liquid that contains sediment, fabrics, feces, and river sludge.</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 12785-2014; GB/T 24674</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32031-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80932D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32284-2015 Minimum allowable values of energy efficiency and energy efficiency grades for petrochemical centrifugal pumps</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction centrifugal pumps with shrouded -maximum- impeller which are used to transport clean liquid</t>
+  </si>
+  <si>
     <t>GB/T 3215; GB/T 3216; GB/T 5656; GB/T 7021; GB/T 13006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32284-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80EEBD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 34914-2021 Minimum allowable values of water efficiency and water efficiency grades for water purifiers</t>
+  </si>
+  <si>
+    <t>This standard specifies the water efficiency grades, technical requirements, and test methods for water purifiers. This standard applies to small water purifiers that use municipal tap water or other centralized water supply as raw water and use reverse osmosis membrane or nanofiltration membrane as the main purification element for use in households or similar places. This standard does not apply to large-scale water purifiers with a length or width or height greater than 2000mm, heavier than 100kg, or net water flow greater than 3L/min.</t>
   </si>
   <si>
     <t>GB 8538
 ,   
                     GB/T 5750
 ,   
                     GB 34914-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-34914-2021-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-water</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=D275887A54507721E05397BE0A0AFB27</t>
+  </si>
+  <si>
     <t>GB 36893-2024 Minimum allowable values of energy efficiency and energy efficiency grades for air cleaner</t>
   </si>
   <si>
+    <t>This standard revised minimum energy performance standards and grades for air cleaners:
+ — Air cleaners with a single-phase rated voltage greater than 5 V and not exceeding 250 V, and other rated voltages not exceeding 480 V;
+— Air cleaners with functions for removing particulate matter and gaseous pollutants;
+— Humidifying purifiers and purifying fans with an independent air purification function mode.</t>
+  </si>
+  <si>
     <t>GB/T 18801—2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-36893-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=23EE8C718E22E8A3E06397BE0A0AC332</t>
+  </si>
+  <si>
     <t>GB 37478-2025 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
+    <t>This revised MEPS raises the minimum energy efficiency requirements by about 25% for LED road and tunnel lighting luminaires, setting a benchmark of 130 lm/W for LED road lighting luminaires with Correlated Color Temperature (CCT) between 3500K to 5000K, and 150 lm/W for LED road lighting luminaires with CCT over 5000K. The minimum energy efficiency requirements for LED tunnel lighting luminaires are 10 lm/W lower than the requirements for LED road lighting luminaires. The standard scope is expanded from AC products to AC and DC LED Road and tunnel lighting luminaires.</t>
+  </si>
+  <si>
+    <t>June 2025</t>
+  </si>
+  <si>
     <t>GB/T39018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37478-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29FD444E06397BE0A0ACC4C</t>
+  </si>
+  <si>
     <t>GB 38383-2025 Minimum Allowable Values and Grades of the Energy Efficiency and Water Efficiency for Dishwashers</t>
   </si>
   <si>
+    <t>This standard raises energy efficiency and water efficiency for electric dishwashers used at home. It will replace GB38383—2019 and will be effective starting April 2027.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>September 2025</t>
   </si>
   <si>
     <t>GB/T20290—2024
 ,   
                     GB/T23119</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38383-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
-    <t>GB 38448-2025 Minimum allowable values and grades of the energy efficiency and water efficiency for smart toilets</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-38448-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency-0</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3840811E06397BE0A0A2D54</t>
   </si>
   <si>
     <t>GB19043-2013 Minimum allowable values of energy efficiency grades of double-capped fluorescent lamps for general lighting service</t>
   </si>
   <si>
+    <t>Applies to non-directional self-ballasted LED lamps with the rated rated power of 2W-60W; rated voltage of 220V; frequency 50Hz</t>
+  </si>
+  <si>
     <t>GB/T 10682-2010 GB 19043-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb19043-2013-minimum-allowable-values-energy-efficiency-grades-double-capped-fluorescent</t>
   </si>
   <si>
-    <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6C0D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>Inmetro Ordinance No. 17 of 14 January 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for compact fluorescent lamps with integrated ballasts.</t>
+  </si>
+  <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-17-14-january-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-17-de-14-de-janeiro-de-2022-374166541</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 170 of 05 April 2019</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for household washing machines.</t>
+  </si>
+  <si>
     <t>ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-170-05-april-2019</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-170-de-5-de-abril-de-2019-71924511</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 234 of 29 June 2020</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for monoblock, window, and wall split air conditioners.</t>
+  </si>
+  <si>
     <t>NBR 5858 NBR 5882 NBR 12010.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-234-29-june-2020</t>
   </si>
   <si>
+    <t>https://www.gov.br/inmetro/pt-br/centrais-de-conteudo/publicacoes/portaria-234-29-de-junho-de-2020.pdf</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 267 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for commercial electric ovens.</t>
+  </si>
+  <si>
     <t>NBR NM 60335-1 / IEC 60335-2-36 / IEC 60335-2-42 / IEC 60335-2-102</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-267-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-267-de-22-de-junho-de-2021-328227052</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 268 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for microwave ovens.</t>
+  </si>
+  <si>
     <t>IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-268-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-268-de-22-de-junho-2021-328222087</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 299 of 09 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for table, wall, pedestal, and air circulation fans.</t>
+  </si>
+  <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010; IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; NBR 5891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-299-09-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-299-de-9-de-julho-de-2021-331562798</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 319 of 23 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for pumps.
+It covers closed, open and semi-open rotor pumps, self-aspiring centrifugal pumps, multi-stage pumps with horizontal or vertical axis, up to 25 HP for three-phase monoblock centrifugal pumps, and up to 15 HP for single phase monoblock centrifugal pumps.</t>
+  </si>
+  <si>
     <t>ISO 9906:2012 / ABNT NBR 17094-1:2018 / ABNT NBR 17094-2:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-319-23-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-319-de-23-de-julho-de-2021-334087813</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 332 of 2 August 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for household refrigerators, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552:2007 + Ed. 1.0; IEC 62552-1:2020; IEC 60335-1:2010 + A1:2013; IEC 60335-2-24:2010 + A1:2012; ABNT NBR NM 247-1:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-332-2-august-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-332-de-2-de-agosto-de-2021-336061973</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 377 of 14 September 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for televisions.</t>
+  </si>
+  <si>
     <t>ABNT NBR IEC 60065:2009 / CISPR 32: 2012 / IEC PAS 62825:2013 / IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-377-14-september-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-377-de-14-de-setembro-de-2021-345136102</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 382 of 17 September 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for distribution transformers in insulating liquid.</t>
+  </si>
+  <si>
     <t>Distribution Transformers</t>
   </si>
   <si>
     <t>ABNT NBR ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-382-17-september-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-382-de-17-de-setembro-de-2021-346341931</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 420 of 04 October 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for solar water heating equipment.</t>
+  </si>
+  <si>
     <t>ABNT NBR 15747-1:2009 / ABNT NBR 15747-2:2009 / ASTM G155:13 / ISO 9806:2017 / ISO 9459-2:1995</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-420-04-october-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-420-de-4-de-outubro-de-2021-352019240</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 69 of 16 February 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for integrated LED lamps.</t>
+  </si>
+  <si>
     <t>IEC-TR62380; IESNA LM-80-08; ANSI /UL 1993-1999</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-69-16-february-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-69-de-16-de-fevereiro-de-2022-382712930</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 8 of 05 January 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for gas stoves and ovens for household use.</t>
+  </si>
+  <si>
     <t>ABNT NBR 13723-1:2003 /  ABNT NBR 14698 and ABNT NBR 13866 / ABNT NBR 15076:2004 / ABNT NBR 7195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-8-05-january-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-8-de-5-de-janeiro-de-2022-375029861</t>
+  </si>
+  <si>
     <t>MME Resolution No. 1 of 29 April 2022</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for air conditioners, including monoblock, window, wall split, floor-ceiling, and cassette type.</t>
+  </si>
+  <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mme-resolution-no-1-29-april-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/resolucao-n-1-de-29-de-abril-de-2022-396910853</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 1.007 of 31 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for incandescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-1007-31-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_1007-2010-lampadas-incandescentes.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 1.008 of 31 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for compact fluorescent lamps (CFLs).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-1008-31-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_1008-2010-lampadas-fluorescentes-compactas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 324 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for gas water heaters, both instantaneous and storage.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-324-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_324-2011-aquecedores-de-agua-a-gas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 325 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for ovens.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-325-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_325-2011-fornos-e-fogoes-a-gas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 1 of 14 May 2018</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for household refrigerators, freezers, and refrigerator-freezers. This policy has been replaced by  Ordinance No. 2 of 29 December 2022. Select 'see more' below for a link to the new policy.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctimdic-ordinance-no-1-14-may-2018</t>
   </si>
   <si>
+    <t>http://antigo.mme.gov.br/documents/36193/72181/2018+-+Portaria+Interministerial+MME-MCTIC-MDIC+n_1-2018+-+Refrigeradores+e+Congeladores.pdf/879c8ad6-ae08-8496-553e-9388668cd571</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 1 of 29 June 2017</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for 3-phase squirrel cage electric motors.</t>
+  </si>
+  <si>
     <t>ABNT NBR 17094-1 / ABNT NBR 5383-1 / ABNT NBR 5110 / ABNT NBR IEC 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctimdic-ordinance-no-1-29-june-2017</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2017-portaria-interministerial-mme-mctic-mdic-n_1-2017-motores-eletricos-trifasicos.pdf</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 2 of 29 June 2017</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for household ceiling fans.</t>
+  </si>
+  <si>
     <t>NBR NM-IEC 335-1 / 1998; IEC 60335-2-80 / 1997; NBR 14532/2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctimdic-ordinance-no-2-29-june-2017</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2017-portaria-interministerial-mme-mctic-mdic-n_2-2017-ventiladores-de-teto.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Air Conditioners</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for window and split type room air conditioners.</t>
+  </si>
+  <si>
     <t>NBR 5858, NBR 5882, NBR 12010.</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Procel Seal - CFLs with Integrated Ballasts</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for compact fluorescent lamps (CFLs) with integrated ballasts.</t>
+  </si>
+  <si>
     <t>CIE 84:1989, IEC 60081, IEC 60901, IEC 60969, NBR 14538, NBR 14539, NBR IEC 60061-1, NBR 14671</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-cfls-integrated-ballasts</t>
   </si>
   <si>
     <t>Procel Seal - Clothes Washers</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for washing machines.</t>
+  </si>
+  <si>
     <t>Projeto de Norma ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-clothes-washers</t>
   </si>
   <si>
     <t>Procel Seal - Electric Motors</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electric motors.</t>
+  </si>
+  <si>
     <t>NBR 17094 NBR 5383-1 NBR 5110 e NBR ISO 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-electric-motors</t>
   </si>
   <si>
     <t>Procel Seal - Electromagnetic Ballasts for Sodium Vapor Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electromagnetic ballasts for sodium vapor lamps.</t>
+  </si>
+  <si>
     <t>NBR 13593 NBR 14305</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-electromagnetic-ballasts-sodium-vapor-lamps</t>
   </si>
   <si>
     <t>Procel Seal - Electronic Ballasts for Tubular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electronic ballasts for tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>NBR 5114 NBR 5172</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-electronic-ballasts-tubular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Procel Seal - LED Lamps with Integrated Control Device</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED lamps with a control device integrated to the base.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-led-lamps-integrated-control-device</t>
   </si>
   <si>
     <t>Procel Seal - Refrigerators, Freezers, Refrigerator-Freezers</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for refrigerators, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>ISO 7371, ISO 8187, ISO 5155, ISO 8561</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-refrigerators-freezers-refrigerator-freezers</t>
   </si>
   <si>
     <t>Procel Seal - Sodium Vapor Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for sodium vapor lamps.</t>
+  </si>
+  <si>
     <t>NBR IEC 60662, NBR 13593, NBR 5461, NBR IEC 60061-1, ABNT NBR IEC 60238, ABNT NBR 5426</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-sodium-vapor-lamps</t>
   </si>
   <si>
     <t>Procel Seal - Systems and Equipment for Solar Water Heating</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for solar collectors and thermal reservoirs.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-systems-and-equipment-solar-water-heating</t>
   </si>
   <si>
     <t>Procel Seal - Table and Ceiling Fans</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for table and ceiling fans.</t>
+  </si>
+  <si>
     <t>NBR NM-IEC-335-1/ 1998; IEC 60335-2-80 / 1997; NBR 14532 : 2003; Energy Star / 2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-table-and-ceiling-fans</t>
   </si>
   <si>
     <t>Procel Seal - Televisions</t>
+  </si>
+  <si>
+    <t>This webpage contains endorsement label requirements for televisions.</t>
   </si>
   <si>
     <t>IEC 60065 Ed. 7.1 2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-televisions</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2378,8351 +3300,8932 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N188"/>
+  <dimension ref="A1:P177"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="244" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="244.083" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="679.406" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="85.979" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="186.24" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="403.33" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2020</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2021</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...2 lines deleted...]
-      <c r="L2" t="s">
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2011</v>
+      </c>
+      <c r="I3">
+        <v>2021</v>
+      </c>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...7 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>34</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2016</v>
+      </c>
+      <c r="I4">
+        <v>2021</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...17 lines deleted...]
-      <c r="H3">
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>37</v>
+      </c>
+      <c r="B5" t="s">
+        <v>38</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>39</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2016</v>
+      </c>
+      <c r="I5">
         <v>2021</v>
       </c>
-      <c r="I3" t="s">
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>40</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>43</v>
+      </c>
+      <c r="P5"/>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>44</v>
+      </c>
+      <c r="B6" t="s">
+        <v>45</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>46</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...37 lines deleted...]
-      <c r="I4" t="s">
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2005</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>47</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>48</v>
+      </c>
+      <c r="M6" t="s">
+        <v>49</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>50</v>
+      </c>
+      <c r="P6" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>52</v>
+      </c>
+      <c r="B7" t="s">
+        <v>53</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>54</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...37 lines deleted...]
-      <c r="I5" t="s">
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2008</v>
+      </c>
+      <c r="I7">
+        <v>2012</v>
+      </c>
+      <c r="J7" t="s">
+        <v>55</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>56</v>
+      </c>
+      <c r="M7" t="s">
+        <v>49</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>57</v>
+      </c>
+      <c r="P7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>61</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J5" t="s">
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
-[...40 lines deleted...]
-      <c r="J6" t="s">
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2008</v>
+      </c>
+      <c r="I8">
+        <v>2015</v>
+      </c>
+      <c r="J8" t="s">
+        <v>55</v>
+      </c>
+      <c r="K8" t="s">
+        <v>62</v>
+      </c>
+      <c r="L8" t="s">
+        <v>63</v>
+      </c>
+      <c r="M8" t="s">
+        <v>49</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>64</v>
+      </c>
+      <c r="P8" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>68</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K6" t="s">
-[...120 lines deleted...]
-        <v>2010</v>
+      <c r="G9" t="s">
+        <v>22</v>
       </c>
       <c r="H9">
         <v>2010</v>
       </c>
-      <c r="I9" t="s">
-        <v>54</v>
+      <c r="I9">
+        <v>2010</v>
       </c>
       <c r="J9" t="s">
+        <v>69</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>70</v>
+      </c>
+      <c r="M9" t="s">
+        <v>49</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>71</v>
+      </c>
+      <c r="P9" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>73</v>
+      </c>
+      <c r="B10" t="s">
+        <v>74</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>75</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K9" t="s">
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10">
+        <v>2010</v>
+      </c>
+      <c r="J10" t="s">
         <v>55</v>
       </c>
-      <c r="L9" t="s">
-[...31 lines deleted...]
-      <c r="H10">
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>76</v>
+      </c>
+      <c r="M10" t="s">
+        <v>49</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>77</v>
+      </c>
+      <c r="P10" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>79</v>
+      </c>
+      <c r="B11" t="s">
+        <v>80</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>81</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2010</v>
       </c>
-      <c r="I10" t="s">
-[...2 lines deleted...]
-      <c r="J10" t="s">
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
+        <v>82</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>83</v>
+      </c>
+      <c r="M11" t="s">
+        <v>49</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>84</v>
+      </c>
+      <c r="P11" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>86</v>
+      </c>
+      <c r="B12" t="s">
+        <v>87</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>88</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K10" t="s">
-[...40 lines deleted...]
-      <c r="J11" t="s">
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2005</v>
+      </c>
+      <c r="I12">
+        <v>2015</v>
+      </c>
+      <c r="J12" t="s">
+        <v>82</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>89</v>
+      </c>
+      <c r="M12" t="s">
+        <v>49</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>90</v>
+      </c>
+      <c r="P12" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>92</v>
+      </c>
+      <c r="B13" t="s">
+        <v>93</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>94</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
         <v>21</v>
       </c>
-      <c r="K11" t="s">
-[...76 lines deleted...]
-        <v>2010</v>
+      <c r="G13" t="s">
+        <v>22</v>
       </c>
       <c r="H13">
         <v>2010</v>
       </c>
-      <c r="I13" t="s">
-        <v>44</v>
+      <c r="I13">
+        <v>2010</v>
       </c>
       <c r="J13" t="s">
+        <v>55</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>95</v>
+      </c>
+      <c r="M13" t="s">
+        <v>49</v>
+      </c>
+      <c r="N13" t="s">
+        <v>96</v>
+      </c>
+      <c r="O13" t="s">
+        <v>97</v>
+      </c>
+      <c r="P13" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>99</v>
+      </c>
+      <c r="B14" t="s">
+        <v>100</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>101</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K13" t="s">
-[...31 lines deleted...]
-      <c r="G14">
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
         <v>2005</v>
       </c>
-      <c r="H14">
+      <c r="I14">
         <v>2010</v>
       </c>
-      <c r="I14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J14" t="s">
+        <v>55</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>102</v>
+      </c>
+      <c r="M14" t="s">
+        <v>49</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>103</v>
+      </c>
+      <c r="P14" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>105</v>
+      </c>
+      <c r="B15" t="s">
+        <v>106</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
         <v>21</v>
       </c>
-      <c r="K14" t="s">
-[...31 lines deleted...]
-      <c r="G15">
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
         <v>2011</v>
       </c>
-      <c r="H15">
+      <c r="I15">
         <v>2013</v>
       </c>
-      <c r="I15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J15" t="s">
+        <v>82</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>33</v>
+      </c>
+      <c r="M15" t="s">
+        <v>49</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>107</v>
+      </c>
+      <c r="P15" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>109</v>
+      </c>
+      <c r="B16" t="s">
+        <v>110</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>111</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
         <v>21</v>
       </c>
-      <c r="K15" t="s">
-[...19 lines deleted...]
-      <c r="C16" t="s">
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2011</v>
+      </c>
+      <c r="I16">
+        <v>2017</v>
+      </c>
+      <c r="J16" t="s">
         <v>82</v>
       </c>
-      <c r="D16" t="s">
-[...17 lines deleted...]
-      <c r="J16" t="s">
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>112</v>
+      </c>
+      <c r="M16" t="s">
+        <v>49</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>113</v>
+      </c>
+      <c r="P16" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>115</v>
+      </c>
+      <c r="B17" t="s">
+        <v>116</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>117</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
         <v>21</v>
       </c>
-      <c r="K16" t="s">
-[...32 lines deleted...]
-        <v>2012</v>
+      <c r="G17" t="s">
+        <v>22</v>
       </c>
       <c r="H17">
         <v>2012</v>
       </c>
-      <c r="I17" t="s">
-        <v>87</v>
+      <c r="I17">
+        <v>2012</v>
       </c>
       <c r="J17" t="s">
-        <v>88</v>
+        <v>118</v>
       </c>
       <c r="K17" t="s">
-        <v>89</v>
+        <v>119</v>
       </c>
       <c r="L17" t="s">
-        <v>40</v>
+        <v>120</v>
       </c>
       <c r="M17" t="s">
-        <v>24</v>
+        <v>49</v>
       </c>
       <c r="N17" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>121</v>
+      </c>
+      <c r="P17" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>91</v>
+        <v>123</v>
       </c>
       <c r="B18" t="s">
-        <v>15</v>
+        <v>124</v>
       </c>
       <c r="C18" t="s">
-        <v>92</v>
+        <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>17</v>
+        <v>125</v>
       </c>
       <c r="E18" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G18">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
         <v>2012</v>
       </c>
-      <c r="H18">
+      <c r="I18">
         <v>2013</v>
       </c>
-      <c r="I18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J18" t="s">
+        <v>55</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>126</v>
+      </c>
+      <c r="M18" t="s">
+        <v>49</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>127</v>
+      </c>
+      <c r="P18" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>129</v>
+      </c>
+      <c r="B19" t="s">
+        <v>130</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>131</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
         <v>21</v>
       </c>
-      <c r="K18" t="s">
-[...32 lines deleted...]
-        <v>2012</v>
+      <c r="G19" t="s">
+        <v>22</v>
       </c>
       <c r="H19">
         <v>2012</v>
       </c>
-      <c r="I19" t="s">
-        <v>44</v>
+      <c r="I19">
+        <v>2012</v>
       </c>
       <c r="J19" t="s">
+        <v>55</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>132</v>
+      </c>
+      <c r="M19" t="s">
+        <v>49</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>133</v>
+      </c>
+      <c r="P19" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>135</v>
+      </c>
+      <c r="B20" t="s">
+        <v>136</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>137</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
         <v>21</v>
       </c>
-      <c r="K19" t="s">
-[...31 lines deleted...]
-      <c r="G20">
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
         <v>2007</v>
       </c>
-      <c r="H20">
+      <c r="I20">
         <v>2013</v>
       </c>
-      <c r="I20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J20" t="s">
+        <v>55</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>138</v>
+      </c>
+      <c r="M20" t="s">
+        <v>49</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>139</v>
+      </c>
+      <c r="P20" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>141</v>
+      </c>
+      <c r="B21" t="s">
+        <v>142</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>143</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
         <v>21</v>
       </c>
-      <c r="K20" t="s">
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2008</v>
+      </c>
+      <c r="I21">
+        <v>2013</v>
+      </c>
+      <c r="J21" t="s">
+        <v>55</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>144</v>
+      </c>
+      <c r="M21" t="s">
+        <v>49</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>145</v>
+      </c>
+      <c r="P21" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>147</v>
+      </c>
+      <c r="B22" t="s">
+        <v>148</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>149</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2008</v>
+      </c>
+      <c r="I22">
+        <v>2015</v>
+      </c>
+      <c r="J22" t="s">
+        <v>55</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>150</v>
+      </c>
+      <c r="M22" t="s">
+        <v>49</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>151</v>
+      </c>
+      <c r="P22" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>153</v>
+      </c>
+      <c r="B23" t="s">
+        <v>154</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>155</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2008</v>
+      </c>
+      <c r="I23">
+        <v>2015</v>
+      </c>
+      <c r="J23" t="s">
+        <v>55</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>156</v>
+      </c>
+      <c r="M23" t="s">
+        <v>49</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>157</v>
+      </c>
+      <c r="P23" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>159</v>
+      </c>
+      <c r="B24" t="s">
+        <v>160</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>161</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2009</v>
+      </c>
+      <c r="I24">
+        <v>2015</v>
+      </c>
+      <c r="J24" t="s">
+        <v>55</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>162</v>
+      </c>
+      <c r="M24" t="s">
+        <v>49</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>163</v>
+      </c>
+      <c r="P24" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>165</v>
+      </c>
+      <c r="B25" t="s">
+        <v>166</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>167</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2009</v>
+      </c>
+      <c r="I25">
+        <v>2015</v>
+      </c>
+      <c r="J25" t="s">
+        <v>55</v>
+      </c>
+      <c r="K25" t="s">
+        <v>62</v>
+      </c>
+      <c r="L25" t="s">
+        <v>168</v>
+      </c>
+      <c r="M25" t="s">
+        <v>49</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>169</v>
+      </c>
+      <c r="P25" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>171</v>
+      </c>
+      <c r="B26" t="s">
+        <v>172</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>173</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2008</v>
+      </c>
+      <c r="I26">
+        <v>2015</v>
+      </c>
+      <c r="J26" t="s">
+        <v>55</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>174</v>
+      </c>
+      <c r="M26" t="s">
+        <v>49</v>
+      </c>
+      <c r="N26" t="s">
+        <v>96</v>
+      </c>
+      <c r="O26" t="s">
+        <v>175</v>
+      </c>
+      <c r="P26" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>177</v>
+      </c>
+      <c r="B27" t="s">
+        <v>178</v>
+      </c>
+      <c r="C27" t="s">
+        <v>179</v>
+      </c>
+      <c r="D27" t="s">
+        <v>155</v>
+      </c>
+      <c r="E27" t="s">
+        <v>180</v>
+      </c>
+      <c r="F27" t="s">
+        <v>181</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2008</v>
+      </c>
+      <c r="I27">
+        <v>2011</v>
+      </c>
+      <c r="J27" t="s">
+        <v>55</v>
+      </c>
+      <c r="K27" t="s">
+        <v>62</v>
+      </c>
+      <c r="L27" t="s">
+        <v>182</v>
+      </c>
+      <c r="M27" t="s">
+        <v>183</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>184</v>
+      </c>
+      <c r="P27" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>186</v>
+      </c>
+      <c r="B28" t="s">
+        <v>187</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>188</v>
+      </c>
+      <c r="E28" t="s">
+        <v>180</v>
+      </c>
+      <c r="F28" t="s">
+        <v>181</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2011</v>
+      </c>
+      <c r="I28">
+        <v>2013</v>
+      </c>
+      <c r="J28" t="s">
+        <v>69</v>
+      </c>
+      <c r="K28" t="s">
+        <v>189</v>
+      </c>
+      <c r="L28" t="s">
+        <v>190</v>
+      </c>
+      <c r="M28" t="s">
+        <v>191</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>192</v>
+      </c>
+      <c r="P28" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>194</v>
+      </c>
+      <c r="B29" t="s">
+        <v>195</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>196</v>
+      </c>
+      <c r="E29" t="s">
+        <v>180</v>
+      </c>
+      <c r="F29" t="s">
+        <v>181</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2011</v>
+      </c>
+      <c r="I29">
+        <v>2013</v>
+      </c>
+      <c r="J29" t="s">
+        <v>23</v>
+      </c>
+      <c r="K29" t="s">
+        <v>189</v>
+      </c>
+      <c r="L29" t="s">
+        <v>190</v>
+      </c>
+      <c r="M29" t="s">
+        <v>191</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>197</v>
+      </c>
+      <c r="P29" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>198</v>
+      </c>
+      <c r="B30" t="s">
+        <v>199</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>125</v>
+      </c>
+      <c r="E30" t="s">
+        <v>180</v>
+      </c>
+      <c r="F30" t="s">
+        <v>181</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2003</v>
+      </c>
+      <c r="I30">
+        <v>2012</v>
+      </c>
+      <c r="J30" t="s">
+        <v>69</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>200</v>
+      </c>
+      <c r="M30" t="s">
+        <v>191</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>201</v>
+      </c>
+      <c r="P30" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>203</v>
+      </c>
+      <c r="B31" t="s">
+        <v>204</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>205</v>
+      </c>
+      <c r="E31" t="s">
+        <v>180</v>
+      </c>
+      <c r="F31" t="s">
+        <v>181</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2009</v>
+      </c>
+      <c r="I31">
+        <v>2017</v>
+      </c>
+      <c r="J31" t="s">
+        <v>69</v>
+      </c>
+      <c r="K31" t="s">
+        <v>189</v>
+      </c>
+      <c r="L31" t="s">
+        <v>206</v>
+      </c>
+      <c r="M31" t="s">
+        <v>191</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>207</v>
+      </c>
+      <c r="P31" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>209</v>
+      </c>
+      <c r="B32" t="s">
+        <v>210</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>211</v>
+      </c>
+      <c r="E32" t="s">
+        <v>180</v>
+      </c>
+      <c r="F32" t="s">
+        <v>181</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2013</v>
+      </c>
+      <c r="I32">
+        <v>2017</v>
+      </c>
+      <c r="J32" t="s">
+        <v>69</v>
+      </c>
+      <c r="K32" t="s">
+        <v>212</v>
+      </c>
+      <c r="L32" t="s">
+        <v>213</v>
+      </c>
+      <c r="M32" t="s">
+        <v>191</v>
+      </c>
+      <c r="N32" t="s">
+        <v>96</v>
+      </c>
+      <c r="O32" t="s">
+        <v>214</v>
+      </c>
+      <c r="P32" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>216</v>
+      </c>
+      <c r="B33" t="s">
+        <v>217</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>218</v>
+      </c>
+      <c r="E33" t="s">
+        <v>180</v>
+      </c>
+      <c r="F33" t="s">
+        <v>181</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2004</v>
+      </c>
+      <c r="I33">
+        <v>2011</v>
+      </c>
+      <c r="J33" t="s">
+        <v>69</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>219</v>
+      </c>
+      <c r="M33" t="s">
+        <v>191</v>
+      </c>
+      <c r="N33" t="s">
+        <v>96</v>
+      </c>
+      <c r="O33" t="s">
+        <v>220</v>
+      </c>
+      <c r="P33" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>222</v>
+      </c>
+      <c r="B34" t="s">
+        <v>223</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>218</v>
+      </c>
+      <c r="E34" t="s">
+        <v>180</v>
+      </c>
+      <c r="F34" t="s">
+        <v>181</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2004</v>
+      </c>
+      <c r="I34">
+        <v>2017</v>
+      </c>
+      <c r="J34" t="s">
+        <v>69</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>224</v>
+      </c>
+      <c r="M34" t="s">
+        <v>191</v>
+      </c>
+      <c r="N34" t="s">
+        <v>96</v>
+      </c>
+      <c r="O34" t="s">
+        <v>225</v>
+      </c>
+      <c r="P34" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>227</v>
+      </c>
+      <c r="B35" t="s">
+        <v>228</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>218</v>
+      </c>
+      <c r="E35" t="s">
+        <v>180</v>
+      </c>
+      <c r="F35" t="s">
+        <v>181</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2004</v>
+      </c>
+      <c r="I35">
+        <v>2017</v>
+      </c>
+      <c r="J35" t="s">
+        <v>69</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>229</v>
+      </c>
+      <c r="M35" t="s">
+        <v>191</v>
+      </c>
+      <c r="N35" t="s">
+        <v>230</v>
+      </c>
+      <c r="O35" t="s">
+        <v>231</v>
+      </c>
+      <c r="P35" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>233</v>
+      </c>
+      <c r="B36" t="s">
+        <v>234</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
         <v>101</v>
       </c>
-      <c r="L20" t="s">
-[...5 lines deleted...]
-      <c r="N20" t="s">
+      <c r="E36" t="s">
+        <v>180</v>
+      </c>
+      <c r="F36" t="s">
+        <v>181</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2003</v>
+      </c>
+      <c r="I36">
+        <v>2013</v>
+      </c>
+      <c r="J36" t="s">
+        <v>69</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>235</v>
+      </c>
+      <c r="M36" t="s">
+        <v>191</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>236</v>
+      </c>
+      <c r="P36" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>238</v>
+      </c>
+      <c r="B37" t="s">
+        <v>239</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>101</v>
+      </c>
+      <c r="E37" t="s">
+        <v>180</v>
+      </c>
+      <c r="F37" t="s">
+        <v>181</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2003</v>
+      </c>
+      <c r="I37">
+        <v>2010</v>
+      </c>
+      <c r="J37" t="s">
+        <v>69</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
         <v>102</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="G21">
+      <c r="M37" t="s">
+        <v>191</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>240</v>
+      </c>
+      <c r="P37" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>242</v>
+      </c>
+      <c r="B38" t="s">
+        <v>243</v>
+      </c>
+      <c r="C38" t="s">
+        <v>18</v>
+      </c>
+      <c r="D38" t="s">
+        <v>46</v>
+      </c>
+      <c r="E38" t="s">
+        <v>180</v>
+      </c>
+      <c r="F38" t="s">
+        <v>181</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
         <v>2008</v>
       </c>
-      <c r="H21">
+      <c r="I38">
+        <v>2019</v>
+      </c>
+      <c r="J38" t="s">
+        <v>55</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>244</v>
+      </c>
+      <c r="M38" t="s">
+        <v>191</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>245</v>
+      </c>
+      <c r="P38" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>247</v>
+      </c>
+      <c r="B39" t="s">
+        <v>248</v>
+      </c>
+      <c r="C39" t="s">
+        <v>18</v>
+      </c>
+      <c r="D39" t="s">
+        <v>249</v>
+      </c>
+      <c r="E39" t="s">
+        <v>180</v>
+      </c>
+      <c r="F39" t="s">
+        <v>181</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2010</v>
+      </c>
+      <c r="I39">
         <v>2013</v>
       </c>
-      <c r="I21" t="s">
-[...37 lines deleted...]
-      <c r="G22">
+      <c r="J39" t="s">
+        <v>69</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>250</v>
+      </c>
+      <c r="M39" t="s">
+        <v>191</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>251</v>
+      </c>
+      <c r="P39" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>253</v>
+      </c>
+      <c r="B40" t="s">
+        <v>254</v>
+      </c>
+      <c r="C40" t="s">
+        <v>18</v>
+      </c>
+      <c r="D40" t="s">
+        <v>117</v>
+      </c>
+      <c r="E40" t="s">
+        <v>180</v>
+      </c>
+      <c r="F40" t="s">
+        <v>181</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2002</v>
+      </c>
+      <c r="I40">
+        <v>2014</v>
+      </c>
+      <c r="J40" t="s">
+        <v>69</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>150</v>
+      </c>
+      <c r="M40" t="s">
+        <v>191</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>255</v>
+      </c>
+      <c r="P40" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>257</v>
+      </c>
+      <c r="B41" t="s">
+        <v>258</v>
+      </c>
+      <c r="C41" t="s">
+        <v>18</v>
+      </c>
+      <c r="D41" t="s">
+        <v>46</v>
+      </c>
+      <c r="E41" t="s">
+        <v>180</v>
+      </c>
+      <c r="F41" t="s">
+        <v>181</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
         <v>2008</v>
       </c>
-      <c r="H22">
-[...40 lines deleted...]
-      <c r="G23">
+      <c r="I41">
+        <v>2010</v>
+      </c>
+      <c r="J41" t="s">
+        <v>69</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>259</v>
+      </c>
+      <c r="M41" t="s">
+        <v>191</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>260</v>
+      </c>
+      <c r="P41" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>262</v>
+      </c>
+      <c r="B42" t="s">
+        <v>263</v>
+      </c>
+      <c r="C42" t="s">
+        <v>18</v>
+      </c>
+      <c r="D42" t="s">
+        <v>249</v>
+      </c>
+      <c r="E42" t="s">
+        <v>180</v>
+      </c>
+      <c r="F42" t="s">
+        <v>181</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2010</v>
+      </c>
+      <c r="I42">
+        <v>2016</v>
+      </c>
+      <c r="J42" t="s">
+        <v>55</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>264</v>
+      </c>
+      <c r="M42" t="s">
+        <v>191</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>265</v>
+      </c>
+      <c r="P42" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>267</v>
+      </c>
+      <c r="B43" t="s">
+        <v>258</v>
+      </c>
+      <c r="C43" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43" t="s">
+        <v>46</v>
+      </c>
+      <c r="E43" t="s">
+        <v>180</v>
+      </c>
+      <c r="F43" t="s">
+        <v>181</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
         <v>2008</v>
       </c>
-      <c r="H23">
-[...184 lines deleted...]
-      <c r="K27" t="s">
+      <c r="I43">
+        <v>2013</v>
+      </c>
+      <c r="J43" t="s">
+        <v>69</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>268</v>
+      </c>
+      <c r="M43" t="s">
+        <v>191</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>269</v>
+      </c>
+      <c r="P43" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>271</v>
+      </c>
+      <c r="B44" t="s">
+        <v>272</v>
+      </c>
+      <c r="C44" t="s">
+        <v>18</v>
+      </c>
+      <c r="D44" t="s">
+        <v>101</v>
+      </c>
+      <c r="E44" t="s">
+        <v>180</v>
+      </c>
+      <c r="F44" t="s">
+        <v>181</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2003</v>
+      </c>
+      <c r="I44">
+        <v>2016</v>
+      </c>
+      <c r="J44" t="s">
+        <v>69</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>273</v>
+      </c>
+      <c r="M44" t="s">
+        <v>191</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>274</v>
+      </c>
+      <c r="P44" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>276</v>
+      </c>
+      <c r="B45" t="s">
+        <v>277</v>
+      </c>
+      <c r="C45" t="s">
+        <v>18</v>
+      </c>
+      <c r="D45" t="s">
+        <v>278</v>
+      </c>
+      <c r="E45" t="s">
+        <v>180</v>
+      </c>
+      <c r="F45" t="s">
+        <v>181</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2004</v>
+      </c>
+      <c r="I45">
+        <v>2019</v>
+      </c>
+      <c r="J45" t="s">
+        <v>69</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>279</v>
+      </c>
+      <c r="M45" t="s">
+        <v>191</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>280</v>
+      </c>
+      <c r="P45" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>282</v>
+      </c>
+      <c r="B46" t="s">
+        <v>283</v>
+      </c>
+      <c r="C46" t="s">
+        <v>18</v>
+      </c>
+      <c r="D46" t="s">
+        <v>284</v>
+      </c>
+      <c r="E46" t="s">
+        <v>180</v>
+      </c>
+      <c r="F46" t="s">
+        <v>181</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2002</v>
+      </c>
+      <c r="I46">
+        <v>2018</v>
+      </c>
+      <c r="J46" t="s">
+        <v>69</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>285</v>
+      </c>
+      <c r="M46" t="s">
+        <v>191</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>286</v>
+      </c>
+      <c r="P46" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>288</v>
+      </c>
+      <c r="B47" t="s">
+        <v>289</v>
+      </c>
+      <c r="C47" t="s">
+        <v>18</v>
+      </c>
+      <c r="D47" t="s">
         <v>131</v>
       </c>
-      <c r="L27" t="s">
-[...582 lines deleted...]
-      <c r="A41" t="s">
+      <c r="E47" t="s">
         <v>180</v>
       </c>
-      <c r="B41" t="s">
-[...26 lines deleted...]
-      <c r="K41" t="s">
+      <c r="F47" t="s">
         <v>181</v>
       </c>
-      <c r="L41" t="s">
-[...249 lines deleted...]
-        <v>2012</v>
+      <c r="G47" t="s">
+        <v>22</v>
       </c>
       <c r="H47">
         <v>2012</v>
       </c>
-      <c r="I47" t="s">
-        <v>54</v>
+      <c r="I47">
+        <v>2012</v>
       </c>
       <c r="J47" t="s">
-        <v>21</v>
+        <v>69</v>
       </c>
       <c r="K47" t="s">
-        <v>201</v>
+        <v>24</v>
       </c>
       <c r="L47" t="s">
-        <v>138</v>
+        <v>290</v>
       </c>
       <c r="M47" t="s">
-        <v>24</v>
+        <v>191</v>
       </c>
       <c r="N47" t="s">
-        <v>202</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>291</v>
+      </c>
+      <c r="P47" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>203</v>
+        <v>293</v>
       </c>
       <c r="B48" t="s">
-        <v>15</v>
+        <v>294</v>
       </c>
       <c r="C48" t="s">
-        <v>96</v>
+        <v>18</v>
       </c>
       <c r="D48" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="E48" t="s">
-        <v>130</v>
+        <v>180</v>
       </c>
       <c r="F48" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G48">
+        <v>181</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
         <v>2012</v>
       </c>
-      <c r="H48">
+      <c r="I48">
         <v>2016</v>
       </c>
-      <c r="I48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J48" t="s">
-        <v>21</v>
+        <v>69</v>
       </c>
       <c r="K48" t="s">
-        <v>204</v>
+        <v>24</v>
       </c>
       <c r="L48" t="s">
-        <v>138</v>
+        <v>295</v>
       </c>
       <c r="M48" t="s">
-        <v>24</v>
+        <v>191</v>
       </c>
       <c r="N48" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>296</v>
+      </c>
+      <c r="P48" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>206</v>
+        <v>298</v>
       </c>
       <c r="B49" t="s">
-        <v>15</v>
+        <v>299</v>
       </c>
       <c r="C49" t="s">
-        <v>86</v>
+        <v>18</v>
       </c>
       <c r="D49" t="s">
-        <v>129</v>
+        <v>117</v>
       </c>
       <c r="E49" t="s">
-        <v>130</v>
+        <v>180</v>
       </c>
       <c r="F49" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G49">
+        <v>181</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
         <v>2002</v>
       </c>
-      <c r="H49">
+      <c r="I49">
         <v>2018</v>
       </c>
-      <c r="I49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J49" t="s">
-        <v>21</v>
+        <v>55</v>
       </c>
       <c r="K49" t="s">
-        <v>207</v>
+        <v>24</v>
       </c>
       <c r="L49" t="s">
-        <v>138</v>
+        <v>300</v>
       </c>
       <c r="M49" t="s">
-        <v>24</v>
+        <v>191</v>
       </c>
       <c r="N49" t="s">
-        <v>208</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>301</v>
+      </c>
+      <c r="P49" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>209</v>
+        <v>303</v>
       </c>
       <c r="B50" t="s">
-        <v>15</v>
+        <v>304</v>
       </c>
       <c r="C50" t="s">
-        <v>112</v>
+        <v>18</v>
       </c>
       <c r="D50" t="s">
-        <v>129</v>
+        <v>155</v>
       </c>
       <c r="E50" t="s">
-        <v>130</v>
+        <v>180</v>
       </c>
       <c r="F50" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G50">
+        <v>181</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
         <v>2015</v>
       </c>
-      <c r="H50">
+      <c r="I50">
         <v>2014</v>
       </c>
-      <c r="I50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J50" t="s">
-        <v>21</v>
+        <v>69</v>
       </c>
       <c r="K50" t="s">
-        <v>210</v>
+        <v>24</v>
       </c>
       <c r="L50" t="s">
-        <v>138</v>
+        <v>305</v>
       </c>
       <c r="M50" t="s">
-        <v>24</v>
+        <v>191</v>
       </c>
       <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>306</v>
+      </c>
+      <c r="P50" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>308</v>
+      </c>
+      <c r="B51" t="s">
+        <v>309</v>
+      </c>
+      <c r="C51" t="s">
+        <v>18</v>
+      </c>
+      <c r="D51" t="s">
         <v>211</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      </c>
       <c r="E51" t="s">
-        <v>130</v>
+        <v>180</v>
       </c>
       <c r="F51" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G51">
+        <v>181</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
         <v>2002</v>
       </c>
-      <c r="H51">
+      <c r="I51">
         <v>2017</v>
       </c>
-      <c r="I51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J51" t="s">
-        <v>21</v>
+        <v>69</v>
       </c>
       <c r="K51" t="s">
-        <v>213</v>
+        <v>24</v>
       </c>
       <c r="L51" t="s">
-        <v>138</v>
+        <v>310</v>
       </c>
       <c r="M51" t="s">
-        <v>24</v>
+        <v>191</v>
       </c>
       <c r="N51" t="s">
-        <v>214</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>311</v>
+      </c>
+      <c r="P51" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>215</v>
+        <v>313</v>
       </c>
       <c r="B52" t="s">
-        <v>15</v>
+        <v>314</v>
       </c>
       <c r="C52" t="s">
-        <v>216</v>
+        <v>18</v>
       </c>
       <c r="D52" t="s">
-        <v>129</v>
+        <v>315</v>
       </c>
       <c r="E52" t="s">
-        <v>130</v>
+        <v>180</v>
       </c>
       <c r="F52" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>181</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
       </c>
       <c r="H52">
         <v>2011</v>
       </c>
-      <c r="I52" t="s">
+      <c r="I52">
+        <v>2011</v>
+      </c>
+      <c r="J52" t="s">
+        <v>69</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>316</v>
+      </c>
+      <c r="M52" t="s">
+        <v>191</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>317</v>
+      </c>
+      <c r="P52" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>319</v>
+      </c>
+      <c r="B53" t="s">
+        <v>320</v>
+      </c>
+      <c r="C53" t="s">
+        <v>18</v>
+      </c>
+      <c r="D53" t="s">
+        <v>161</v>
+      </c>
+      <c r="E53" t="s">
+        <v>180</v>
+      </c>
+      <c r="F53" t="s">
+        <v>181</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2003</v>
+      </c>
+      <c r="I53">
+        <v>2011</v>
+      </c>
+      <c r="J53" t="s">
+        <v>69</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
+        <v>321</v>
+      </c>
+      <c r="M53" t="s">
+        <v>191</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>322</v>
+      </c>
+      <c r="P53" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>324</v>
+      </c>
+      <c r="B54" t="s">
+        <v>325</v>
+      </c>
+      <c r="C54" t="s">
+        <v>18</v>
+      </c>
+      <c r="D54" t="s">
+        <v>161</v>
+      </c>
+      <c r="E54" t="s">
+        <v>180</v>
+      </c>
+      <c r="F54" t="s">
+        <v>181</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2003</v>
+      </c>
+      <c r="I54">
+        <v>2015</v>
+      </c>
+      <c r="J54" t="s">
+        <v>69</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>326</v>
+      </c>
+      <c r="M54" t="s">
+        <v>191</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>327</v>
+      </c>
+      <c r="P54" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>329</v>
+      </c>
+      <c r="B55" t="s">
+        <v>330</v>
+      </c>
+      <c r="C55" t="s">
+        <v>18</v>
+      </c>
+      <c r="D55" t="s">
+        <v>331</v>
+      </c>
+      <c r="E55" t="s">
+        <v>180</v>
+      </c>
+      <c r="F55" t="s">
+        <v>181</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2003</v>
+      </c>
+      <c r="I55">
+        <v>2016</v>
+      </c>
+      <c r="J55" t="s">
+        <v>55</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>332</v>
+      </c>
+      <c r="M55" t="s">
+        <v>191</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>333</v>
+      </c>
+      <c r="P55" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>335</v>
+      </c>
+      <c r="B56" t="s">
+        <v>336</v>
+      </c>
+      <c r="C56" t="s">
+        <v>18</v>
+      </c>
+      <c r="D56" t="s">
+        <v>32</v>
+      </c>
+      <c r="E56" t="s">
+        <v>180</v>
+      </c>
+      <c r="F56" t="s">
+        <v>181</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2002</v>
+      </c>
+      <c r="I56">
+        <v>2013</v>
+      </c>
+      <c r="J56" t="s">
+        <v>69</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>33</v>
+      </c>
+      <c r="M56" t="s">
+        <v>191</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>337</v>
+      </c>
+      <c r="P56" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>339</v>
+      </c>
+      <c r="B57" t="s">
+        <v>340</v>
+      </c>
+      <c r="C57" t="s">
+        <v>18</v>
+      </c>
+      <c r="D57" t="s">
+        <v>341</v>
+      </c>
+      <c r="E57" t="s">
+        <v>180</v>
+      </c>
+      <c r="F57" t="s">
+        <v>181</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2002</v>
+      </c>
+      <c r="I57">
+        <v>2021</v>
+      </c>
+      <c r="J57" t="s">
+        <v>23</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" t="s">
+        <v>342</v>
+      </c>
+      <c r="M57" t="s">
+        <v>343</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>344</v>
+      </c>
+      <c r="P57" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>346</v>
+      </c>
+      <c r="B58" t="s">
+        <v>347</v>
+      </c>
+      <c r="C58" t="s">
+        <v>18</v>
+      </c>
+      <c r="D58" t="s">
+        <v>331</v>
+      </c>
+      <c r="E58" t="s">
+        <v>180</v>
+      </c>
+      <c r="F58" t="s">
+        <v>181</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2003</v>
+      </c>
+      <c r="I58">
+        <v>2016</v>
+      </c>
+      <c r="J58" t="s">
+        <v>69</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58" t="s">
+        <v>348</v>
+      </c>
+      <c r="M58" t="s">
+        <v>191</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>349</v>
+      </c>
+      <c r="P58" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>351</v>
+      </c>
+      <c r="B59" t="s">
+        <v>352</v>
+      </c>
+      <c r="C59" t="s">
+        <v>18</v>
+      </c>
+      <c r="D59" t="s">
+        <v>331</v>
+      </c>
+      <c r="E59" t="s">
+        <v>180</v>
+      </c>
+      <c r="F59" t="s">
+        <v>181</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2003</v>
+      </c>
+      <c r="I59">
+        <v>2017</v>
+      </c>
+      <c r="J59" t="s">
+        <v>69</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>353</v>
+      </c>
+      <c r="M59" t="s">
+        <v>191</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>354</v>
+      </c>
+      <c r="P59" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>356</v>
+      </c>
+      <c r="B60" t="s">
+        <v>357</v>
+      </c>
+      <c r="C60" t="s">
+        <v>18</v>
+      </c>
+      <c r="D60" t="s">
         <v>54</v>
       </c>
-      <c r="J52" t="s">
-[...34 lines deleted...]
-      <c r="G53">
+      <c r="E60" t="s">
+        <v>180</v>
+      </c>
+      <c r="F60" t="s">
+        <v>181</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2001</v>
+      </c>
+      <c r="I60">
+        <v>2021</v>
+      </c>
+      <c r="J60" t="s">
+        <v>55</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" t="s">
+        <v>358</v>
+      </c>
+      <c r="M60" t="s">
+        <v>191</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>359</v>
+      </c>
+      <c r="P60" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>361</v>
+      </c>
+      <c r="B61" t="s">
+        <v>362</v>
+      </c>
+      <c r="C61" t="s">
+        <v>18</v>
+      </c>
+      <c r="D61" t="s">
+        <v>54</v>
+      </c>
+      <c r="E61" t="s">
+        <v>180</v>
+      </c>
+      <c r="F61" t="s">
+        <v>181</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2001</v>
+      </c>
+      <c r="I61">
+        <v>2014</v>
+      </c>
+      <c r="J61" t="s">
+        <v>69</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" t="s">
+        <v>363</v>
+      </c>
+      <c r="M61" t="s">
+        <v>191</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>364</v>
+      </c>
+      <c r="P61" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>366</v>
+      </c>
+      <c r="B62" t="s">
+        <v>367</v>
+      </c>
+      <c r="C62" t="s">
+        <v>18</v>
+      </c>
+      <c r="D62" t="s">
+        <v>54</v>
+      </c>
+      <c r="E62" t="s">
+        <v>180</v>
+      </c>
+      <c r="F62" t="s">
+        <v>181</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2001</v>
+      </c>
+      <c r="I62">
+        <v>2018</v>
+      </c>
+      <c r="J62" t="s">
+        <v>69</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" t="s">
+        <v>368</v>
+      </c>
+      <c r="M62" t="s">
+        <v>191</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>369</v>
+      </c>
+      <c r="P62" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>371</v>
+      </c>
+      <c r="B63" t="s">
+        <v>372</v>
+      </c>
+      <c r="C63" t="s">
+        <v>18</v>
+      </c>
+      <c r="D63" t="s">
+        <v>373</v>
+      </c>
+      <c r="E63" t="s">
+        <v>180</v>
+      </c>
+      <c r="F63" t="s">
+        <v>181</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
         <v>2003</v>
       </c>
-      <c r="H53">
-[...40 lines deleted...]
-      <c r="G54">
+      <c r="I63">
+        <v>2020</v>
+      </c>
+      <c r="J63" t="s">
+        <v>55</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63" t="s">
+        <v>374</v>
+      </c>
+      <c r="M63" t="s">
+        <v>191</v>
+      </c>
+      <c r="N63" t="s">
+        <v>96</v>
+      </c>
+      <c r="O63" t="s">
+        <v>375</v>
+      </c>
+      <c r="P63" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>377</v>
+      </c>
+      <c r="B64" t="s">
+        <v>378</v>
+      </c>
+      <c r="C64" t="s">
+        <v>18</v>
+      </c>
+      <c r="D64" t="s">
+        <v>373</v>
+      </c>
+      <c r="E64" t="s">
+        <v>180</v>
+      </c>
+      <c r="F64" t="s">
+        <v>181</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
         <v>2003</v>
       </c>
-      <c r="H54">
-[...439 lines deleted...]
-      <c r="H64">
+      <c r="I64">
         <v>2010</v>
       </c>
-      <c r="I64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J64" t="s">
-        <v>21</v>
+        <v>118</v>
       </c>
       <c r="K64" t="s">
-        <v>256</v>
+        <v>24</v>
       </c>
       <c r="L64" t="s">
-        <v>138</v>
+        <v>379</v>
       </c>
       <c r="M64" t="s">
-        <v>73</v>
+        <v>191</v>
       </c>
       <c r="N64" t="s">
-        <v>257</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:14">
+        <v>96</v>
+      </c>
+      <c r="O64" t="s">
+        <v>380</v>
+      </c>
+      <c r="P64"/>
+    </row>
+    <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>258</v>
+        <v>381</v>
       </c>
       <c r="B65" t="s">
-        <v>15</v>
+        <v>382</v>
       </c>
       <c r="C65" t="s">
-        <v>259</v>
+        <v>18</v>
       </c>
       <c r="D65" t="s">
-        <v>129</v>
+        <v>383</v>
       </c>
       <c r="E65" t="s">
-        <v>130</v>
+        <v>180</v>
       </c>
       <c r="F65" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>181</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
       </c>
       <c r="H65">
         <v>2010</v>
       </c>
-      <c r="I65" t="s">
-        <v>54</v>
+      <c r="I65">
+        <v>2010</v>
       </c>
       <c r="J65" t="s">
-        <v>21</v>
+        <v>69</v>
       </c>
       <c r="K65" t="s">
-        <v>260</v>
+        <v>24</v>
       </c>
       <c r="L65" t="s">
-        <v>138</v>
+        <v>384</v>
       </c>
       <c r="M65" t="s">
-        <v>24</v>
+        <v>191</v>
       </c>
       <c r="N65" t="s">
-        <v>261</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>385</v>
+      </c>
+      <c r="P65" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>262</v>
+        <v>387</v>
       </c>
       <c r="B66" t="s">
-        <v>15</v>
+        <v>388</v>
       </c>
       <c r="C66" t="s">
-        <v>259</v>
+        <v>18</v>
       </c>
       <c r="D66" t="s">
-        <v>129</v>
+        <v>383</v>
       </c>
       <c r="E66" t="s">
-        <v>130</v>
+        <v>180</v>
       </c>
       <c r="F66" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>181</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
       </c>
       <c r="H66">
         <v>2010</v>
       </c>
-      <c r="I66" t="s">
-        <v>54</v>
+      <c r="I66">
+        <v>2010</v>
       </c>
       <c r="J66" t="s">
-        <v>21</v>
+        <v>69</v>
       </c>
       <c r="K66" t="s">
-        <v>263</v>
+        <v>24</v>
       </c>
       <c r="L66" t="s">
-        <v>138</v>
+        <v>389</v>
       </c>
       <c r="M66" t="s">
-        <v>24</v>
+        <v>191</v>
       </c>
       <c r="N66" t="s">
-        <v>264</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>390</v>
+      </c>
+      <c r="P66" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>265</v>
+        <v>392</v>
       </c>
       <c r="B67" t="s">
-        <v>15</v>
+        <v>393</v>
       </c>
       <c r="C67" t="s">
-        <v>259</v>
+        <v>18</v>
       </c>
       <c r="D67" t="s">
-        <v>129</v>
+        <v>383</v>
       </c>
       <c r="E67" t="s">
-        <v>130</v>
+        <v>180</v>
       </c>
       <c r="F67" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G67">
+        <v>181</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
         <v>2000</v>
       </c>
-      <c r="H67">
+      <c r="I67">
         <v>2014</v>
       </c>
-      <c r="I67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J67" t="s">
-        <v>21</v>
+        <v>69</v>
       </c>
       <c r="K67" t="s">
-        <v>266</v>
+        <v>24</v>
       </c>
       <c r="L67" t="s">
-        <v>138</v>
+        <v>394</v>
       </c>
       <c r="M67" t="s">
-        <v>24</v>
+        <v>191</v>
       </c>
       <c r="N67" t="s">
-        <v>267</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>395</v>
+      </c>
+      <c r="P67" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>268</v>
+        <v>397</v>
       </c>
       <c r="B68" t="s">
-        <v>15</v>
+        <v>398</v>
       </c>
       <c r="C68" t="s">
-        <v>269</v>
+        <v>18</v>
       </c>
       <c r="D68" t="s">
-        <v>129</v>
+        <v>399</v>
       </c>
       <c r="E68" t="s">
-        <v>130</v>
+        <v>180</v>
       </c>
       <c r="F68" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G68">
+        <v>181</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
         <v>2005</v>
       </c>
-      <c r="H68">
+      <c r="I68">
         <v>2014</v>
       </c>
-      <c r="I68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J68" t="s">
-        <v>21</v>
+        <v>69</v>
       </c>
       <c r="K68" t="s">
-        <v>270</v>
+        <v>24</v>
       </c>
       <c r="L68" t="s">
-        <v>138</v>
+        <v>400</v>
       </c>
       <c r="M68" t="s">
-        <v>24</v>
+        <v>191</v>
       </c>
       <c r="N68" t="s">
-        <v>271</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>401</v>
+      </c>
+      <c r="P68" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>272</v>
+        <v>403</v>
       </c>
       <c r="B69" t="s">
-        <v>15</v>
+        <v>404</v>
       </c>
       <c r="C69" t="s">
-        <v>273</v>
+        <v>18</v>
       </c>
       <c r="D69" t="s">
-        <v>129</v>
+        <v>405</v>
       </c>
       <c r="E69" t="s">
-        <v>130</v>
+        <v>180</v>
       </c>
       <c r="F69" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G69">
+        <v>181</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
         <v>2005</v>
       </c>
-      <c r="H69">
+      <c r="I69">
         <v>2014</v>
       </c>
-      <c r="I69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J69" t="s">
-        <v>21</v>
+        <v>69</v>
       </c>
       <c r="K69" t="s">
-        <v>274</v>
+        <v>24</v>
       </c>
       <c r="L69" t="s">
-        <v>138</v>
+        <v>406</v>
       </c>
       <c r="M69" t="s">
-        <v>24</v>
+        <v>191</v>
       </c>
       <c r="N69" t="s">
-        <v>275</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>407</v>
+      </c>
+      <c r="P69" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>276</v>
+        <v>409</v>
       </c>
       <c r="B70" t="s">
-        <v>15</v>
+        <v>410</v>
       </c>
       <c r="C70" t="s">
-        <v>277</v>
+        <v>18</v>
       </c>
       <c r="D70" t="s">
-        <v>129</v>
+        <v>411</v>
       </c>
       <c r="E70" t="s">
-        <v>130</v>
+        <v>180</v>
       </c>
       <c r="F70" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G70">
+        <v>181</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
         <v>2002</v>
       </c>
-      <c r="H70">
+      <c r="I70">
         <v>2009</v>
       </c>
-      <c r="I70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J70" t="s">
-        <v>21</v>
+        <v>69</v>
       </c>
       <c r="K70" t="s">
-        <v>278</v>
+        <v>24</v>
       </c>
       <c r="L70" t="s">
-        <v>138</v>
+        <v>412</v>
       </c>
       <c r="M70" t="s">
-        <v>24</v>
+        <v>191</v>
       </c>
       <c r="N70" t="s">
-        <v>279</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>413</v>
+      </c>
+      <c r="P70" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>280</v>
+        <v>415</v>
       </c>
       <c r="B71" t="s">
-        <v>15</v>
+        <v>416</v>
       </c>
       <c r="C71" t="s">
-        <v>281</v>
+        <v>18</v>
       </c>
       <c r="D71" t="s">
-        <v>129</v>
+        <v>417</v>
       </c>
       <c r="E71" t="s">
-        <v>130</v>
+        <v>180</v>
       </c>
       <c r="F71" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G71">
+        <v>181</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
         <v>2009</v>
       </c>
-      <c r="H71">
+      <c r="I71">
         <v>2021</v>
       </c>
-      <c r="I71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J71" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K71" t="s">
-        <v>282</v>
+        <v>24</v>
       </c>
       <c r="L71" t="s">
-        <v>234</v>
+        <v>418</v>
       </c>
       <c r="M71" t="s">
-        <v>24</v>
+        <v>343</v>
       </c>
       <c r="N71" t="s">
-        <v>283</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>419</v>
+      </c>
+      <c r="P71" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>284</v>
+        <v>421</v>
       </c>
       <c r="B72" t="s">
-        <v>15</v>
+        <v>422</v>
       </c>
       <c r="C72" t="s">
-        <v>285</v>
+        <v>18</v>
       </c>
       <c r="D72" t="s">
-        <v>129</v>
+        <v>423</v>
       </c>
       <c r="E72" t="s">
-        <v>130</v>
+        <v>180</v>
       </c>
       <c r="F72" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>181</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
       </c>
       <c r="H72">
         <v>2010</v>
       </c>
-      <c r="I72" t="s">
-        <v>54</v>
+      <c r="I72">
+        <v>2010</v>
       </c>
       <c r="J72" t="s">
-        <v>21</v>
+        <v>69</v>
       </c>
       <c r="K72" t="s">
-        <v>286</v>
+        <v>24</v>
       </c>
       <c r="L72" t="s">
-        <v>138</v>
+        <v>424</v>
       </c>
       <c r="M72" t="s">
-        <v>24</v>
+        <v>191</v>
       </c>
       <c r="N72" t="s">
-        <v>287</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>425</v>
+      </c>
+      <c r="P72" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>288</v>
+        <v>427</v>
       </c>
       <c r="B73" t="s">
-        <v>15</v>
+        <v>428</v>
       </c>
       <c r="C73" t="s">
-        <v>104</v>
+        <v>18</v>
       </c>
       <c r="D73" t="s">
-        <v>129</v>
+        <v>143</v>
       </c>
       <c r="E73" t="s">
-        <v>130</v>
+        <v>180</v>
       </c>
       <c r="F73" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G73">
+        <v>181</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
         <v>2009</v>
       </c>
-      <c r="H73">
+      <c r="I73">
         <v>2018</v>
       </c>
-      <c r="I73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J73" t="s">
-        <v>21</v>
+        <v>69</v>
       </c>
       <c r="K73" t="s">
-        <v>289</v>
+        <v>24</v>
       </c>
       <c r="L73" t="s">
-        <v>138</v>
+        <v>429</v>
       </c>
       <c r="M73" t="s">
-        <v>24</v>
+        <v>191</v>
       </c>
       <c r="N73" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>430</v>
+      </c>
+      <c r="P73" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>291</v>
+        <v>432</v>
       </c>
       <c r="B74" t="s">
-        <v>15</v>
+        <v>433</v>
       </c>
       <c r="C74" t="s">
-        <v>104</v>
+        <v>18</v>
       </c>
       <c r="D74" t="s">
-        <v>129</v>
+        <v>143</v>
       </c>
       <c r="E74" t="s">
-        <v>130</v>
+        <v>180</v>
       </c>
       <c r="F74" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G74">
+        <v>181</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
         <v>2003</v>
       </c>
-      <c r="H74">
+      <c r="I74">
         <v>2014</v>
       </c>
-      <c r="I74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J74" t="s">
-        <v>21</v>
+        <v>69</v>
       </c>
       <c r="K74" t="s">
-        <v>292</v>
+        <v>24</v>
       </c>
       <c r="L74" t="s">
-        <v>138</v>
+        <v>434</v>
       </c>
       <c r="M74" t="s">
-        <v>24</v>
+        <v>191</v>
       </c>
       <c r="N74" t="s">
-        <v>293</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>435</v>
+      </c>
+      <c r="P74" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>294</v>
+        <v>437</v>
       </c>
       <c r="B75" t="s">
-        <v>15</v>
+        <v>438</v>
       </c>
       <c r="C75" t="s">
-        <v>295</v>
+        <v>18</v>
       </c>
       <c r="D75" t="s">
-        <v>129</v>
+        <v>439</v>
       </c>
       <c r="E75" t="s">
-        <v>130</v>
+        <v>180</v>
       </c>
       <c r="F75" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G75">
+        <v>181</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
         <v>2013</v>
       </c>
-      <c r="H75">
+      <c r="I75">
         <v>2014</v>
       </c>
-      <c r="I75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J75" t="s">
-        <v>21</v>
+        <v>69</v>
       </c>
       <c r="K75" t="s">
-        <v>296</v>
+        <v>24</v>
       </c>
       <c r="L75" t="s">
-        <v>138</v>
+        <v>440</v>
       </c>
       <c r="M75" t="s">
-        <v>24</v>
+        <v>191</v>
       </c>
       <c r="N75" t="s">
-        <v>297</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>441</v>
+      </c>
+      <c r="P75" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>298</v>
+        <v>443</v>
       </c>
       <c r="B76" t="s">
-        <v>15</v>
+        <v>444</v>
       </c>
       <c r="C76" t="s">
-        <v>299</v>
+        <v>18</v>
       </c>
       <c r="D76" t="s">
-        <v>129</v>
+        <v>445</v>
       </c>
       <c r="E76" t="s">
-        <v>130</v>
+        <v>180</v>
       </c>
       <c r="F76" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G76">
+        <v>181</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
         <v>2014</v>
       </c>
-      <c r="H76">
+      <c r="I76">
         <v>2018</v>
       </c>
-      <c r="I76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J76" t="s">
-        <v>21</v>
+        <v>69</v>
       </c>
       <c r="K76" t="s">
-        <v>300</v>
+        <v>24</v>
       </c>
       <c r="L76" t="s">
-        <v>138</v>
+        <v>446</v>
       </c>
       <c r="M76" t="s">
-        <v>24</v>
+        <v>191</v>
       </c>
       <c r="N76" t="s">
-        <v>301</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>447</v>
+      </c>
+      <c r="P76" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>302</v>
+        <v>449</v>
       </c>
       <c r="B77" t="s">
-        <v>15</v>
+        <v>450</v>
       </c>
       <c r="C77" t="s">
-        <v>303</v>
+        <v>18</v>
       </c>
       <c r="D77" t="s">
-        <v>129</v>
+        <v>451</v>
       </c>
       <c r="E77" t="s">
-        <v>130</v>
+        <v>180</v>
       </c>
       <c r="F77" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G77">
+        <v>181</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
         <v>2015</v>
       </c>
-      <c r="H77">
+      <c r="I77">
         <v>2020</v>
       </c>
-      <c r="I77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J77" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K77" t="s">
-        <v>304</v>
+        <v>24</v>
       </c>
       <c r="L77" t="s">
-        <v>234</v>
+        <v>452</v>
       </c>
       <c r="M77" t="s">
-        <v>24</v>
+        <v>343</v>
       </c>
       <c r="N77" t="s">
-        <v>305</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>453</v>
+      </c>
+      <c r="P77" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>306</v>
+        <v>455</v>
       </c>
       <c r="B78" t="s">
-        <v>15</v>
+        <v>456</v>
       </c>
       <c r="C78" t="s">
-        <v>307</v>
+        <v>18</v>
       </c>
       <c r="D78" t="s">
-        <v>129</v>
+        <v>457</v>
       </c>
       <c r="E78" t="s">
-        <v>130</v>
+        <v>180</v>
       </c>
       <c r="F78" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G78">
+        <v>181</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
         <v>2009</v>
       </c>
-      <c r="H78">
+      <c r="I78">
         <v>2013</v>
       </c>
-      <c r="I78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J78" t="s">
-        <v>307</v>
+        <v>23</v>
       </c>
       <c r="K78" t="s">
-        <v>308</v>
+        <v>457</v>
       </c>
       <c r="L78" t="s">
-        <v>234</v>
+        <v>458</v>
       </c>
       <c r="M78" t="s">
-        <v>309</v>
+        <v>343</v>
       </c>
       <c r="N78" t="s">
-        <v>310</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:14">
+        <v>459</v>
+      </c>
+      <c r="O78" t="s">
+        <v>460</v>
+      </c>
+      <c r="P78" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>311</v>
+        <v>462</v>
       </c>
       <c r="B79" t="s">
-        <v>15</v>
+        <v>463</v>
       </c>
       <c r="C79" t="s">
-        <v>312</v>
+        <v>18</v>
       </c>
       <c r="D79" t="s">
-        <v>129</v>
+        <v>464</v>
       </c>
       <c r="E79" t="s">
-        <v>130</v>
+        <v>180</v>
       </c>
       <c r="F79" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G79">
+        <v>181</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
         <v>2011</v>
       </c>
-      <c r="H79">
+      <c r="I79">
         <v>2017</v>
       </c>
-      <c r="I79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J79" t="s">
-        <v>21</v>
+        <v>69</v>
       </c>
       <c r="K79" t="s">
-        <v>313</v>
+        <v>24</v>
       </c>
       <c r="L79" t="s">
-        <v>138</v>
+        <v>465</v>
       </c>
       <c r="M79" t="s">
-        <v>24</v>
+        <v>191</v>
       </c>
       <c r="N79" t="s">
-        <v>314</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>466</v>
+      </c>
+      <c r="P79" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>315</v>
+        <v>468</v>
       </c>
       <c r="B80" t="s">
-        <v>15</v>
+        <v>469</v>
       </c>
       <c r="C80" t="s">
-        <v>316</v>
+        <v>18</v>
       </c>
       <c r="D80" t="s">
-        <v>129</v>
+        <v>470</v>
       </c>
       <c r="E80" t="s">
-        <v>130</v>
+        <v>180</v>
       </c>
       <c r="F80" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G80">
+        <v>181</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
         <v>2016</v>
       </c>
-      <c r="H80">
+      <c r="I80">
         <v>2022</v>
       </c>
-      <c r="I80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J80" t="s">
-        <v>307</v>
+        <v>23</v>
       </c>
       <c r="K80" t="s">
-        <v>317</v>
+        <v>457</v>
       </c>
       <c r="L80" t="s">
-        <v>234</v>
+        <v>471</v>
       </c>
       <c r="M80" t="s">
-        <v>309</v>
+        <v>343</v>
       </c>
       <c r="N80" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:14">
+        <v>459</v>
+      </c>
+      <c r="O80" t="s">
+        <v>472</v>
+      </c>
+      <c r="P80" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>319</v>
+        <v>474</v>
       </c>
       <c r="B81" t="s">
-        <v>15</v>
+        <v>475</v>
       </c>
       <c r="C81" t="s">
-        <v>67</v>
+        <v>18</v>
       </c>
       <c r="D81" t="s">
-        <v>129</v>
+        <v>88</v>
       </c>
       <c r="E81" t="s">
-        <v>130</v>
+        <v>180</v>
       </c>
       <c r="F81" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G81">
+        <v>181</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
         <v>1999</v>
       </c>
-      <c r="H81">
+      <c r="I81">
         <v>2016</v>
       </c>
-      <c r="I81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J81" t="s">
-        <v>21</v>
+        <v>55</v>
       </c>
       <c r="K81" t="s">
-        <v>320</v>
+        <v>24</v>
       </c>
       <c r="L81" t="s">
-        <v>138</v>
+        <v>476</v>
       </c>
       <c r="M81" t="s">
-        <v>24</v>
+        <v>191</v>
       </c>
       <c r="N81" t="s">
-        <v>321</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>477</v>
+      </c>
+      <c r="P81" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>322</v>
+        <v>479</v>
       </c>
       <c r="B82" t="s">
-        <v>15</v>
+        <v>480</v>
       </c>
       <c r="C82" t="s">
-        <v>67</v>
+        <v>18</v>
       </c>
       <c r="D82" t="s">
-        <v>129</v>
+        <v>88</v>
       </c>
       <c r="E82" t="s">
-        <v>130</v>
+        <v>180</v>
       </c>
       <c r="F82" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G82">
+        <v>181</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82">
         <v>1999</v>
       </c>
-      <c r="H82">
+      <c r="I82">
         <v>2016</v>
       </c>
-      <c r="I82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J82" t="s">
-        <v>21</v>
+        <v>118</v>
       </c>
       <c r="K82" t="s">
-        <v>323</v>
+        <v>24</v>
       </c>
       <c r="L82" t="s">
-        <v>138</v>
+        <v>481</v>
       </c>
       <c r="M82" t="s">
-        <v>24</v>
+        <v>191</v>
       </c>
       <c r="N82" t="s">
-        <v>324</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>482</v>
+      </c>
+      <c r="P82" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>325</v>
+        <v>484</v>
       </c>
       <c r="B83" t="s">
-        <v>15</v>
+        <v>485</v>
       </c>
       <c r="C83" t="s">
-        <v>112</v>
+        <v>18</v>
       </c>
       <c r="D83" t="s">
-        <v>129</v>
+        <v>155</v>
       </c>
       <c r="E83" t="s">
-        <v>130</v>
+        <v>180</v>
       </c>
       <c r="F83" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G83">
+        <v>181</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
         <v>2013</v>
       </c>
-      <c r="H83">
+      <c r="I83">
         <v>2018</v>
       </c>
-      <c r="I83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J83" t="s">
-        <v>21</v>
+        <v>69</v>
       </c>
       <c r="K83" t="s">
-        <v>326</v>
+        <v>24</v>
       </c>
       <c r="L83" t="s">
-        <v>138</v>
+        <v>486</v>
       </c>
       <c r="M83" t="s">
-        <v>24</v>
+        <v>191</v>
       </c>
       <c r="N83" t="s">
-        <v>327</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>487</v>
+      </c>
+      <c r="P83" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>328</v>
+        <v>489</v>
       </c>
       <c r="B84" t="s">
-        <v>15</v>
+        <v>490</v>
       </c>
       <c r="C84" t="s">
-        <v>112</v>
+        <v>18</v>
       </c>
       <c r="D84" t="s">
-        <v>129</v>
+        <v>155</v>
       </c>
       <c r="E84" t="s">
-        <v>130</v>
+        <v>180</v>
       </c>
       <c r="F84" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G84">
+        <v>181</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
         <v>2003</v>
       </c>
-      <c r="H84">
+      <c r="I84">
         <v>2015</v>
       </c>
-      <c r="I84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J84" t="s">
-        <v>49</v>
+        <v>69</v>
       </c>
       <c r="K84" t="s">
-        <v>329</v>
+        <v>62</v>
       </c>
       <c r="L84" t="s">
-        <v>138</v>
+        <v>491</v>
       </c>
       <c r="M84" t="s">
-        <v>24</v>
+        <v>191</v>
       </c>
       <c r="N84" t="s">
-        <v>330</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>492</v>
+      </c>
+      <c r="P84" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>331</v>
+        <v>494</v>
       </c>
       <c r="B85" t="s">
-        <v>15</v>
+        <v>495</v>
       </c>
       <c r="C85" t="s">
-        <v>86</v>
+        <v>18</v>
       </c>
       <c r="D85" t="s">
-        <v>129</v>
+        <v>117</v>
       </c>
       <c r="E85" t="s">
-        <v>130</v>
+        <v>180</v>
       </c>
       <c r="F85" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G85">
+        <v>181</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
         <v>2002</v>
       </c>
-      <c r="H85">
+      <c r="I85">
         <v>2012</v>
       </c>
-      <c r="I85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J85" t="s">
-        <v>21</v>
+        <v>69</v>
       </c>
       <c r="K85" t="s">
-        <v>332</v>
+        <v>24</v>
       </c>
       <c r="L85" t="s">
-        <v>138</v>
+        <v>496</v>
       </c>
       <c r="M85" t="s">
-        <v>24</v>
+        <v>191</v>
       </c>
       <c r="N85" t="s">
-        <v>333</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>497</v>
+      </c>
+      <c r="P85" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>334</v>
+        <v>499</v>
       </c>
       <c r="B86" t="s">
-        <v>15</v>
+        <v>500</v>
       </c>
       <c r="C86" t="s">
-        <v>100</v>
+        <v>18</v>
       </c>
       <c r="D86" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="E86" t="s">
-        <v>130</v>
+        <v>180</v>
       </c>
       <c r="F86" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G86">
+        <v>181</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
         <v>2003</v>
       </c>
-      <c r="H86">
+      <c r="I86">
         <v>2013</v>
       </c>
-      <c r="I86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J86" t="s">
-        <v>21</v>
+        <v>69</v>
       </c>
       <c r="K86" t="s">
-        <v>101</v>
+        <v>24</v>
       </c>
       <c r="L86" t="s">
         <v>138</v>
       </c>
       <c r="M86" t="s">
-        <v>24</v>
+        <v>191</v>
       </c>
       <c r="N86" t="s">
-        <v>335</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>501</v>
+      </c>
+      <c r="P86" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>336</v>
+        <v>503</v>
       </c>
       <c r="B87" t="s">
-        <v>15</v>
+        <v>504</v>
       </c>
       <c r="C87" t="s">
-        <v>337</v>
+        <v>18</v>
       </c>
       <c r="D87" t="s">
-        <v>129</v>
+        <v>505</v>
       </c>
       <c r="E87" t="s">
-        <v>130</v>
+        <v>180</v>
       </c>
       <c r="F87" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G87">
+        <v>181</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H87">
         <v>2014</v>
       </c>
-      <c r="H87">
+      <c r="I87">
         <v>2017</v>
       </c>
-      <c r="I87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J87" t="s">
-        <v>21</v>
+        <v>118</v>
       </c>
       <c r="K87" t="s">
-        <v>338</v>
+        <v>24</v>
       </c>
       <c r="L87" t="s">
+        <v>506</v>
+      </c>
+      <c r="M87" t="s">
+        <v>191</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>507</v>
+      </c>
+      <c r="P87" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>509</v>
+      </c>
+      <c r="B88" t="s">
+        <v>510</v>
+      </c>
+      <c r="C88" t="s">
+        <v>18</v>
+      </c>
+      <c r="D88" t="s">
+        <v>511</v>
+      </c>
+      <c r="E88" t="s">
+        <v>180</v>
+      </c>
+      <c r="F88" t="s">
+        <v>181</v>
+      </c>
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
+        <v>2014</v>
+      </c>
+      <c r="I88">
+        <v>2018</v>
+      </c>
+      <c r="J88" t="s">
+        <v>69</v>
+      </c>
+      <c r="K88" t="s">
+        <v>24</v>
+      </c>
+      <c r="L88" t="s">
+        <v>512</v>
+      </c>
+      <c r="M88" t="s">
+        <v>191</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>513</v>
+      </c>
+      <c r="P88" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>515</v>
+      </c>
+      <c r="B89" t="s">
+        <v>516</v>
+      </c>
+      <c r="C89" t="s">
+        <v>18</v>
+      </c>
+      <c r="D89" t="s">
+        <v>505</v>
+      </c>
+      <c r="E89" t="s">
+        <v>180</v>
+      </c>
+      <c r="F89" t="s">
+        <v>181</v>
+      </c>
+      <c r="G89" t="s">
+        <v>22</v>
+      </c>
+      <c r="H89">
+        <v>2014</v>
+      </c>
+      <c r="I89">
+        <v>2015</v>
+      </c>
+      <c r="J89" t="s">
+        <v>69</v>
+      </c>
+      <c r="K89" t="s">
+        <v>24</v>
+      </c>
+      <c r="L89" t="s">
+        <v>517</v>
+      </c>
+      <c r="M89" t="s">
+        <v>191</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>518</v>
+      </c>
+      <c r="P89" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>520</v>
+      </c>
+      <c r="B90" t="s">
+        <v>521</v>
+      </c>
+      <c r="C90" t="s">
+        <v>18</v>
+      </c>
+      <c r="D90" t="s">
+        <v>464</v>
+      </c>
+      <c r="E90" t="s">
+        <v>180</v>
+      </c>
+      <c r="F90" t="s">
+        <v>181</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
+        <v>2008</v>
+      </c>
+      <c r="I90">
+        <v>2018</v>
+      </c>
+      <c r="J90" t="s">
+        <v>69</v>
+      </c>
+      <c r="K90" t="s">
+        <v>24</v>
+      </c>
+      <c r="L90" t="s">
+        <v>522</v>
+      </c>
+      <c r="M90" t="s">
+        <v>191</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>523</v>
+      </c>
+      <c r="P90" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>525</v>
+      </c>
+      <c r="B91" t="s">
+        <v>526</v>
+      </c>
+      <c r="C91" t="s">
+        <v>18</v>
+      </c>
+      <c r="D91" t="s">
+        <v>54</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
+        <v>527</v>
+      </c>
+      <c r="G91" t="s">
+        <v>22</v>
+      </c>
+      <c r="H91">
+        <v>2018</v>
+      </c>
+      <c r="I91">
+        <v>2024</v>
+      </c>
+      <c r="J91" t="s">
+        <v>528</v>
+      </c>
+      <c r="K91" t="s">
+        <v>24</v>
+      </c>
+      <c r="L91"/>
+      <c r="M91" t="s">
+        <v>191</v>
+      </c>
+      <c r="N91" t="s">
+        <v>96</v>
+      </c>
+      <c r="O91" t="s">
+        <v>529</v>
+      </c>
+      <c r="P91" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>531</v>
+      </c>
+      <c r="B92" t="s">
+        <v>532</v>
+      </c>
+      <c r="C92" t="s">
+        <v>18</v>
+      </c>
+      <c r="D92" t="s">
+        <v>88</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>527</v>
+      </c>
+      <c r="G92" t="s">
+        <v>533</v>
+      </c>
+      <c r="H92">
+        <v>1989</v>
+      </c>
+      <c r="I92">
+        <v>2016</v>
+      </c>
+      <c r="J92" t="s">
+        <v>69</v>
+      </c>
+      <c r="K92" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92" t="s">
+        <v>534</v>
+      </c>
+      <c r="M92" t="s">
+        <v>535</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>536</v>
+      </c>
+      <c r="P92" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>538</v>
+      </c>
+      <c r="B93" t="s">
+        <v>539</v>
+      </c>
+      <c r="C93" t="s">
+        <v>18</v>
+      </c>
+      <c r="D93" t="s">
+        <v>137</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
+        <v>527</v>
+      </c>
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
+        <v>1989</v>
+      </c>
+      <c r="I93">
+        <v>2013</v>
+      </c>
+      <c r="J93" t="s">
+        <v>69</v>
+      </c>
+      <c r="K93" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93" t="s">
         <v>138</v>
       </c>
-      <c r="M87" t="s">
-[...25 lines deleted...]
-      <c r="G88">
+      <c r="M93" t="s">
+        <v>49</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>540</v>
+      </c>
+      <c r="P93" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>542</v>
+      </c>
+      <c r="B94" t="s">
+        <v>543</v>
+      </c>
+      <c r="C94" t="s">
+        <v>18</v>
+      </c>
+      <c r="D94" t="s">
+        <v>544</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
+        <v>527</v>
+      </c>
+      <c r="G94" t="s">
+        <v>22</v>
+      </c>
+      <c r="H94">
+        <v>1989</v>
+      </c>
+      <c r="I94">
+        <v>2021</v>
+      </c>
+      <c r="J94" t="s">
+        <v>545</v>
+      </c>
+      <c r="K94" t="s">
+        <v>24</v>
+      </c>
+      <c r="L94" t="s">
+        <v>546</v>
+      </c>
+      <c r="M94" t="s">
+        <v>547</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>548</v>
+      </c>
+      <c r="P94" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>550</v>
+      </c>
+      <c r="B95" t="s">
+        <v>551</v>
+      </c>
+      <c r="C95" t="s">
+        <v>18</v>
+      </c>
+      <c r="D95" t="s">
+        <v>552</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>527</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
+        <v>1999</v>
+      </c>
+      <c r="I95">
+        <v>2022</v>
+      </c>
+      <c r="J95" t="s">
+        <v>545</v>
+      </c>
+      <c r="K95" t="s">
+        <v>24</v>
+      </c>
+      <c r="L95"/>
+      <c r="M95" t="s">
+        <v>547</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>553</v>
+      </c>
+      <c r="P95" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>555</v>
+      </c>
+      <c r="B96" t="s">
+        <v>556</v>
+      </c>
+      <c r="C96" t="s">
+        <v>18</v>
+      </c>
+      <c r="D96" t="s">
+        <v>54</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>527</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>2002</v>
+      </c>
+      <c r="I96">
+        <v>2021</v>
+      </c>
+      <c r="J96" t="s">
+        <v>55</v>
+      </c>
+      <c r="K96" t="s">
+        <v>24</v>
+      </c>
+      <c r="L96" t="s">
+        <v>557</v>
+      </c>
+      <c r="M96" t="s">
+        <v>49</v>
+      </c>
+      <c r="N96" t="s">
+        <v>96</v>
+      </c>
+      <c r="O96" t="s">
+        <v>558</v>
+      </c>
+      <c r="P96" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>560</v>
+      </c>
+      <c r="B97" t="s">
+        <v>561</v>
+      </c>
+      <c r="C97" t="s">
+        <v>18</v>
+      </c>
+      <c r="D97" t="s">
+        <v>143</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>527</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
+        <v>2003</v>
+      </c>
+      <c r="I97">
+        <v>2013</v>
+      </c>
+      <c r="J97" t="s">
+        <v>69</v>
+      </c>
+      <c r="K97" t="s">
+        <v>24</v>
+      </c>
+      <c r="L97" t="s">
+        <v>562</v>
+      </c>
+      <c r="M97" t="s">
+        <v>49</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>563</v>
+      </c>
+      <c r="P97" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>565</v>
+      </c>
+      <c r="B98" t="s">
+        <v>566</v>
+      </c>
+      <c r="C98" t="s">
+        <v>18</v>
+      </c>
+      <c r="D98" t="s">
+        <v>81</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>527</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
+      </c>
+      <c r="H98">
+        <v>2009</v>
+      </c>
+      <c r="I98">
+        <v>2020</v>
+      </c>
+      <c r="J98" t="s">
+        <v>69</v>
+      </c>
+      <c r="K98" t="s">
+        <v>24</v>
+      </c>
+      <c r="L98" t="s">
+        <v>567</v>
+      </c>
+      <c r="M98" t="s">
+        <v>49</v>
+      </c>
+      <c r="N98" t="s">
+        <v>96</v>
+      </c>
+      <c r="O98" t="s">
+        <v>568</v>
+      </c>
+      <c r="P98" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>570</v>
+      </c>
+      <c r="B99" t="s">
+        <v>571</v>
+      </c>
+      <c r="C99" t="s">
+        <v>18</v>
+      </c>
+      <c r="D99" t="s">
+        <v>143</v>
+      </c>
+      <c r="E99" t="s">
+        <v>180</v>
+      </c>
+      <c r="F99" t="s">
+        <v>527</v>
+      </c>
+      <c r="G99" t="s">
+        <v>22</v>
+      </c>
+      <c r="H99">
+        <v>2003</v>
+      </c>
+      <c r="I99">
         <v>2014</v>
       </c>
-      <c r="H88">
+      <c r="J99" t="s">
+        <v>69</v>
+      </c>
+      <c r="K99" t="s">
+        <v>24</v>
+      </c>
+      <c r="L99" t="s">
+        <v>572</v>
+      </c>
+      <c r="M99" t="s">
+        <v>49</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>573</v>
+      </c>
+      <c r="P99" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>575</v>
+      </c>
+      <c r="B100" t="s">
+        <v>576</v>
+      </c>
+      <c r="C100" t="s">
+        <v>18</v>
+      </c>
+      <c r="D100" t="s">
+        <v>445</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>527</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
+      </c>
+      <c r="H100">
+        <v>2005</v>
+      </c>
+      <c r="I100">
+        <v>2005</v>
+      </c>
+      <c r="J100" t="s">
+        <v>69</v>
+      </c>
+      <c r="K100" t="s">
+        <v>24</v>
+      </c>
+      <c r="L100" t="s">
+        <v>577</v>
+      </c>
+      <c r="M100" t="s">
+        <v>49</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>578</v>
+      </c>
+      <c r="P100" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>580</v>
+      </c>
+      <c r="B101" t="s">
+        <v>581</v>
+      </c>
+      <c r="C101" t="s">
+        <v>18</v>
+      </c>
+      <c r="D101" t="s">
+        <v>101</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>527</v>
+      </c>
+      <c r="G101" t="s">
+        <v>22</v>
+      </c>
+      <c r="H101">
+        <v>1989</v>
+      </c>
+      <c r="I101">
         <v>2018</v>
       </c>
-      <c r="I88" t="s">
-[...346 lines deleted...]
-      <c r="H96">
+      <c r="J101" t="s">
+        <v>69</v>
+      </c>
+      <c r="K101" t="s">
+        <v>24</v>
+      </c>
+      <c r="L101" t="s">
+        <v>48</v>
+      </c>
+      <c r="M101" t="s">
+        <v>49</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>582</v>
+      </c>
+      <c r="P101" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>584</v>
+      </c>
+      <c r="B102" t="s">
+        <v>585</v>
+      </c>
+      <c r="C102" t="s">
+        <v>18</v>
+      </c>
+      <c r="D102" t="s">
+        <v>249</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>527</v>
+      </c>
+      <c r="G102" t="s">
+        <v>22</v>
+      </c>
+      <c r="H102">
+        <v>2004</v>
+      </c>
+      <c r="I102">
+        <v>2017</v>
+      </c>
+      <c r="J102" t="s">
+        <v>69</v>
+      </c>
+      <c r="K102" t="s">
+        <v>24</v>
+      </c>
+      <c r="L102" t="s">
+        <v>586</v>
+      </c>
+      <c r="M102" t="s">
+        <v>49</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>587</v>
+      </c>
+      <c r="P102" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>589</v>
+      </c>
+      <c r="B103" t="s">
+        <v>590</v>
+      </c>
+      <c r="C103" t="s">
+        <v>18</v>
+      </c>
+      <c r="D103" t="s">
+        <v>94</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>527</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
+        <v>2010</v>
+      </c>
+      <c r="I103">
         <v>2021</v>
       </c>
-      <c r="I96" t="s">
-[...307 lines deleted...]
-      </c>
       <c r="J103" t="s">
-        <v>21</v>
+        <v>55</v>
       </c>
       <c r="K103" t="s">
-        <v>392</v>
+        <v>24</v>
       </c>
       <c r="L103" t="s">
-        <v>40</v>
+        <v>591</v>
       </c>
       <c r="M103" t="s">
-        <v>24</v>
+        <v>49</v>
       </c>
       <c r="N103" t="s">
-        <v>393</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:14">
+        <v>96</v>
+      </c>
+      <c r="O103" t="s">
+        <v>592</v>
+      </c>
+      <c r="P103" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>394</v>
+        <v>594</v>
       </c>
       <c r="B104" t="s">
-        <v>15</v>
+        <v>595</v>
       </c>
       <c r="C104" t="s">
-        <v>259</v>
+        <v>18</v>
       </c>
       <c r="D104" t="s">
-        <v>17</v>
+        <v>218</v>
       </c>
       <c r="E104" t="s">
-        <v>351</v>
+        <v>20</v>
       </c>
       <c r="F104" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2005</v>
+        <v>527</v>
+      </c>
+      <c r="G104" t="s">
+        <v>22</v>
       </c>
       <c r="H104">
         <v>2005</v>
       </c>
-      <c r="I104" t="s">
-        <v>54</v>
+      <c r="I104">
+        <v>2011</v>
       </c>
       <c r="J104" t="s">
-        <v>21</v>
+        <v>69</v>
       </c>
       <c r="K104" t="s">
-        <v>260</v>
+        <v>24</v>
       </c>
       <c r="L104" t="s">
-        <v>40</v>
+        <v>219</v>
       </c>
       <c r="M104" t="s">
-        <v>24</v>
+        <v>49</v>
       </c>
       <c r="N104" t="s">
-        <v>395</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:14">
+        <v>96</v>
+      </c>
+      <c r="O104" t="s">
+        <v>596</v>
+      </c>
+      <c r="P104" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>396</v>
+        <v>598</v>
       </c>
       <c r="B105" t="s">
-        <v>15</v>
+        <v>599</v>
       </c>
       <c r="C105" t="s">
-        <v>76</v>
+        <v>18</v>
       </c>
       <c r="D105" t="s">
-        <v>17</v>
+        <v>373</v>
       </c>
       <c r="E105" t="s">
-        <v>351</v>
+        <v>20</v>
       </c>
       <c r="F105" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G105">
+        <v>527</v>
+      </c>
+      <c r="G105" t="s">
+        <v>22</v>
+      </c>
+      <c r="H105">
+        <v>2006</v>
+      </c>
+      <c r="I105">
+        <v>2024</v>
+      </c>
+      <c r="J105" t="s">
+        <v>528</v>
+      </c>
+      <c r="K105" t="s">
+        <v>24</v>
+      </c>
+      <c r="L105" t="s">
+        <v>600</v>
+      </c>
+      <c r="M105" t="s">
+        <v>49</v>
+      </c>
+      <c r="N105" t="s">
+        <v>96</v>
+      </c>
+      <c r="O105" t="s">
+        <v>601</v>
+      </c>
+      <c r="P105" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>603</v>
+      </c>
+      <c r="B106" t="s">
+        <v>604</v>
+      </c>
+      <c r="C106" t="s">
+        <v>18</v>
+      </c>
+      <c r="D106" t="s">
+        <v>143</v>
+      </c>
+      <c r="E106" t="s">
+        <v>180</v>
+      </c>
+      <c r="F106" t="s">
+        <v>527</v>
+      </c>
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106">
+        <v>2003</v>
+      </c>
+      <c r="I106">
+        <v>2017</v>
+      </c>
+      <c r="J106" t="s">
+        <v>69</v>
+      </c>
+      <c r="K106" t="s">
+        <v>24</v>
+      </c>
+      <c r="L106" t="s">
+        <v>605</v>
+      </c>
+      <c r="M106" t="s">
+        <v>606</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>607</v>
+      </c>
+      <c r="P106" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>609</v>
+      </c>
+      <c r="B107" t="s">
+        <v>610</v>
+      </c>
+      <c r="C107" t="s">
+        <v>18</v>
+      </c>
+      <c r="D107" t="s">
+        <v>61</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>527</v>
+      </c>
+      <c r="G107" t="s">
+        <v>22</v>
+      </c>
+      <c r="H107">
+        <v>2006</v>
+      </c>
+      <c r="I107">
+        <v>2016</v>
+      </c>
+      <c r="J107" t="s">
+        <v>69</v>
+      </c>
+      <c r="K107" t="s">
+        <v>62</v>
+      </c>
+      <c r="L107" t="s">
+        <v>611</v>
+      </c>
+      <c r="M107" t="s">
+        <v>49</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>612</v>
+      </c>
+      <c r="P107" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>614</v>
+      </c>
+      <c r="B108" t="s">
+        <v>615</v>
+      </c>
+      <c r="C108" t="s">
+        <v>18</v>
+      </c>
+      <c r="D108" t="s">
+        <v>405</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>527</v>
+      </c>
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
+        <v>2007</v>
+      </c>
+      <c r="I108">
+        <v>2014</v>
+      </c>
+      <c r="J108" t="s">
+        <v>69</v>
+      </c>
+      <c r="K108" t="s">
+        <v>24</v>
+      </c>
+      <c r="L108" t="s">
+        <v>406</v>
+      </c>
+      <c r="M108" t="s">
+        <v>49</v>
+      </c>
+      <c r="N108" t="s">
+        <v>96</v>
+      </c>
+      <c r="O108" t="s">
+        <v>616</v>
+      </c>
+      <c r="P108" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>618</v>
+      </c>
+      <c r="B109" t="s">
+        <v>619</v>
+      </c>
+      <c r="C109" t="s">
+        <v>18</v>
+      </c>
+      <c r="D109" t="s">
+        <v>620</v>
+      </c>
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
+        <v>527</v>
+      </c>
+      <c r="G109" t="s">
+        <v>8</v>
+      </c>
+      <c r="H109">
+        <v>2007</v>
+      </c>
+      <c r="I109">
+        <v>2025</v>
+      </c>
+      <c r="J109" t="s">
+        <v>621</v>
+      </c>
+      <c r="K109" t="s">
+        <v>24</v>
+      </c>
+      <c r="L109" t="s">
+        <v>622</v>
+      </c>
+      <c r="M109" t="s">
+        <v>535</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>623</v>
+      </c>
+      <c r="P109" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>625</v>
+      </c>
+      <c r="B110" t="s">
+        <v>258</v>
+      </c>
+      <c r="C110" t="s">
+        <v>18</v>
+      </c>
+      <c r="D110" t="s">
+        <v>46</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
+        <v>527</v>
+      </c>
+      <c r="G110" t="s">
+        <v>22</v>
+      </c>
+      <c r="H110">
+        <v>2008</v>
+      </c>
+      <c r="I110">
+        <v>2008</v>
+      </c>
+      <c r="J110" t="s">
+        <v>69</v>
+      </c>
+      <c r="K110" t="s">
+        <v>24</v>
+      </c>
+      <c r="L110" t="s">
+        <v>626</v>
+      </c>
+      <c r="M110" t="s">
+        <v>49</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>627</v>
+      </c>
+      <c r="P110" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>629</v>
+      </c>
+      <c r="B111" t="s">
+        <v>234</v>
+      </c>
+      <c r="C111" t="s">
+        <v>18</v>
+      </c>
+      <c r="D111" t="s">
+        <v>101</v>
+      </c>
+      <c r="E111" t="s">
+        <v>20</v>
+      </c>
+      <c r="F111" t="s">
+        <v>527</v>
+      </c>
+      <c r="G111" t="s">
+        <v>22</v>
+      </c>
+      <c r="H111">
         <v>1989</v>
       </c>
-      <c r="H105">
-[...131 lines deleted...]
-      <c r="H108">
+      <c r="I111">
+        <v>2020</v>
+      </c>
+      <c r="J111" t="s">
+        <v>55</v>
+      </c>
+      <c r="K111" t="s">
+        <v>24</v>
+      </c>
+      <c r="L111" t="s">
+        <v>630</v>
+      </c>
+      <c r="M111" t="s">
+        <v>535</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>631</v>
+      </c>
+      <c r="P111" t="s">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>633</v>
+      </c>
+      <c r="B112" t="s">
+        <v>634</v>
+      </c>
+      <c r="C112" t="s">
+        <v>635</v>
+      </c>
+      <c r="D112" t="s">
+        <v>636</v>
+      </c>
+      <c r="E112" t="s">
+        <v>20</v>
+      </c>
+      <c r="F112" t="s">
+        <v>527</v>
+      </c>
+      <c r="G112" t="s">
+        <v>22</v>
+      </c>
+      <c r="H112">
+        <v>2008</v>
+      </c>
+      <c r="I112">
+        <v>2024</v>
+      </c>
+      <c r="J112" t="s">
+        <v>545</v>
+      </c>
+      <c r="K112" t="s">
+        <v>24</v>
+      </c>
+      <c r="L112" t="s">
+        <v>637</v>
+      </c>
+      <c r="M112" t="s">
+        <v>547</v>
+      </c>
+      <c r="N112" t="s">
+        <v>638</v>
+      </c>
+      <c r="O112" t="s">
+        <v>639</v>
+      </c>
+      <c r="P112" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>641</v>
+      </c>
+      <c r="B113" t="s">
+        <v>642</v>
+      </c>
+      <c r="C113" t="s">
+        <v>18</v>
+      </c>
+      <c r="D113" t="s">
+        <v>643</v>
+      </c>
+      <c r="E113" t="s">
+        <v>20</v>
+      </c>
+      <c r="F113" t="s">
+        <v>527</v>
+      </c>
+      <c r="G113" t="s">
+        <v>22</v>
+      </c>
+      <c r="H113">
+        <v>2008</v>
+      </c>
+      <c r="I113">
+        <v>2008</v>
+      </c>
+      <c r="J113" t="s">
+        <v>69</v>
+      </c>
+      <c r="K113" t="s">
+        <v>24</v>
+      </c>
+      <c r="L113" t="s">
+        <v>644</v>
+      </c>
+      <c r="M113" t="s">
+        <v>49</v>
+      </c>
+      <c r="N113" t="s">
+        <v>96</v>
+      </c>
+      <c r="O113" t="s">
+        <v>645</v>
+      </c>
+      <c r="P113" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>647</v>
+      </c>
+      <c r="B114" t="s">
+        <v>648</v>
+      </c>
+      <c r="C114" t="s">
+        <v>18</v>
+      </c>
+      <c r="D114" t="s">
+        <v>117</v>
+      </c>
+      <c r="E114" t="s">
+        <v>20</v>
+      </c>
+      <c r="F114" t="s">
+        <v>527</v>
+      </c>
+      <c r="G114" t="s">
+        <v>22</v>
+      </c>
+      <c r="H114">
+        <v>2008</v>
+      </c>
+      <c r="I114">
         <v>2011</v>
       </c>
-      <c r="I108" t="s">
-[...178 lines deleted...]
-      <c r="J112" t="s">
+      <c r="J114" t="s">
+        <v>69</v>
+      </c>
+      <c r="K114" t="s">
+        <v>24</v>
+      </c>
+      <c r="L114" t="s">
+        <v>649</v>
+      </c>
+      <c r="M114" t="s">
         <v>49</v>
       </c>
-      <c r="K112" t="s">
-[...95 lines deleted...]
-      </c>
       <c r="N114" t="s">
-        <v>427</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>650</v>
+      </c>
+      <c r="P114" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>428</v>
+        <v>652</v>
       </c>
       <c r="B115" t="s">
-        <v>15</v>
+        <v>653</v>
       </c>
       <c r="C115" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="D115" t="s">
-        <v>17</v>
+        <v>331</v>
       </c>
       <c r="E115" t="s">
-        <v>351</v>
+        <v>20</v>
       </c>
       <c r="F115" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2008</v>
+        <v>527</v>
+      </c>
+      <c r="G115" t="s">
+        <v>22</v>
       </c>
       <c r="H115">
         <v>2008</v>
       </c>
-      <c r="I115" t="s">
+      <c r="I115">
+        <v>2016</v>
+      </c>
+      <c r="J115" t="s">
+        <v>69</v>
+      </c>
+      <c r="K115" t="s">
+        <v>24</v>
+      </c>
+      <c r="L115" t="s">
+        <v>654</v>
+      </c>
+      <c r="M115" t="s">
+        <v>49</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>655</v>
+      </c>
+      <c r="P115" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>657</v>
+      </c>
+      <c r="B116" t="s">
+        <v>657</v>
+      </c>
+      <c r="C116" t="s">
+        <v>18</v>
+      </c>
+      <c r="D116" t="s">
+        <v>161</v>
+      </c>
+      <c r="E116" t="s">
+        <v>20</v>
+      </c>
+      <c r="F116" t="s">
+        <v>527</v>
+      </c>
+      <c r="G116" t="s">
+        <v>22</v>
+      </c>
+      <c r="H116">
+        <v>2010</v>
+      </c>
+      <c r="I116">
+        <v>2015</v>
+      </c>
+      <c r="J116" t="s">
+        <v>69</v>
+      </c>
+      <c r="K116" t="s">
+        <v>24</v>
+      </c>
+      <c r="L116" t="s">
+        <v>162</v>
+      </c>
+      <c r="M116" t="s">
+        <v>49</v>
+      </c>
+      <c r="N116" t="s">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>658</v>
+      </c>
+      <c r="P116" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>660</v>
+      </c>
+      <c r="B117" t="s">
+        <v>661</v>
+      </c>
+      <c r="C117" t="s">
+        <v>18</v>
+      </c>
+      <c r="D117" t="s">
+        <v>32</v>
+      </c>
+      <c r="E117" t="s">
+        <v>20</v>
+      </c>
+      <c r="F117" t="s">
+        <v>527</v>
+      </c>
+      <c r="G117" t="s">
+        <v>22</v>
+      </c>
+      <c r="H117">
+        <v>1989</v>
+      </c>
+      <c r="I117">
+        <v>2016</v>
+      </c>
+      <c r="J117" t="s">
+        <v>69</v>
+      </c>
+      <c r="K117" t="s">
+        <v>24</v>
+      </c>
+      <c r="L117" t="s">
+        <v>33</v>
+      </c>
+      <c r="M117" t="s">
+        <v>49</v>
+      </c>
+      <c r="N117" t="s">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>662</v>
+      </c>
+      <c r="P117" t="s">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>664</v>
+      </c>
+      <c r="B118" t="s">
+        <v>665</v>
+      </c>
+      <c r="C118" t="s">
+        <v>18</v>
+      </c>
+      <c r="D118" t="s">
+        <v>666</v>
+      </c>
+      <c r="E118" t="s">
+        <v>20</v>
+      </c>
+      <c r="F118" t="s">
+        <v>527</v>
+      </c>
+      <c r="G118" t="s">
+        <v>22</v>
+      </c>
+      <c r="H118">
+        <v>2010</v>
+      </c>
+      <c r="I118">
+        <v>2021</v>
+      </c>
+      <c r="J118" t="s">
+        <v>23</v>
+      </c>
+      <c r="K118" t="s">
+        <v>24</v>
+      </c>
+      <c r="L118" t="s">
+        <v>667</v>
+      </c>
+      <c r="M118" t="s">
+        <v>535</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>668</v>
+      </c>
+      <c r="P118" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>670</v>
+      </c>
+      <c r="B119" t="s">
+        <v>671</v>
+      </c>
+      <c r="C119" t="s">
+        <v>18</v>
+      </c>
+      <c r="D119" t="s">
+        <v>672</v>
+      </c>
+      <c r="E119" t="s">
+        <v>20</v>
+      </c>
+      <c r="F119" t="s">
+        <v>527</v>
+      </c>
+      <c r="G119" t="s">
+        <v>22</v>
+      </c>
+      <c r="H119">
+        <v>2011</v>
+      </c>
+      <c r="I119">
+        <v>2020</v>
+      </c>
+      <c r="J119" t="s">
+        <v>69</v>
+      </c>
+      <c r="K119" t="s">
+        <v>457</v>
+      </c>
+      <c r="L119" t="s">
+        <v>673</v>
+      </c>
+      <c r="M119" t="s">
+        <v>606</v>
+      </c>
+      <c r="N119" t="s">
+        <v>459</v>
+      </c>
+      <c r="O119" t="s">
+        <v>674</v>
+      </c>
+      <c r="P119" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>676</v>
+      </c>
+      <c r="B120" t="s">
+        <v>677</v>
+      </c>
+      <c r="C120" t="s">
+        <v>18</v>
+      </c>
+      <c r="D120" t="s">
+        <v>678</v>
+      </c>
+      <c r="E120" t="s">
+        <v>20</v>
+      </c>
+      <c r="F120" t="s">
+        <v>527</v>
+      </c>
+      <c r="G120" t="s">
+        <v>22</v>
+      </c>
+      <c r="H120">
+        <v>2010</v>
+      </c>
+      <c r="I120">
+        <v>2017</v>
+      </c>
+      <c r="J120" t="s">
+        <v>69</v>
+      </c>
+      <c r="K120" t="s">
+        <v>457</v>
+      </c>
+      <c r="L120" t="s">
+        <v>679</v>
+      </c>
+      <c r="M120" t="s">
+        <v>606</v>
+      </c>
+      <c r="N120" t="s">
+        <v>459</v>
+      </c>
+      <c r="O120" t="s">
+        <v>680</v>
+      </c>
+      <c r="P120" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>682</v>
+      </c>
+      <c r="B121" t="s">
+        <v>683</v>
+      </c>
+      <c r="C121" t="s">
+        <v>18</v>
+      </c>
+      <c r="D121" t="s">
+        <v>684</v>
+      </c>
+      <c r="E121" t="s">
+        <v>20</v>
+      </c>
+      <c r="F121" t="s">
+        <v>527</v>
+      </c>
+      <c r="G121" t="s">
+        <v>22</v>
+      </c>
+      <c r="H121">
+        <v>2011</v>
+      </c>
+      <c r="I121">
+        <v>2016</v>
+      </c>
+      <c r="J121" t="s">
+        <v>69</v>
+      </c>
+      <c r="K121" t="s">
+        <v>24</v>
+      </c>
+      <c r="L121" t="s">
+        <v>685</v>
+      </c>
+      <c r="M121" t="s">
+        <v>49</v>
+      </c>
+      <c r="N121" t="s">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>686</v>
+      </c>
+      <c r="P121" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>688</v>
+      </c>
+      <c r="B122" t="s">
+        <v>689</v>
+      </c>
+      <c r="C122" t="s">
+        <v>18</v>
+      </c>
+      <c r="D122" t="s">
+        <v>131</v>
+      </c>
+      <c r="E122" t="s">
+        <v>20</v>
+      </c>
+      <c r="F122" t="s">
+        <v>527</v>
+      </c>
+      <c r="G122" t="s">
+        <v>22</v>
+      </c>
+      <c r="H122">
+        <v>2011</v>
+      </c>
+      <c r="I122">
+        <v>2012</v>
+      </c>
+      <c r="J122" t="s">
+        <v>69</v>
+      </c>
+      <c r="K122" t="s">
+        <v>24</v>
+      </c>
+      <c r="L122" t="s">
+        <v>132</v>
+      </c>
+      <c r="M122" t="s">
+        <v>49</v>
+      </c>
+      <c r="N122" t="s">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>690</v>
+      </c>
+      <c r="P122" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>692</v>
+      </c>
+      <c r="B123" t="s">
+        <v>693</v>
+      </c>
+      <c r="C123" t="s">
+        <v>18</v>
+      </c>
+      <c r="D123" t="s">
+        <v>131</v>
+      </c>
+      <c r="E123" t="s">
+        <v>20</v>
+      </c>
+      <c r="F123" t="s">
+        <v>527</v>
+      </c>
+      <c r="G123" t="s">
+        <v>22</v>
+      </c>
+      <c r="H123">
+        <v>2011</v>
+      </c>
+      <c r="I123">
+        <v>2017</v>
+      </c>
+      <c r="J123" t="s">
+        <v>69</v>
+      </c>
+      <c r="K123" t="s">
+        <v>24</v>
+      </c>
+      <c r="L123" t="s">
+        <v>694</v>
+      </c>
+      <c r="M123" t="s">
+        <v>49</v>
+      </c>
+      <c r="N123" t="s">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>695</v>
+      </c>
+      <c r="P123" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>697</v>
+      </c>
+      <c r="B124" t="s">
+        <v>116</v>
+      </c>
+      <c r="C124" t="s">
+        <v>18</v>
+      </c>
+      <c r="D124" t="s">
+        <v>117</v>
+      </c>
+      <c r="E124" t="s">
+        <v>20</v>
+      </c>
+      <c r="F124" t="s">
+        <v>527</v>
+      </c>
+      <c r="G124" t="s">
+        <v>533</v>
+      </c>
+      <c r="H124">
+        <v>2011</v>
+      </c>
+      <c r="I124">
+        <v>2012</v>
+      </c>
+      <c r="J124" t="s">
+        <v>545</v>
+      </c>
+      <c r="K124" t="s">
+        <v>119</v>
+      </c>
+      <c r="L124" t="s">
+        <v>698</v>
+      </c>
+      <c r="M124" t="s">
+        <v>49</v>
+      </c>
+      <c r="N124" t="s">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>699</v>
+      </c>
+      <c r="P124" t="s">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>701</v>
+      </c>
+      <c r="B125" t="s">
+        <v>702</v>
+      </c>
+      <c r="C125" t="s">
+        <v>18</v>
+      </c>
+      <c r="D125" t="s">
+        <v>703</v>
+      </c>
+      <c r="E125" t="s">
+        <v>20</v>
+      </c>
+      <c r="F125" t="s">
+        <v>527</v>
+      </c>
+      <c r="G125" t="s">
+        <v>22</v>
+      </c>
+      <c r="H125">
+        <v>2012</v>
+      </c>
+      <c r="I125">
+        <v>2020</v>
+      </c>
+      <c r="J125" t="s">
+        <v>69</v>
+      </c>
+      <c r="K125" t="s">
+        <v>457</v>
+      </c>
+      <c r="L125" t="s">
+        <v>704</v>
+      </c>
+      <c r="M125" t="s">
+        <v>606</v>
+      </c>
+      <c r="N125" t="s">
+        <v>459</v>
+      </c>
+      <c r="O125" t="s">
+        <v>705</v>
+      </c>
+      <c r="P125" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>707</v>
+      </c>
+      <c r="B126" t="s">
+        <v>708</v>
+      </c>
+      <c r="C126" t="s">
+        <v>18</v>
+      </c>
+      <c r="D126" t="s">
+        <v>709</v>
+      </c>
+      <c r="E126" t="s">
+        <v>20</v>
+      </c>
+      <c r="F126" t="s">
+        <v>527</v>
+      </c>
+      <c r="G126" t="s">
+        <v>22</v>
+      </c>
+      <c r="H126">
+        <v>2013</v>
+      </c>
+      <c r="I126">
+        <v>2020</v>
+      </c>
+      <c r="J126" t="s">
+        <v>69</v>
+      </c>
+      <c r="K126" t="s">
+        <v>457</v>
+      </c>
+      <c r="L126" t="s">
+        <v>673</v>
+      </c>
+      <c r="M126" t="s">
+        <v>606</v>
+      </c>
+      <c r="N126" t="s">
+        <v>459</v>
+      </c>
+      <c r="O126" t="s">
+        <v>710</v>
+      </c>
+      <c r="P126" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>712</v>
+      </c>
+      <c r="B127" t="s">
+        <v>713</v>
+      </c>
+      <c r="C127" t="s">
+        <v>18</v>
+      </c>
+      <c r="D127" t="s">
+        <v>125</v>
+      </c>
+      <c r="E127" t="s">
+        <v>20</v>
+      </c>
+      <c r="F127" t="s">
+        <v>527</v>
+      </c>
+      <c r="G127" t="s">
+        <v>22</v>
+      </c>
+      <c r="H127">
+        <v>2012</v>
+      </c>
+      <c r="I127">
+        <v>2016</v>
+      </c>
+      <c r="J127" t="s">
+        <v>69</v>
+      </c>
+      <c r="K127" t="s">
+        <v>24</v>
+      </c>
+      <c r="L127" t="s">
+        <v>714</v>
+      </c>
+      <c r="M127" t="s">
+        <v>49</v>
+      </c>
+      <c r="N127" t="s">
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>715</v>
+      </c>
+      <c r="P127" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>717</v>
+      </c>
+      <c r="B128" t="s">
+        <v>718</v>
+      </c>
+      <c r="C128" t="s">
+        <v>18</v>
+      </c>
+      <c r="D128" t="s">
+        <v>143</v>
+      </c>
+      <c r="E128" t="s">
+        <v>20</v>
+      </c>
+      <c r="F128" t="s">
+        <v>527</v>
+      </c>
+      <c r="G128" t="s">
+        <v>22</v>
+      </c>
+      <c r="H128">
+        <v>2003</v>
+      </c>
+      <c r="I128">
+        <v>2013</v>
+      </c>
+      <c r="J128" t="s">
+        <v>69</v>
+      </c>
+      <c r="K128" t="s">
+        <v>24</v>
+      </c>
+      <c r="L128" t="s">
+        <v>719</v>
+      </c>
+      <c r="M128" t="s">
+        <v>49</v>
+      </c>
+      <c r="N128" t="s">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
+        <v>720</v>
+      </c>
+      <c r="P128" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>722</v>
+      </c>
+      <c r="B129" t="s">
+        <v>723</v>
+      </c>
+      <c r="C129" t="s">
+        <v>18</v>
+      </c>
+      <c r="D129" t="s">
+        <v>724</v>
+      </c>
+      <c r="E129" t="s">
+        <v>20</v>
+      </c>
+      <c r="F129" t="s">
+        <v>527</v>
+      </c>
+      <c r="G129" t="s">
+        <v>22</v>
+      </c>
+      <c r="H129">
+        <v>2003</v>
+      </c>
+      <c r="I129">
+        <v>2013</v>
+      </c>
+      <c r="J129" t="s">
+        <v>69</v>
+      </c>
+      <c r="K129" t="s">
+        <v>24</v>
+      </c>
+      <c r="L129" t="s">
+        <v>725</v>
+      </c>
+      <c r="M129" t="s">
+        <v>49</v>
+      </c>
+      <c r="N129" t="s">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
+        <v>726</v>
+      </c>
+      <c r="P129" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>728</v>
+      </c>
+      <c r="B130" t="s">
+        <v>729</v>
+      </c>
+      <c r="C130" t="s">
+        <v>18</v>
+      </c>
+      <c r="D130" t="s">
+        <v>117</v>
+      </c>
+      <c r="E130" t="s">
+        <v>20</v>
+      </c>
+      <c r="F130" t="s">
+        <v>527</v>
+      </c>
+      <c r="G130" t="s">
+        <v>22</v>
+      </c>
+      <c r="H130">
+        <v>2008</v>
+      </c>
+      <c r="I130">
+        <v>2013</v>
+      </c>
+      <c r="J130" t="s">
+        <v>69</v>
+      </c>
+      <c r="K130" t="s">
+        <v>24</v>
+      </c>
+      <c r="L130" t="s">
+        <v>730</v>
+      </c>
+      <c r="M130" t="s">
+        <v>49</v>
+      </c>
+      <c r="N130" t="s">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>731</v>
+      </c>
+      <c r="P130" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>733</v>
+      </c>
+      <c r="B131" t="s">
+        <v>734</v>
+      </c>
+      <c r="C131" t="s">
+        <v>18</v>
+      </c>
+      <c r="D131" t="s">
+        <v>143</v>
+      </c>
+      <c r="E131" t="s">
+        <v>20</v>
+      </c>
+      <c r="F131" t="s">
+        <v>527</v>
+      </c>
+      <c r="G131" t="s">
+        <v>22</v>
+      </c>
+      <c r="H131">
+        <v>2013</v>
+      </c>
+      <c r="I131">
+        <v>2020</v>
+      </c>
+      <c r="J131" t="s">
+        <v>69</v>
+      </c>
+      <c r="K131" t="s">
+        <v>24</v>
+      </c>
+      <c r="L131" t="s">
+        <v>735</v>
+      </c>
+      <c r="M131" t="s">
+        <v>49</v>
+      </c>
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>736</v>
+      </c>
+      <c r="P131" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>738</v>
+      </c>
+      <c r="B132" t="s">
+        <v>739</v>
+      </c>
+      <c r="C132" t="s">
+        <v>18</v>
+      </c>
+      <c r="D132" t="s">
+        <v>678</v>
+      </c>
+      <c r="E132" t="s">
+        <v>20</v>
+      </c>
+      <c r="F132" t="s">
+        <v>527</v>
+      </c>
+      <c r="G132" t="s">
+        <v>22</v>
+      </c>
+      <c r="H132">
+        <v>2014</v>
+      </c>
+      <c r="I132">
+        <v>2020</v>
+      </c>
+      <c r="J132" t="s">
+        <v>69</v>
+      </c>
+      <c r="K132" t="s">
+        <v>457</v>
+      </c>
+      <c r="L132" t="s">
+        <v>704</v>
+      </c>
+      <c r="M132" t="s">
+        <v>740</v>
+      </c>
+      <c r="N132" t="s">
+        <v>459</v>
+      </c>
+      <c r="O132" t="s">
+        <v>741</v>
+      </c>
+      <c r="P132" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>743</v>
+      </c>
+      <c r="B133" t="s">
+        <v>744</v>
+      </c>
+      <c r="C133" t="s">
+        <v>18</v>
+      </c>
+      <c r="D133" t="s">
+        <v>745</v>
+      </c>
+      <c r="E133" t="s">
+        <v>20</v>
+      </c>
+      <c r="F133" t="s">
+        <v>527</v>
+      </c>
+      <c r="G133" t="s">
+        <v>533</v>
+      </c>
+      <c r="H133">
+        <v>2008</v>
+      </c>
+      <c r="I133">
+        <v>2015</v>
+      </c>
+      <c r="J133" t="s">
+        <v>545</v>
+      </c>
+      <c r="K133" t="s">
+        <v>62</v>
+      </c>
+      <c r="L133" t="s">
+        <v>746</v>
+      </c>
+      <c r="M133" t="s">
+        <v>49</v>
+      </c>
+      <c r="N133" t="s">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>747</v>
+      </c>
+      <c r="P133" t="s">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>749</v>
+      </c>
+      <c r="B134" t="s">
+        <v>750</v>
+      </c>
+      <c r="C134" t="s">
+        <v>18</v>
+      </c>
+      <c r="D134" t="s">
+        <v>284</v>
+      </c>
+      <c r="E134" t="s">
+        <v>20</v>
+      </c>
+      <c r="F134" t="s">
+        <v>527</v>
+      </c>
+      <c r="G134" t="s">
+        <v>22</v>
+      </c>
+      <c r="H134">
+        <v>2008</v>
+      </c>
+      <c r="I134">
+        <v>2015</v>
+      </c>
+      <c r="J134" t="s">
+        <v>69</v>
+      </c>
+      <c r="K134" t="s">
+        <v>24</v>
+      </c>
+      <c r="L134" t="s">
+        <v>751</v>
+      </c>
+      <c r="M134" t="s">
+        <v>49</v>
+      </c>
+      <c r="N134" t="s">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>752</v>
+      </c>
+      <c r="P134" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>754</v>
+      </c>
+      <c r="B135" t="s">
+        <v>755</v>
+      </c>
+      <c r="C135" t="s">
+        <v>18</v>
+      </c>
+      <c r="D135" t="s">
+        <v>143</v>
+      </c>
+      <c r="E135" t="s">
+        <v>20</v>
+      </c>
+      <c r="F135" t="s">
+        <v>527</v>
+      </c>
+      <c r="G135" t="s">
+        <v>22</v>
+      </c>
+      <c r="H135">
+        <v>2005</v>
+      </c>
+      <c r="I135">
+        <v>2015</v>
+      </c>
+      <c r="J135" t="s">
+        <v>69</v>
+      </c>
+      <c r="K135" t="s">
+        <v>24</v>
+      </c>
+      <c r="L135" t="s">
+        <v>756</v>
+      </c>
+      <c r="M135" t="s">
+        <v>49</v>
+      </c>
+      <c r="N135" t="s">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>757</v>
+      </c>
+      <c r="P135" t="s">
+        <v>758</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>759</v>
+      </c>
+      <c r="B136" t="s">
+        <v>760</v>
+      </c>
+      <c r="C136" t="s">
+        <v>18</v>
+      </c>
+      <c r="D136" t="s">
+        <v>218</v>
+      </c>
+      <c r="E136" t="s">
+        <v>180</v>
+      </c>
+      <c r="F136" t="s">
+        <v>527</v>
+      </c>
+      <c r="G136" t="s">
+        <v>22</v>
+      </c>
+      <c r="H136">
+        <v>2005</v>
+      </c>
+      <c r="I136">
+        <v>2016</v>
+      </c>
+      <c r="J136" t="s">
+        <v>69</v>
+      </c>
+      <c r="K136" t="s">
+        <v>24</v>
+      </c>
+      <c r="L136" t="s">
+        <v>761</v>
+      </c>
+      <c r="M136" t="s">
+        <v>606</v>
+      </c>
+      <c r="N136" t="s">
+        <v>27</v>
+      </c>
+      <c r="O136" t="s">
+        <v>762</v>
+      </c>
+      <c r="P136" t="s">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>764</v>
+      </c>
+      <c r="B137" t="s">
+        <v>765</v>
+      </c>
+      <c r="C137" t="s">
+        <v>18</v>
+      </c>
+      <c r="D137" t="s">
+        <v>218</v>
+      </c>
+      <c r="E137" t="s">
+        <v>180</v>
+      </c>
+      <c r="F137" t="s">
+        <v>527</v>
+      </c>
+      <c r="G137" t="s">
+        <v>22</v>
+      </c>
+      <c r="H137">
+        <v>2005</v>
+      </c>
+      <c r="I137">
+        <v>2016</v>
+      </c>
+      <c r="J137" t="s">
+        <v>69</v>
+      </c>
+      <c r="K137" t="s">
+        <v>24</v>
+      </c>
+      <c r="L137" t="s">
+        <v>766</v>
+      </c>
+      <c r="M137" t="s">
+        <v>606</v>
+      </c>
+      <c r="N137" t="s">
+        <v>27</v>
+      </c>
+      <c r="O137" t="s">
+        <v>767</v>
+      </c>
+      <c r="P137" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>769</v>
+      </c>
+      <c r="B138" t="s">
+        <v>770</v>
+      </c>
+      <c r="C138" t="s">
+        <v>18</v>
+      </c>
+      <c r="D138" t="s">
+        <v>218</v>
+      </c>
+      <c r="E138" t="s">
+        <v>20</v>
+      </c>
+      <c r="F138" t="s">
+        <v>527</v>
+      </c>
+      <c r="G138" t="s">
+        <v>22</v>
+      </c>
+      <c r="H138">
+        <v>2005</v>
+      </c>
+      <c r="I138">
+        <v>2016</v>
+      </c>
+      <c r="J138" t="s">
+        <v>69</v>
+      </c>
+      <c r="K138" t="s">
+        <v>24</v>
+      </c>
+      <c r="L138" t="s">
+        <v>771</v>
+      </c>
+      <c r="M138" t="s">
+        <v>606</v>
+      </c>
+      <c r="N138" t="s">
+        <v>96</v>
+      </c>
+      <c r="O138" t="s">
+        <v>772</v>
+      </c>
+      <c r="P138" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
+      <c r="A139" t="s">
+        <v>774</v>
+      </c>
+      <c r="B139" t="s">
+        <v>775</v>
+      </c>
+      <c r="C139" t="s">
+        <v>18</v>
+      </c>
+      <c r="D139" t="s">
+        <v>218</v>
+      </c>
+      <c r="E139" t="s">
+        <v>20</v>
+      </c>
+      <c r="F139" t="s">
+        <v>527</v>
+      </c>
+      <c r="G139" t="s">
+        <v>22</v>
+      </c>
+      <c r="H139">
+        <v>2005</v>
+      </c>
+      <c r="I139">
+        <v>2017</v>
+      </c>
+      <c r="J139" t="s">
+        <v>69</v>
+      </c>
+      <c r="K139" t="s">
+        <v>24</v>
+      </c>
+      <c r="L139" t="s">
+        <v>776</v>
+      </c>
+      <c r="M139" t="s">
+        <v>606</v>
+      </c>
+      <c r="N139" t="s">
+        <v>96</v>
+      </c>
+      <c r="O139" t="s">
+        <v>777</v>
+      </c>
+      <c r="P139" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
+      <c r="A140" t="s">
+        <v>779</v>
+      </c>
+      <c r="B140" t="s">
+        <v>780</v>
+      </c>
+      <c r="C140" t="s">
+        <v>18</v>
+      </c>
+      <c r="D140" t="s">
+        <v>470</v>
+      </c>
+      <c r="E140" t="s">
+        <v>20</v>
+      </c>
+      <c r="F140" t="s">
+        <v>527</v>
+      </c>
+      <c r="G140" t="s">
+        <v>22</v>
+      </c>
+      <c r="H140">
+        <v>2017</v>
+      </c>
+      <c r="I140">
+        <v>2021</v>
+      </c>
+      <c r="J140" t="s">
+        <v>23</v>
+      </c>
+      <c r="K140" t="s">
+        <v>457</v>
+      </c>
+      <c r="L140" t="s">
+        <v>781</v>
+      </c>
+      <c r="M140" t="s">
+        <v>535</v>
+      </c>
+      <c r="N140" t="s">
+        <v>459</v>
+      </c>
+      <c r="O140" t="s">
+        <v>782</v>
+      </c>
+      <c r="P140" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
+      <c r="A141" t="s">
+        <v>784</v>
+      </c>
+      <c r="B141" t="s">
+        <v>785</v>
+      </c>
+      <c r="C141" t="s">
+        <v>18</v>
+      </c>
+      <c r="D141" t="s">
+        <v>505</v>
+      </c>
+      <c r="E141" t="s">
+        <v>20</v>
+      </c>
+      <c r="F141" t="s">
+        <v>527</v>
+      </c>
+      <c r="G141" t="s">
+        <v>22</v>
+      </c>
+      <c r="H141">
+        <v>2018</v>
+      </c>
+      <c r="I141">
+        <v>2024</v>
+      </c>
+      <c r="J141" t="s">
+        <v>545</v>
+      </c>
+      <c r="K141" t="s">
+        <v>24</v>
+      </c>
+      <c r="L141" t="s">
+        <v>786</v>
+      </c>
+      <c r="M141" t="s">
+        <v>547</v>
+      </c>
+      <c r="N141" t="s">
+        <v>27</v>
+      </c>
+      <c r="O141" t="s">
+        <v>787</v>
+      </c>
+      <c r="P141" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
+      <c r="A142" t="s">
+        <v>789</v>
+      </c>
+      <c r="B142" t="s">
+        <v>790</v>
+      </c>
+      <c r="C142" t="s">
+        <v>18</v>
+      </c>
+      <c r="D142" t="s">
+        <v>445</v>
+      </c>
+      <c r="E142" t="s">
+        <v>20</v>
+      </c>
+      <c r="F142" t="s">
+        <v>527</v>
+      </c>
+      <c r="G142" t="s">
+        <v>8</v>
+      </c>
+      <c r="H142">
+        <v>1989</v>
+      </c>
+      <c r="I142">
+        <v>2025</v>
+      </c>
+      <c r="J142" t="s">
+        <v>791</v>
+      </c>
+      <c r="K142" t="s">
+        <v>24</v>
+      </c>
+      <c r="L142" t="s">
+        <v>792</v>
+      </c>
+      <c r="M142" t="s">
+        <v>547</v>
+      </c>
+      <c r="N142" t="s">
+        <v>27</v>
+      </c>
+      <c r="O142" t="s">
+        <v>793</v>
+      </c>
+      <c r="P142" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
+      <c r="A143" t="s">
+        <v>795</v>
+      </c>
+      <c r="B143" t="s">
+        <v>796</v>
+      </c>
+      <c r="C143" t="s">
+        <v>18</v>
+      </c>
+      <c r="D143" t="s">
+        <v>797</v>
+      </c>
+      <c r="E143" t="s">
+        <v>20</v>
+      </c>
+      <c r="F143" t="s">
+        <v>527</v>
+      </c>
+      <c r="G143" t="s">
+        <v>8</v>
+      </c>
+      <c r="H143">
+        <v>2019</v>
+      </c>
+      <c r="I143">
+        <v>2025</v>
+      </c>
+      <c r="J143" t="s">
+        <v>798</v>
+      </c>
+      <c r="K143" t="s">
+        <v>24</v>
+      </c>
+      <c r="L143" t="s">
+        <v>799</v>
+      </c>
+      <c r="M143" t="s">
+        <v>547</v>
+      </c>
+      <c r="N143" t="s">
+        <v>800</v>
+      </c>
+      <c r="O143" t="s">
+        <v>801</v>
+      </c>
+      <c r="P143" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
+      <c r="A144" t="s">
+        <v>803</v>
+      </c>
+      <c r="B144" t="s">
+        <v>804</v>
+      </c>
+      <c r="C144" t="s">
+        <v>18</v>
+      </c>
+      <c r="D144" t="s">
+        <v>439</v>
+      </c>
+      <c r="E144" t="s">
+        <v>20</v>
+      </c>
+      <c r="F144" t="s">
+        <v>527</v>
+      </c>
+      <c r="G144" t="s">
+        <v>22</v>
+      </c>
+      <c r="H144">
+        <v>2003</v>
+      </c>
+      <c r="I144">
+        <v>2013</v>
+      </c>
+      <c r="J144" t="s">
+        <v>69</v>
+      </c>
+      <c r="K144" t="s">
+        <v>24</v>
+      </c>
+      <c r="L144" t="s">
+        <v>805</v>
+      </c>
+      <c r="M144" t="s">
+        <v>49</v>
+      </c>
+      <c r="N144" t="s">
+        <v>27</v>
+      </c>
+      <c r="O144" t="s">
+        <v>806</v>
+      </c>
+      <c r="P144" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
+      <c r="A145" t="s">
+        <v>808</v>
+      </c>
+      <c r="B145" t="s">
+        <v>809</v>
+      </c>
+      <c r="C145" t="s">
+        <v>179</v>
+      </c>
+      <c r="D145" t="s">
+        <v>143</v>
+      </c>
+      <c r="E145" t="s">
+        <v>20</v>
+      </c>
+      <c r="F145" t="s">
+        <v>21</v>
+      </c>
+      <c r="G145" t="s">
+        <v>22</v>
+      </c>
+      <c r="H145">
+        <v>2006</v>
+      </c>
+      <c r="I145">
+        <v>2022</v>
+      </c>
+      <c r="J145" t="s">
+        <v>810</v>
+      </c>
+      <c r="K145" t="s">
+        <v>24</v>
+      </c>
+      <c r="L145"/>
+      <c r="M145" t="s">
+        <v>811</v>
+      </c>
+      <c r="N145" t="s">
+        <v>27</v>
+      </c>
+      <c r="O145" t="s">
+        <v>812</v>
+      </c>
+      <c r="P145" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
+      <c r="A146" t="s">
+        <v>814</v>
+      </c>
+      <c r="B146" t="s">
+        <v>815</v>
+      </c>
+      <c r="C146" t="s">
+        <v>179</v>
+      </c>
+      <c r="D146" t="s">
+        <v>137</v>
+      </c>
+      <c r="E146" t="s">
+        <v>20</v>
+      </c>
+      <c r="F146" t="s">
+        <v>21</v>
+      </c>
+      <c r="G146" t="s">
+        <v>22</v>
+      </c>
+      <c r="H146">
+        <v>1984</v>
+      </c>
+      <c r="I146">
+        <v>2019</v>
+      </c>
+      <c r="J146" t="s">
+        <v>810</v>
+      </c>
+      <c r="K146" t="s">
+        <v>24</v>
+      </c>
+      <c r="L146" t="s">
+        <v>816</v>
+      </c>
+      <c r="M146" t="s">
+        <v>811</v>
+      </c>
+      <c r="N146" t="s">
+        <v>27</v>
+      </c>
+      <c r="O146" t="s">
+        <v>817</v>
+      </c>
+      <c r="P146" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147" t="s">
+        <v>819</v>
+      </c>
+      <c r="B147" t="s">
+        <v>820</v>
+      </c>
+      <c r="C147" t="s">
+        <v>179</v>
+      </c>
+      <c r="D147" t="s">
+        <v>101</v>
+      </c>
+      <c r="E147" t="s">
+        <v>20</v>
+      </c>
+      <c r="F147" t="s">
+        <v>21</v>
+      </c>
+      <c r="G147" t="s">
+        <v>22</v>
+      </c>
+      <c r="H147">
+        <v>2008</v>
+      </c>
+      <c r="I147">
+        <v>2020</v>
+      </c>
+      <c r="J147" t="s">
+        <v>810</v>
+      </c>
+      <c r="K147" t="s">
+        <v>24</v>
+      </c>
+      <c r="L147" t="s">
+        <v>821</v>
+      </c>
+      <c r="M147" t="s">
+        <v>811</v>
+      </c>
+      <c r="N147" t="s">
+        <v>27</v>
+      </c>
+      <c r="O147" t="s">
+        <v>822</v>
+      </c>
+      <c r="P147" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148" t="s">
+        <v>824</v>
+      </c>
+      <c r="B148" t="s">
+        <v>825</v>
+      </c>
+      <c r="C148" t="s">
+        <v>179</v>
+      </c>
+      <c r="D148" t="s">
+        <v>167</v>
+      </c>
+      <c r="E148" t="s">
+        <v>20</v>
+      </c>
+      <c r="F148" t="s">
+        <v>21</v>
+      </c>
+      <c r="G148" t="s">
+        <v>22</v>
+      </c>
+      <c r="H148">
+        <v>2008</v>
+      </c>
+      <c r="I148">
+        <v>2021</v>
+      </c>
+      <c r="J148" t="s">
+        <v>810</v>
+      </c>
+      <c r="K148" t="s">
+        <v>24</v>
+      </c>
+      <c r="L148" t="s">
+        <v>826</v>
+      </c>
+      <c r="M148" t="s">
+        <v>811</v>
+      </c>
+      <c r="N148" t="s">
+        <v>27</v>
+      </c>
+      <c r="O148" t="s">
+        <v>827</v>
+      </c>
+      <c r="P148" t="s">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
+      <c r="A149" t="s">
+        <v>829</v>
+      </c>
+      <c r="B149" t="s">
+        <v>830</v>
+      </c>
+      <c r="C149" t="s">
+        <v>179</v>
+      </c>
+      <c r="D149" t="s">
+        <v>111</v>
+      </c>
+      <c r="E149" t="s">
+        <v>20</v>
+      </c>
+      <c r="F149" t="s">
+        <v>21</v>
+      </c>
+      <c r="G149" t="s">
+        <v>22</v>
+      </c>
+      <c r="H149">
+        <v>2011</v>
+      </c>
+      <c r="I149">
+        <v>2021</v>
+      </c>
+      <c r="J149" t="s">
+        <v>810</v>
+      </c>
+      <c r="K149" t="s">
+        <v>24</v>
+      </c>
+      <c r="L149" t="s">
+        <v>831</v>
+      </c>
+      <c r="M149" t="s">
+        <v>811</v>
+      </c>
+      <c r="N149" t="s">
+        <v>27</v>
+      </c>
+      <c r="O149" t="s">
+        <v>832</v>
+      </c>
+      <c r="P149" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16">
+      <c r="A150" t="s">
+        <v>834</v>
+      </c>
+      <c r="B150" t="s">
+        <v>835</v>
+      </c>
+      <c r="C150" t="s">
+        <v>179</v>
+      </c>
+      <c r="D150" t="s">
+        <v>836</v>
+      </c>
+      <c r="E150" t="s">
+        <v>20</v>
+      </c>
+      <c r="F150" t="s">
+        <v>21</v>
+      </c>
+      <c r="G150" t="s">
+        <v>22</v>
+      </c>
+      <c r="H150">
+        <v>2008</v>
+      </c>
+      <c r="I150">
+        <v>2021</v>
+      </c>
+      <c r="J150" t="s">
+        <v>810</v>
+      </c>
+      <c r="K150" t="s">
+        <v>24</v>
+      </c>
+      <c r="L150" t="s">
+        <v>837</v>
+      </c>
+      <c r="M150" t="s">
+        <v>811</v>
+      </c>
+      <c r="N150" t="s">
+        <v>27</v>
+      </c>
+      <c r="O150" t="s">
+        <v>838</v>
+      </c>
+      <c r="P150" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
+      <c r="A151" t="s">
+        <v>840</v>
+      </c>
+      <c r="B151" t="s">
+        <v>841</v>
+      </c>
+      <c r="C151" t="s">
+        <v>179</v>
+      </c>
+      <c r="D151" t="s">
+        <v>218</v>
+      </c>
+      <c r="E151" t="s">
+        <v>20</v>
+      </c>
+      <c r="F151" t="s">
+        <v>21</v>
+      </c>
+      <c r="G151" t="s">
+        <v>22</v>
+      </c>
+      <c r="H151">
+        <v>2010</v>
+      </c>
+      <c r="I151">
+        <v>2021</v>
+      </c>
+      <c r="J151" t="s">
+        <v>810</v>
+      </c>
+      <c r="K151" t="s">
+        <v>24</v>
+      </c>
+      <c r="L151" t="s">
+        <v>842</v>
+      </c>
+      <c r="M151" t="s">
+        <v>811</v>
+      </c>
+      <c r="N151" t="s">
+        <v>27</v>
+      </c>
+      <c r="O151" t="s">
+        <v>843</v>
+      </c>
+      <c r="P151" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16">
+      <c r="A152" t="s">
+        <v>845</v>
+      </c>
+      <c r="B152" t="s">
+        <v>846</v>
+      </c>
+      <c r="C152" t="s">
+        <v>179</v>
+      </c>
+      <c r="D152" t="s">
+        <v>847</v>
+      </c>
+      <c r="E152" t="s">
+        <v>20</v>
+      </c>
+      <c r="F152" t="s">
+        <v>21</v>
+      </c>
+      <c r="G152" t="s">
+        <v>22</v>
+      </c>
+      <c r="H152">
+        <v>2001</v>
+      </c>
+      <c r="I152">
+        <v>2021</v>
+      </c>
+      <c r="J152" t="s">
+        <v>810</v>
+      </c>
+      <c r="K152" t="s">
+        <v>24</v>
+      </c>
+      <c r="L152" t="s">
+        <v>848</v>
+      </c>
+      <c r="M152" t="s">
+        <v>811</v>
+      </c>
+      <c r="N152" t="s">
+        <v>27</v>
+      </c>
+      <c r="O152" t="s">
+        <v>849</v>
+      </c>
+      <c r="P152" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="153" spans="1:16">
+      <c r="A153" t="s">
+        <v>851</v>
+      </c>
+      <c r="B153" t="s">
+        <v>852</v>
+      </c>
+      <c r="C153" t="s">
+        <v>179</v>
+      </c>
+      <c r="D153" t="s">
+        <v>32</v>
+      </c>
+      <c r="E153" t="s">
+        <v>20</v>
+      </c>
+      <c r="F153" t="s">
+        <v>21</v>
+      </c>
+      <c r="G153" t="s">
+        <v>22</v>
+      </c>
+      <c r="H153">
+        <v>2009</v>
+      </c>
+      <c r="I153">
+        <v>2021</v>
+      </c>
+      <c r="J153" t="s">
+        <v>810</v>
+      </c>
+      <c r="K153" t="s">
+        <v>24</v>
+      </c>
+      <c r="L153" t="s">
+        <v>853</v>
+      </c>
+      <c r="M153" t="s">
+        <v>811</v>
+      </c>
+      <c r="N153" t="s">
+        <v>27</v>
+      </c>
+      <c r="O153" t="s">
+        <v>854</v>
+      </c>
+      <c r="P153" t="s">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="154" spans="1:16">
+      <c r="A154" t="s">
+        <v>856</v>
+      </c>
+      <c r="B154" t="s">
+        <v>857</v>
+      </c>
+      <c r="C154" t="s">
+        <v>179</v>
+      </c>
+      <c r="D154" t="s">
+        <v>858</v>
+      </c>
+      <c r="E154" t="s">
+        <v>20</v>
+      </c>
+      <c r="F154" t="s">
+        <v>21</v>
+      </c>
+      <c r="G154" t="s">
+        <v>22</v>
+      </c>
+      <c r="H154">
+        <v>2010</v>
+      </c>
+      <c r="I154">
+        <v>2021</v>
+      </c>
+      <c r="J154" t="s">
+        <v>810</v>
+      </c>
+      <c r="K154" t="s">
+        <v>24</v>
+      </c>
+      <c r="L154" t="s">
+        <v>859</v>
+      </c>
+      <c r="M154" t="s">
+        <v>811</v>
+      </c>
+      <c r="N154" t="s">
+        <v>27</v>
+      </c>
+      <c r="O154" t="s">
+        <v>860</v>
+      </c>
+      <c r="P154" t="s">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16">
+      <c r="A155" t="s">
+        <v>862</v>
+      </c>
+      <c r="B155" t="s">
+        <v>863</v>
+      </c>
+      <c r="C155" t="s">
+        <v>179</v>
+      </c>
+      <c r="D155" t="s">
+        <v>117</v>
+      </c>
+      <c r="E155" t="s">
+        <v>20</v>
+      </c>
+      <c r="F155" t="s">
+        <v>21</v>
+      </c>
+      <c r="G155" t="s">
+        <v>22</v>
+      </c>
+      <c r="H155">
+        <v>2012</v>
+      </c>
+      <c r="I155">
+        <v>2021</v>
+      </c>
+      <c r="J155" t="s">
+        <v>810</v>
+      </c>
+      <c r="K155" t="s">
+        <v>119</v>
+      </c>
+      <c r="L155" t="s">
+        <v>864</v>
+      </c>
+      <c r="M155" t="s">
+        <v>811</v>
+      </c>
+      <c r="N155" t="s">
+        <v>865</v>
+      </c>
+      <c r="O155" t="s">
+        <v>866</v>
+      </c>
+      <c r="P155" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16">
+      <c r="A156" t="s">
+        <v>868</v>
+      </c>
+      <c r="B156" t="s">
+        <v>869</v>
+      </c>
+      <c r="C156" t="s">
+        <v>179</v>
+      </c>
+      <c r="D156" t="s">
+        <v>143</v>
+      </c>
+      <c r="E156" t="s">
+        <v>20</v>
+      </c>
+      <c r="F156" t="s">
+        <v>21</v>
+      </c>
+      <c r="G156" t="s">
+        <v>22</v>
+      </c>
+      <c r="H156">
+        <v>2015</v>
+      </c>
+      <c r="I156">
+        <v>2022</v>
+      </c>
+      <c r="J156" t="s">
+        <v>810</v>
+      </c>
+      <c r="K156" t="s">
+        <v>24</v>
+      </c>
+      <c r="L156" t="s">
+        <v>870</v>
+      </c>
+      <c r="M156" t="s">
+        <v>811</v>
+      </c>
+      <c r="N156" t="s">
+        <v>27</v>
+      </c>
+      <c r="O156" t="s">
+        <v>871</v>
+      </c>
+      <c r="P156" t="s">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="157" spans="1:16">
+      <c r="A157" t="s">
+        <v>873</v>
+      </c>
+      <c r="B157" t="s">
+        <v>874</v>
+      </c>
+      <c r="C157" t="s">
+        <v>179</v>
+      </c>
+      <c r="D157" t="s">
+        <v>167</v>
+      </c>
+      <c r="E157" t="s">
+        <v>20</v>
+      </c>
+      <c r="F157" t="s">
+        <v>21</v>
+      </c>
+      <c r="G157" t="s">
+        <v>22</v>
+      </c>
+      <c r="H157">
+        <v>2008</v>
+      </c>
+      <c r="I157">
+        <v>2022</v>
+      </c>
+      <c r="J157" t="s">
+        <v>810</v>
+      </c>
+      <c r="K157" t="s">
+        <v>62</v>
+      </c>
+      <c r="L157" t="s">
+        <v>875</v>
+      </c>
+      <c r="M157" t="s">
+        <v>811</v>
+      </c>
+      <c r="N157" t="s">
+        <v>27</v>
+      </c>
+      <c r="O157" t="s">
+        <v>876</v>
+      </c>
+      <c r="P157" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="158" spans="1:16">
+      <c r="A158" t="s">
+        <v>878</v>
+      </c>
+      <c r="B158" t="s">
+        <v>879</v>
+      </c>
+      <c r="C158" t="s">
+        <v>179</v>
+      </c>
+      <c r="D158" t="s">
+        <v>101</v>
+      </c>
+      <c r="E158" t="s">
+        <v>20</v>
+      </c>
+      <c r="F158" t="s">
+        <v>527</v>
+      </c>
+      <c r="G158" t="s">
+        <v>22</v>
+      </c>
+      <c r="H158">
+        <v>2007</v>
+      </c>
+      <c r="I158">
+        <v>2022</v>
+      </c>
+      <c r="J158" t="s">
+        <v>810</v>
+      </c>
+      <c r="K158" t="s">
+        <v>24</v>
+      </c>
+      <c r="L158"/>
+      <c r="M158" t="s">
+        <v>880</v>
+      </c>
+      <c r="N158" t="s">
+        <v>27</v>
+      </c>
+      <c r="O158" t="s">
+        <v>881</v>
+      </c>
+      <c r="P158" t="s">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="159" spans="1:16">
+      <c r="A159" t="s">
+        <v>883</v>
+      </c>
+      <c r="B159" t="s">
+        <v>884</v>
+      </c>
+      <c r="C159" t="s">
+        <v>179</v>
+      </c>
+      <c r="D159" t="s">
+        <v>143</v>
+      </c>
+      <c r="E159" t="s">
+        <v>20</v>
+      </c>
+      <c r="F159" t="s">
+        <v>527</v>
+      </c>
+      <c r="G159" t="s">
+        <v>22</v>
+      </c>
+      <c r="H159">
+        <v>2006</v>
+      </c>
+      <c r="I159">
+        <v>2010</v>
+      </c>
+      <c r="J159" t="s">
+        <v>810</v>
+      </c>
+      <c r="K159" t="s">
+        <v>24</v>
+      </c>
+      <c r="L159"/>
+      <c r="M159" t="s">
+        <v>880</v>
+      </c>
+      <c r="N159" t="s">
+        <v>27</v>
+      </c>
+      <c r="O159" t="s">
+        <v>885</v>
+      </c>
+      <c r="P159" t="s">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="160" spans="1:16">
+      <c r="A160" t="s">
+        <v>887</v>
+      </c>
+      <c r="B160" t="s">
+        <v>888</v>
+      </c>
+      <c r="C160" t="s">
+        <v>179</v>
+      </c>
+      <c r="D160" t="s">
+        <v>143</v>
+      </c>
+      <c r="E160" t="s">
+        <v>20</v>
+      </c>
+      <c r="F160" t="s">
+        <v>527</v>
+      </c>
+      <c r="G160" t="s">
+        <v>22</v>
+      </c>
+      <c r="H160">
+        <v>2006</v>
+      </c>
+      <c r="I160">
+        <v>2010</v>
+      </c>
+      <c r="J160" t="s">
+        <v>810</v>
+      </c>
+      <c r="K160" t="s">
+        <v>24</v>
+      </c>
+      <c r="L160"/>
+      <c r="M160" t="s">
+        <v>880</v>
+      </c>
+      <c r="N160" t="s">
+        <v>27</v>
+      </c>
+      <c r="O160" t="s">
+        <v>889</v>
+      </c>
+      <c r="P160" t="s">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="161" spans="1:16">
+      <c r="A161" t="s">
+        <v>891</v>
+      </c>
+      <c r="B161" t="s">
+        <v>892</v>
+      </c>
+      <c r="C161" t="s">
+        <v>179</v>
+      </c>
+      <c r="D161" t="s">
+        <v>173</v>
+      </c>
+      <c r="E161" t="s">
+        <v>20</v>
+      </c>
+      <c r="F161" t="s">
+        <v>527</v>
+      </c>
+      <c r="G161" t="s">
+        <v>22</v>
+      </c>
+      <c r="H161">
+        <v>2008</v>
+      </c>
+      <c r="I161">
+        <v>2011</v>
+      </c>
+      <c r="J161" t="s">
+        <v>810</v>
+      </c>
+      <c r="K161" t="s">
+        <v>62</v>
+      </c>
+      <c r="L161"/>
+      <c r="M161" t="s">
+        <v>880</v>
+      </c>
+      <c r="N161" t="s">
+        <v>27</v>
+      </c>
+      <c r="O161" t="s">
+        <v>893</v>
+      </c>
+      <c r="P161" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16">
+      <c r="A162" t="s">
+        <v>895</v>
+      </c>
+      <c r="B162" t="s">
+        <v>896</v>
+      </c>
+      <c r="C162" t="s">
+        <v>179</v>
+      </c>
+      <c r="D162" t="s">
+        <v>167</v>
+      </c>
+      <c r="E162" t="s">
+        <v>20</v>
+      </c>
+      <c r="F162" t="s">
+        <v>527</v>
+      </c>
+      <c r="G162" t="s">
+        <v>22</v>
+      </c>
+      <c r="H162">
+        <v>2007</v>
+      </c>
+      <c r="I162">
+        <v>2011</v>
+      </c>
+      <c r="J162" t="s">
+        <v>810</v>
+      </c>
+      <c r="K162" t="s">
+        <v>62</v>
+      </c>
+      <c r="L162"/>
+      <c r="M162" t="s">
+        <v>880</v>
+      </c>
+      <c r="N162" t="s">
+        <v>27</v>
+      </c>
+      <c r="O162" t="s">
+        <v>897</v>
+      </c>
+      <c r="P162" t="s">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="163" spans="1:16">
+      <c r="A163" t="s">
+        <v>899</v>
+      </c>
+      <c r="B163" t="s">
+        <v>900</v>
+      </c>
+      <c r="C163" t="s">
+        <v>179</v>
+      </c>
+      <c r="D163" t="s">
+        <v>847</v>
+      </c>
+      <c r="E163" t="s">
+        <v>20</v>
+      </c>
+      <c r="F163" t="s">
+        <v>527</v>
+      </c>
+      <c r="G163" t="s">
+        <v>22</v>
+      </c>
+      <c r="H163">
+        <v>2007</v>
+      </c>
+      <c r="I163">
+        <v>2018</v>
+      </c>
+      <c r="J163" t="s">
+        <v>810</v>
+      </c>
+      <c r="K163" t="s">
+        <v>24</v>
+      </c>
+      <c r="L163"/>
+      <c r="M163" t="s">
+        <v>880</v>
+      </c>
+      <c r="N163" t="s">
+        <v>27</v>
+      </c>
+      <c r="O163" t="s">
+        <v>901</v>
+      </c>
+      <c r="P163" t="s">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="164" spans="1:16">
+      <c r="A164" t="s">
+        <v>903</v>
+      </c>
+      <c r="B164" t="s">
+        <v>904</v>
+      </c>
+      <c r="C164" t="s">
+        <v>179</v>
+      </c>
+      <c r="D164" t="s">
         <v>54</v>
       </c>
-      <c r="J115" t="s">
-[...78 lines deleted...]
-      <c r="G117">
+      <c r="E164" t="s">
+        <v>20</v>
+      </c>
+      <c r="F164" t="s">
+        <v>527</v>
+      </c>
+      <c r="G164" t="s">
+        <v>22</v>
+      </c>
+      <c r="H164">
+        <v>2002</v>
+      </c>
+      <c r="I164">
+        <v>2017</v>
+      </c>
+      <c r="J164" t="s">
+        <v>810</v>
+      </c>
+      <c r="K164" t="s">
+        <v>24</v>
+      </c>
+      <c r="L164" t="s">
+        <v>905</v>
+      </c>
+      <c r="M164" t="s">
+        <v>880</v>
+      </c>
+      <c r="N164" t="s">
+        <v>27</v>
+      </c>
+      <c r="O164" t="s">
+        <v>906</v>
+      </c>
+      <c r="P164" t="s">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="165" spans="1:16">
+      <c r="A165" t="s">
+        <v>908</v>
+      </c>
+      <c r="B165" t="s">
+        <v>909</v>
+      </c>
+      <c r="C165" t="s">
+        <v>179</v>
+      </c>
+      <c r="D165" t="s">
+        <v>75</v>
+      </c>
+      <c r="E165" t="s">
+        <v>20</v>
+      </c>
+      <c r="F165" t="s">
+        <v>527</v>
+      </c>
+      <c r="G165" t="s">
+        <v>22</v>
+      </c>
+      <c r="H165">
         <v>2008</v>
       </c>
-      <c r="H117">
-[...2 lines deleted...]
-      <c r="I117" t="s">
+      <c r="I165">
+        <v>2017</v>
+      </c>
+      <c r="J165" t="s">
+        <v>810</v>
+      </c>
+      <c r="K165" t="s">
+        <v>24</v>
+      </c>
+      <c r="L165" t="s">
+        <v>910</v>
+      </c>
+      <c r="M165" t="s">
+        <v>880</v>
+      </c>
+      <c r="N165" t="s">
+        <v>27</v>
+      </c>
+      <c r="O165" t="s">
+        <v>911</v>
+      </c>
+      <c r="P165" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="166" spans="1:16">
+      <c r="A166" t="s">
+        <v>913</v>
+      </c>
+      <c r="B166" t="s">
+        <v>914</v>
+      </c>
+      <c r="C166" t="s">
+        <v>179</v>
+      </c>
+      <c r="D166" t="s">
+        <v>101</v>
+      </c>
+      <c r="E166" t="s">
+        <v>180</v>
+      </c>
+      <c r="F166" t="s">
+        <v>181</v>
+      </c>
+      <c r="G166" t="s">
+        <v>22</v>
+      </c>
+      <c r="H166">
+        <v>1993</v>
+      </c>
+      <c r="I166">
+        <v>2022</v>
+      </c>
+      <c r="J166" t="s">
+        <v>810</v>
+      </c>
+      <c r="K166" t="s">
+        <v>24</v>
+      </c>
+      <c r="L166" t="s">
+        <v>915</v>
+      </c>
+      <c r="M166" t="s">
+        <v>916</v>
+      </c>
+      <c r="N166" t="s">
+        <v>27</v>
+      </c>
+      <c r="O166" t="s">
+        <v>917</v>
+      </c>
+      <c r="P166" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="167" spans="1:16">
+      <c r="A167" t="s">
+        <v>919</v>
+      </c>
+      <c r="B167" t="s">
+        <v>920</v>
+      </c>
+      <c r="C167" t="s">
+        <v>179</v>
+      </c>
+      <c r="D167" t="s">
+        <v>143</v>
+      </c>
+      <c r="E167" t="s">
+        <v>180</v>
+      </c>
+      <c r="F167" t="s">
+        <v>181</v>
+      </c>
+      <c r="G167" t="s">
+        <v>22</v>
+      </c>
+      <c r="H167">
+        <v>1993</v>
+      </c>
+      <c r="I167">
+        <v>2012</v>
+      </c>
+      <c r="J167" t="s">
+        <v>810</v>
+      </c>
+      <c r="K167" t="s">
+        <v>24</v>
+      </c>
+      <c r="L167" t="s">
+        <v>921</v>
+      </c>
+      <c r="M167" t="s">
+        <v>916</v>
+      </c>
+      <c r="N167" t="s">
+        <v>27</v>
+      </c>
+      <c r="O167" t="s">
+        <v>922</v>
+      </c>
+      <c r="P167" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="168" spans="1:16">
+      <c r="A168" t="s">
+        <v>923</v>
+      </c>
+      <c r="B168" t="s">
+        <v>924</v>
+      </c>
+      <c r="C168" t="s">
+        <v>179</v>
+      </c>
+      <c r="D168" t="s">
+        <v>137</v>
+      </c>
+      <c r="E168" t="s">
+        <v>180</v>
+      </c>
+      <c r="F168" t="s">
+        <v>181</v>
+      </c>
+      <c r="G168" t="s">
+        <v>22</v>
+      </c>
+      <c r="H168">
+        <v>1993</v>
+      </c>
+      <c r="I168">
+        <v>2010</v>
+      </c>
+      <c r="J168" t="s">
+        <v>810</v>
+      </c>
+      <c r="K168" t="s">
+        <v>24</v>
+      </c>
+      <c r="L168" t="s">
+        <v>925</v>
+      </c>
+      <c r="M168" t="s">
+        <v>916</v>
+      </c>
+      <c r="N168" t="s">
+        <v>27</v>
+      </c>
+      <c r="O168" t="s">
+        <v>926</v>
+      </c>
+      <c r="P168" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="169" spans="1:16">
+      <c r="A169" t="s">
+        <v>927</v>
+      </c>
+      <c r="B169" t="s">
+        <v>928</v>
+      </c>
+      <c r="C169" t="s">
+        <v>179</v>
+      </c>
+      <c r="D169" t="s">
         <v>54</v>
       </c>
-      <c r="J117" t="s">
-[...125 lines deleted...]
-      <c r="H120">
+      <c r="E169" t="s">
+        <v>180</v>
+      </c>
+      <c r="F169" t="s">
+        <v>181</v>
+      </c>
+      <c r="G169" t="s">
+        <v>22</v>
+      </c>
+      <c r="H169">
+        <v>1995</v>
+      </c>
+      <c r="I169">
+        <v>2019</v>
+      </c>
+      <c r="J169" t="s">
+        <v>810</v>
+      </c>
+      <c r="K169" t="s">
+        <v>24</v>
+      </c>
+      <c r="L169" t="s">
+        <v>929</v>
+      </c>
+      <c r="M169" t="s">
+        <v>916</v>
+      </c>
+      <c r="N169" t="s">
+        <v>27</v>
+      </c>
+      <c r="O169" t="s">
+        <v>930</v>
+      </c>
+      <c r="P169" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="170" spans="1:16">
+      <c r="A170" t="s">
+        <v>931</v>
+      </c>
+      <c r="B170" t="s">
+        <v>932</v>
+      </c>
+      <c r="C170" t="s">
+        <v>179</v>
+      </c>
+      <c r="D170" t="s">
+        <v>383</v>
+      </c>
+      <c r="E170" t="s">
+        <v>180</v>
+      </c>
+      <c r="F170" t="s">
+        <v>181</v>
+      </c>
+      <c r="G170" t="s">
+        <v>22</v>
+      </c>
+      <c r="H170">
+        <v>1993</v>
+      </c>
+      <c r="I170">
+        <v>2010</v>
+      </c>
+      <c r="J170" t="s">
+        <v>810</v>
+      </c>
+      <c r="K170" t="s">
+        <v>24</v>
+      </c>
+      <c r="L170" t="s">
+        <v>933</v>
+      </c>
+      <c r="M170" t="s">
+        <v>916</v>
+      </c>
+      <c r="N170" t="s">
+        <v>27</v>
+      </c>
+      <c r="O170" t="s">
+        <v>934</v>
+      </c>
+      <c r="P170" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="171" spans="1:16">
+      <c r="A171" t="s">
+        <v>935</v>
+      </c>
+      <c r="B171" t="s">
+        <v>936</v>
+      </c>
+      <c r="C171" t="s">
+        <v>179</v>
+      </c>
+      <c r="D171" t="s">
+        <v>383</v>
+      </c>
+      <c r="E171" t="s">
+        <v>180</v>
+      </c>
+      <c r="F171" t="s">
+        <v>181</v>
+      </c>
+      <c r="G171" t="s">
+        <v>22</v>
+      </c>
+      <c r="H171">
+        <v>1993</v>
+      </c>
+      <c r="I171">
+        <v>2013</v>
+      </c>
+      <c r="J171" t="s">
+        <v>810</v>
+      </c>
+      <c r="K171" t="s">
+        <v>24</v>
+      </c>
+      <c r="L171" t="s">
+        <v>937</v>
+      </c>
+      <c r="M171" t="s">
+        <v>916</v>
+      </c>
+      <c r="N171" t="s">
+        <v>27</v>
+      </c>
+      <c r="O171" t="s">
+        <v>938</v>
+      </c>
+      <c r="P171" t="s">
+        <v>939</v>
+      </c>
+    </row>
+    <row r="172" spans="1:16">
+      <c r="A172" t="s">
+        <v>940</v>
+      </c>
+      <c r="B172" t="s">
+        <v>941</v>
+      </c>
+      <c r="C172" t="s">
+        <v>179</v>
+      </c>
+      <c r="D172" t="s">
+        <v>143</v>
+      </c>
+      <c r="E172" t="s">
+        <v>180</v>
+      </c>
+      <c r="F172" t="s">
+        <v>181</v>
+      </c>
+      <c r="G172" t="s">
+        <v>22</v>
+      </c>
+      <c r="H172">
+        <v>1993</v>
+      </c>
+      <c r="I172">
+        <v>2016</v>
+      </c>
+      <c r="J172" t="s">
+        <v>810</v>
+      </c>
+      <c r="K172" t="s">
+        <v>24</v>
+      </c>
+      <c r="L172"/>
+      <c r="M172" t="s">
+        <v>916</v>
+      </c>
+      <c r="N172" t="s">
+        <v>27</v>
+      </c>
+      <c r="O172" t="s">
+        <v>942</v>
+      </c>
+      <c r="P172" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="173" spans="1:16">
+      <c r="A173" t="s">
+        <v>943</v>
+      </c>
+      <c r="B173" t="s">
+        <v>944</v>
+      </c>
+      <c r="C173" t="s">
+        <v>179</v>
+      </c>
+      <c r="D173" t="s">
+        <v>847</v>
+      </c>
+      <c r="E173" t="s">
+        <v>180</v>
+      </c>
+      <c r="F173" t="s">
+        <v>181</v>
+      </c>
+      <c r="G173" t="s">
+        <v>22</v>
+      </c>
+      <c r="H173">
+        <v>1993</v>
+      </c>
+      <c r="I173">
+        <v>2016</v>
+      </c>
+      <c r="J173" t="s">
+        <v>810</v>
+      </c>
+      <c r="K173" t="s">
+        <v>24</v>
+      </c>
+      <c r="L173" t="s">
+        <v>945</v>
+      </c>
+      <c r="M173" t="s">
+        <v>916</v>
+      </c>
+      <c r="N173" t="s">
+        <v>27</v>
+      </c>
+      <c r="O173" t="s">
+        <v>946</v>
+      </c>
+      <c r="P173" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="174" spans="1:16">
+      <c r="A174" t="s">
+        <v>947</v>
+      </c>
+      <c r="B174" t="s">
+        <v>948</v>
+      </c>
+      <c r="C174" t="s">
+        <v>179</v>
+      </c>
+      <c r="D174" t="s">
+        <v>143</v>
+      </c>
+      <c r="E174" t="s">
+        <v>180</v>
+      </c>
+      <c r="F174" t="s">
+        <v>181</v>
+      </c>
+      <c r="G174" t="s">
+        <v>22</v>
+      </c>
+      <c r="H174">
+        <v>1993</v>
+      </c>
+      <c r="I174">
+        <v>2010</v>
+      </c>
+      <c r="J174" t="s">
+        <v>810</v>
+      </c>
+      <c r="K174" t="s">
+        <v>24</v>
+      </c>
+      <c r="L174" t="s">
+        <v>949</v>
+      </c>
+      <c r="M174" t="s">
+        <v>916</v>
+      </c>
+      <c r="N174" t="s">
+        <v>27</v>
+      </c>
+      <c r="O174" t="s">
+        <v>950</v>
+      </c>
+      <c r="P174" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="175" spans="1:16">
+      <c r="A175" t="s">
+        <v>951</v>
+      </c>
+      <c r="B175" t="s">
+        <v>952</v>
+      </c>
+      <c r="C175" t="s">
+        <v>179</v>
+      </c>
+      <c r="D175" t="s">
+        <v>117</v>
+      </c>
+      <c r="E175" t="s">
+        <v>180</v>
+      </c>
+      <c r="F175" t="s">
+        <v>181</v>
+      </c>
+      <c r="G175" t="s">
+        <v>22</v>
+      </c>
+      <c r="H175"/>
+      <c r="I175">
+        <v>2010</v>
+      </c>
+      <c r="J175" t="s">
+        <v>810</v>
+      </c>
+      <c r="K175" t="s">
+        <v>119</v>
+      </c>
+      <c r="L175"/>
+      <c r="M175" t="s">
+        <v>916</v>
+      </c>
+      <c r="N175" t="s">
+        <v>865</v>
+      </c>
+      <c r="O175" t="s">
+        <v>953</v>
+      </c>
+      <c r="P175" t="s">
+        <v>939</v>
+      </c>
+    </row>
+    <row r="176" spans="1:16">
+      <c r="A176" t="s">
+        <v>954</v>
+      </c>
+      <c r="B176" t="s">
+        <v>955</v>
+      </c>
+      <c r="C176" t="s">
+        <v>179</v>
+      </c>
+      <c r="D176" t="s">
+        <v>544</v>
+      </c>
+      <c r="E176" t="s">
+        <v>180</v>
+      </c>
+      <c r="F176" t="s">
+        <v>181</v>
+      </c>
+      <c r="G176" t="s">
+        <v>22</v>
+      </c>
+      <c r="H176">
+        <v>1997</v>
+      </c>
+      <c r="I176">
         <v>2011</v>
       </c>
-      <c r="I120" t="s">
-[...81 lines deleted...]
-      <c r="G122">
+      <c r="J176" t="s">
+        <v>810</v>
+      </c>
+      <c r="K176" t="s">
+        <v>24</v>
+      </c>
+      <c r="L176" t="s">
+        <v>956</v>
+      </c>
+      <c r="M176" t="s">
+        <v>916</v>
+      </c>
+      <c r="N176" t="s">
+        <v>27</v>
+      </c>
+      <c r="O176" t="s">
+        <v>957</v>
+      </c>
+      <c r="P176" t="s">
+        <v>939</v>
+      </c>
+    </row>
+    <row r="177" spans="1:16">
+      <c r="A177" t="s">
+        <v>958</v>
+      </c>
+      <c r="B177" t="s">
+        <v>959</v>
+      </c>
+      <c r="C177" t="s">
+        <v>179</v>
+      </c>
+      <c r="D177" t="s">
+        <v>32</v>
+      </c>
+      <c r="E177" t="s">
+        <v>180</v>
+      </c>
+      <c r="F177" t="s">
+        <v>181</v>
+      </c>
+      <c r="G177" t="s">
+        <v>22</v>
+      </c>
+      <c r="H177">
         <v>2010</v>
       </c>
-      <c r="H122">
-[...219 lines deleted...]
-      <c r="H127">
+      <c r="I177">
         <v>2017</v>
       </c>
-      <c r="I127" t="s">
-[...2183 lines deleted...]
-      </c>
       <c r="J177" t="s">
-        <v>21</v>
+        <v>810</v>
       </c>
       <c r="K177" t="s">
-        <v>624</v>
+        <v>24</v>
       </c>
       <c r="L177" t="s">
-        <v>625</v>
+        <v>960</v>
       </c>
       <c r="M177" t="s">
-        <v>24</v>
+        <v>916</v>
       </c>
       <c r="N177" t="s">
-        <v>626</v>
-[...477 lines deleted...]
-        <v>657</v>
+        <v>27</v>
+      </c>
+      <c r="O177" t="s">
+        <v>961</v>
+      </c>
+      <c r="P177" t="s">
+        <v>918</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>