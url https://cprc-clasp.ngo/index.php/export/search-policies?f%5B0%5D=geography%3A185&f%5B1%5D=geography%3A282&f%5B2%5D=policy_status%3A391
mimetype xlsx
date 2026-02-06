--- v1 (2025-12-06)
+++ v2 (2026-02-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="962">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="971">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1880,75 +1880,78 @@
   </si>
   <si>
     <t>GB 20665-2015 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas instantaneous water heaters and gas fired heating and hot water combi-boilers</t>
   </si>
   <si>
     <t>Applies to instantaneous water heaters and heating and hot water combi-boilers which use gas as source and whose heat load is equal to or smaller than 70kW</t>
   </si>
   <si>
     <t>GB 20665-2015 GB 6932 GB|T 13611 CJ|T 228
 ,   
                     GB 6932-2001; GB/T 13611; GB 25034-2010; CJ/T 336-2010; CJ/T 395-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20665-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80536D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
   </si>
   <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20943-2025  Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for AC-DC and AC-AC Power Supplies</t>
   </si>
   <si>
     <t>This revised policy substantially expands its regulatory scope through the inclusion of additional product categories and extended power capacity ranges, while integrating embedded power supplies into its framework for the first time. Aligned with the European Union’s latest minimum energy efficiency requirements of power supplies, GB 20943-2025 introduces a globally pioneering specification for Grade 1 no-load power consumption, establishing a stringent threshold of 0.05W to 0.075W.</t>
   </si>
   <si>
     <t>Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>GB 20943-2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20943-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
-    <t>https://openstd.samr.gov.cn/bzgk/std/newGbInfo?hcno=8105E9E58B8B8BDB5DF9D96119B1C60A</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=2D9BC7B2DA386BF6E06397BE0A0A4ED1</t>
   </si>
   <si>
     <t>GB 21454-2008 Minimum allowable values of the IPLV and energy efficiency grades for multi-connected air- condition -heat pump unit</t>
   </si>
   <si>
     <t>GB/T 18837</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21454-2008-minimum-allowable-values-iplv-and-energy-efficiency-grades-multi-connected</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D767B7D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 21455-2019 Minimum Allowable Values of the Energy Efficiency and Energy Efficiency Grades for Room Air Conditioners</t>
   </si>
   <si>
     <t>GB/T 7725-2004; GB/T 35758-2017; JB/T 13573-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21455-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-room</t>
   </si>
   <si>
     <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=BC04CDC71AD8C36B62C0FF4AE58F633C&amp;refer=outter</t>
   </si>
@@ -2475,50 +2478,87 @@
   <si>
     <t>GB 38383-2025 Minimum Allowable Values and Grades of the Energy Efficiency and Water Efficiency for Dishwashers</t>
   </si>
   <si>
     <t>This standard raises energy efficiency and water efficiency for electric dishwashers used at home. It will replace GB38383—2019 and will be effective starting April 2027.</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>GB/T20290—2024
 ,   
                     GB/T23119</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38383-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3840811E06397BE0A0A2D54</t>
+  </si>
+  <si>
+    <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
+  </si>
+  <si>
+    <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
+- Drying Performance
+- Energy Consumption
+- Water Usage
+- Program Time
+- Drying Uniformity
+- Condensation Efficiency
+- Noise Level
+- Off/Standby Power
+- Fluffiness Performance
+- Wrinkle Removal Performance
+- Washing Performance for Washer-Dryer Combo Machines
+- Washing-Drying Performance
+- Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
+  </si>
+  <si>
+    <t>Clothes Dryers, Washer and Dryers</t>
+  </si>
+  <si>
+    <t>Quality Standard</t>
+  </si>
+  <si>
+    <t>January 2025</t>
+  </si>
+  <si>
+    <t>SAMR, SAC</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
   </si>
   <si>
     <t>GB19043-2013 Minimum allowable values of energy efficiency grades of double-capped fluorescent lamps for general lighting service</t>
   </si>
   <si>
     <t>Applies to non-directional self-ballasted LED lamps with the rated rated power of 2W-60W; rated voltage of 220V; frequency 50Hz</t>
   </si>
   <si>
     <t>GB/T 10682-2010 GB 19043-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb19043-2013-minimum-allowable-values-energy-efficiency-grades-double-capped-fluorescent</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6C0D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>Inmetro Ordinance No. 17 of 14 January 2022</t>
   </si>
   <si>
     <t>This labeling policy specifies quality and conformity assessment requirements for compact fluorescent lamps with integrated ballasts.</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
@@ -3300,51 +3340,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P177"/>
+  <dimension ref="A1:P178"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="244.083" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="679.406" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="85.979" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="186.24" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="403.33" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -8688,3508 +8728,3556 @@
       </c>
       <c r="P107" t="s">
         <v>613</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
         <v>614</v>
       </c>
       <c r="B108" t="s">
         <v>615</v>
       </c>
       <c r="C108" t="s">
         <v>18</v>
       </c>
       <c r="D108" t="s">
         <v>405</v>
       </c>
       <c r="E108" t="s">
         <v>20</v>
       </c>
       <c r="F108" t="s">
         <v>527</v>
       </c>
       <c r="G108" t="s">
-        <v>22</v>
+        <v>616</v>
       </c>
       <c r="H108">
         <v>2007</v>
       </c>
       <c r="I108">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J108" t="s">
         <v>69</v>
       </c>
       <c r="K108" t="s">
         <v>24</v>
       </c>
       <c r="L108" t="s">
         <v>406</v>
       </c>
       <c r="M108" t="s">
         <v>49</v>
       </c>
       <c r="N108" t="s">
         <v>96</v>
       </c>
       <c r="O108" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="P108" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="B109" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="C109" t="s">
         <v>18</v>
       </c>
       <c r="D109" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="E109" t="s">
         <v>20</v>
       </c>
       <c r="F109" t="s">
         <v>527</v>
       </c>
       <c r="G109" t="s">
         <v>8</v>
       </c>
       <c r="H109">
         <v>2007</v>
       </c>
       <c r="I109">
         <v>2025</v>
       </c>
       <c r="J109" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="K109" t="s">
         <v>24</v>
       </c>
       <c r="L109" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="M109" t="s">
         <v>535</v>
       </c>
       <c r="N109" t="s">
         <v>27</v>
       </c>
       <c r="O109" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="P109" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="B110" t="s">
         <v>258</v>
       </c>
       <c r="C110" t="s">
         <v>18</v>
       </c>
       <c r="D110" t="s">
         <v>46</v>
       </c>
       <c r="E110" t="s">
         <v>20</v>
       </c>
       <c r="F110" t="s">
         <v>527</v>
       </c>
       <c r="G110" t="s">
         <v>22</v>
       </c>
       <c r="H110">
         <v>2008</v>
       </c>
       <c r="I110">
         <v>2008</v>
       </c>
       <c r="J110" t="s">
         <v>69</v>
       </c>
       <c r="K110" t="s">
         <v>24</v>
       </c>
       <c r="L110" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="M110" t="s">
         <v>49</v>
       </c>
       <c r="N110" t="s">
         <v>27</v>
       </c>
       <c r="O110" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="P110" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="B111" t="s">
         <v>234</v>
       </c>
       <c r="C111" t="s">
         <v>18</v>
       </c>
       <c r="D111" t="s">
         <v>101</v>
       </c>
       <c r="E111" t="s">
         <v>20</v>
       </c>
       <c r="F111" t="s">
         <v>527</v>
       </c>
       <c r="G111" t="s">
         <v>22</v>
       </c>
       <c r="H111">
         <v>1989</v>
       </c>
       <c r="I111">
         <v>2020</v>
       </c>
       <c r="J111" t="s">
         <v>55</v>
       </c>
       <c r="K111" t="s">
         <v>24</v>
       </c>
       <c r="L111" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="M111" t="s">
         <v>535</v>
       </c>
       <c r="N111" t="s">
         <v>27</v>
       </c>
       <c r="O111" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="P111" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="B112" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="C112" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="D112" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="E112" t="s">
         <v>20</v>
       </c>
       <c r="F112" t="s">
         <v>527</v>
       </c>
       <c r="G112" t="s">
         <v>22</v>
       </c>
       <c r="H112">
         <v>2008</v>
       </c>
       <c r="I112">
         <v>2024</v>
       </c>
       <c r="J112" t="s">
         <v>545</v>
       </c>
       <c r="K112" t="s">
         <v>24</v>
       </c>
       <c r="L112" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="M112" t="s">
         <v>547</v>
       </c>
       <c r="N112" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="O112" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="P112" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="B113" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="C113" t="s">
         <v>18</v>
       </c>
       <c r="D113" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="E113" t="s">
         <v>20</v>
       </c>
       <c r="F113" t="s">
         <v>527</v>
       </c>
       <c r="G113" t="s">
         <v>22</v>
       </c>
       <c r="H113">
         <v>2008</v>
       </c>
       <c r="I113">
         <v>2008</v>
       </c>
       <c r="J113" t="s">
         <v>69</v>
       </c>
       <c r="K113" t="s">
         <v>24</v>
       </c>
       <c r="L113" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="M113" t="s">
         <v>49</v>
       </c>
       <c r="N113" t="s">
         <v>96</v>
       </c>
       <c r="O113" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="P113" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="B114" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="C114" t="s">
         <v>18</v>
       </c>
       <c r="D114" t="s">
         <v>117</v>
       </c>
       <c r="E114" t="s">
         <v>20</v>
       </c>
       <c r="F114" t="s">
         <v>527</v>
       </c>
       <c r="G114" t="s">
         <v>22</v>
       </c>
       <c r="H114">
         <v>2008</v>
       </c>
       <c r="I114">
         <v>2011</v>
       </c>
       <c r="J114" t="s">
         <v>69</v>
       </c>
       <c r="K114" t="s">
         <v>24</v>
       </c>
       <c r="L114" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="M114" t="s">
         <v>49</v>
       </c>
       <c r="N114" t="s">
         <v>27</v>
       </c>
       <c r="O114" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="P114" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="B115" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="C115" t="s">
         <v>18</v>
       </c>
       <c r="D115" t="s">
         <v>331</v>
       </c>
       <c r="E115" t="s">
         <v>20</v>
       </c>
       <c r="F115" t="s">
         <v>527</v>
       </c>
       <c r="G115" t="s">
         <v>22</v>
       </c>
       <c r="H115">
         <v>2008</v>
       </c>
       <c r="I115">
         <v>2016</v>
       </c>
       <c r="J115" t="s">
         <v>69</v>
       </c>
       <c r="K115" t="s">
         <v>24</v>
       </c>
       <c r="L115" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="M115" t="s">
         <v>49</v>
       </c>
       <c r="N115" t="s">
         <v>27</v>
       </c>
       <c r="O115" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="P115" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="B116" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="C116" t="s">
         <v>18</v>
       </c>
       <c r="D116" t="s">
         <v>161</v>
       </c>
       <c r="E116" t="s">
         <v>20</v>
       </c>
       <c r="F116" t="s">
         <v>527</v>
       </c>
       <c r="G116" t="s">
         <v>22</v>
       </c>
       <c r="H116">
         <v>2010</v>
       </c>
       <c r="I116">
         <v>2015</v>
       </c>
       <c r="J116" t="s">
         <v>69</v>
       </c>
       <c r="K116" t="s">
         <v>24</v>
       </c>
       <c r="L116" t="s">
         <v>162</v>
       </c>
       <c r="M116" t="s">
         <v>49</v>
       </c>
       <c r="N116" t="s">
         <v>27</v>
       </c>
       <c r="O116" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="P116" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="B117" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="C117" t="s">
         <v>18</v>
       </c>
       <c r="D117" t="s">
         <v>32</v>
       </c>
       <c r="E117" t="s">
         <v>20</v>
       </c>
       <c r="F117" t="s">
         <v>527</v>
       </c>
       <c r="G117" t="s">
         <v>22</v>
       </c>
       <c r="H117">
         <v>1989</v>
       </c>
       <c r="I117">
         <v>2016</v>
       </c>
       <c r="J117" t="s">
         <v>69</v>
       </c>
       <c r="K117" t="s">
         <v>24</v>
       </c>
       <c r="L117" t="s">
         <v>33</v>
       </c>
       <c r="M117" t="s">
         <v>49</v>
       </c>
       <c r="N117" t="s">
         <v>27</v>
       </c>
       <c r="O117" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="P117" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="B118" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="C118" t="s">
         <v>18</v>
       </c>
       <c r="D118" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="E118" t="s">
         <v>20</v>
       </c>
       <c r="F118" t="s">
         <v>527</v>
       </c>
       <c r="G118" t="s">
         <v>22</v>
       </c>
       <c r="H118">
         <v>2010</v>
       </c>
       <c r="I118">
         <v>2021</v>
       </c>
       <c r="J118" t="s">
         <v>23</v>
       </c>
       <c r="K118" t="s">
         <v>24</v>
       </c>
       <c r="L118" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="M118" t="s">
         <v>535</v>
       </c>
       <c r="N118" t="s">
         <v>27</v>
       </c>
       <c r="O118" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="P118" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="B119" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="C119" t="s">
         <v>18</v>
       </c>
       <c r="D119" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="E119" t="s">
         <v>20</v>
       </c>
       <c r="F119" t="s">
         <v>527</v>
       </c>
       <c r="G119" t="s">
         <v>22</v>
       </c>
       <c r="H119">
         <v>2011</v>
       </c>
       <c r="I119">
         <v>2020</v>
       </c>
       <c r="J119" t="s">
         <v>69</v>
       </c>
       <c r="K119" t="s">
         <v>457</v>
       </c>
       <c r="L119" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="M119" t="s">
         <v>606</v>
       </c>
       <c r="N119" t="s">
         <v>459</v>
       </c>
       <c r="O119" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="P119" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="B120" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="C120" t="s">
         <v>18</v>
       </c>
       <c r="D120" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="E120" t="s">
         <v>20</v>
       </c>
       <c r="F120" t="s">
         <v>527</v>
       </c>
       <c r="G120" t="s">
         <v>22</v>
       </c>
       <c r="H120">
         <v>2010</v>
       </c>
       <c r="I120">
         <v>2017</v>
       </c>
       <c r="J120" t="s">
         <v>69</v>
       </c>
       <c r="K120" t="s">
         <v>457</v>
       </c>
       <c r="L120" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="M120" t="s">
         <v>606</v>
       </c>
       <c r="N120" t="s">
         <v>459</v>
       </c>
       <c r="O120" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="P120" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="B121" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="C121" t="s">
         <v>18</v>
       </c>
       <c r="D121" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="E121" t="s">
         <v>20</v>
       </c>
       <c r="F121" t="s">
         <v>527</v>
       </c>
       <c r="G121" t="s">
         <v>22</v>
       </c>
       <c r="H121">
         <v>2011</v>
       </c>
       <c r="I121">
         <v>2016</v>
       </c>
       <c r="J121" t="s">
         <v>69</v>
       </c>
       <c r="K121" t="s">
         <v>24</v>
       </c>
       <c r="L121" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="M121" t="s">
         <v>49</v>
       </c>
       <c r="N121" t="s">
         <v>27</v>
       </c>
       <c r="O121" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="P121" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="B122" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="C122" t="s">
         <v>18</v>
       </c>
       <c r="D122" t="s">
         <v>131</v>
       </c>
       <c r="E122" t="s">
         <v>20</v>
       </c>
       <c r="F122" t="s">
         <v>527</v>
       </c>
       <c r="G122" t="s">
         <v>22</v>
       </c>
       <c r="H122">
         <v>2011</v>
       </c>
       <c r="I122">
         <v>2012</v>
       </c>
       <c r="J122" t="s">
         <v>69</v>
       </c>
       <c r="K122" t="s">
         <v>24</v>
       </c>
       <c r="L122" t="s">
         <v>132</v>
       </c>
       <c r="M122" t="s">
         <v>49</v>
       </c>
       <c r="N122" t="s">
         <v>27</v>
       </c>
       <c r="O122" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="P122" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="B123" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="C123" t="s">
         <v>18</v>
       </c>
       <c r="D123" t="s">
         <v>131</v>
       </c>
       <c r="E123" t="s">
         <v>20</v>
       </c>
       <c r="F123" t="s">
         <v>527</v>
       </c>
       <c r="G123" t="s">
         <v>22</v>
       </c>
       <c r="H123">
         <v>2011</v>
       </c>
       <c r="I123">
         <v>2017</v>
       </c>
       <c r="J123" t="s">
         <v>69</v>
       </c>
       <c r="K123" t="s">
         <v>24</v>
       </c>
       <c r="L123" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="M123" t="s">
         <v>49</v>
       </c>
       <c r="N123" t="s">
         <v>27</v>
       </c>
       <c r="O123" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="P123" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="B124" t="s">
         <v>116</v>
       </c>
       <c r="C124" t="s">
         <v>18</v>
       </c>
       <c r="D124" t="s">
         <v>117</v>
       </c>
       <c r="E124" t="s">
         <v>20</v>
       </c>
       <c r="F124" t="s">
         <v>527</v>
       </c>
       <c r="G124" t="s">
         <v>533</v>
       </c>
       <c r="H124">
         <v>2011</v>
       </c>
       <c r="I124">
         <v>2012</v>
       </c>
       <c r="J124" t="s">
         <v>545</v>
       </c>
       <c r="K124" t="s">
         <v>119</v>
       </c>
       <c r="L124" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="M124" t="s">
         <v>49</v>
       </c>
       <c r="N124" t="s">
         <v>27</v>
       </c>
       <c r="O124" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="P124" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="B125" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="C125" t="s">
         <v>18</v>
       </c>
       <c r="D125" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="E125" t="s">
         <v>20</v>
       </c>
       <c r="F125" t="s">
         <v>527</v>
       </c>
       <c r="G125" t="s">
         <v>22</v>
       </c>
       <c r="H125">
         <v>2012</v>
       </c>
       <c r="I125">
         <v>2020</v>
       </c>
       <c r="J125" t="s">
         <v>69</v>
       </c>
       <c r="K125" t="s">
         <v>457</v>
       </c>
       <c r="L125" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="M125" t="s">
         <v>606</v>
       </c>
       <c r="N125" t="s">
         <v>459</v>
       </c>
       <c r="O125" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="P125" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="B126" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="C126" t="s">
         <v>18</v>
       </c>
       <c r="D126" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="E126" t="s">
         <v>20</v>
       </c>
       <c r="F126" t="s">
         <v>527</v>
       </c>
       <c r="G126" t="s">
         <v>22</v>
       </c>
       <c r="H126">
         <v>2013</v>
       </c>
       <c r="I126">
         <v>2020</v>
       </c>
       <c r="J126" t="s">
         <v>69</v>
       </c>
       <c r="K126" t="s">
         <v>457</v>
       </c>
       <c r="L126" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="M126" t="s">
         <v>606</v>
       </c>
       <c r="N126" t="s">
         <v>459</v>
       </c>
       <c r="O126" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="P126" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="B127" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="C127" t="s">
         <v>18</v>
       </c>
       <c r="D127" t="s">
         <v>125</v>
       </c>
       <c r="E127" t="s">
         <v>20</v>
       </c>
       <c r="F127" t="s">
         <v>527</v>
       </c>
       <c r="G127" t="s">
         <v>22</v>
       </c>
       <c r="H127">
         <v>2012</v>
       </c>
       <c r="I127">
         <v>2016</v>
       </c>
       <c r="J127" t="s">
         <v>69</v>
       </c>
       <c r="K127" t="s">
         <v>24</v>
       </c>
       <c r="L127" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="M127" t="s">
         <v>49</v>
       </c>
       <c r="N127" t="s">
         <v>27</v>
       </c>
       <c r="O127" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="P127" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="B128" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="C128" t="s">
         <v>18</v>
       </c>
       <c r="D128" t="s">
         <v>143</v>
       </c>
       <c r="E128" t="s">
         <v>20</v>
       </c>
       <c r="F128" t="s">
         <v>527</v>
       </c>
       <c r="G128" t="s">
         <v>22</v>
       </c>
       <c r="H128">
         <v>2003</v>
       </c>
       <c r="I128">
         <v>2013</v>
       </c>
       <c r="J128" t="s">
         <v>69</v>
       </c>
       <c r="K128" t="s">
         <v>24</v>
       </c>
       <c r="L128" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="M128" t="s">
         <v>49</v>
       </c>
       <c r="N128" t="s">
         <v>27</v>
       </c>
       <c r="O128" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="P128" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="B129" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="C129" t="s">
         <v>18</v>
       </c>
       <c r="D129" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="E129" t="s">
         <v>20</v>
       </c>
       <c r="F129" t="s">
         <v>527</v>
       </c>
       <c r="G129" t="s">
         <v>22</v>
       </c>
       <c r="H129">
         <v>2003</v>
       </c>
       <c r="I129">
         <v>2013</v>
       </c>
       <c r="J129" t="s">
         <v>69</v>
       </c>
       <c r="K129" t="s">
         <v>24</v>
       </c>
       <c r="L129" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="M129" t="s">
         <v>49</v>
       </c>
       <c r="N129" t="s">
         <v>27</v>
       </c>
       <c r="O129" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="P129" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="B130" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="C130" t="s">
         <v>18</v>
       </c>
       <c r="D130" t="s">
         <v>117</v>
       </c>
       <c r="E130" t="s">
         <v>20</v>
       </c>
       <c r="F130" t="s">
         <v>527</v>
       </c>
       <c r="G130" t="s">
         <v>22</v>
       </c>
       <c r="H130">
         <v>2008</v>
       </c>
       <c r="I130">
         <v>2013</v>
       </c>
       <c r="J130" t="s">
         <v>69</v>
       </c>
       <c r="K130" t="s">
         <v>24</v>
       </c>
       <c r="L130" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="M130" t="s">
         <v>49</v>
       </c>
       <c r="N130" t="s">
         <v>27</v>
       </c>
       <c r="O130" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="P130" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="B131" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="C131" t="s">
         <v>18</v>
       </c>
       <c r="D131" t="s">
         <v>143</v>
       </c>
       <c r="E131" t="s">
         <v>20</v>
       </c>
       <c r="F131" t="s">
         <v>527</v>
       </c>
       <c r="G131" t="s">
         <v>22</v>
       </c>
       <c r="H131">
         <v>2013</v>
       </c>
       <c r="I131">
         <v>2020</v>
       </c>
       <c r="J131" t="s">
         <v>69</v>
       </c>
       <c r="K131" t="s">
         <v>24</v>
       </c>
       <c r="L131" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="M131" t="s">
         <v>49</v>
       </c>
       <c r="N131" t="s">
         <v>27</v>
       </c>
       <c r="O131" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="P131" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="B132" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="C132" t="s">
         <v>18</v>
       </c>
       <c r="D132" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="E132" t="s">
         <v>20</v>
       </c>
       <c r="F132" t="s">
         <v>527</v>
       </c>
       <c r="G132" t="s">
         <v>22</v>
       </c>
       <c r="H132">
         <v>2014</v>
       </c>
       <c r="I132">
         <v>2020</v>
       </c>
       <c r="J132" t="s">
         <v>69</v>
       </c>
       <c r="K132" t="s">
         <v>457</v>
       </c>
       <c r="L132" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="M132" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="N132" t="s">
         <v>459</v>
       </c>
       <c r="O132" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="P132" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="B133" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="C133" t="s">
         <v>18</v>
       </c>
       <c r="D133" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="E133" t="s">
         <v>20</v>
       </c>
       <c r="F133" t="s">
         <v>527</v>
       </c>
       <c r="G133" t="s">
         <v>533</v>
       </c>
       <c r="H133">
         <v>2008</v>
       </c>
       <c r="I133">
         <v>2015</v>
       </c>
       <c r="J133" t="s">
         <v>545</v>
       </c>
       <c r="K133" t="s">
         <v>62</v>
       </c>
       <c r="L133" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="M133" t="s">
         <v>49</v>
       </c>
       <c r="N133" t="s">
         <v>27</v>
       </c>
       <c r="O133" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="P133" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="B134" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="C134" t="s">
         <v>18</v>
       </c>
       <c r="D134" t="s">
         <v>284</v>
       </c>
       <c r="E134" t="s">
         <v>20</v>
       </c>
       <c r="F134" t="s">
         <v>527</v>
       </c>
       <c r="G134" t="s">
         <v>22</v>
       </c>
       <c r="H134">
         <v>2008</v>
       </c>
       <c r="I134">
         <v>2015</v>
       </c>
       <c r="J134" t="s">
         <v>69</v>
       </c>
       <c r="K134" t="s">
         <v>24</v>
       </c>
       <c r="L134" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="M134" t="s">
         <v>49</v>
       </c>
       <c r="N134" t="s">
         <v>27</v>
       </c>
       <c r="O134" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="P134" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="B135" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="C135" t="s">
         <v>18</v>
       </c>
       <c r="D135" t="s">
         <v>143</v>
       </c>
       <c r="E135" t="s">
         <v>20</v>
       </c>
       <c r="F135" t="s">
         <v>527</v>
       </c>
       <c r="G135" t="s">
         <v>22</v>
       </c>
       <c r="H135">
         <v>2005</v>
       </c>
       <c r="I135">
         <v>2015</v>
       </c>
       <c r="J135" t="s">
         <v>69</v>
       </c>
       <c r="K135" t="s">
         <v>24</v>
       </c>
       <c r="L135" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="M135" t="s">
         <v>49</v>
       </c>
       <c r="N135" t="s">
         <v>27</v>
       </c>
       <c r="O135" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="P135" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="B136" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="C136" t="s">
         <v>18</v>
       </c>
       <c r="D136" t="s">
         <v>218</v>
       </c>
       <c r="E136" t="s">
         <v>180</v>
       </c>
       <c r="F136" t="s">
         <v>527</v>
       </c>
       <c r="G136" t="s">
         <v>22</v>
       </c>
       <c r="H136">
         <v>2005</v>
       </c>
       <c r="I136">
         <v>2016</v>
       </c>
       <c r="J136" t="s">
         <v>69</v>
       </c>
       <c r="K136" t="s">
         <v>24</v>
       </c>
       <c r="L136" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="M136" t="s">
         <v>606</v>
       </c>
       <c r="N136" t="s">
         <v>27</v>
       </c>
       <c r="O136" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="P136" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="B137" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="C137" t="s">
         <v>18</v>
       </c>
       <c r="D137" t="s">
         <v>218</v>
       </c>
       <c r="E137" t="s">
         <v>180</v>
       </c>
       <c r="F137" t="s">
         <v>527</v>
       </c>
       <c r="G137" t="s">
         <v>22</v>
       </c>
       <c r="H137">
         <v>2005</v>
       </c>
       <c r="I137">
         <v>2016</v>
       </c>
       <c r="J137" t="s">
         <v>69</v>
       </c>
       <c r="K137" t="s">
         <v>24</v>
       </c>
       <c r="L137" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="M137" t="s">
         <v>606</v>
       </c>
       <c r="N137" t="s">
         <v>27</v>
       </c>
       <c r="O137" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="P137" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="B138" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="C138" t="s">
         <v>18</v>
       </c>
       <c r="D138" t="s">
         <v>218</v>
       </c>
       <c r="E138" t="s">
         <v>20</v>
       </c>
       <c r="F138" t="s">
         <v>527</v>
       </c>
       <c r="G138" t="s">
         <v>22</v>
       </c>
       <c r="H138">
         <v>2005</v>
       </c>
       <c r="I138">
         <v>2016</v>
       </c>
       <c r="J138" t="s">
         <v>69</v>
       </c>
       <c r="K138" t="s">
         <v>24</v>
       </c>
       <c r="L138" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="M138" t="s">
         <v>606</v>
       </c>
       <c r="N138" t="s">
         <v>96</v>
       </c>
       <c r="O138" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="P138" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="B139" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="C139" t="s">
         <v>18</v>
       </c>
       <c r="D139" t="s">
         <v>218</v>
       </c>
       <c r="E139" t="s">
         <v>20</v>
       </c>
       <c r="F139" t="s">
         <v>527</v>
       </c>
       <c r="G139" t="s">
         <v>22</v>
       </c>
       <c r="H139">
         <v>2005</v>
       </c>
       <c r="I139">
         <v>2017</v>
       </c>
       <c r="J139" t="s">
         <v>69</v>
       </c>
       <c r="K139" t="s">
         <v>24</v>
       </c>
       <c r="L139" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="M139" t="s">
         <v>606</v>
       </c>
       <c r="N139" t="s">
         <v>96</v>
       </c>
       <c r="O139" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="P139" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="B140" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="C140" t="s">
         <v>18</v>
       </c>
       <c r="D140" t="s">
         <v>470</v>
       </c>
       <c r="E140" t="s">
         <v>20</v>
       </c>
       <c r="F140" t="s">
         <v>527</v>
       </c>
       <c r="G140" t="s">
         <v>22</v>
       </c>
       <c r="H140">
         <v>2017</v>
       </c>
       <c r="I140">
         <v>2021</v>
       </c>
       <c r="J140" t="s">
         <v>23</v>
       </c>
       <c r="K140" t="s">
         <v>457</v>
       </c>
       <c r="L140" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="M140" t="s">
         <v>535</v>
       </c>
       <c r="N140" t="s">
         <v>459</v>
       </c>
       <c r="O140" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="P140" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="B141" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="C141" t="s">
         <v>18</v>
       </c>
       <c r="D141" t="s">
         <v>505</v>
       </c>
       <c r="E141" t="s">
         <v>20</v>
       </c>
       <c r="F141" t="s">
         <v>527</v>
       </c>
       <c r="G141" t="s">
         <v>22</v>
       </c>
       <c r="H141">
         <v>2018</v>
       </c>
       <c r="I141">
         <v>2024</v>
       </c>
       <c r="J141" t="s">
         <v>545</v>
       </c>
       <c r="K141" t="s">
         <v>24</v>
       </c>
       <c r="L141" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="M141" t="s">
         <v>547</v>
       </c>
       <c r="N141" t="s">
         <v>27</v>
       </c>
       <c r="O141" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="P141" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="B142" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="C142" t="s">
         <v>18</v>
       </c>
       <c r="D142" t="s">
         <v>445</v>
       </c>
       <c r="E142" t="s">
         <v>20</v>
       </c>
       <c r="F142" t="s">
         <v>527</v>
       </c>
       <c r="G142" t="s">
         <v>8</v>
       </c>
       <c r="H142">
         <v>1989</v>
       </c>
       <c r="I142">
         <v>2025</v>
       </c>
       <c r="J142" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="K142" t="s">
         <v>24</v>
       </c>
       <c r="L142" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="M142" t="s">
         <v>547</v>
       </c>
       <c r="N142" t="s">
         <v>27</v>
       </c>
       <c r="O142" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="P142" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="B143" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="C143" t="s">
         <v>18</v>
       </c>
       <c r="D143" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="E143" t="s">
         <v>20</v>
       </c>
       <c r="F143" t="s">
         <v>527</v>
       </c>
       <c r="G143" t="s">
         <v>8</v>
       </c>
       <c r="H143">
         <v>2019</v>
       </c>
       <c r="I143">
         <v>2025</v>
       </c>
       <c r="J143" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="K143" t="s">
         <v>24</v>
       </c>
       <c r="L143" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="M143" t="s">
         <v>547</v>
       </c>
       <c r="N143" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="O143" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="P143" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="B144" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="C144" t="s">
         <v>18</v>
       </c>
       <c r="D144" t="s">
-        <v>439</v>
+        <v>806</v>
       </c>
       <c r="E144" t="s">
-        <v>20</v>
+        <v>180</v>
       </c>
       <c r="F144" t="s">
-        <v>527</v>
+        <v>807</v>
       </c>
       <c r="G144" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H144">
-        <v>2003</v>
+        <v>2008</v>
       </c>
       <c r="I144">
-        <v>2013</v>
+        <v>2024</v>
       </c>
       <c r="J144" t="s">
-        <v>69</v>
+        <v>808</v>
       </c>
       <c r="K144" t="s">
         <v>24</v>
       </c>
-      <c r="L144" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L144"/>
       <c r="M144" t="s">
-        <v>49</v>
+        <v>809</v>
       </c>
       <c r="N144" t="s">
-        <v>27</v>
+        <v>801</v>
       </c>
       <c r="O144" t="s">
-        <v>806</v>
+        <v>810</v>
       </c>
       <c r="P144" t="s">
-        <v>807</v>
+        <v>811</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="B145" t="s">
-        <v>809</v>
+        <v>813</v>
       </c>
       <c r="C145" t="s">
-        <v>179</v>
+        <v>18</v>
       </c>
       <c r="D145" t="s">
-        <v>143</v>
+        <v>439</v>
       </c>
       <c r="E145" t="s">
         <v>20</v>
       </c>
       <c r="F145" t="s">
-        <v>21</v>
+        <v>527</v>
       </c>
       <c r="G145" t="s">
         <v>22</v>
       </c>
       <c r="H145">
-        <v>2006</v>
+        <v>2003</v>
       </c>
       <c r="I145">
-        <v>2022</v>
+        <v>2013</v>
       </c>
       <c r="J145" t="s">
-        <v>810</v>
+        <v>69</v>
       </c>
       <c r="K145" t="s">
         <v>24</v>
       </c>
-      <c r="L145"/>
+      <c r="L145" t="s">
+        <v>814</v>
+      </c>
       <c r="M145" t="s">
-        <v>811</v>
+        <v>49</v>
       </c>
       <c r="N145" t="s">
         <v>27</v>
       </c>
       <c r="O145" t="s">
-        <v>812</v>
+        <v>815</v>
       </c>
       <c r="P145" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
     </row>
     <row r="146" spans="1:16">
       <c r="A146" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="B146" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="C146" t="s">
         <v>179</v>
       </c>
       <c r="D146" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="E146" t="s">
         <v>20</v>
       </c>
       <c r="F146" t="s">
         <v>21</v>
       </c>
       <c r="G146" t="s">
         <v>22</v>
       </c>
       <c r="H146">
-        <v>1984</v>
+        <v>2006</v>
       </c>
       <c r="I146">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="J146" t="s">
-        <v>810</v>
+        <v>819</v>
       </c>
       <c r="K146" t="s">
         <v>24</v>
       </c>
-      <c r="L146" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L146"/>
       <c r="M146" t="s">
-        <v>811</v>
+        <v>820</v>
       </c>
       <c r="N146" t="s">
         <v>27</v>
       </c>
       <c r="O146" t="s">
-        <v>817</v>
+        <v>821</v>
       </c>
       <c r="P146" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
     </row>
     <row r="147" spans="1:16">
       <c r="A147" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="B147" t="s">
-        <v>820</v>
+        <v>824</v>
       </c>
       <c r="C147" t="s">
         <v>179</v>
       </c>
       <c r="D147" t="s">
-        <v>101</v>
+        <v>137</v>
       </c>
       <c r="E147" t="s">
         <v>20</v>
       </c>
       <c r="F147" t="s">
         <v>21</v>
       </c>
       <c r="G147" t="s">
         <v>22</v>
       </c>
       <c r="H147">
-        <v>2008</v>
+        <v>1984</v>
       </c>
       <c r="I147">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="J147" t="s">
-        <v>810</v>
+        <v>819</v>
       </c>
       <c r="K147" t="s">
         <v>24</v>
       </c>
       <c r="L147" t="s">
-        <v>821</v>
+        <v>825</v>
       </c>
       <c r="M147" t="s">
-        <v>811</v>
+        <v>820</v>
       </c>
       <c r="N147" t="s">
         <v>27</v>
       </c>
       <c r="O147" t="s">
-        <v>822</v>
+        <v>826</v>
       </c>
       <c r="P147" t="s">
-        <v>823</v>
+        <v>827</v>
       </c>
     </row>
     <row r="148" spans="1:16">
       <c r="A148" t="s">
-        <v>824</v>
+        <v>828</v>
       </c>
       <c r="B148" t="s">
-        <v>825</v>
+        <v>829</v>
       </c>
       <c r="C148" t="s">
         <v>179</v>
       </c>
       <c r="D148" t="s">
-        <v>167</v>
+        <v>101</v>
       </c>
       <c r="E148" t="s">
         <v>20</v>
       </c>
       <c r="F148" t="s">
         <v>21</v>
       </c>
       <c r="G148" t="s">
         <v>22</v>
       </c>
       <c r="H148">
         <v>2008</v>
       </c>
       <c r="I148">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="J148" t="s">
-        <v>810</v>
+        <v>819</v>
       </c>
       <c r="K148" t="s">
         <v>24</v>
       </c>
       <c r="L148" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="M148" t="s">
-        <v>811</v>
+        <v>820</v>
       </c>
       <c r="N148" t="s">
         <v>27</v>
       </c>
       <c r="O148" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
       <c r="P148" t="s">
-        <v>828</v>
+        <v>832</v>
       </c>
     </row>
     <row r="149" spans="1:16">
       <c r="A149" t="s">
-        <v>829</v>
+        <v>833</v>
       </c>
       <c r="B149" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="C149" t="s">
         <v>179</v>
       </c>
       <c r="D149" t="s">
-        <v>111</v>
+        <v>167</v>
       </c>
       <c r="E149" t="s">
         <v>20</v>
       </c>
       <c r="F149" t="s">
         <v>21</v>
       </c>
       <c r="G149" t="s">
         <v>22</v>
       </c>
       <c r="H149">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="I149">
         <v>2021</v>
       </c>
       <c r="J149" t="s">
-        <v>810</v>
+        <v>819</v>
       </c>
       <c r="K149" t="s">
         <v>24</v>
       </c>
       <c r="L149" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="M149" t="s">
-        <v>811</v>
+        <v>820</v>
       </c>
       <c r="N149" t="s">
         <v>27</v>
       </c>
       <c r="O149" t="s">
-        <v>832</v>
+        <v>836</v>
       </c>
       <c r="P149" t="s">
-        <v>833</v>
+        <v>837</v>
       </c>
     </row>
     <row r="150" spans="1:16">
       <c r="A150" t="s">
-        <v>834</v>
+        <v>838</v>
       </c>
       <c r="B150" t="s">
-        <v>835</v>
+        <v>839</v>
       </c>
       <c r="C150" t="s">
         <v>179</v>
       </c>
       <c r="D150" t="s">
-        <v>836</v>
+        <v>111</v>
       </c>
       <c r="E150" t="s">
         <v>20</v>
       </c>
       <c r="F150" t="s">
         <v>21</v>
       </c>
       <c r="G150" t="s">
         <v>22</v>
       </c>
       <c r="H150">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I150">
         <v>2021</v>
       </c>
       <c r="J150" t="s">
-        <v>810</v>
+        <v>819</v>
       </c>
       <c r="K150" t="s">
         <v>24</v>
       </c>
       <c r="L150" t="s">
-        <v>837</v>
+        <v>840</v>
       </c>
       <c r="M150" t="s">
-        <v>811</v>
+        <v>820</v>
       </c>
       <c r="N150" t="s">
         <v>27</v>
       </c>
       <c r="O150" t="s">
-        <v>838</v>
+        <v>841</v>
       </c>
       <c r="P150" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="151" spans="1:16">
       <c r="A151" t="s">
-        <v>840</v>
+        <v>843</v>
       </c>
       <c r="B151" t="s">
-        <v>841</v>
+        <v>844</v>
       </c>
       <c r="C151" t="s">
         <v>179</v>
       </c>
       <c r="D151" t="s">
-        <v>218</v>
+        <v>845</v>
       </c>
       <c r="E151" t="s">
         <v>20</v>
       </c>
       <c r="F151" t="s">
         <v>21</v>
       </c>
       <c r="G151" t="s">
         <v>22</v>
       </c>
       <c r="H151">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="I151">
         <v>2021</v>
       </c>
       <c r="J151" t="s">
-        <v>810</v>
+        <v>819</v>
       </c>
       <c r="K151" t="s">
         <v>24</v>
       </c>
       <c r="L151" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="M151" t="s">
-        <v>811</v>
+        <v>820</v>
       </c>
       <c r="N151" t="s">
         <v>27</v>
       </c>
       <c r="O151" t="s">
-        <v>843</v>
+        <v>847</v>
       </c>
       <c r="P151" t="s">
-        <v>844</v>
+        <v>848</v>
       </c>
     </row>
     <row r="152" spans="1:16">
       <c r="A152" t="s">
-        <v>845</v>
+        <v>849</v>
       </c>
       <c r="B152" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C152" t="s">
         <v>179</v>
       </c>
       <c r="D152" t="s">
-        <v>847</v>
+        <v>218</v>
       </c>
       <c r="E152" t="s">
         <v>20</v>
       </c>
       <c r="F152" t="s">
         <v>21</v>
       </c>
       <c r="G152" t="s">
         <v>22</v>
       </c>
       <c r="H152">
-        <v>2001</v>
+        <v>2010</v>
       </c>
       <c r="I152">
         <v>2021</v>
       </c>
       <c r="J152" t="s">
-        <v>810</v>
+        <v>819</v>
       </c>
       <c r="K152" t="s">
         <v>24</v>
       </c>
       <c r="L152" t="s">
-        <v>848</v>
+        <v>851</v>
       </c>
       <c r="M152" t="s">
-        <v>811</v>
+        <v>820</v>
       </c>
       <c r="N152" t="s">
         <v>27</v>
       </c>
       <c r="O152" t="s">
-        <v>849</v>
+        <v>852</v>
       </c>
       <c r="P152" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
     </row>
     <row r="153" spans="1:16">
       <c r="A153" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="B153" t="s">
-        <v>852</v>
+        <v>855</v>
       </c>
       <c r="C153" t="s">
         <v>179</v>
       </c>
       <c r="D153" t="s">
-        <v>32</v>
+        <v>856</v>
       </c>
       <c r="E153" t="s">
         <v>20</v>
       </c>
       <c r="F153" t="s">
         <v>21</v>
       </c>
       <c r="G153" t="s">
         <v>22</v>
       </c>
       <c r="H153">
-        <v>2009</v>
+        <v>2001</v>
       </c>
       <c r="I153">
         <v>2021</v>
       </c>
       <c r="J153" t="s">
-        <v>810</v>
+        <v>819</v>
       </c>
       <c r="K153" t="s">
         <v>24</v>
       </c>
       <c r="L153" t="s">
-        <v>853</v>
+        <v>857</v>
       </c>
       <c r="M153" t="s">
-        <v>811</v>
+        <v>820</v>
       </c>
       <c r="N153" t="s">
         <v>27</v>
       </c>
       <c r="O153" t="s">
-        <v>854</v>
+        <v>858</v>
       </c>
       <c r="P153" t="s">
-        <v>855</v>
+        <v>859</v>
       </c>
     </row>
     <row r="154" spans="1:16">
       <c r="A154" t="s">
-        <v>856</v>
+        <v>860</v>
       </c>
       <c r="B154" t="s">
-        <v>857</v>
+        <v>861</v>
       </c>
       <c r="C154" t="s">
         <v>179</v>
       </c>
       <c r="D154" t="s">
-        <v>858</v>
+        <v>32</v>
       </c>
       <c r="E154" t="s">
         <v>20</v>
       </c>
       <c r="F154" t="s">
         <v>21</v>
       </c>
       <c r="G154" t="s">
         <v>22</v>
       </c>
       <c r="H154">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="I154">
         <v>2021</v>
       </c>
       <c r="J154" t="s">
-        <v>810</v>
+        <v>819</v>
       </c>
       <c r="K154" t="s">
         <v>24</v>
       </c>
       <c r="L154" t="s">
-        <v>859</v>
+        <v>862</v>
       </c>
       <c r="M154" t="s">
-        <v>811</v>
+        <v>820</v>
       </c>
       <c r="N154" t="s">
         <v>27</v>
       </c>
       <c r="O154" t="s">
-        <v>860</v>
+        <v>863</v>
       </c>
       <c r="P154" t="s">
-        <v>861</v>
+        <v>864</v>
       </c>
     </row>
     <row r="155" spans="1:16">
       <c r="A155" t="s">
-        <v>862</v>
+        <v>865</v>
       </c>
       <c r="B155" t="s">
-        <v>863</v>
+        <v>866</v>
       </c>
       <c r="C155" t="s">
         <v>179</v>
       </c>
       <c r="D155" t="s">
-        <v>117</v>
+        <v>867</v>
       </c>
       <c r="E155" t="s">
         <v>20</v>
       </c>
       <c r="F155" t="s">
         <v>21</v>
       </c>
       <c r="G155" t="s">
         <v>22</v>
       </c>
       <c r="H155">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="I155">
         <v>2021</v>
       </c>
       <c r="J155" t="s">
-        <v>810</v>
+        <v>819</v>
       </c>
       <c r="K155" t="s">
-        <v>119</v>
+        <v>24</v>
       </c>
       <c r="L155" t="s">
-        <v>864</v>
+        <v>868</v>
       </c>
       <c r="M155" t="s">
-        <v>811</v>
+        <v>820</v>
       </c>
       <c r="N155" t="s">
-        <v>865</v>
+        <v>27</v>
       </c>
       <c r="O155" t="s">
-        <v>866</v>
+        <v>869</v>
       </c>
       <c r="P155" t="s">
-        <v>867</v>
+        <v>870</v>
       </c>
     </row>
     <row r="156" spans="1:16">
       <c r="A156" t="s">
-        <v>868</v>
+        <v>871</v>
       </c>
       <c r="B156" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="C156" t="s">
         <v>179</v>
       </c>
       <c r="D156" t="s">
-        <v>143</v>
+        <v>117</v>
       </c>
       <c r="E156" t="s">
         <v>20</v>
       </c>
       <c r="F156" t="s">
         <v>21</v>
       </c>
       <c r="G156" t="s">
         <v>22</v>
       </c>
       <c r="H156">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="I156">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="J156" t="s">
-        <v>810</v>
+        <v>819</v>
       </c>
       <c r="K156" t="s">
-        <v>24</v>
+        <v>119</v>
       </c>
       <c r="L156" t="s">
-        <v>870</v>
+        <v>873</v>
       </c>
       <c r="M156" t="s">
-        <v>811</v>
+        <v>820</v>
       </c>
       <c r="N156" t="s">
-        <v>27</v>
+        <v>874</v>
       </c>
       <c r="O156" t="s">
-        <v>871</v>
+        <v>875</v>
       </c>
       <c r="P156" t="s">
-        <v>872</v>
+        <v>876</v>
       </c>
     </row>
     <row r="157" spans="1:16">
       <c r="A157" t="s">
-        <v>873</v>
+        <v>877</v>
       </c>
       <c r="B157" t="s">
-        <v>874</v>
+        <v>878</v>
       </c>
       <c r="C157" t="s">
         <v>179</v>
       </c>
       <c r="D157" t="s">
-        <v>167</v>
+        <v>143</v>
       </c>
       <c r="E157" t="s">
         <v>20</v>
       </c>
       <c r="F157" t="s">
         <v>21</v>
       </c>
       <c r="G157" t="s">
         <v>22</v>
       </c>
       <c r="H157">
-        <v>2008</v>
+        <v>2015</v>
       </c>
       <c r="I157">
         <v>2022</v>
       </c>
       <c r="J157" t="s">
-        <v>810</v>
+        <v>819</v>
       </c>
       <c r="K157" t="s">
-        <v>62</v>
+        <v>24</v>
       </c>
       <c r="L157" t="s">
-        <v>875</v>
+        <v>879</v>
       </c>
       <c r="M157" t="s">
-        <v>811</v>
+        <v>820</v>
       </c>
       <c r="N157" t="s">
         <v>27</v>
       </c>
       <c r="O157" t="s">
-        <v>876</v>
+        <v>880</v>
       </c>
       <c r="P157" t="s">
-        <v>877</v>
+        <v>881</v>
       </c>
     </row>
     <row r="158" spans="1:16">
       <c r="A158" t="s">
-        <v>878</v>
+        <v>882</v>
       </c>
       <c r="B158" t="s">
-        <v>879</v>
+        <v>883</v>
       </c>
       <c r="C158" t="s">
         <v>179</v>
       </c>
       <c r="D158" t="s">
-        <v>101</v>
+        <v>167</v>
       </c>
       <c r="E158" t="s">
         <v>20</v>
       </c>
       <c r="F158" t="s">
-        <v>527</v>
+        <v>21</v>
       </c>
       <c r="G158" t="s">
         <v>22</v>
       </c>
       <c r="H158">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="I158">
         <v>2022</v>
       </c>
       <c r="J158" t="s">
-        <v>810</v>
+        <v>819</v>
       </c>
       <c r="K158" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L158"/>
+        <v>62</v>
+      </c>
+      <c r="L158" t="s">
+        <v>884</v>
+      </c>
       <c r="M158" t="s">
-        <v>880</v>
+        <v>820</v>
       </c>
       <c r="N158" t="s">
         <v>27</v>
       </c>
       <c r="O158" t="s">
-        <v>881</v>
+        <v>885</v>
       </c>
       <c r="P158" t="s">
-        <v>882</v>
+        <v>886</v>
       </c>
     </row>
     <row r="159" spans="1:16">
       <c r="A159" t="s">
-        <v>883</v>
+        <v>887</v>
       </c>
       <c r="B159" t="s">
-        <v>884</v>
+        <v>888</v>
       </c>
       <c r="C159" t="s">
         <v>179</v>
       </c>
       <c r="D159" t="s">
-        <v>143</v>
+        <v>101</v>
       </c>
       <c r="E159" t="s">
         <v>20</v>
       </c>
       <c r="F159" t="s">
         <v>527</v>
       </c>
       <c r="G159" t="s">
         <v>22</v>
       </c>
       <c r="H159">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="I159">
-        <v>2010</v>
+        <v>2022</v>
       </c>
       <c r="J159" t="s">
-        <v>810</v>
+        <v>819</v>
       </c>
       <c r="K159" t="s">
         <v>24</v>
       </c>
       <c r="L159"/>
       <c r="M159" t="s">
-        <v>880</v>
+        <v>889</v>
       </c>
       <c r="N159" t="s">
         <v>27</v>
       </c>
       <c r="O159" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="P159" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
     </row>
     <row r="160" spans="1:16">
       <c r="A160" t="s">
-        <v>887</v>
+        <v>892</v>
       </c>
       <c r="B160" t="s">
-        <v>888</v>
+        <v>893</v>
       </c>
       <c r="C160" t="s">
         <v>179</v>
       </c>
       <c r="D160" t="s">
         <v>143</v>
       </c>
       <c r="E160" t="s">
         <v>20</v>
       </c>
       <c r="F160" t="s">
         <v>527</v>
       </c>
       <c r="G160" t="s">
         <v>22</v>
       </c>
       <c r="H160">
         <v>2006</v>
       </c>
       <c r="I160">
         <v>2010</v>
       </c>
       <c r="J160" t="s">
-        <v>810</v>
+        <v>819</v>
       </c>
       <c r="K160" t="s">
         <v>24</v>
       </c>
       <c r="L160"/>
       <c r="M160" t="s">
-        <v>880</v>
+        <v>889</v>
       </c>
       <c r="N160" t="s">
         <v>27</v>
       </c>
       <c r="O160" t="s">
-        <v>889</v>
+        <v>894</v>
       </c>
       <c r="P160" t="s">
-        <v>890</v>
+        <v>895</v>
       </c>
     </row>
     <row r="161" spans="1:16">
       <c r="A161" t="s">
-        <v>891</v>
+        <v>896</v>
       </c>
       <c r="B161" t="s">
-        <v>892</v>
+        <v>897</v>
       </c>
       <c r="C161" t="s">
         <v>179</v>
       </c>
       <c r="D161" t="s">
-        <v>173</v>
+        <v>143</v>
       </c>
       <c r="E161" t="s">
         <v>20</v>
       </c>
       <c r="F161" t="s">
         <v>527</v>
       </c>
       <c r="G161" t="s">
         <v>22</v>
       </c>
       <c r="H161">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="I161">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="J161" t="s">
-        <v>810</v>
+        <v>819</v>
       </c>
       <c r="K161" t="s">
-        <v>62</v>
+        <v>24</v>
       </c>
       <c r="L161"/>
       <c r="M161" t="s">
-        <v>880</v>
+        <v>889</v>
       </c>
       <c r="N161" t="s">
         <v>27</v>
       </c>
       <c r="O161" t="s">
-        <v>893</v>
+        <v>898</v>
       </c>
       <c r="P161" t="s">
-        <v>894</v>
+        <v>899</v>
       </c>
     </row>
     <row r="162" spans="1:16">
       <c r="A162" t="s">
-        <v>895</v>
+        <v>900</v>
       </c>
       <c r="B162" t="s">
-        <v>896</v>
+        <v>901</v>
       </c>
       <c r="C162" t="s">
         <v>179</v>
       </c>
       <c r="D162" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="E162" t="s">
         <v>20</v>
       </c>
       <c r="F162" t="s">
         <v>527</v>
       </c>
       <c r="G162" t="s">
         <v>22</v>
       </c>
       <c r="H162">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="I162">
         <v>2011</v>
       </c>
       <c r="J162" t="s">
-        <v>810</v>
+        <v>819</v>
       </c>
       <c r="K162" t="s">
         <v>62</v>
       </c>
       <c r="L162"/>
       <c r="M162" t="s">
-        <v>880</v>
+        <v>889</v>
       </c>
       <c r="N162" t="s">
         <v>27</v>
       </c>
       <c r="O162" t="s">
-        <v>897</v>
+        <v>902</v>
       </c>
       <c r="P162" t="s">
-        <v>898</v>
+        <v>903</v>
       </c>
     </row>
     <row r="163" spans="1:16">
       <c r="A163" t="s">
-        <v>899</v>
+        <v>904</v>
       </c>
       <c r="B163" t="s">
-        <v>900</v>
+        <v>905</v>
       </c>
       <c r="C163" t="s">
         <v>179</v>
       </c>
       <c r="D163" t="s">
-        <v>847</v>
+        <v>167</v>
       </c>
       <c r="E163" t="s">
         <v>20</v>
       </c>
       <c r="F163" t="s">
         <v>527</v>
       </c>
       <c r="G163" t="s">
         <v>22</v>
       </c>
       <c r="H163">
         <v>2007</v>
       </c>
       <c r="I163">
-        <v>2018</v>
+        <v>2011</v>
       </c>
       <c r="J163" t="s">
-        <v>810</v>
+        <v>819</v>
       </c>
       <c r="K163" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="L163"/>
       <c r="M163" t="s">
-        <v>880</v>
+        <v>889</v>
       </c>
       <c r="N163" t="s">
         <v>27</v>
       </c>
       <c r="O163" t="s">
-        <v>901</v>
+        <v>906</v>
       </c>
       <c r="P163" t="s">
-        <v>902</v>
+        <v>907</v>
       </c>
     </row>
     <row r="164" spans="1:16">
       <c r="A164" t="s">
-        <v>903</v>
+        <v>908</v>
       </c>
       <c r="B164" t="s">
-        <v>904</v>
+        <v>909</v>
       </c>
       <c r="C164" t="s">
         <v>179</v>
       </c>
       <c r="D164" t="s">
-        <v>54</v>
+        <v>856</v>
       </c>
       <c r="E164" t="s">
         <v>20</v>
       </c>
       <c r="F164" t="s">
         <v>527</v>
       </c>
       <c r="G164" t="s">
         <v>22</v>
       </c>
       <c r="H164">
-        <v>2002</v>
+        <v>2007</v>
       </c>
       <c r="I164">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="J164" t="s">
-        <v>810</v>
+        <v>819</v>
       </c>
       <c r="K164" t="s">
         <v>24</v>
       </c>
-      <c r="L164" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L164"/>
       <c r="M164" t="s">
-        <v>880</v>
+        <v>889</v>
       </c>
       <c r="N164" t="s">
         <v>27</v>
       </c>
       <c r="O164" t="s">
-        <v>906</v>
+        <v>910</v>
       </c>
       <c r="P164" t="s">
-        <v>907</v>
+        <v>911</v>
       </c>
     </row>
     <row r="165" spans="1:16">
       <c r="A165" t="s">
-        <v>908</v>
+        <v>912</v>
       </c>
       <c r="B165" t="s">
-        <v>909</v>
+        <v>913</v>
       </c>
       <c r="C165" t="s">
         <v>179</v>
       </c>
       <c r="D165" t="s">
-        <v>75</v>
+        <v>54</v>
       </c>
       <c r="E165" t="s">
         <v>20</v>
       </c>
       <c r="F165" t="s">
         <v>527</v>
       </c>
       <c r="G165" t="s">
         <v>22</v>
       </c>
       <c r="H165">
-        <v>2008</v>
+        <v>2002</v>
       </c>
       <c r="I165">
         <v>2017</v>
       </c>
       <c r="J165" t="s">
-        <v>810</v>
+        <v>819</v>
       </c>
       <c r="K165" t="s">
         <v>24</v>
       </c>
       <c r="L165" t="s">
-        <v>910</v>
+        <v>914</v>
       </c>
       <c r="M165" t="s">
-        <v>880</v>
+        <v>889</v>
       </c>
       <c r="N165" t="s">
         <v>27</v>
       </c>
       <c r="O165" t="s">
-        <v>911</v>
+        <v>915</v>
       </c>
       <c r="P165" t="s">
-        <v>912</v>
+        <v>916</v>
       </c>
     </row>
     <row r="166" spans="1:16">
       <c r="A166" t="s">
-        <v>913</v>
+        <v>917</v>
       </c>
       <c r="B166" t="s">
-        <v>914</v>
+        <v>918</v>
       </c>
       <c r="C166" t="s">
         <v>179</v>
       </c>
       <c r="D166" t="s">
-        <v>101</v>
+        <v>75</v>
       </c>
       <c r="E166" t="s">
-        <v>180</v>
+        <v>20</v>
       </c>
       <c r="F166" t="s">
-        <v>181</v>
+        <v>527</v>
       </c>
       <c r="G166" t="s">
         <v>22</v>
       </c>
       <c r="H166">
-        <v>1993</v>
+        <v>2008</v>
       </c>
       <c r="I166">
-        <v>2022</v>
+        <v>2017</v>
       </c>
       <c r="J166" t="s">
-        <v>810</v>
+        <v>819</v>
       </c>
       <c r="K166" t="s">
         <v>24</v>
       </c>
       <c r="L166" t="s">
-        <v>915</v>
+        <v>919</v>
       </c>
       <c r="M166" t="s">
-        <v>916</v>
+        <v>889</v>
       </c>
       <c r="N166" t="s">
         <v>27</v>
       </c>
       <c r="O166" t="s">
-        <v>917</v>
+        <v>920</v>
       </c>
       <c r="P166" t="s">
-        <v>918</v>
+        <v>921</v>
       </c>
     </row>
     <row r="167" spans="1:16">
       <c r="A167" t="s">
-        <v>919</v>
+        <v>922</v>
       </c>
       <c r="B167" t="s">
-        <v>920</v>
+        <v>923</v>
       </c>
       <c r="C167" t="s">
         <v>179</v>
       </c>
       <c r="D167" t="s">
-        <v>143</v>
+        <v>101</v>
       </c>
       <c r="E167" t="s">
         <v>180</v>
       </c>
       <c r="F167" t="s">
         <v>181</v>
       </c>
       <c r="G167" t="s">
         <v>22</v>
       </c>
       <c r="H167">
         <v>1993</v>
       </c>
       <c r="I167">
-        <v>2012</v>
+        <v>2022</v>
       </c>
       <c r="J167" t="s">
-        <v>810</v>
+        <v>819</v>
       </c>
       <c r="K167" t="s">
         <v>24</v>
       </c>
       <c r="L167" t="s">
-        <v>921</v>
+        <v>924</v>
       </c>
       <c r="M167" t="s">
-        <v>916</v>
+        <v>925</v>
       </c>
       <c r="N167" t="s">
         <v>27</v>
       </c>
       <c r="O167" t="s">
-        <v>922</v>
+        <v>926</v>
       </c>
       <c r="P167" t="s">
-        <v>918</v>
+        <v>927</v>
       </c>
     </row>
     <row r="168" spans="1:16">
       <c r="A168" t="s">
-        <v>923</v>
+        <v>928</v>
       </c>
       <c r="B168" t="s">
-        <v>924</v>
+        <v>929</v>
       </c>
       <c r="C168" t="s">
         <v>179</v>
       </c>
       <c r="D168" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="E168" t="s">
         <v>180</v>
       </c>
       <c r="F168" t="s">
         <v>181</v>
       </c>
       <c r="G168" t="s">
         <v>22</v>
       </c>
       <c r="H168">
         <v>1993</v>
       </c>
       <c r="I168">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="J168" t="s">
-        <v>810</v>
+        <v>819</v>
       </c>
       <c r="K168" t="s">
         <v>24</v>
       </c>
       <c r="L168" t="s">
+        <v>930</v>
+      </c>
+      <c r="M168" t="s">
         <v>925</v>
       </c>
-      <c r="M168" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N168" t="s">
         <v>27</v>
       </c>
       <c r="O168" t="s">
-        <v>926</v>
+        <v>931</v>
       </c>
       <c r="P168" t="s">
-        <v>918</v>
+        <v>927</v>
       </c>
     </row>
     <row r="169" spans="1:16">
       <c r="A169" t="s">
-        <v>927</v>
+        <v>932</v>
       </c>
       <c r="B169" t="s">
-        <v>928</v>
+        <v>933</v>
       </c>
       <c r="C169" t="s">
         <v>179</v>
       </c>
       <c r="D169" t="s">
-        <v>54</v>
+        <v>137</v>
       </c>
       <c r="E169" t="s">
         <v>180</v>
       </c>
       <c r="F169" t="s">
         <v>181</v>
       </c>
       <c r="G169" t="s">
         <v>22</v>
       </c>
       <c r="H169">
-        <v>1995</v>
+        <v>1993</v>
       </c>
       <c r="I169">
-        <v>2019</v>
+        <v>2010</v>
       </c>
       <c r="J169" t="s">
-        <v>810</v>
+        <v>819</v>
       </c>
       <c r="K169" t="s">
         <v>24</v>
       </c>
       <c r="L169" t="s">
-        <v>929</v>
+        <v>934</v>
       </c>
       <c r="M169" t="s">
-        <v>916</v>
+        <v>925</v>
       </c>
       <c r="N169" t="s">
         <v>27</v>
       </c>
       <c r="O169" t="s">
-        <v>930</v>
+        <v>935</v>
       </c>
       <c r="P169" t="s">
-        <v>918</v>
+        <v>927</v>
       </c>
     </row>
     <row r="170" spans="1:16">
       <c r="A170" t="s">
-        <v>931</v>
+        <v>936</v>
       </c>
       <c r="B170" t="s">
-        <v>932</v>
+        <v>937</v>
       </c>
       <c r="C170" t="s">
         <v>179</v>
       </c>
       <c r="D170" t="s">
-        <v>383</v>
+        <v>54</v>
       </c>
       <c r="E170" t="s">
         <v>180</v>
       </c>
       <c r="F170" t="s">
         <v>181</v>
       </c>
       <c r="G170" t="s">
         <v>22</v>
       </c>
       <c r="H170">
-        <v>1993</v>
+        <v>1995</v>
       </c>
       <c r="I170">
-        <v>2010</v>
+        <v>2019</v>
       </c>
       <c r="J170" t="s">
-        <v>810</v>
+        <v>819</v>
       </c>
       <c r="K170" t="s">
         <v>24</v>
       </c>
       <c r="L170" t="s">
-        <v>933</v>
+        <v>938</v>
       </c>
       <c r="M170" t="s">
-        <v>916</v>
+        <v>925</v>
       </c>
       <c r="N170" t="s">
         <v>27</v>
       </c>
       <c r="O170" t="s">
-        <v>934</v>
+        <v>939</v>
       </c>
       <c r="P170" t="s">
-        <v>918</v>
+        <v>927</v>
       </c>
     </row>
     <row r="171" spans="1:16">
       <c r="A171" t="s">
-        <v>935</v>
+        <v>940</v>
       </c>
       <c r="B171" t="s">
-        <v>936</v>
+        <v>941</v>
       </c>
       <c r="C171" t="s">
         <v>179</v>
       </c>
       <c r="D171" t="s">
         <v>383</v>
       </c>
       <c r="E171" t="s">
         <v>180</v>
       </c>
       <c r="F171" t="s">
         <v>181</v>
       </c>
       <c r="G171" t="s">
         <v>22</v>
       </c>
       <c r="H171">
         <v>1993</v>
       </c>
       <c r="I171">
-        <v>2013</v>
+        <v>2010</v>
       </c>
       <c r="J171" t="s">
-        <v>810</v>
+        <v>819</v>
       </c>
       <c r="K171" t="s">
         <v>24</v>
       </c>
       <c r="L171" t="s">
-        <v>937</v>
+        <v>942</v>
       </c>
       <c r="M171" t="s">
-        <v>916</v>
+        <v>925</v>
       </c>
       <c r="N171" t="s">
         <v>27</v>
       </c>
       <c r="O171" t="s">
-        <v>938</v>
+        <v>943</v>
       </c>
       <c r="P171" t="s">
-        <v>939</v>
+        <v>927</v>
       </c>
     </row>
     <row r="172" spans="1:16">
       <c r="A172" t="s">
-        <v>940</v>
+        <v>944</v>
       </c>
       <c r="B172" t="s">
-        <v>941</v>
+        <v>945</v>
       </c>
       <c r="C172" t="s">
         <v>179</v>
       </c>
       <c r="D172" t="s">
-        <v>143</v>
+        <v>383</v>
       </c>
       <c r="E172" t="s">
         <v>180</v>
       </c>
       <c r="F172" t="s">
         <v>181</v>
       </c>
       <c r="G172" t="s">
         <v>22</v>
       </c>
       <c r="H172">
         <v>1993</v>
       </c>
       <c r="I172">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="J172" t="s">
-        <v>810</v>
+        <v>819</v>
       </c>
       <c r="K172" t="s">
         <v>24</v>
       </c>
-      <c r="L172"/>
+      <c r="L172" t="s">
+        <v>946</v>
+      </c>
       <c r="M172" t="s">
-        <v>916</v>
+        <v>925</v>
       </c>
       <c r="N172" t="s">
         <v>27</v>
       </c>
       <c r="O172" t="s">
-        <v>942</v>
+        <v>947</v>
       </c>
       <c r="P172" t="s">
-        <v>918</v>
+        <v>948</v>
       </c>
     </row>
     <row r="173" spans="1:16">
       <c r="A173" t="s">
-        <v>943</v>
+        <v>949</v>
       </c>
       <c r="B173" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="C173" t="s">
         <v>179</v>
       </c>
       <c r="D173" t="s">
-        <v>847</v>
+        <v>143</v>
       </c>
       <c r="E173" t="s">
         <v>180</v>
       </c>
       <c r="F173" t="s">
         <v>181</v>
       </c>
       <c r="G173" t="s">
         <v>22</v>
       </c>
       <c r="H173">
         <v>1993</v>
       </c>
       <c r="I173">
         <v>2016</v>
       </c>
       <c r="J173" t="s">
-        <v>810</v>
+        <v>819</v>
       </c>
       <c r="K173" t="s">
         <v>24</v>
       </c>
-      <c r="L173" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L173"/>
       <c r="M173" t="s">
-        <v>916</v>
+        <v>925</v>
       </c>
       <c r="N173" t="s">
         <v>27</v>
       </c>
       <c r="O173" t="s">
-        <v>946</v>
+        <v>951</v>
       </c>
       <c r="P173" t="s">
-        <v>918</v>
+        <v>927</v>
       </c>
     </row>
     <row r="174" spans="1:16">
       <c r="A174" t="s">
-        <v>947</v>
+        <v>952</v>
       </c>
       <c r="B174" t="s">
-        <v>948</v>
+        <v>953</v>
       </c>
       <c r="C174" t="s">
         <v>179</v>
       </c>
       <c r="D174" t="s">
-        <v>143</v>
+        <v>856</v>
       </c>
       <c r="E174" t="s">
         <v>180</v>
       </c>
       <c r="F174" t="s">
         <v>181</v>
       </c>
       <c r="G174" t="s">
         <v>22</v>
       </c>
       <c r="H174">
         <v>1993</v>
       </c>
       <c r="I174">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="J174" t="s">
-        <v>810</v>
+        <v>819</v>
       </c>
       <c r="K174" t="s">
         <v>24</v>
       </c>
       <c r="L174" t="s">
-        <v>949</v>
+        <v>954</v>
       </c>
       <c r="M174" t="s">
-        <v>916</v>
+        <v>925</v>
       </c>
       <c r="N174" t="s">
         <v>27</v>
       </c>
       <c r="O174" t="s">
-        <v>950</v>
+        <v>955</v>
       </c>
       <c r="P174" t="s">
-        <v>918</v>
+        <v>927</v>
       </c>
     </row>
     <row r="175" spans="1:16">
       <c r="A175" t="s">
-        <v>951</v>
+        <v>956</v>
       </c>
       <c r="B175" t="s">
-        <v>952</v>
+        <v>957</v>
       </c>
       <c r="C175" t="s">
         <v>179</v>
       </c>
       <c r="D175" t="s">
-        <v>117</v>
+        <v>143</v>
       </c>
       <c r="E175" t="s">
         <v>180</v>
       </c>
       <c r="F175" t="s">
         <v>181</v>
       </c>
       <c r="G175" t="s">
         <v>22</v>
       </c>
-      <c r="H175"/>
+      <c r="H175">
+        <v>1993</v>
+      </c>
       <c r="I175">
         <v>2010</v>
       </c>
       <c r="J175" t="s">
-        <v>810</v>
+        <v>819</v>
       </c>
       <c r="K175" t="s">
-        <v>119</v>
-[...1 lines deleted...]
-      <c r="L175"/>
+        <v>24</v>
+      </c>
+      <c r="L175" t="s">
+        <v>958</v>
+      </c>
       <c r="M175" t="s">
-        <v>916</v>
+        <v>925</v>
       </c>
       <c r="N175" t="s">
-        <v>865</v>
+        <v>27</v>
       </c>
       <c r="O175" t="s">
-        <v>953</v>
+        <v>959</v>
       </c>
       <c r="P175" t="s">
-        <v>939</v>
+        <v>927</v>
       </c>
     </row>
     <row r="176" spans="1:16">
       <c r="A176" t="s">
-        <v>954</v>
+        <v>960</v>
       </c>
       <c r="B176" t="s">
-        <v>955</v>
+        <v>961</v>
       </c>
       <c r="C176" t="s">
         <v>179</v>
       </c>
       <c r="D176" t="s">
-        <v>544</v>
+        <v>117</v>
       </c>
       <c r="E176" t="s">
         <v>180</v>
       </c>
       <c r="F176" t="s">
         <v>181</v>
       </c>
       <c r="G176" t="s">
         <v>22</v>
       </c>
-      <c r="H176">
-[...1 lines deleted...]
-      </c>
+      <c r="H176"/>
       <c r="I176">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="J176" t="s">
-        <v>810</v>
+        <v>819</v>
       </c>
       <c r="K176" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>119</v>
+      </c>
+      <c r="L176"/>
       <c r="M176" t="s">
-        <v>916</v>
+        <v>925</v>
       </c>
       <c r="N176" t="s">
-        <v>27</v>
+        <v>874</v>
       </c>
       <c r="O176" t="s">
-        <v>957</v>
+        <v>962</v>
       </c>
       <c r="P176" t="s">
-        <v>939</v>
+        <v>948</v>
       </c>
     </row>
     <row r="177" spans="1:16">
       <c r="A177" t="s">
-        <v>958</v>
+        <v>963</v>
       </c>
       <c r="B177" t="s">
-        <v>959</v>
+        <v>964</v>
       </c>
       <c r="C177" t="s">
         <v>179</v>
       </c>
       <c r="D177" t="s">
-        <v>32</v>
+        <v>544</v>
       </c>
       <c r="E177" t="s">
         <v>180</v>
       </c>
       <c r="F177" t="s">
         <v>181</v>
       </c>
       <c r="G177" t="s">
         <v>22</v>
       </c>
       <c r="H177">
+        <v>1997</v>
+      </c>
+      <c r="I177">
+        <v>2011</v>
+      </c>
+      <c r="J177" t="s">
+        <v>819</v>
+      </c>
+      <c r="K177" t="s">
+        <v>24</v>
+      </c>
+      <c r="L177" t="s">
+        <v>965</v>
+      </c>
+      <c r="M177" t="s">
+        <v>925</v>
+      </c>
+      <c r="N177" t="s">
+        <v>27</v>
+      </c>
+      <c r="O177" t="s">
+        <v>966</v>
+      </c>
+      <c r="P177" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="178" spans="1:16">
+      <c r="A178" t="s">
+        <v>967</v>
+      </c>
+      <c r="B178" t="s">
+        <v>968</v>
+      </c>
+      <c r="C178" t="s">
+        <v>179</v>
+      </c>
+      <c r="D178" t="s">
+        <v>32</v>
+      </c>
+      <c r="E178" t="s">
+        <v>180</v>
+      </c>
+      <c r="F178" t="s">
+        <v>181</v>
+      </c>
+      <c r="G178" t="s">
+        <v>22</v>
+      </c>
+      <c r="H178">
         <v>2010</v>
       </c>
-      <c r="I177">
+      <c r="I178">
         <v>2017</v>
       </c>
-      <c r="J177" t="s">
-[...18 lines deleted...]
-        <v>918</v>
+      <c r="J178" t="s">
+        <v>819</v>
+      </c>
+      <c r="K178" t="s">
+        <v>24</v>
+      </c>
+      <c r="L178" t="s">
+        <v>969</v>
+      </c>
+      <c r="M178" t="s">
+        <v>925</v>
+      </c>
+      <c r="N178" t="s">
+        <v>27</v>
+      </c>
+      <c r="O178" t="s">
+        <v>970</v>
+      </c>
+      <c r="P178" t="s">
+        <v>927</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">