--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,740 +12,1015 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="217">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="306">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Conpet Seal Gas stoves and ovens</t>
   </si>
   <si>
+    <t>Gas stoves and ovens</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>NBR 13723 1/1999 parte 1, NBR 13723 2/1999 parte 2, NBR 14583/2000</t>
   </si>
   <si>
     <t>National Program of Rational Use of Oil and Natural Gas (Conpet)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/conpet-seal-gas-stoves-and-ovens</t>
   </si>
   <si>
+    <t>https://thebrazilbusiness.com/article/energy-efficiency-labeling-in-brazil</t>
+  </si>
+  <si>
     <t>Efficiency Policy for Deep Freezers</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for deep freezers being manufactured, commercially purchased, or sold in India. It applies to deep freezers of the vapour compression type having a storage volume of up to and including 1000 litres.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IS 7872 (all amendments)</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficiency-policy-deep-freezers</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Deep_Freezer_Regulations.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Ceiling Fans</t>
   </si>
   <si>
+    <t>This policy defines star labeling requirements and minimum energy performance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans</t>
   </si>
   <si>
     <t>IS 374:2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-ceiling-fans</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/sites/default/files/CFN_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Color Televisions (Color TV)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for every colour television with native resolution up to 1920 x 1080 pixels, of cathode ray tube (CRT), liquid crystal display (LCD) with cold cathode fluorescent lamp backlight, and plasma technologies type, and liquid crystal display with light emitting diode backlight, excluding computer monitors being manufactured, commercially purchased or sold in India. The policy is revised in the year of 2022.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62301 (Ed 2.0), IEC 62087 (Ed 3.0), IS 13384:1992 (part 1, 2), IS 13900:1993, IS 616:2010/IEC 60065:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-color-televisions-color-tv</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/CTV_notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Direct Cool Refrigerator</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for electric mains powered direct cool refrigerating appliance of the vapour compression type intended for household and similar use being manufactures; imported; or sold in India. From January 2020, a revised star rating table will be in effect and ratcheted up by 1 star.
+This policy was revised in 2014, 2017 and 2020.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IS 1476 (Part-I): 2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-direct-cool-refrigerator</t>
   </si>
   <si>
+    <t>https://www.tuv.com/content-media-files/master-content/rs/Attachments/987_F_BEESLBEE_SLBEESL_AlertsGazette%20Notification%20regarding%20DCR%20and%20FFR_194090.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Distribution Transformers (DT)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling requirements for oil immersed, naturally air cooled, three phase, and double wound non sealed type out door distribution transformer. The standard ratings covered under the pilot scheme are 16, 25, 63, 100, 160 and 200 kVA and non standard ratings from 16 kVA to 200 kVA.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IS 2026 (part I, II, III):1977, IS 1180 (part I):2014, IS 2500 (part I):2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-distribution-transformers-dt</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DTnoti.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Frost-Free Refrigerators</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for electric mains powered Frost-Free refrigerating appliances cooled by internal natural convection (Direct Cool) or forced air circulation (Frost Free) that are manufactured, commercially purchased, sold or imported in India.</t>
+  </si>
+  <si>
     <t>IS 17550</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-frost-free-refrigerators</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/FFRnoti.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Cassette, Floor Standing Tower, Ceiling, Corner AC)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for Single-phase split and unitary air conditioners of the vapour compression type for household use up to a rated cooling capacity of 10.5 kW.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>IS 1391 (part II)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-cassette-floor-standing-tower-ceiling</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/AC_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Fixed Speed)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling for fixed speed unitary and split ACs.</t>
+  </si>
+  <si>
     <t>IS 1391 (part I), IS 1391 (part II)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-fixed-speed</t>
   </si>
   <si>
-    <t>Energy Efficiency Policy for Room Air Conditioners (Split Air Conditioners)</t>
-[...2 lines deleted...]
-    <t>Space Heating and Space Cooling, Room ACs - Stationary ACs</t>
+    <t>http://egazette.nic.in/WriteReadData/2017/177975.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Self-Ballasted LED Lamps</t>
+  </si>
+  <si>
+    <t>This schedule specifies the MEPS and labeling instructions for self-ballasted general service LED lamps for general lighting services that works on single phase ac supply up to and including 250V, 50Hz.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>June 2024</t>
+  </si>
+  <si>
+    <t>IS 16102 (part 2)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-self-ballasted-led-lamps</t>
+  </si>
+  <si>
+    <t>https://www.beestarlabel.com/Content/Files/2_Amendment_IV_14a.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>This policy specifies the MEPS and labeling instructions for specifies following single phase electric storage water heaters up to 200 litres, for household and similar purposes and intended for heating water below boiling temperature, their rated voltage being not more than 250 V, namely:
+(a) Closed waters heaters:
+(b) Cistern-fed water heaters;
+(c) Cistern-type water heaters;
+(d) Open-outlet water heaters; and
+(e) Vented water heaters</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>IS 2082:1993 and clause 15 of IS 302-2-21:2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-storage-water-heaters</t>
+  </si>
+  <si>
+    <t>https://www.beestarlabel.com/Content/Files/GeyserNote.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Tubular Fluorescent Lamps (TFL)</t>
+  </si>
+  <si>
+    <t>The policy specifies the tubular fluorescent lamps for general lighting services covering all wattages with nominal dimension starting from 1100 millimeter and upto1500 millimeter covering color temperature of 6500 kelvin for halo-phosphate category, and 2700 kelvin, 4000 kelvin and 6500 kelvin  tri-phosphate lamps categories for display of particulars on label.</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>IS 2418 (part 1 and 2) -1977 with all amendments</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-tubular-fluorescent-lamps-tfl</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Files/TFLnoti_New.pdf</t>
+  </si>
+  <si>
+    <t>Inmetro Ordinance No. 17 of 14 January 2022</t>
+  </si>
+  <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for compact fluorescent lamps with integrated ballasts.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-17-14-january-2022</t>
+  </si>
+  <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-17-de-14-de-janeiro-de-2022-374166541</t>
+  </si>
+  <si>
+    <t>Inmetro Ordinance No. 170 of 05 April 2019</t>
+  </si>
+  <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for household washing machines.</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-170-05-april-2019</t>
+  </si>
+  <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-170-de-5-de-abril-de-2019-71924511</t>
+  </si>
+  <si>
+    <t>Inmetro Ordinance No. 234 of 29 June 2020</t>
+  </si>
+  <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for monoblock, window, and wall split air conditioners.</t>
+  </si>
+  <si>
+    <t>NBR 5858 NBR 5882 NBR 12010.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-234-29-june-2020</t>
+  </si>
+  <si>
+    <t>https://www.gov.br/inmetro/pt-br/centrais-de-conteudo/publicacoes/portaria-234-29-de-junho-de-2020.pdf</t>
+  </si>
+  <si>
+    <t>Inmetro Ordinance No. 267 of 22 June 2021</t>
+  </si>
+  <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for commercial electric ovens.</t>
+  </si>
+  <si>
+    <t>Ovens</t>
+  </si>
+  <si>
+    <t>NBR NM 60335-1 / IEC 60335-2-36 / IEC 60335-2-42 / IEC 60335-2-102</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-267-22-june-2021</t>
+  </si>
+  <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-267-de-22-de-junho-de-2021-328227052</t>
+  </si>
+  <si>
+    <t>Inmetro Ordinance No. 268 of 22 June 2021</t>
+  </si>
+  <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for microwave ovens.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-268-22-june-2021</t>
+  </si>
+  <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-268-de-22-de-junho-2021-328222087</t>
+  </si>
+  <si>
+    <t>Inmetro Ordinance No. 299 of 09 July 2021</t>
+  </si>
+  <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for table, wall, pedestal, and air circulation fans.</t>
+  </si>
+  <si>
+    <t>Portable Fans</t>
+  </si>
+  <si>
+    <t>ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010; IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; NBR 5891</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-299-09-july-2021</t>
+  </si>
+  <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-299-de-9-de-julho-de-2021-331562798</t>
+  </si>
+  <si>
+    <t>Inmetro Ordinance No. 319 of 23 July 2021</t>
+  </si>
+  <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for pumps.
+It covers closed, open and semi-open rotor pumps, self-aspiring centrifugal pumps, multi-stage pumps with horizontal or vertical axis, up to 25 HP for three-phase monoblock centrifugal pumps, and up to 15 HP for single phase monoblock centrifugal pumps.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>ISO 9906:2012 / ABNT NBR 17094-1:2018 / ABNT NBR 17094-2:2018</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-319-23-july-2021</t>
+  </si>
+  <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-319-de-23-de-julho-de-2021-334087813</t>
+  </si>
+  <si>
+    <t>Inmetro Ordinance No. 332 of 2 August 2021</t>
+  </si>
+  <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for household refrigerators, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>IEC 62552:2007 + Ed. 1.0; IEC 62552-1:2020; IEC 60335-1:2010 + A1:2013; IEC 60335-2-24:2010 + A1:2012; ABNT NBR NM 247-1:2002</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-332-2-august-2021</t>
+  </si>
+  <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-332-de-2-de-agosto-de-2021-336061973</t>
+  </si>
+  <si>
+    <t>Inmetro Ordinance No. 377 of 14 September 2021</t>
+  </si>
+  <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for televisions.</t>
+  </si>
+  <si>
+    <t>ABNT NBR IEC 60065:2009 / CISPR 32: 2012 / IEC PAS 62825:2013 / IEC 62087:2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-377-14-september-2021</t>
+  </si>
+  <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-377-de-14-de-setembro-de-2021-345136102</t>
+  </si>
+  <si>
+    <t>Inmetro Ordinance No. 382 of 17 September 2021</t>
+  </si>
+  <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for distribution transformers in insulating liquid.</t>
+  </si>
+  <si>
+    <t>Distribution Transformers</t>
+  </si>
+  <si>
+    <t>ABNT NBR ISO/IEC 17025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-382-17-september-2021</t>
+  </si>
+  <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-382-de-17-de-setembro-de-2021-346341931</t>
+  </si>
+  <si>
+    <t>Inmetro Ordinance No. 420 of 04 October 2021</t>
+  </si>
+  <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for solar water heating equipment.</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>ABNT NBR 15747-1:2009 / ABNT NBR 15747-2:2009 / ASTM G155:13 / ISO 9806:2017 / ISO 9459-2:1995</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Off-Grid</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-420-04-october-2021</t>
+  </si>
+  <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-420-de-4-de-outubro-de-2021-352019240</t>
+  </si>
+  <si>
+    <t>Inmetro Ordinance No. 69 of 16 February 2022</t>
+  </si>
+  <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for integrated LED lamps.</t>
+  </si>
+  <si>
+    <t>IEC-TR62380; IESNA LM-80-08; ANSI /UL 1993-1999</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-69-16-february-2022</t>
+  </si>
+  <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-69-de-16-de-fevereiro-de-2022-382712930</t>
+  </si>
+  <si>
+    <t>Inmetro Ordinance No. 8 of 05 January 2022</t>
+  </si>
+  <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for gas stoves and ovens for household use.</t>
+  </si>
+  <si>
+    <t>ABNT NBR 13723-1:2003 /  ABNT NBR 14698 and ABNT NBR 13866 / ABNT NBR 15076:2004 / ABNT NBR 7195</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-8-05-january-2022</t>
+  </si>
+  <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-8-de-5-de-janeiro-de-2022-375029861</t>
+  </si>
+  <si>
+    <t>MME Resolution No. 1 of 29 April 2022</t>
+  </si>
+  <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for air conditioners, including monoblock, window, wall split, floor-ceiling, and cassette type.</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...202 lines deleted...]
-  <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mme-resolution-no-1-29-april-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/resolucao-n-1-de-29-de-abril-de-2022-396910853</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 1.007 of 31 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for incandescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-1007-31-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_1007-2010-lampadas-incandescentes.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 1.008 of 31 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for compact fluorescent lamps (CFLs).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-1008-31-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_1008-2010-lampadas-fluorescentes-compactas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 324 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for gas water heaters, both instantaneous and storage.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-324-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_324-2011-aquecedores-de-agua-a-gas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 325 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for ovens.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-325-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_325-2011-fornos-e-fogoes-a-gas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 1 of 14 May 2018</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for household refrigerators, freezers, and refrigerator-freezers. This policy has been replaced by  Ordinance No. 2 of 29 December 2022. Select 'see more' below for a link to the new policy.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctimdic-ordinance-no-1-14-may-2018</t>
   </si>
   <si>
+    <t>http://antigo.mme.gov.br/documents/36193/72181/2018+-+Portaria+Interministerial+MME-MCTIC-MDIC+n_1-2018+-+Refrigeradores+e+Congeladores.pdf/879c8ad6-ae08-8496-553e-9388668cd571</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 1 of 29 June 2017</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for 3-phase squirrel cage electric motors.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>ABNT NBR 17094-1 / ABNT NBR 5383-1 / ABNT NBR 5110 / ABNT NBR IEC 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctimdic-ordinance-no-1-29-june-2017</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2017-portaria-interministerial-mme-mctic-mdic-n_1-2017-motores-eletricos-trifasicos.pdf</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 2 of 29 June 2017</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for household ceiling fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>NBR NM-IEC 335-1 / 1998; IEC 60335-2-80 / 1997; NBR 14532/2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctimdic-ordinance-no-2-29-june-2017</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2017-portaria-interministerial-mme-mctic-mdic-n_2-2017-ventiladores-de-teto.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Air Conditioners</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for window and split type room air conditioners.</t>
+  </si>
+  <si>
     <t>NBR 5858, NBR 5882, NBR 12010.</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Procel Seal - CFLs with Integrated Ballasts</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for compact fluorescent lamps (CFLs) with integrated ballasts.</t>
+  </si>
+  <si>
     <t>CIE 84:1989, IEC 60081, IEC 60901, IEC 60969, NBR 14538, NBR 14539, NBR IEC 60061-1, NBR 14671</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-cfls-integrated-ballasts</t>
   </si>
   <si>
     <t>Procel Seal - Clothes Washers</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for washing machines.</t>
+  </si>
+  <si>
     <t>Projeto de Norma ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-clothes-washers</t>
   </si>
   <si>
     <t>Procel Seal - Electric Motors</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electric motors.</t>
+  </si>
+  <si>
     <t>NBR 17094 NBR 5383-1 NBR 5110 e NBR ISO 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-electric-motors</t>
   </si>
   <si>
     <t>Procel Seal - Electromagnetic Ballasts for Sodium Vapor Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electromagnetic ballasts for sodium vapor lamps.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>NBR 13593 NBR 14305</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-electromagnetic-ballasts-sodium-vapor-lamps</t>
   </si>
   <si>
     <t>Procel Seal - Electronic Ballasts for Tubular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electronic ballasts for tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>NBR 5114 NBR 5172</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-electronic-ballasts-tubular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Procel Seal - LED Lamps with Integrated Control Device</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED lamps with a control device integrated to the base.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-led-lamps-integrated-control-device</t>
   </si>
   <si>
     <t>Procel Seal - Refrigerators, Freezers, Refrigerator-Freezers</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for refrigerators, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>ISO 7371, ISO 8187, ISO 5155, ISO 8561</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-refrigerators-freezers-refrigerator-freezers</t>
   </si>
   <si>
     <t>Procel Seal - Sodium Vapor Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for sodium vapor lamps.</t>
+  </si>
+  <si>
     <t>NBR IEC 60662, NBR 13593, NBR 5461, NBR IEC 60061-1, ABNT NBR IEC 60238, ABNT NBR 5426</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-sodium-vapor-lamps</t>
   </si>
   <si>
     <t>Procel Seal - Systems and Equipment for Solar Water Heating</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for solar collectors and thermal reservoirs.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-systems-and-equipment-solar-water-heating</t>
   </si>
   <si>
     <t>Procel Seal - Table and Ceiling Fans</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for table and ceiling fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>NBR NM-IEC-335-1/ 1998; IEC 60335-2-80 / 1997; NBR 14532 : 2003; Energy Star / 2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-table-and-ceiling-fans</t>
   </si>
   <si>
     <t>Procel Seal - Televisions</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for televisions.</t>
+  </si>
+  <si>
     <t>IEC 60065 Ed. 7.1 2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-televisions</t>
   </si>
   <si>
     <t>Schedule 12 - Washing Machines</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for all types of washing machines covered under the scope of IEC 60456 and IS 302-2-7 meant for household and similar use, being manufactured, imported and sold in India. The label is voluntary until December 31, 2020, and is expected to become mandatory in 2021.</t>
+  </si>
+  <si>
     <t>IEC 60456:2010, IS 302-7-7:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-12-washing-machines</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule12-WM.pdf</t>
+  </si>
+  <si>
     <t>Schedule 15 - Ballasts</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for ballasts covering electromagnetic ballasts and electronic ballasts for single and double capped tubular fluorescent lamps (TFL).</t>
+  </si>
+  <si>
     <t>IS 1534 (Part 1):1977, IS 13021 (Part 1 &amp; 2):1991</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-15-ballasts</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule-15ballast.pdf</t>
+  </si>
+  <si>
     <t>Schedule 18 - Diesel Generator Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the star labeling requirements for various classifications for the application, rating and performance of single/three phase Diesel Generating sets consisting of a Reciprocating Internal Combustion (RIC) engine driven by diesel as fuel, Alternating Current (a.c.) generator, any associated control gear, switchgear and auxiliary equipment. It applies to A. C. generating sets driven by RIC engines for land and marine use being manufactured, imported or sold in India. It excludes generating sets used on aircraft or to propel land vehicles and Locomotives. Diesel Generating (DG) Sets up to 19 kW ratings are covered under pilot energy labeling scheme for single/three phase DG Sets.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>Oil</t>
   </si>
   <si>
     <t>IS 10000, IS 10001, IS 13364, IS 4889:1968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-18-diesel-generator-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DG%20Set%20schedule.pdf</t>
+  </si>
+  <si>
     <t>Schedule 24 - Light Commercial Air Conditioners</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for light commercial air conditioners being manufactured and sold in India. The policy applies to single or three-phase non-ducted split with fixed and variable-speeds air conditioners and heat pumps employing air-cooled condensers with a rated capacity above 10,500 Watts and up to and including 18,000 Watts.</t>
+  </si>
+  <si>
     <t>IS 1391 (Part 2): 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-24-light-commercial-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule_24_LCAC.pdf</t>
+  </si>
+  <si>
     <t>Schedule 7 - Agricultural Pump Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for single phase of rating up to 2.2 kW and three phase pump sets of ratings 1. kW to 75 kW covering Electric mono set pumps, submersible pump sets and open well submersible pump sets</t>
+  </si>
+  <si>
     <t>Agricultural Pumps</t>
   </si>
   <si>
     <t>IS 9079:2002, IS 8034:2002, IS 14220:1994, IS 11346:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-7-agricultural-pump-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule7-APS.pdf</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficient-products-wep-i</t>
+  </si>
+  <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1009,2415 +1284,2688 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N53"/>
+  <dimension ref="A1:P52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="122" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="149" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="122.542" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="836.367" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="148.535" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="208.663" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2008</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2011</v>
       </c>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="L2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="M2" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="F3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2023</v>
+        <v>35</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
       </c>
       <c r="H3">
         <v>2023</v>
       </c>
-      <c r="I3" t="s">
-        <v>31</v>
+      <c r="I3">
+        <v>2023</v>
       </c>
       <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
         <v>32</v>
       </c>
-      <c r="K3" t="s">
-[...2 lines deleted...]
-      <c r="L3" t="s">
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
         <v>34</v>
       </c>
-      <c r="M3" t="s">
+      <c r="F4" t="s">
+        <v>35</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4">
+        <v>2024</v>
+      </c>
+      <c r="J4" t="s">
+        <v>36</v>
+      </c>
+      <c r="K4" t="s">
+        <v>37</v>
+      </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>39</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" t="s">
+        <v>35</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5">
+        <v>2024</v>
+      </c>
+      <c r="J5" t="s">
+        <v>36</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5" t="s">
+        <v>51</v>
+      </c>
+      <c r="M5" t="s">
+        <v>39</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>56</v>
+      </c>
+      <c r="E6" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" t="s">
+        <v>35</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2007</v>
+      </c>
+      <c r="I6">
+        <v>2020</v>
+      </c>
+      <c r="J6" t="s">
+        <v>57</v>
+      </c>
+      <c r="K6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
+        <v>39</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>63</v>
+      </c>
+      <c r="E7" t="s">
+        <v>34</v>
+      </c>
+      <c r="F7" t="s">
+        <v>35</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2009</v>
+      </c>
+      <c r="I7">
+        <v>2023</v>
+      </c>
+      <c r="J7" t="s">
+        <v>36</v>
+      </c>
+      <c r="K7" t="s">
+        <v>37</v>
+      </c>
+      <c r="L7" t="s">
+        <v>64</v>
+      </c>
+      <c r="M7" t="s">
+        <v>39</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>56</v>
+      </c>
+      <c r="E8" t="s">
+        <v>34</v>
+      </c>
+      <c r="F8" t="s">
+        <v>35</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2006</v>
+      </c>
+      <c r="I8">
+        <v>2024</v>
+      </c>
+      <c r="J8" t="s">
+        <v>36</v>
+      </c>
+      <c r="K8" t="s">
+        <v>37</v>
+      </c>
+      <c r="L8" t="s">
+        <v>69</v>
+      </c>
+      <c r="M8" t="s">
+        <v>39</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>70</v>
+      </c>
+      <c r="P8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>72</v>
+      </c>
+      <c r="B9" t="s">
+        <v>73</v>
+      </c>
+      <c r="C9" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9" t="s">
+        <v>74</v>
+      </c>
+      <c r="E9" t="s">
+        <v>34</v>
+      </c>
+      <c r="F9" t="s">
+        <v>35</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2011</v>
+      </c>
+      <c r="I9">
+        <v>2022</v>
+      </c>
+      <c r="J9" t="s">
+        <v>57</v>
+      </c>
+      <c r="K9" t="s">
+        <v>37</v>
+      </c>
+      <c r="L9" t="s">
+        <v>75</v>
+      </c>
+      <c r="M9" t="s">
+        <v>39</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>76</v>
+      </c>
+      <c r="P9" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>78</v>
+      </c>
+      <c r="B10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
+        <v>74</v>
+      </c>
+      <c r="E10" t="s">
+        <v>34</v>
+      </c>
+      <c r="F10" t="s">
+        <v>35</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2007</v>
+      </c>
+      <c r="I10">
+        <v>2024</v>
+      </c>
+      <c r="J10" t="s">
+        <v>36</v>
+      </c>
+      <c r="K10" t="s">
+        <v>37</v>
+      </c>
+      <c r="L10" t="s">
+        <v>80</v>
+      </c>
+      <c r="M10" t="s">
+        <v>39</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>81</v>
+      </c>
+      <c r="P10" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>83</v>
+      </c>
+      <c r="B11" t="s">
+        <v>84</v>
+      </c>
+      <c r="C11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
+        <v>85</v>
+      </c>
+      <c r="E11" t="s">
+        <v>34</v>
+      </c>
+      <c r="F11" t="s">
+        <v>35</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2015</v>
+      </c>
+      <c r="I11">
+        <v>2023</v>
+      </c>
+      <c r="J11" t="s">
+        <v>86</v>
+      </c>
+      <c r="K11" t="s">
+        <v>37</v>
+      </c>
+      <c r="L11" t="s">
+        <v>87</v>
+      </c>
+      <c r="M11" t="s">
+        <v>39</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>88</v>
+      </c>
+      <c r="P11" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>90</v>
+      </c>
+      <c r="B12" t="s">
+        <v>91</v>
+      </c>
+      <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
+        <v>92</v>
+      </c>
+      <c r="E12" t="s">
+        <v>34</v>
+      </c>
+      <c r="F12" t="s">
+        <v>35</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12">
+        <v>2022</v>
+      </c>
+      <c r="J12" t="s">
+        <v>36</v>
+      </c>
+      <c r="K12" t="s">
+        <v>37</v>
+      </c>
+      <c r="L12" t="s">
+        <v>93</v>
+      </c>
+      <c r="M12" t="s">
+        <v>39</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>94</v>
+      </c>
+      <c r="P12" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>96</v>
+      </c>
+      <c r="B13" t="s">
+        <v>97</v>
+      </c>
+      <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
+        <v>98</v>
+      </c>
+      <c r="E13" t="s">
+        <v>34</v>
+      </c>
+      <c r="F13" t="s">
+        <v>35</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13">
+        <v>2018</v>
+      </c>
+      <c r="J13" t="s">
+        <v>57</v>
+      </c>
+      <c r="K13" t="s">
+        <v>37</v>
+      </c>
+      <c r="L13" t="s">
+        <v>99</v>
+      </c>
+      <c r="M13" t="s">
+        <v>39</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>100</v>
+      </c>
+      <c r="P13" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>102</v>
+      </c>
+      <c r="B14" t="s">
+        <v>103</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>104</v>
+      </c>
+      <c r="E14" t="s">
+        <v>34</v>
+      </c>
+      <c r="F14" t="s">
+        <v>105</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2006</v>
+      </c>
+      <c r="I14">
+        <v>2022</v>
+      </c>
+      <c r="J14" t="s">
+        <v>106</v>
+      </c>
+      <c r="K14" t="s">
+        <v>37</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>107</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>108</v>
+      </c>
+      <c r="P14" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>110</v>
+      </c>
+      <c r="B15" t="s">
+        <v>111</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>112</v>
+      </c>
+      <c r="E15" t="s">
+        <v>34</v>
+      </c>
+      <c r="F15" t="s">
+        <v>105</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>1984</v>
+      </c>
+      <c r="I15">
+        <v>2019</v>
+      </c>
+      <c r="J15" t="s">
+        <v>106</v>
+      </c>
+      <c r="K15" t="s">
+        <v>37</v>
+      </c>
+      <c r="L15" t="s">
+        <v>113</v>
+      </c>
+      <c r="M15" t="s">
+        <v>107</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>114</v>
+      </c>
+      <c r="P15" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>116</v>
+      </c>
+      <c r="B16" t="s">
+        <v>117</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>74</v>
+      </c>
+      <c r="E16" t="s">
+        <v>34</v>
+      </c>
+      <c r="F16" t="s">
+        <v>105</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2008</v>
+      </c>
+      <c r="I16">
+        <v>2020</v>
+      </c>
+      <c r="J16" t="s">
+        <v>106</v>
+      </c>
+      <c r="K16" t="s">
+        <v>37</v>
+      </c>
+      <c r="L16" t="s">
+        <v>118</v>
+      </c>
+      <c r="M16" t="s">
+        <v>107</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>119</v>
+      </c>
+      <c r="P16" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>121</v>
+      </c>
+      <c r="B17" t="s">
+        <v>122</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>123</v>
+      </c>
+      <c r="E17" t="s">
+        <v>34</v>
+      </c>
+      <c r="F17" t="s">
+        <v>105</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2008</v>
+      </c>
+      <c r="I17">
+        <v>2021</v>
+      </c>
+      <c r="J17" t="s">
+        <v>106</v>
+      </c>
+      <c r="K17" t="s">
+        <v>37</v>
+      </c>
+      <c r="L17" t="s">
+        <v>124</v>
+      </c>
+      <c r="M17" t="s">
+        <v>107</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>125</v>
+      </c>
+      <c r="P17" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>127</v>
+      </c>
+      <c r="B18" t="s">
+        <v>128</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>129</v>
+      </c>
+      <c r="E18" t="s">
+        <v>34</v>
+      </c>
+      <c r="F18" t="s">
+        <v>105</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2011</v>
+      </c>
+      <c r="I18">
+        <v>2021</v>
+      </c>
+      <c r="J18" t="s">
+        <v>106</v>
+      </c>
+      <c r="K18" t="s">
+        <v>37</v>
+      </c>
+      <c r="L18" t="s">
+        <v>130</v>
+      </c>
+      <c r="M18" t="s">
+        <v>107</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>131</v>
+      </c>
+      <c r="P18" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>133</v>
+      </c>
+      <c r="B19" t="s">
+        <v>134</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>135</v>
+      </c>
+      <c r="E19" t="s">
+        <v>34</v>
+      </c>
+      <c r="F19" t="s">
+        <v>105</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2008</v>
+      </c>
+      <c r="I19">
+        <v>2021</v>
+      </c>
+      <c r="J19" t="s">
+        <v>106</v>
+      </c>
+      <c r="K19" t="s">
+        <v>37</v>
+      </c>
+      <c r="L19" t="s">
+        <v>136</v>
+      </c>
+      <c r="M19" t="s">
+        <v>107</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>137</v>
+      </c>
+      <c r="P19" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>139</v>
+      </c>
+      <c r="B20" t="s">
+        <v>140</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>141</v>
+      </c>
+      <c r="E20" t="s">
+        <v>34</v>
+      </c>
+      <c r="F20" t="s">
+        <v>105</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2010</v>
+      </c>
+      <c r="I20">
+        <v>2021</v>
+      </c>
+      <c r="J20" t="s">
+        <v>106</v>
+      </c>
+      <c r="K20" t="s">
+        <v>37</v>
+      </c>
+      <c r="L20" t="s">
+        <v>142</v>
+      </c>
+      <c r="M20" t="s">
+        <v>107</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>143</v>
+      </c>
+      <c r="P20" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>145</v>
+      </c>
+      <c r="B21" t="s">
+        <v>146</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>147</v>
+      </c>
+      <c r="E21" t="s">
+        <v>34</v>
+      </c>
+      <c r="F21" t="s">
+        <v>105</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2001</v>
+      </c>
+      <c r="I21">
+        <v>2021</v>
+      </c>
+      <c r="J21" t="s">
+        <v>106</v>
+      </c>
+      <c r="K21" t="s">
+        <v>37</v>
+      </c>
+      <c r="L21" t="s">
+        <v>148</v>
+      </c>
+      <c r="M21" t="s">
+        <v>107</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>149</v>
+      </c>
+      <c r="P21" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>151</v>
+      </c>
+      <c r="B22" t="s">
+        <v>152</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>50</v>
+      </c>
+      <c r="E22" t="s">
+        <v>34</v>
+      </c>
+      <c r="F22" t="s">
+        <v>105</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2009</v>
+      </c>
+      <c r="I22">
+        <v>2021</v>
+      </c>
+      <c r="J22" t="s">
+        <v>106</v>
+      </c>
+      <c r="K22" t="s">
+        <v>37</v>
+      </c>
+      <c r="L22" t="s">
+        <v>153</v>
+      </c>
+      <c r="M22" t="s">
+        <v>107</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>154</v>
+      </c>
+      <c r="P22" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>156</v>
+      </c>
+      <c r="B23" t="s">
+        <v>157</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>158</v>
+      </c>
+      <c r="E23" t="s">
+        <v>34</v>
+      </c>
+      <c r="F23" t="s">
+        <v>105</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2010</v>
+      </c>
+      <c r="I23">
+        <v>2021</v>
+      </c>
+      <c r="J23" t="s">
+        <v>106</v>
+      </c>
+      <c r="K23" t="s">
+        <v>37</v>
+      </c>
+      <c r="L23" t="s">
+        <v>159</v>
+      </c>
+      <c r="M23" t="s">
+        <v>107</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>160</v>
+      </c>
+      <c r="P23" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>162</v>
+      </c>
+      <c r="B24" t="s">
+        <v>163</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>92</v>
+      </c>
+      <c r="E24" t="s">
+        <v>34</v>
+      </c>
+      <c r="F24" t="s">
+        <v>105</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2012</v>
+      </c>
+      <c r="I24">
+        <v>2021</v>
+      </c>
+      <c r="J24" t="s">
+        <v>106</v>
+      </c>
+      <c r="K24" t="s">
+        <v>164</v>
+      </c>
+      <c r="L24" t="s">
+        <v>165</v>
+      </c>
+      <c r="M24" t="s">
+        <v>107</v>
+      </c>
+      <c r="N24" t="s">
+        <v>166</v>
+      </c>
+      <c r="O24" t="s">
+        <v>167</v>
+      </c>
+      <c r="P24" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>169</v>
+      </c>
+      <c r="B25" t="s">
+        <v>170</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>104</v>
+      </c>
+      <c r="E25" t="s">
+        <v>34</v>
+      </c>
+      <c r="F25" t="s">
+        <v>105</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2015</v>
+      </c>
+      <c r="I25">
+        <v>2022</v>
+      </c>
+      <c r="J25" t="s">
+        <v>106</v>
+      </c>
+      <c r="K25" t="s">
+        <v>37</v>
+      </c>
+      <c r="L25" t="s">
+        <v>171</v>
+      </c>
+      <c r="M25" t="s">
+        <v>107</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>172</v>
+      </c>
+      <c r="P25" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>174</v>
+      </c>
+      <c r="B26" t="s">
+        <v>175</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>123</v>
+      </c>
+      <c r="E26" t="s">
+        <v>34</v>
+      </c>
+      <c r="F26" t="s">
+        <v>105</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2008</v>
+      </c>
+      <c r="I26">
+        <v>2022</v>
+      </c>
+      <c r="J26" t="s">
+        <v>106</v>
+      </c>
+      <c r="K26" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
+      <c r="L26" t="s">
+        <v>176</v>
+      </c>
+      <c r="M26" t="s">
+        <v>107</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>177</v>
+      </c>
+      <c r="P26" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>179</v>
+      </c>
+      <c r="B27" t="s">
+        <v>180</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>74</v>
+      </c>
+      <c r="E27" t="s">
+        <v>34</v>
+      </c>
+      <c r="F27" t="s">
+        <v>181</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2007</v>
+      </c>
+      <c r="I27">
+        <v>2022</v>
+      </c>
+      <c r="J27" t="s">
+        <v>106</v>
+      </c>
+      <c r="K27" t="s">
+        <v>37</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>182</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>183</v>
+      </c>
+      <c r="P27" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>185</v>
+      </c>
+      <c r="B28" t="s">
+        <v>186</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>104</v>
+      </c>
+      <c r="E28" t="s">
+        <v>34</v>
+      </c>
+      <c r="F28" t="s">
+        <v>181</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2006</v>
+      </c>
+      <c r="I28">
+        <v>2010</v>
+      </c>
+      <c r="J28" t="s">
+        <v>106</v>
+      </c>
+      <c r="K28" t="s">
+        <v>37</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>182</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>187</v>
+      </c>
+      <c r="P28" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>189</v>
+      </c>
+      <c r="B29" t="s">
+        <v>190</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>104</v>
+      </c>
+      <c r="E29" t="s">
+        <v>34</v>
+      </c>
+      <c r="F29" t="s">
+        <v>181</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2006</v>
+      </c>
+      <c r="I29">
+        <v>2010</v>
+      </c>
+      <c r="J29" t="s">
+        <v>106</v>
+      </c>
+      <c r="K29" t="s">
+        <v>37</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>182</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>191</v>
+      </c>
+      <c r="P29" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>193</v>
+      </c>
+      <c r="B30" t="s">
+        <v>194</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>195</v>
+      </c>
+      <c r="E30" t="s">
+        <v>34</v>
+      </c>
+      <c r="F30" t="s">
+        <v>181</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2008</v>
+      </c>
+      <c r="I30">
+        <v>2011</v>
+      </c>
+      <c r="J30" t="s">
+        <v>106</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>182</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>196</v>
+      </c>
+      <c r="P30" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>198</v>
+      </c>
+      <c r="B31" t="s">
+        <v>199</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>123</v>
+      </c>
+      <c r="E31" t="s">
+        <v>34</v>
+      </c>
+      <c r="F31" t="s">
+        <v>181</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2007</v>
+      </c>
+      <c r="I31">
+        <v>2011</v>
+      </c>
+      <c r="J31" t="s">
+        <v>106</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>182</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>200</v>
+      </c>
+      <c r="P31" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>202</v>
+      </c>
+      <c r="B32" t="s">
+        <v>203</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>147</v>
+      </c>
+      <c r="E32" t="s">
+        <v>34</v>
+      </c>
+      <c r="F32" t="s">
+        <v>181</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2007</v>
+      </c>
+      <c r="I32">
+        <v>2018</v>
+      </c>
+      <c r="J32" t="s">
+        <v>106</v>
+      </c>
+      <c r="K32" t="s">
+        <v>37</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>182</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>204</v>
+      </c>
+      <c r="P32" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>206</v>
+      </c>
+      <c r="B33" t="s">
+        <v>207</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>208</v>
+      </c>
+      <c r="E33" t="s">
+        <v>34</v>
+      </c>
+      <c r="F33" t="s">
+        <v>181</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2002</v>
+      </c>
+      <c r="I33">
+        <v>2017</v>
+      </c>
+      <c r="J33" t="s">
+        <v>106</v>
+      </c>
+      <c r="K33" t="s">
+        <v>37</v>
+      </c>
+      <c r="L33" t="s">
+        <v>209</v>
+      </c>
+      <c r="M33" t="s">
+        <v>182</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>210</v>
+      </c>
+      <c r="P33" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>212</v>
+      </c>
+      <c r="B34" t="s">
+        <v>213</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>214</v>
+      </c>
+      <c r="E34" t="s">
+        <v>34</v>
+      </c>
+      <c r="F34" t="s">
+        <v>181</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2008</v>
+      </c>
+      <c r="I34">
+        <v>2017</v>
+      </c>
+      <c r="J34" t="s">
+        <v>106</v>
+      </c>
+      <c r="K34" t="s">
+        <v>37</v>
+      </c>
+      <c r="L34" t="s">
+        <v>215</v>
+      </c>
+      <c r="M34" t="s">
+        <v>182</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>216</v>
+      </c>
+      <c r="P34" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>218</v>
+      </c>
+      <c r="B35" t="s">
+        <v>219</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>74</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>1993</v>
+      </c>
+      <c r="I35">
+        <v>2022</v>
+      </c>
+      <c r="J35" t="s">
+        <v>106</v>
+      </c>
+      <c r="K35" t="s">
+        <v>37</v>
+      </c>
+      <c r="L35" t="s">
+        <v>220</v>
+      </c>
+      <c r="M35" t="s">
+        <v>221</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>222</v>
+      </c>
+      <c r="P35" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>224</v>
+      </c>
+      <c r="B36" t="s">
+        <v>225</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
+        <v>104</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>1993</v>
+      </c>
+      <c r="I36">
+        <v>2012</v>
+      </c>
+      <c r="J36" t="s">
+        <v>106</v>
+      </c>
+      <c r="K36" t="s">
+        <v>37</v>
+      </c>
+      <c r="L36" t="s">
+        <v>226</v>
+      </c>
+      <c r="M36" t="s">
+        <v>221</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>227</v>
+      </c>
+      <c r="P36" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>228</v>
+      </c>
+      <c r="B37" t="s">
+        <v>229</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>112</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>1993</v>
+      </c>
+      <c r="I37">
+        <v>2010</v>
+      </c>
+      <c r="J37" t="s">
+        <v>106</v>
+      </c>
+      <c r="K37" t="s">
+        <v>37</v>
+      </c>
+      <c r="L37" t="s">
+        <v>230</v>
+      </c>
+      <c r="M37" t="s">
+        <v>221</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>231</v>
+      </c>
+      <c r="P37" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>232</v>
+      </c>
+      <c r="B38" t="s">
+        <v>233</v>
+      </c>
+      <c r="C38" t="s">
+        <v>18</v>
+      </c>
+      <c r="D38" t="s">
+        <v>208</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>1995</v>
+      </c>
+      <c r="I38">
+        <v>2019</v>
+      </c>
+      <c r="J38" t="s">
+        <v>106</v>
+      </c>
+      <c r="K38" t="s">
+        <v>37</v>
+      </c>
+      <c r="L38" t="s">
+        <v>234</v>
+      </c>
+      <c r="M38" t="s">
+        <v>221</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>235</v>
+      </c>
+      <c r="P38" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>236</v>
+      </c>
+      <c r="B39" t="s">
+        <v>237</v>
+      </c>
+      <c r="C39" t="s">
+        <v>18</v>
+      </c>
+      <c r="D39" t="s">
+        <v>238</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>1993</v>
+      </c>
+      <c r="I39">
+        <v>2010</v>
+      </c>
+      <c r="J39" t="s">
+        <v>106</v>
+      </c>
+      <c r="K39" t="s">
+        <v>37</v>
+      </c>
+      <c r="L39" t="s">
+        <v>239</v>
+      </c>
+      <c r="M39" t="s">
+        <v>221</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>240</v>
+      </c>
+      <c r="P39" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>241</v>
+      </c>
+      <c r="B40" t="s">
+        <v>242</v>
+      </c>
+      <c r="C40" t="s">
+        <v>18</v>
+      </c>
+      <c r="D40" t="s">
+        <v>238</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>1993</v>
+      </c>
+      <c r="I40">
+        <v>2013</v>
+      </c>
+      <c r="J40" t="s">
+        <v>106</v>
+      </c>
+      <c r="K40" t="s">
+        <v>37</v>
+      </c>
+      <c r="L40" t="s">
+        <v>243</v>
+      </c>
+      <c r="M40" t="s">
+        <v>221</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>244</v>
+      </c>
+      <c r="P40" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>246</v>
+      </c>
+      <c r="B41" t="s">
+        <v>247</v>
+      </c>
+      <c r="C41" t="s">
+        <v>18</v>
+      </c>
+      <c r="D41" t="s">
+        <v>104</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>1993</v>
+      </c>
+      <c r="I41">
+        <v>2016</v>
+      </c>
+      <c r="J41" t="s">
+        <v>106</v>
+      </c>
+      <c r="K41" t="s">
+        <v>37</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>221</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>248</v>
+      </c>
+      <c r="P41" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>249</v>
+      </c>
+      <c r="B42" t="s">
+        <v>250</v>
+      </c>
+      <c r="C42" t="s">
+        <v>18</v>
+      </c>
+      <c r="D42" t="s">
+        <v>147</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>1993</v>
+      </c>
+      <c r="I42">
+        <v>2016</v>
+      </c>
+      <c r="J42" t="s">
+        <v>106</v>
+      </c>
+      <c r="K42" t="s">
+        <v>37</v>
+      </c>
+      <c r="L42" t="s">
+        <v>251</v>
+      </c>
+      <c r="M42" t="s">
+        <v>221</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>252</v>
+      </c>
+      <c r="P42" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>253</v>
+      </c>
+      <c r="B43" t="s">
+        <v>254</v>
+      </c>
+      <c r="C43" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43" t="s">
+        <v>104</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>1993</v>
+      </c>
+      <c r="I43">
+        <v>2010</v>
+      </c>
+      <c r="J43" t="s">
+        <v>106</v>
+      </c>
+      <c r="K43" t="s">
+        <v>37</v>
+      </c>
+      <c r="L43" t="s">
+        <v>255</v>
+      </c>
+      <c r="M43" t="s">
+        <v>221</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>256</v>
+      </c>
+      <c r="P43" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>257</v>
+      </c>
+      <c r="B44" t="s">
+        <v>258</v>
+      </c>
+      <c r="C44" t="s">
+        <v>18</v>
+      </c>
+      <c r="D44" t="s">
+        <v>92</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44"/>
+      <c r="I44">
+        <v>2010</v>
+      </c>
+      <c r="J44" t="s">
+        <v>106</v>
+      </c>
+      <c r="K44" t="s">
+        <v>164</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>221</v>
+      </c>
+      <c r="N44" t="s">
+        <v>166</v>
+      </c>
+      <c r="O44" t="s">
+        <v>259</v>
+      </c>
+      <c r="P44" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>260</v>
+      </c>
+      <c r="B45" t="s">
+        <v>261</v>
+      </c>
+      <c r="C45" t="s">
+        <v>18</v>
+      </c>
+      <c r="D45" t="s">
+        <v>262</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>1997</v>
+      </c>
+      <c r="I45">
+        <v>2011</v>
+      </c>
+      <c r="J45" t="s">
+        <v>106</v>
+      </c>
+      <c r="K45" t="s">
+        <v>37</v>
+      </c>
+      <c r="L45" t="s">
+        <v>263</v>
+      </c>
+      <c r="M45" t="s">
+        <v>221</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>264</v>
+      </c>
+      <c r="P45" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>265</v>
+      </c>
+      <c r="B46" t="s">
+        <v>266</v>
+      </c>
+      <c r="C46" t="s">
+        <v>18</v>
+      </c>
+      <c r="D46" t="s">
+        <v>50</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2010</v>
+      </c>
+      <c r="I46">
+        <v>2017</v>
+      </c>
+      <c r="J46" t="s">
+        <v>106</v>
+      </c>
+      <c r="K46" t="s">
+        <v>37</v>
+      </c>
+      <c r="L46" t="s">
+        <v>267</v>
+      </c>
+      <c r="M46" t="s">
+        <v>221</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>268</v>
+      </c>
+      <c r="P46" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>269</v>
+      </c>
+      <c r="B47" t="s">
+        <v>270</v>
+      </c>
+      <c r="C47" t="s">
+        <v>32</v>
+      </c>
+      <c r="D47" t="s">
+        <v>112</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
         <v>35</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2011</v>
+      </c>
+      <c r="I47">
+        <v>2019</v>
+      </c>
+      <c r="J47" t="s">
+        <v>57</v>
+      </c>
+      <c r="K47" t="s">
+        <v>37</v>
+      </c>
+      <c r="L47" t="s">
+        <v>271</v>
+      </c>
+      <c r="M47" t="s">
+        <v>39</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>272</v>
+      </c>
+      <c r="P47" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>274</v>
+      </c>
+      <c r="B48" t="s">
+        <v>275</v>
+      </c>
+      <c r="C48" t="s">
+        <v>32</v>
+      </c>
+      <c r="D48" t="s">
+        <v>238</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>35</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2013</v>
+      </c>
+      <c r="I48">
+        <v>2016</v>
+      </c>
+      <c r="J48" t="s">
+        <v>57</v>
+      </c>
+      <c r="K48" t="s">
+        <v>37</v>
+      </c>
+      <c r="L48" t="s">
+        <v>276</v>
+      </c>
+      <c r="M48" t="s">
+        <v>39</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>277</v>
+      </c>
+      <c r="P48" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>279</v>
+      </c>
+      <c r="B49" t="s">
+        <v>280</v>
+      </c>
+      <c r="C49" t="s">
+        <v>32</v>
+      </c>
+      <c r="D49" t="s">
+        <v>281</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>35</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2014</v>
+      </c>
+      <c r="I49">
+        <v>2016</v>
+      </c>
+      <c r="J49" t="s">
+        <v>57</v>
+      </c>
+      <c r="K49" t="s">
+        <v>282</v>
+      </c>
+      <c r="L49" t="s">
+        <v>283</v>
+      </c>
+      <c r="M49" t="s">
+        <v>39</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>284</v>
+      </c>
+      <c r="P49" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>286</v>
+      </c>
+      <c r="B50" t="s">
+        <v>287</v>
+      </c>
+      <c r="C50" t="s">
+        <v>32</v>
+      </c>
+      <c r="D50" t="s">
+        <v>74</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>35</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2020</v>
+      </c>
+      <c r="I50">
+        <v>2023</v>
+      </c>
+      <c r="J50" t="s">
         <v>36</v>
       </c>
-      <c r="B4" t="s">
-[...23 lines deleted...]
-      <c r="J4" t="s">
+      <c r="K50" t="s">
+        <v>37</v>
+      </c>
+      <c r="L50" t="s">
+        <v>288</v>
+      </c>
+      <c r="M50" t="s">
+        <v>39</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>289</v>
+      </c>
+      <c r="P50" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>291</v>
+      </c>
+      <c r="B51" t="s">
+        <v>292</v>
+      </c>
+      <c r="C51" t="s">
         <v>32</v>
       </c>
-      <c r="K4" t="s">
-[...8 lines deleted...]
-      <c r="N4" t="s">
+      <c r="D51" t="s">
+        <v>293</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>35</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2008</v>
+      </c>
+      <c r="I51">
+        <v>2019</v>
+      </c>
+      <c r="J51" t="s">
+        <v>57</v>
+      </c>
+      <c r="K51" t="s">
+        <v>37</v>
+      </c>
+      <c r="L51" t="s">
+        <v>294</v>
+      </c>
+      <c r="M51" t="s">
         <v>39</v>
       </c>
-    </row>
-[...28 lines deleted...]
-      <c r="J5" t="s">
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>295</v>
+      </c>
+      <c r="P51" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>297</v>
+      </c>
+      <c r="B52" t="s">
+        <v>298</v>
+      </c>
+      <c r="C52" t="s">
         <v>32</v>
       </c>
-      <c r="K5" t="s">
-[...163 lines deleted...]
-      <c r="G9">
+      <c r="D52" t="s">
+        <v>299</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>21</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
         <v>2011</v>
       </c>
-      <c r="H9">
-[...1083 lines deleted...]
-      <c r="H34">
+      <c r="I52">
         <v>2017</v>
       </c>
-      <c r="I34" t="s">
-[...787 lines deleted...]
-      </c>
       <c r="J52" t="s">
-        <v>32</v>
+        <v>300</v>
       </c>
       <c r="K52" t="s">
-        <v>208</v>
-[...3 lines deleted...]
-      </c>
+        <v>301</v>
+      </c>
+      <c r="L52"/>
       <c r="M52" t="s">
-        <v>24</v>
+        <v>302</v>
       </c>
       <c r="N52" t="s">
-        <v>209</v>
-[...41 lines deleted...]
-        <v>216</v>
+        <v>303</v>
+      </c>
+      <c r="O52" t="s">
+        <v>304</v>
+      </c>
+      <c r="P52" t="s">
+        <v>305</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>