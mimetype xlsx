--- v0 (2025-10-12)
+++ v1 (2026-02-07)
@@ -12,847 +12,441 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="240">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>Conpet Seal Gas stoves and ovens</t>
-[...26 lines deleted...]
-    <t>National Program of Rational Use of Oil and Natural Gas (Conpet)</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
+  </si>
+  <si>
+    <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Ovens</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/conpet-seal-gas-stoves-and-ovens</t>
-[...59 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...23 lines deleted...]
-    <t>Refrigeration, Freezers-only</t>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
+  </si>
+  <si>
+    <t>The guideline specifies minimum energy performance standards and star rating for freezer with size up to
+or equal to 320 L, chest type with solid door.</t>
+  </si>
+  <si>
+    <t>Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-freezer</t>
-[...10 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-freezers</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Lamp</t>
-[...52 lines deleted...]
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Refrigerator</t>
+    <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
+  </si>
+  <si>
+    <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standard-meps-requirement-washing-machine-amendment-1</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_for_Washing_Machine.pdf</t>
+  </si>
+  <si>
+    <t>Guide on Minimum Energy Performance Standards for Fans</t>
+  </si>
+  <si>
+    <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
+  </si>
+  <si>
+    <t>Ceiling Fans, Portable Fans</t>
+  </si>
+  <si>
+    <t>MS 2574:2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-fans</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
+  </si>
+  <si>
+    <t>Guide on Minimum Energy Performance Standards for Microwave Oven</t>
+  </si>
+  <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labelling requirements for microwave oven that can be connected to mains power and for household use. This Guide shall apply to the following function of microwave oven with size up to or equal to 32 Litre: (a) solo; (b) combination; (c) convection; (d) any other microwave oven with similar function; and (e) exclude any type of built-in microwave oven which its power supplied direct from power source.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>MS IEC 62301:2012, IEC 60705:2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-microwave-oven</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_Microwave_Oven_Issue_Date_01_MARCH_2020.pdf</t>
+  </si>
+  <si>
+    <t>Guide on Minimum Energy Performance Standards for Rice cooker</t>
+  </si>
+  <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for rice cooker that can be connected to mains power and for household use. This Guide shall apply to the rice cooker with size up to or equal to 3.6 L and rated power up to 1600 Watt.</t>
+  </si>
+  <si>
+    <t>Rice Cookers</t>
+  </si>
+  <si>
+    <t>MS 2024</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-rice-cooker</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-%20Guide%20on%20MEPS%20for%20Rice%20Cooker%20(UPDATED).pdf</t>
+  </si>
+  <si>
+    <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
+  </si>
+  <si>
+    <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
+  </si>
+  <si>
+    <t>Inmetro Ordinance No. 290 of 7 July 2021</t>
+  </si>
+  <si>
+    <t>This policy specifies quality and conformity assessment requirements for 3-phase squirrel cage motor labeling.</t>
+  </si>
+  <si>
+    <t>Brazil</t>
+  </si>
+  <si>
+    <t>3-Phase Motors</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>ABNT NBR 17094-3:2018 / ABNT NBR 17094-1:2018</t>
+  </si>
+  <si>
+    <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-290-7-july-2021</t>
+  </si>
+  <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-290-de-7-de-julho-de-2021-331319038</t>
+  </si>
+  <si>
+    <t>MME/MCT/MDIC Ordinance No. 959 of 09 December 2010</t>
+  </si>
+  <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for electromagnetic ballasts for high pressure sodium-vapor lamps and metal-halide lamps.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>Ministry of Mines and Energy (MME)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-959-09-december-2010</t>
+  </si>
+  <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_959-2010-reatores-lampadas-vapor-de-sodio-e-metalico.pdf</t>
+  </si>
+  <si>
+    <t>Ordinance No. 2 of 29 December 2022</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy perfomance standards for refrigerators and freezers for domestic use, manufactured nationally or imported, for sale and/or use in Brazil.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
-  </si>
-[...356 lines deleted...]
-    <t>Ordinance No. 2 of 29 December 2022</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>IEC 62552-3:2007
 ,   
                     IEC 62552-3:2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ordinance-no-2-29-december-2022</t>
   </si>
   <si>
-    <t>Procel Seal - Air Conditioners</t>
-[...2 lines deleted...]
-    <t>NBR 5858, NBR 5882, NBR 12010.</t>
+    <t>https://cprc-clasp.ngo/sites/default/files/2025-01/Resolu__o_de_Consulta_P_blica_MEPS_Refrigeradores_e_Congeladores_pdf_pdf%20%281%29.pdf</t>
+  </si>
+  <si>
+    <t>Procel Seal - Centrifugal Pumps and Motor Pumps</t>
+  </si>
+  <si>
+    <t>This webpage contains endorsement label requirements for centrifugal pumps.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>NBR 626-2, NBR 5383-1, NBR 5383-2</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-air-conditioners</t>
-[...7 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-centrifugal-pumps-and-motor-pumps</t>
   </si>
   <si>
-    <t>Procel Seal - CFLs with Integrated Ballasts</t>
-[...50 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-led-lamps-integrated-control-device</t>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
   </si>
   <si>
     <t>Procel Seal - LED Street Light Luminaires</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED street light luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-led-street-light-luminaires</t>
   </si>
   <si>
     <t>Procel Seal - Microwave Ovens</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for microwave ovens.</t>
+  </si>
+  <si>
     <t>ABNT NBR NM IEC 60335-2-25; IEC 60705; IEC 62301; ABNT NBR 5891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-microwave-ovens</t>
   </si>
   <si>
-    <t>Procel Seal - Refrigerators, Freezers, Refrigerator-Freezers</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-sodium-vapor-lamps</t>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
   </si>
   <si>
     <t>Procel Seal - Systems and Equipment for Photovoltaic Energy</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for photovoltaic modules.</t>
+  </si>
+  <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Off-Grid</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-systems-and-equipment-photovoltaic-energy</t>
-  </si>
-[...22 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-televisions</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1116,2823 +710,824 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N63"/>
+  <dimension ref="A1:P15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="143" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="153" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="563.862" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="100.118" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2025</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2025</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>32</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>36</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>37</v>
+      </c>
+      <c r="H4">
+        <v>2018</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>38</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>37</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>38</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>45</v>
+      </c>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6">
+        <v>2020</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>38</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>51</v>
+      </c>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>52</v>
+      </c>
+      <c r="P6" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>56</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2020</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>38</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>57</v>
+      </c>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>62</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>63</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>38</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>69</v>
+      </c>
+      <c r="D9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>71</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2021</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>72</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>73</v>
+      </c>
+      <c r="M9" t="s">
+        <v>74</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>75</v>
+      </c>
+      <c r="P9" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>77</v>
+      </c>
+      <c r="B10" t="s">
+        <v>78</v>
+      </c>
+      <c r="C10" t="s">
+        <v>69</v>
+      </c>
+      <c r="D10" t="s">
+        <v>79</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>63</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2010</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>72</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>80</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>81</v>
+      </c>
+      <c r="P10" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>83</v>
+      </c>
+      <c r="B11" t="s">
+        <v>84</v>
+      </c>
+      <c r="C11" t="s">
+        <v>69</v>
+      </c>
+      <c r="D11" t="s">
+        <v>85</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>63</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2022</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>86</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>87</v>
+      </c>
+      <c r="M11" t="s">
+        <v>80</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>88</v>
+      </c>
+      <c r="P11" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>90</v>
+      </c>
+      <c r="B12" t="s">
+        <v>91</v>
+      </c>
+      <c r="C12" t="s">
+        <v>69</v>
+      </c>
+      <c r="D12" t="s">
+        <v>92</v>
+      </c>
+      <c r="E12" t="s">
+        <v>93</v>
+      </c>
+      <c r="F12" t="s">
+        <v>94</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
         <v>2011</v>
       </c>
-      <c r="I2" t="s">
-[...5 lines deleted...]
-      <c r="K2" t="s">
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>72</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>95</v>
+      </c>
+      <c r="M12" t="s">
+        <v>96</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>97</v>
+      </c>
+      <c r="P12" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>99</v>
+      </c>
+      <c r="B13" t="s">
+        <v>100</v>
+      </c>
+      <c r="C13" t="s">
+        <v>69</v>
+      </c>
+      <c r="D13" t="s">
+        <v>101</v>
+      </c>
+      <c r="E13" t="s">
+        <v>93</v>
+      </c>
+      <c r="F13" t="s">
+        <v>94</v>
+      </c>
+      <c r="G13" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H13">
+        <v>2018</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>72</v>
+      </c>
+      <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>96</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>102</v>
+      </c>
+      <c r="P13" t="s">
+        <v>98</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>103</v>
+      </c>
+      <c r="B14" t="s">
+        <v>104</v>
+      </c>
+      <c r="C14" t="s">
+        <v>69</v>
+      </c>
+      <c r="D14" t="s">
+        <v>50</v>
+      </c>
+      <c r="E14" t="s">
+        <v>93</v>
+      </c>
+      <c r="F14" t="s">
+        <v>94</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>72</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>105</v>
+      </c>
+      <c r="M14" t="s">
+        <v>96</v>
+      </c>
+      <c r="N14" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...36 lines deleted...]
-        <v>35</v>
+      <c r="O14" t="s">
+        <v>106</v>
+      </c>
+      <c r="P14" t="s">
+        <v>107</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...376 lines deleted...]
-      <c r="K12" t="s">
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>108</v>
+      </c>
+      <c r="B15" t="s">
+        <v>109</v>
+      </c>
+      <c r="C15" t="s">
         <v>69</v>
       </c>
-      <c r="L12" t="s">
-[...16 lines deleted...]
-      <c r="C13" t="s">
+      <c r="D15" t="s">
+        <v>110</v>
+      </c>
+      <c r="E15" t="s">
+        <v>93</v>
+      </c>
+      <c r="F15" t="s">
+        <v>94</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2010</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
         <v>72</v>
       </c>
-      <c r="D13" t="s">
-[...107 lines deleted...]
-      </c>
       <c r="K15" t="s">
-        <v>81</v>
-[...3 lines deleted...]
-      </c>
+        <v>111</v>
+      </c>
+      <c r="L15"/>
       <c r="M15" t="s">
-        <v>24</v>
+        <v>96</v>
       </c>
       <c r="N15" t="s">
-        <v>82</v>
-[...298 lines deleted...]
-      <c r="N22" t="s">
+        <v>112</v>
+      </c>
+      <c r="O15" t="s">
+        <v>113</v>
+      </c>
+      <c r="P15" t="s">
         <v>107</v>
-      </c>
-[...1760 lines deleted...]
-        <v>239</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>