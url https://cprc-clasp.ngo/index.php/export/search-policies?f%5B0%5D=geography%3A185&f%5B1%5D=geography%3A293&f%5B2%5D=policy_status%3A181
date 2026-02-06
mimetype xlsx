--- v0 (2025-10-12)
+++ v1 (2026-02-06)
@@ -12,826 +12,1143 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="245">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="349">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>AS 1731.14–2003: Refrigerated display cabinets—Part 14: Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the mandatory requirements for remote and self-contained refrigerated display cabinets that fall within the Scope of AS 1731.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>AS 1731.1-13:2003</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/173114-2003-refrigerated-display-cabinets-part-14-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108798</t>
+  </si>
+  <si>
     <t>AS/NZS 3823.2:2013 Performance of electrical appliances—Air conditioners and heat pumps—Part 2: Energy labelling and minimum energy performance standards (MEPS) requirements</t>
   </si>
   <si>
+    <t>MEPL covers some single phase heat pump|air conditioners.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.4:2012 or AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-382322013-performance-electrical-appliances-air-conditioners-and-heat-pumps-part-2</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790----https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Air-Con-Heat-Pump-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>AS/NZS 4776.2:2008: Liquid-chilling packages using the vapour compression cycle—Minimum energy performance standard (MEPS) and compliance requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS levels and compliance paths for liquid-chilling packages that fall within the scope of AS/NZS 4776.1.1.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>AS/NZS 4776 parts 1.1 and 1.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-477622008-liquid-chilling-packages-using-vapour-compression-cycle-minimum-energy</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790</t>
+  </si>
+  <si>
     <t>AS/NZS 4847.2:2010: Self-ballasted lamps for general lighting services—Minimum Energy Performance standards (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies Minimum Energy Performance Standards (MEPS) requirements and related attributes for self ballasted compact fluorescent lamps (CFLs) with integrated means for controlling starting and stable operation that are intended for domestic and similar general lighting purposes. This Standard applies to self ballasted lamps of all voltages and wattages irrespective of the type of lamp cap. This Standard covers lamps that are supplied as individual lamps or part of a luminaire. This Standard is to be read in conjunction with AS/NZS 4847.1.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>AS/NZS 4847.1:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-484722010-self-ballasted-lamps-general-lighting-services-minimum-energy-performance</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/led-</t>
+  </si>
+  <si>
     <t>AS/NZS 4965.2:2008: Performance of close control air conditioners—Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>Climate Controls</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>AS/NZS 4965.1:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-496522008-performance-close-control-air-conditioners-minimum-energy-performance</t>
   </si>
   <si>
     <t>AS/NZS 4474.2:2009: Performance of household electrical appliances—Refrigerating appliances—Energy labelling and minimum energy performance standard requirements</t>
   </si>
   <si>
+    <t>This standard specifies the energy labelling and minimum energy performance standard (MEPS) requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of AS/NZS 4474.1:2007. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007, will be replaced by IEC 62552 1-3: 2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-447422009-performance-household-electrical-appliances-refrigerating-appliances</t>
   </si>
   <si>
     <t>AS/NZS 4782.2:2004: Double-capped fluorescent lamps—Performance specifications—Minimum Energy Performance Standard (MEPS)</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>AS/NZS 4782.1:2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-478222004-double-capped-fluorescent-lamps-performance-specifications-minimum-energy</t>
   </si>
   <si>
     <t>Conpet Seal Gas stoves and ovens</t>
   </si>
   <si>
+    <t>Gas stoves and ovens</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>NBR 13723 1/1999 parte 1, NBR 13723 2/1999 parte 2, NBR 14583/2000</t>
   </si>
   <si>
     <t>National Program of Rational Use of Oil and Natural Gas (Conpet)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/conpet-seal-gas-stoves-and-ovens</t>
   </si>
   <si>
+    <t>https://thebrazilbusiness.com/article/energy-efficiency-labeling-in-brazil</t>
+  </si>
+  <si>
     <t>Domestic fridges and freezers</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover fridges and freezers intended for household (or similar) use.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>IEC 62552 parts 1 to 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/domestic-fridges-and-freezers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/fridges-and-freezers-domestic/</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 17 of 14 January 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for compact fluorescent lamps with integrated ballasts.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-17-14-january-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-17-de-14-de-janeiro-de-2022-374166541</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 170 of 05 April 2019</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for household washing machines.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-170-05-april-2019</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-170-de-5-de-abril-de-2019-71924511</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 234 of 29 June 2020</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for monoblock, window, and wall split air conditioners.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>NBR 5858 NBR 5882 NBR 12010.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-234-29-june-2020</t>
   </si>
   <si>
+    <t>https://www.gov.br/inmetro/pt-br/centrais-de-conteudo/publicacoes/portaria-234-29-de-junho-de-2020.pdf</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 267 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for commercial electric ovens.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>NBR NM 60335-1 / IEC 60335-2-36 / IEC 60335-2-42 / IEC 60335-2-102</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-267-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-267-de-22-de-junho-de-2021-328227052</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 268 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for microwave ovens.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-268-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-268-de-22-de-junho-2021-328222087</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 290 of 7 July 2021</t>
   </si>
   <si>
+    <t>This policy specifies quality and conformity assessment requirements for 3-phase squirrel cage motor labeling.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>ABNT NBR 17094-3:2018 / ABNT NBR 17094-1:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-290-7-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-290-de-7-de-julho-de-2021-331319038</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 299 of 09 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for table, wall, pedestal, and air circulation fans.</t>
+  </si>
+  <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010; IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; NBR 5891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-299-09-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-299-de-9-de-julho-de-2021-331562798</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 319 of 23 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for pumps.
+It covers closed, open and semi-open rotor pumps, self-aspiring centrifugal pumps, multi-stage pumps with horizontal or vertical axis, up to 25 HP for three-phase monoblock centrifugal pumps, and up to 15 HP for single phase monoblock centrifugal pumps.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>ISO 9906:2012 / ABNT NBR 17094-1:2018 / ABNT NBR 17094-2:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-319-23-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-319-de-23-de-julho-de-2021-334087813</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 332 of 2 August 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for household refrigerators, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>IEC 62552:2007 + Ed. 1.0; IEC 62552-1:2020; IEC 60335-1:2010 + A1:2013; IEC 60335-2-24:2010 + A1:2012; ABNT NBR NM 247-1:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-332-2-august-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-332-de-2-de-agosto-de-2021-336061973</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 377 of 14 September 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for televisions.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>ABNT NBR IEC 60065:2009 / CISPR 32: 2012 / IEC PAS 62825:2013 / IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-377-14-september-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-377-de-14-de-setembro-de-2021-345136102</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 382 of 17 September 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for distribution transformers in insulating liquid.</t>
+  </si>
+  <si>
     <t>Distribution Transformers</t>
   </si>
   <si>
     <t>ABNT NBR ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-382-17-september-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-382-de-17-de-setembro-de-2021-346341931</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 420 of 04 October 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for solar water heating equipment.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>ABNT NBR 15747-1:2009 / ABNT NBR 15747-2:2009 / ASTM G155:13 / ISO 9806:2017 / ISO 9459-2:1995</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-420-04-october-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-420-de-4-de-outubro-de-2021-352019240</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 69 of 16 February 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for integrated LED lamps.</t>
+  </si>
+  <si>
     <t>IEC-TR62380; IESNA LM-80-08; ANSI /UL 1993-1999</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-69-16-february-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-69-de-16-de-fevereiro-de-2022-382712930</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 8 of 05 January 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for gas stoves and ovens for household use.</t>
+  </si>
+  <si>
     <t>ABNT NBR 13723-1:2003 /  ABNT NBR 14698 and ABNT NBR 13866 / ABNT NBR 15076:2004 / ABNT NBR 7195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-8-05-january-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-8-de-5-de-janeiro-de-2022-375029861</t>
+  </si>
+  <si>
     <t>labeling for clothes dryers</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>AS/NZS 2442.2:2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/labeling-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-dryers-factsheet.pdf</t>
+  </si>
+  <si>
     <t>labeling for clothes washers</t>
   </si>
   <si>
     <t>AS/NZS 2040.2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/labeling-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-washer-factsheet.pdf</t>
+  </si>
+  <si>
     <t>labeling for dishwashers</t>
   </si>
   <si>
+    <t>MEPL covers mains electric dishwashers intended for household and similar use. MEPL does not apply to dishwashers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>AS/NZS 2007.2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/labeling-dishwashers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/dishwasher-factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS and MEPL for Computer Monitors</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover computer monitors with a diagonal screen size up to 152 cm.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>AS/NZS 5815.2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-mepl-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Monitor-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS and MEPL for televisions</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover televisions defined as a display device; designed for the primary purpose of showing television pictures; and supplied with a television tuner. This includes multifunction televisions and display devices supplied in modular form with an external television tuner. The E3 Programme is planning to undertake a review of the existing requirements for televisions and assess opportunities to make further energy efficiency gains</t>
+  </si>
+  <si>
     <t>AS/NZS 62087.1:2010AS/NZS62087.2.2:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-mepl-televisions</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/televisions/</t>
+  </si>
+  <si>
     <t>MEPS for ballasts for fluorescent lamps</t>
   </si>
   <si>
+    <t>MEPL covers mains electric clothes dryers intended for household and similar use. This includes vented dryers condenser dryers and the drying function of combination washer|dryer units. MEPL does not apply to clothes dryers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-ballasts-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/ballast-factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Computers</t>
   </si>
   <si>
+    <t>MEPS covers desktop computers; notebooks; and small scale servers.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>AS/NZS 5813.2:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-computers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Hot Water Systems</t>
   </si>
   <si>
     <t>AS/NZS 4692.1:2005; NZ4602:1988; NZ4606.1:1989</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-hot-water-systems</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/hot-water-systems/</t>
+  </si>
+  <si>
+    <t>MEPS covers: Gas water heaters intended for use with natural gas; liquefied petroleum gas (LPG) and simulated natural gas (SNG) up to a nominal gas consumption of 50 MJ per hour for storage types and 250 MJ per hour for instantaneous types and which fall within the scope of AS 4552.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>AS 4552-2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-hot-water-systems-0</t>
   </si>
   <si>
     <t>MEPS for set top boxes</t>
   </si>
   <si>
+    <t>MEPS covers simple non-recording standalone free-to-air digital television (DTV) set-top boxes (STBs) associated with DTV broadcasts.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/set-top-boxes-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minimum energy performance requirements for three phase electric motors</t>
   </si>
   <si>
+    <t>The minimum energy performance standards apply to new motors and motors incorporated into machines:
+i) with rated output less than or equal to 0.73kW and less than 185kW; 
+ii) in 2- 4- 6- and 8-pole configurations; and 
+iii) with voltages rated up to 1100 V AC</t>
+  </si>
+  <si>
     <t>AS/NZS 1359.5:2004; AS 1359.101; AS 1359.102.1; AS/NZS 1359.102.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-requirements-three-phase-electric-motors</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/3-phase-motor-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard (MEPS) requirements for distribution transformers</t>
   </si>
   <si>
+    <t>Minimum energy performance standards for distribution transformers covers: Single- and three-phase dry and oilimmersed transformers with a power rating between 10kVA and 2500kVA; which are designed for 11kV and 22kV networks.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>AS 2375 for dry type, and AS 2374.1 for other type transformers.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-meps-requirements-distribution-transformers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/distribution-transformers-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minimum Performance of external power supplies</t>
   </si>
   <si>
+    <t>MEPS covers: Mains powered; dc and ac adaptors|power-packs with a single output of up to 250 W or VA  used to power or recharge separate low voltage electronic products; like laptops cellphones etc. They are often sold packaged with the product it will be used with - for examplel; a laptop computer normally comes with a power adaptor.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>AS/NZS 4665.1:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-performance-external-power-supplies</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/external-power-supplies-factsheet.pdf</t>
+  </si>
+  <si>
     <t>MME Resolution No. 1 of 29 April 2022</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for air conditioners, including monoblock, window, wall split, floor-ceiling, and cassette type.</t>
+  </si>
+  <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mme-resolution-no-1-29-april-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/resolucao-n-1-de-29-de-abril-de-2022-396910853</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 1.007 of 31 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for incandescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-1007-31-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_1007-2010-lampadas-incandescentes.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 1.008 of 31 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for compact fluorescent lamps (CFLs).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-1008-31-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_1008-2010-lampadas-fluorescentes-compactas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 324 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for gas water heaters, both instantaneous and storage.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-324-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_324-2011-aquecedores-de-agua-a-gas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 325 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for ovens.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-325-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_325-2011-fornos-e-fogoes-a-gas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 959 of 09 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for electromagnetic ballasts for high pressure sodium-vapor lamps and metal-halide lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-959-09-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_959-2010-reatores-lampadas-vapor-de-sodio-e-metalico.pdf</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 1 of 14 May 2018</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for household refrigerators, freezers, and refrigerator-freezers. This policy has been replaced by  Ordinance No. 2 of 29 December 2022. Select 'see more' below for a link to the new policy.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctimdic-ordinance-no-1-14-may-2018</t>
   </si>
   <si>
+    <t>http://antigo.mme.gov.br/documents/36193/72181/2018+-+Portaria+Interministerial+MME-MCTIC-MDIC+n_1-2018+-+Refrigeradores+e+Congeladores.pdf/879c8ad6-ae08-8496-553e-9388668cd571</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 1 of 29 June 2017</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for 3-phase squirrel cage electric motors.</t>
+  </si>
+  <si>
     <t>ABNT NBR 17094-1 / ABNT NBR 5383-1 / ABNT NBR 5110 / ABNT NBR IEC 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctimdic-ordinance-no-1-29-june-2017</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2017-portaria-interministerial-mme-mctic-mdic-n_1-2017-motores-eletricos-trifasicos.pdf</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 2 of 29 June 2017</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for household ceiling fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>NBR NM-IEC 335-1 / 1998; IEC 60335-2-80 / 1997; NBR 14532/2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctimdic-ordinance-no-2-29-june-2017</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2017-portaria-interministerial-mme-mctic-mdic-n_2-2017-ventiladores-de-teto.pdf</t>
+  </si>
+  <si>
     <t>Ordinance No. 2 of 29 December 2022</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy perfomance standards for refrigerators and freezers for domestic use, manufactured nationally or imported, for sale and/or use in Brazil.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>IEC 62552-3:2007
 ,   
                     IEC 62552-3:2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ordinance-no-2-29-december-2022</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/sites/default/files/2025-01/Resolu__o_de_Consulta_P_blica_MEPS_Refrigeradores_e_Congeladores_pdf_pdf%20%281%29.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Air Conditioners</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for window and split type room air conditioners.</t>
+  </si>
+  <si>
     <t>NBR 5858, NBR 5882, NBR 12010.</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Procel Seal - Centrifugal Pumps and Motor Pumps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for centrifugal pumps.</t>
+  </si>
+  <si>
     <t>NBR 626-2, NBR 5383-1, NBR 5383-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-centrifugal-pumps-and-motor-pumps</t>
   </si>
   <si>
     <t>Procel Seal - CFLs with Integrated Ballasts</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for compact fluorescent lamps (CFLs) with integrated ballasts.</t>
+  </si>
+  <si>
     <t>CIE 84:1989, IEC 60081, IEC 60901, IEC 60969, NBR 14538, NBR 14539, NBR IEC 60061-1, NBR 14671</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-cfls-integrated-ballasts</t>
   </si>
   <si>
     <t>Procel Seal - Clothes Washers</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for washing machines.</t>
+  </si>
+  <si>
     <t>Projeto de Norma ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-clothes-washers</t>
   </si>
   <si>
     <t>Procel Seal - Electric Motors</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electric motors.</t>
+  </si>
+  <si>
     <t>NBR 17094 NBR 5383-1 NBR 5110 e NBR ISO 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-electric-motors</t>
   </si>
   <si>
     <t>Procel Seal - Electromagnetic Ballasts for Sodium Vapor Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electromagnetic ballasts for sodium vapor lamps.</t>
+  </si>
+  <si>
     <t>NBR 13593 NBR 14305</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-electromagnetic-ballasts-sodium-vapor-lamps</t>
   </si>
   <si>
     <t>Procel Seal - Electronic Ballasts for Tubular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electronic ballasts for tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>NBR 5114 NBR 5172</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-electronic-ballasts-tubular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Procel Seal - LED Lamps with Integrated Control Device</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED lamps with a control device integrated to the base.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-led-lamps-integrated-control-device</t>
   </si>
   <si>
     <t>Procel Seal - LED Street Light Luminaires</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED street light luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-led-street-light-luminaires</t>
   </si>
   <si>
     <t>Procel Seal - Microwave Ovens</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for microwave ovens.</t>
+  </si>
+  <si>
     <t>ABNT NBR NM IEC 60335-2-25; IEC 60705; IEC 62301; ABNT NBR 5891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-microwave-ovens</t>
   </si>
   <si>
     <t>Procel Seal - Refrigerators, Freezers, Refrigerator-Freezers</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for refrigerators, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>ISO 7371, ISO 8187, ISO 5155, ISO 8561</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-refrigerators-freezers-refrigerator-freezers</t>
   </si>
   <si>
     <t>Procel Seal - Sodium Vapor Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for sodium vapor lamps.</t>
+  </si>
+  <si>
     <t>NBR IEC 60662, NBR 13593, NBR 5461, NBR IEC 60061-1, ABNT NBR IEC 60238, ABNT NBR 5426</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-sodium-vapor-lamps</t>
   </si>
   <si>
     <t>Procel Seal - Systems and Equipment for Photovoltaic Energy</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for photovoltaic modules.</t>
+  </si>
+  <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-systems-and-equipment-photovoltaic-energy</t>
   </si>
   <si>
     <t>Procel Seal - Systems and Equipment for Solar Water Heating</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for solar collectors and thermal reservoirs.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-systems-and-equipment-solar-water-heating</t>
   </si>
   <si>
     <t>Procel Seal - Table and Ceiling Fans</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for table and ceiling fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>NBR NM-IEC-335-1/ 1998; IEC 60335-2-80 / 1997; NBR 14532 : 2003; Energy Star / 2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-table-and-ceiling-fans</t>
   </si>
   <si>
     <t>Procel Seal - Televisions</t>
+  </si>
+  <si>
+    <t>This webpage contains endorsement label requirements for televisions.</t>
   </si>
   <si>
     <t>IEC 60065 Ed. 7.1 2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-televisions</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1095,2817 +1412,3198 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N63"/>
+  <dimension ref="A1:P63"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="205" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="205.093" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="659.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="148.535" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="251.224" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1998</v>
+      </c>
+      <c r="I3">
+        <v>2017</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2008</v>
+      </c>
+      <c r="I4">
+        <v>2011</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>47</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>48</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>47</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>54</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1997</v>
+      </c>
+      <c r="I7">
+        <v>2018</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>60</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>39</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>63</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>47</v>
+      </c>
+      <c r="H8">
+        <v>2004</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C9" t="s">
+        <v>68</v>
+      </c>
+      <c r="D9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E9" t="s">
+        <v>70</v>
+      </c>
+      <c r="F9" t="s">
+        <v>71</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2008</v>
+      </c>
+      <c r="I9">
+        <v>2011</v>
+      </c>
+      <c r="J9" t="s">
+        <v>72</v>
+      </c>
+      <c r="K9" t="s">
+        <v>73</v>
+      </c>
+      <c r="L9" t="s">
+        <v>74</v>
+      </c>
+      <c r="M9" t="s">
+        <v>75</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>76</v>
+      </c>
+      <c r="P9" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>78</v>
+      </c>
+      <c r="B10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>59</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>80</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1986</v>
+      </c>
+      <c r="I10">
+        <v>2018</v>
+      </c>
+      <c r="J10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>81</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>82</v>
+      </c>
+      <c r="P10" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>84</v>
+      </c>
+      <c r="B11" t="s">
+        <v>85</v>
+      </c>
+      <c r="C11" t="s">
+        <v>68</v>
+      </c>
+      <c r="D11" t="s">
+        <v>86</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>80</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2006</v>
+      </c>
+      <c r="I11">
+        <v>2022</v>
+      </c>
+      <c r="J11" t="s">
+        <v>87</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>88</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>89</v>
+      </c>
+      <c r="P11" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>91</v>
+      </c>
+      <c r="B12" t="s">
+        <v>92</v>
+      </c>
+      <c r="C12" t="s">
+        <v>68</v>
+      </c>
+      <c r="D12" t="s">
+        <v>93</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>80</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1984</v>
+      </c>
+      <c r="I12">
+        <v>2019</v>
+      </c>
+      <c r="J12" t="s">
+        <v>87</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>94</v>
+      </c>
+      <c r="M12" t="s">
+        <v>88</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>95</v>
+      </c>
+      <c r="P12" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>97</v>
+      </c>
+      <c r="B13" t="s">
+        <v>98</v>
+      </c>
+      <c r="C13" t="s">
+        <v>68</v>
+      </c>
+      <c r="D13" t="s">
+        <v>99</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>80</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2008</v>
+      </c>
+      <c r="I13">
+        <v>2020</v>
+      </c>
+      <c r="J13" t="s">
+        <v>87</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>100</v>
+      </c>
+      <c r="M13" t="s">
+        <v>88</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>101</v>
+      </c>
+      <c r="P13" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>103</v>
+      </c>
+      <c r="B14" t="s">
+        <v>104</v>
+      </c>
+      <c r="C14" t="s">
+        <v>68</v>
+      </c>
+      <c r="D14" t="s">
+        <v>105</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>80</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2008</v>
+      </c>
+      <c r="I14">
+        <v>2021</v>
+      </c>
+      <c r="J14" t="s">
+        <v>87</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>106</v>
+      </c>
+      <c r="M14" t="s">
+        <v>88</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>107</v>
+      </c>
+      <c r="P14" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>109</v>
+      </c>
+      <c r="B15" t="s">
+        <v>110</v>
+      </c>
+      <c r="C15" t="s">
+        <v>68</v>
+      </c>
+      <c r="D15" t="s">
+        <v>111</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>80</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2011</v>
+      </c>
+      <c r="I15">
+        <v>2021</v>
+      </c>
+      <c r="J15" t="s">
+        <v>87</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>112</v>
+      </c>
+      <c r="M15" t="s">
+        <v>88</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>113</v>
+      </c>
+      <c r="P15" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>115</v>
+      </c>
+      <c r="B16" t="s">
+        <v>116</v>
+      </c>
+      <c r="C16" t="s">
+        <v>68</v>
+      </c>
+      <c r="D16" t="s">
+        <v>117</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>80</v>
+      </c>
+      <c r="G16" t="s">
+        <v>47</v>
+      </c>
+      <c r="H16">
+        <v>2021</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>87</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>118</v>
+      </c>
+      <c r="M16" t="s">
+        <v>88</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>119</v>
+      </c>
+      <c r="P16" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>121</v>
+      </c>
+      <c r="B17" t="s">
+        <v>122</v>
+      </c>
+      <c r="C17" t="s">
+        <v>68</v>
+      </c>
+      <c r="D17" t="s">
+        <v>123</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>80</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2008</v>
+      </c>
+      <c r="I17">
+        <v>2021</v>
+      </c>
+      <c r="J17" t="s">
+        <v>87</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>124</v>
+      </c>
+      <c r="M17" t="s">
+        <v>88</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>125</v>
+      </c>
+      <c r="P17" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>127</v>
+      </c>
+      <c r="B18" t="s">
+        <v>128</v>
+      </c>
+      <c r="C18" t="s">
+        <v>68</v>
+      </c>
+      <c r="D18" t="s">
+        <v>129</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>80</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2010</v>
+      </c>
+      <c r="I18">
+        <v>2021</v>
+      </c>
+      <c r="J18" t="s">
+        <v>87</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>130</v>
+      </c>
+      <c r="M18" t="s">
+        <v>88</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>131</v>
+      </c>
+      <c r="P18" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>133</v>
+      </c>
+      <c r="B19" t="s">
+        <v>134</v>
+      </c>
+      <c r="C19" t="s">
+        <v>68</v>
+      </c>
+      <c r="D19" t="s">
+        <v>59</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>80</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2001</v>
+      </c>
+      <c r="I19">
+        <v>2021</v>
+      </c>
+      <c r="J19" t="s">
+        <v>87</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>135</v>
+      </c>
+      <c r="M19" t="s">
+        <v>88</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>136</v>
+      </c>
+      <c r="P19" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>138</v>
+      </c>
+      <c r="B20" t="s">
+        <v>139</v>
+      </c>
+      <c r="C20" t="s">
+        <v>68</v>
+      </c>
+      <c r="D20" t="s">
+        <v>140</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>80</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2009</v>
+      </c>
+      <c r="I20">
+        <v>2021</v>
+      </c>
+      <c r="J20" t="s">
+        <v>87</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>141</v>
+      </c>
+      <c r="M20" t="s">
+        <v>88</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>142</v>
+      </c>
+      <c r="P20" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>144</v>
+      </c>
+      <c r="B21" t="s">
+        <v>145</v>
+      </c>
+      <c r="C21" t="s">
+        <v>68</v>
+      </c>
+      <c r="D21" t="s">
+        <v>146</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>80</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2010</v>
+      </c>
+      <c r="I21">
+        <v>2021</v>
+      </c>
+      <c r="J21" t="s">
+        <v>87</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>147</v>
+      </c>
+      <c r="M21" t="s">
+        <v>88</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>148</v>
+      </c>
+      <c r="P21" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>150</v>
+      </c>
+      <c r="B22" t="s">
+        <v>151</v>
+      </c>
+      <c r="C22" t="s">
+        <v>68</v>
+      </c>
+      <c r="D22" t="s">
+        <v>152</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>80</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2012</v>
+      </c>
+      <c r="I22">
+        <v>2021</v>
+      </c>
+      <c r="J22" t="s">
+        <v>87</v>
+      </c>
+      <c r="K22" t="s">
+        <v>153</v>
+      </c>
+      <c r="L22" t="s">
+        <v>154</v>
+      </c>
+      <c r="M22" t="s">
+        <v>88</v>
+      </c>
+      <c r="N22" t="s">
+        <v>155</v>
+      </c>
+      <c r="O22" t="s">
+        <v>156</v>
+      </c>
+      <c r="P22" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>158</v>
+      </c>
+      <c r="B23" t="s">
+        <v>159</v>
+      </c>
+      <c r="C23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D23" t="s">
+        <v>86</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>80</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2015</v>
+      </c>
+      <c r="I23">
+        <v>2022</v>
+      </c>
+      <c r="J23" t="s">
+        <v>87</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>160</v>
+      </c>
+      <c r="M23" t="s">
+        <v>88</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>161</v>
+      </c>
+      <c r="P23" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>163</v>
+      </c>
+      <c r="B24" t="s">
+        <v>164</v>
+      </c>
+      <c r="C24" t="s">
+        <v>68</v>
+      </c>
+      <c r="D24" t="s">
+        <v>105</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>80</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2008</v>
+      </c>
+      <c r="I24">
+        <v>2022</v>
+      </c>
+      <c r="J24" t="s">
+        <v>87</v>
+      </c>
+      <c r="K24" t="s">
+        <v>73</v>
+      </c>
+      <c r="L24" t="s">
+        <v>165</v>
+      </c>
+      <c r="M24" t="s">
+        <v>88</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>166</v>
+      </c>
+      <c r="P24" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>168</v>
+      </c>
+      <c r="B25" t="s">
+        <v>168</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>169</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>80</v>
+      </c>
+      <c r="G25" t="s">
+        <v>47</v>
+      </c>
+      <c r="H25">
+        <v>1990</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>34</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>170</v>
+      </c>
+      <c r="M25" t="s">
+        <v>26</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>171</v>
+      </c>
+      <c r="P25" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>173</v>
+      </c>
+      <c r="B26" t="s">
+        <v>173</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>93</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>80</v>
+      </c>
+      <c r="G26" t="s">
+        <v>47</v>
+      </c>
+      <c r="H26">
+        <v>1990</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>34</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>174</v>
+      </c>
+      <c r="M26" t="s">
+        <v>26</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>175</v>
+      </c>
+      <c r="P26" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>177</v>
+      </c>
+      <c r="B27" t="s">
+        <v>178</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>179</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>80</v>
+      </c>
+      <c r="G27" t="s">
+        <v>47</v>
+      </c>
+      <c r="H27">
+        <v>1987</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>34</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>180</v>
+      </c>
+      <c r="M27" t="s">
+        <v>26</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>181</v>
+      </c>
+      <c r="P27" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>183</v>
+      </c>
+      <c r="B28" t="s">
+        <v>184</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>185</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>33</v>
+      </c>
+      <c r="G28" t="s">
+        <v>47</v>
+      </c>
+      <c r="H28">
+        <v>2013</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>34</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>186</v>
+      </c>
+      <c r="M28" t="s">
+        <v>26</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>187</v>
+      </c>
+      <c r="P28" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>189</v>
+      </c>
+      <c r="B29" t="s">
+        <v>190</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>140</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>33</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2012</v>
+      </c>
+      <c r="I29">
+        <v>2017</v>
+      </c>
+      <c r="J29" t="s">
+        <v>34</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>191</v>
+      </c>
+      <c r="M29" t="s">
+        <v>26</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>192</v>
+      </c>
+      <c r="P29" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>194</v>
+      </c>
+      <c r="B30" t="s">
+        <v>195</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>196</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>47</v>
+      </c>
+      <c r="H30">
+        <v>2002</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>34</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>26</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>197</v>
+      </c>
+      <c r="P30" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>199</v>
+      </c>
+      <c r="B31" t="s">
+        <v>200</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>201</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>47</v>
+      </c>
+      <c r="H31">
+        <v>2013</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>34</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>202</v>
+      </c>
+      <c r="M31" t="s">
+        <v>26</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>203</v>
+      </c>
+      <c r="P31" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>205</v>
+      </c>
+      <c r="B32" t="s">
+        <v>52</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>152</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
         <v>2003</v>
       </c>
-      <c r="H2">
+      <c r="I32">
         <v>2018</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J32" t="s">
+        <v>34</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>206</v>
+      </c>
+      <c r="M32" t="s">
+        <v>26</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>207</v>
+      </c>
+      <c r="P32" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>205</v>
+      </c>
+      <c r="B33" t="s">
+        <v>209</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>210</v>
+      </c>
+      <c r="E33" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F33" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G33" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...10 lines deleted...]
-      <c r="A3" t="s">
+      <c r="H33">
+        <v>2005</v>
+      </c>
+      <c r="I33">
+        <v>2018</v>
+      </c>
+      <c r="J33" t="s">
+        <v>34</v>
+      </c>
+      <c r="K33" t="s">
+        <v>73</v>
+      </c>
+      <c r="L33" t="s">
+        <v>211</v>
+      </c>
+      <c r="M33" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...17 lines deleted...]
-      <c r="H3">
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>212</v>
+      </c>
+      <c r="P33" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>213</v>
+      </c>
+      <c r="B34" t="s">
+        <v>214</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>215</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>47</v>
+      </c>
+      <c r="H34">
+        <v>2008</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>34</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>216</v>
+      </c>
+      <c r="M34" t="s">
+        <v>26</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>217</v>
+      </c>
+      <c r="P34" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>219</v>
+      </c>
+      <c r="B35" t="s">
+        <v>220</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>117</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2002</v>
+      </c>
+      <c r="I35">
+        <v>2006</v>
+      </c>
+      <c r="J35" t="s">
+        <v>34</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>221</v>
+      </c>
+      <c r="M35" t="s">
+        <v>26</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>222</v>
+      </c>
+      <c r="P35" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>224</v>
+      </c>
+      <c r="B36" t="s">
+        <v>225</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
+        <v>226</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2004</v>
+      </c>
+      <c r="I36">
+        <v>2011</v>
+      </c>
+      <c r="J36" t="s">
+        <v>34</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>227</v>
+      </c>
+      <c r="M36" t="s">
+        <v>26</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>228</v>
+      </c>
+      <c r="P36" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>230</v>
+      </c>
+      <c r="B37" t="s">
+        <v>231</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>232</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2005</v>
+      </c>
+      <c r="I37">
+        <v>2011</v>
+      </c>
+      <c r="J37" t="s">
+        <v>34</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>233</v>
+      </c>
+      <c r="M37" t="s">
+        <v>26</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>234</v>
+      </c>
+      <c r="P37" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>236</v>
+      </c>
+      <c r="B38" t="s">
+        <v>237</v>
+      </c>
+      <c r="C38" t="s">
+        <v>68</v>
+      </c>
+      <c r="D38" t="s">
+        <v>99</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2007</v>
+      </c>
+      <c r="I38">
+        <v>2022</v>
+      </c>
+      <c r="J38" t="s">
+        <v>87</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>238</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>239</v>
+      </c>
+      <c r="P38" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>241</v>
+      </c>
+      <c r="B39" t="s">
+        <v>242</v>
+      </c>
+      <c r="C39" t="s">
+        <v>68</v>
+      </c>
+      <c r="D39" t="s">
+        <v>86</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2006</v>
+      </c>
+      <c r="I39">
+        <v>2010</v>
+      </c>
+      <c r="J39" t="s">
+        <v>87</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>238</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>243</v>
+      </c>
+      <c r="P39" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>245</v>
+      </c>
+      <c r="B40" t="s">
+        <v>246</v>
+      </c>
+      <c r="C40" t="s">
+        <v>68</v>
+      </c>
+      <c r="D40" t="s">
+        <v>86</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2006</v>
+      </c>
+      <c r="I40">
+        <v>2010</v>
+      </c>
+      <c r="J40" t="s">
+        <v>87</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>238</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>247</v>
+      </c>
+      <c r="P40" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>249</v>
+      </c>
+      <c r="B41" t="s">
+        <v>250</v>
+      </c>
+      <c r="C41" t="s">
+        <v>68</v>
+      </c>
+      <c r="D41" t="s">
+        <v>210</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2008</v>
+      </c>
+      <c r="I41">
+        <v>2011</v>
+      </c>
+      <c r="J41" t="s">
+        <v>87</v>
+      </c>
+      <c r="K41" t="s">
+        <v>73</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>238</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>251</v>
+      </c>
+      <c r="P41" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>253</v>
+      </c>
+      <c r="B42" t="s">
+        <v>254</v>
+      </c>
+      <c r="C42" t="s">
+        <v>68</v>
+      </c>
+      <c r="D42" t="s">
+        <v>105</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2007</v>
+      </c>
+      <c r="I42">
+        <v>2011</v>
+      </c>
+      <c r="J42" t="s">
+        <v>87</v>
+      </c>
+      <c r="K42" t="s">
+        <v>73</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>238</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>255</v>
+      </c>
+      <c r="P42" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>257</v>
+      </c>
+      <c r="B43" t="s">
+        <v>258</v>
+      </c>
+      <c r="C43" t="s">
+        <v>68</v>
+      </c>
+      <c r="D43" t="s">
+        <v>86</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>47</v>
+      </c>
+      <c r="H43">
+        <v>2010</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>87</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>238</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>259</v>
+      </c>
+      <c r="P43" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>261</v>
+      </c>
+      <c r="B44" t="s">
+        <v>262</v>
+      </c>
+      <c r="C44" t="s">
+        <v>68</v>
+      </c>
+      <c r="D44" t="s">
+        <v>59</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2007</v>
+      </c>
+      <c r="I44">
+        <v>2018</v>
+      </c>
+      <c r="J44" t="s">
+        <v>87</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>238</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>263</v>
+      </c>
+      <c r="P44" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>265</v>
+      </c>
+      <c r="B45" t="s">
+        <v>266</v>
+      </c>
+      <c r="C45" t="s">
+        <v>68</v>
+      </c>
+      <c r="D45" t="s">
+        <v>117</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2002</v>
+      </c>
+      <c r="I45">
         <v>2017</v>
       </c>
-      <c r="I3" t="s">
-[...2 lines deleted...]
-      <c r="J3" t="s">
+      <c r="J45" t="s">
+        <v>87</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>267</v>
+      </c>
+      <c r="M45" t="s">
+        <v>238</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>268</v>
+      </c>
+      <c r="P45" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>270</v>
+      </c>
+      <c r="B46" t="s">
+        <v>271</v>
+      </c>
+      <c r="C46" t="s">
+        <v>68</v>
+      </c>
+      <c r="D46" t="s">
+        <v>272</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...31 lines deleted...]
-      <c r="G4">
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
         <v>2008</v>
       </c>
-      <c r="H4">
+      <c r="I46">
+        <v>2017</v>
+      </c>
+      <c r="J46" t="s">
+        <v>87</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>273</v>
+      </c>
+      <c r="M46" t="s">
+        <v>238</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>274</v>
+      </c>
+      <c r="P46" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>276</v>
+      </c>
+      <c r="B47" t="s">
+        <v>277</v>
+      </c>
+      <c r="C47" t="s">
+        <v>68</v>
+      </c>
+      <c r="D47" t="s">
+        <v>278</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>47</v>
+      </c>
+      <c r="H47">
+        <v>2022</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>279</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>280</v>
+      </c>
+      <c r="M47" t="s">
+        <v>238</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>281</v>
+      </c>
+      <c r="P47" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>283</v>
+      </c>
+      <c r="B48" t="s">
+        <v>284</v>
+      </c>
+      <c r="C48" t="s">
+        <v>68</v>
+      </c>
+      <c r="D48" t="s">
+        <v>99</v>
+      </c>
+      <c r="E48" t="s">
+        <v>70</v>
+      </c>
+      <c r="F48" t="s">
+        <v>71</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>1993</v>
+      </c>
+      <c r="I48">
+        <v>2022</v>
+      </c>
+      <c r="J48" t="s">
+        <v>87</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>285</v>
+      </c>
+      <c r="M48" t="s">
+        <v>286</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>287</v>
+      </c>
+      <c r="P48" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>289</v>
+      </c>
+      <c r="B49" t="s">
+        <v>290</v>
+      </c>
+      <c r="C49" t="s">
+        <v>68</v>
+      </c>
+      <c r="D49" t="s">
+        <v>129</v>
+      </c>
+      <c r="E49" t="s">
+        <v>70</v>
+      </c>
+      <c r="F49" t="s">
+        <v>71</v>
+      </c>
+      <c r="G49" t="s">
+        <v>47</v>
+      </c>
+      <c r="H49">
         <v>2011</v>
       </c>
-      <c r="I4" t="s">
-[...37 lines deleted...]
-      <c r="G5">
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>87</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>291</v>
+      </c>
+      <c r="M49" t="s">
+        <v>286</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>292</v>
+      </c>
+      <c r="P49" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>293</v>
+      </c>
+      <c r="B50" t="s">
+        <v>294</v>
+      </c>
+      <c r="C50" t="s">
+        <v>68</v>
+      </c>
+      <c r="D50" t="s">
+        <v>86</v>
+      </c>
+      <c r="E50" t="s">
+        <v>70</v>
+      </c>
+      <c r="F50" t="s">
+        <v>71</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>1993</v>
+      </c>
+      <c r="I50">
+        <v>2012</v>
+      </c>
+      <c r="J50" t="s">
+        <v>87</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>295</v>
+      </c>
+      <c r="M50" t="s">
+        <v>286</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>296</v>
+      </c>
+      <c r="P50" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>297</v>
+      </c>
+      <c r="B51" t="s">
+        <v>298</v>
+      </c>
+      <c r="C51" t="s">
+        <v>68</v>
+      </c>
+      <c r="D51" t="s">
+        <v>93</v>
+      </c>
+      <c r="E51" t="s">
+        <v>70</v>
+      </c>
+      <c r="F51" t="s">
+        <v>71</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>1993</v>
+      </c>
+      <c r="I51">
+        <v>2010</v>
+      </c>
+      <c r="J51" t="s">
+        <v>87</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51" t="s">
+        <v>299</v>
+      </c>
+      <c r="M51" t="s">
+        <v>286</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>300</v>
+      </c>
+      <c r="P51" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>301</v>
+      </c>
+      <c r="B52" t="s">
+        <v>302</v>
+      </c>
+      <c r="C52" t="s">
+        <v>68</v>
+      </c>
+      <c r="D52" t="s">
+        <v>117</v>
+      </c>
+      <c r="E52" t="s">
+        <v>70</v>
+      </c>
+      <c r="F52" t="s">
+        <v>71</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>1995</v>
+      </c>
+      <c r="I52">
+        <v>2019</v>
+      </c>
+      <c r="J52" t="s">
+        <v>87</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>303</v>
+      </c>
+      <c r="M52" t="s">
+        <v>286</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>304</v>
+      </c>
+      <c r="P52" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>305</v>
+      </c>
+      <c r="B53" t="s">
+        <v>306</v>
+      </c>
+      <c r="C53" t="s">
+        <v>68</v>
+      </c>
+      <c r="D53" t="s">
+        <v>196</v>
+      </c>
+      <c r="E53" t="s">
+        <v>70</v>
+      </c>
+      <c r="F53" t="s">
+        <v>71</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>1993</v>
+      </c>
+      <c r="I53">
+        <v>2010</v>
+      </c>
+      <c r="J53" t="s">
+        <v>87</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
+        <v>307</v>
+      </c>
+      <c r="M53" t="s">
+        <v>286</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>308</v>
+      </c>
+      <c r="P53" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>309</v>
+      </c>
+      <c r="B54" t="s">
+        <v>310</v>
+      </c>
+      <c r="C54" t="s">
+        <v>68</v>
+      </c>
+      <c r="D54" t="s">
+        <v>196</v>
+      </c>
+      <c r="E54" t="s">
+        <v>70</v>
+      </c>
+      <c r="F54" t="s">
+        <v>71</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>1993</v>
+      </c>
+      <c r="I54">
         <v>2013</v>
       </c>
-      <c r="H5"/>
-[...68 lines deleted...]
-      <c r="C7" t="s">
+      <c r="J54" t="s">
+        <v>87</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>311</v>
+      </c>
+      <c r="M54" t="s">
+        <v>286</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>312</v>
+      </c>
+      <c r="P54" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>314</v>
+      </c>
+      <c r="B55" t="s">
+        <v>315</v>
+      </c>
+      <c r="C55" t="s">
+        <v>68</v>
+      </c>
+      <c r="D55" t="s">
+        <v>86</v>
+      </c>
+      <c r="E55" t="s">
+        <v>70</v>
+      </c>
+      <c r="F55" t="s">
+        <v>71</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>1993</v>
+      </c>
+      <c r="I55">
+        <v>2016</v>
+      </c>
+      <c r="J55" t="s">
+        <v>87</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>286</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>316</v>
+      </c>
+      <c r="P55" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>317</v>
+      </c>
+      <c r="B56" t="s">
+        <v>318</v>
+      </c>
+      <c r="C56" t="s">
+        <v>68</v>
+      </c>
+      <c r="D56" t="s">
+        <v>319</v>
+      </c>
+      <c r="E56" t="s">
+        <v>70</v>
+      </c>
+      <c r="F56" t="s">
+        <v>71</v>
+      </c>
+      <c r="G56" t="s">
         <v>47</v>
       </c>
-      <c r="D7" t="s">
-[...8 lines deleted...]
-      <c r="G7">
+      <c r="H56">
+        <v>2018</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>87</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>286</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>320</v>
+      </c>
+      <c r="P56" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>321</v>
+      </c>
+      <c r="B57" t="s">
+        <v>322</v>
+      </c>
+      <c r="C57" t="s">
+        <v>68</v>
+      </c>
+      <c r="D57" t="s">
+        <v>111</v>
+      </c>
+      <c r="E57" t="s">
+        <v>70</v>
+      </c>
+      <c r="F57" t="s">
+        <v>71</v>
+      </c>
+      <c r="G57" t="s">
+        <v>47</v>
+      </c>
+      <c r="H57">
+        <v>2013</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>87</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" t="s">
+        <v>323</v>
+      </c>
+      <c r="M57" t="s">
+        <v>286</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>324</v>
+      </c>
+      <c r="P57" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>325</v>
+      </c>
+      <c r="B58" t="s">
+        <v>326</v>
+      </c>
+      <c r="C58" t="s">
+        <v>68</v>
+      </c>
+      <c r="D58" t="s">
+        <v>59</v>
+      </c>
+      <c r="E58" t="s">
+        <v>70</v>
+      </c>
+      <c r="F58" t="s">
+        <v>71</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>1993</v>
+      </c>
+      <c r="I58">
+        <v>2016</v>
+      </c>
+      <c r="J58" t="s">
+        <v>87</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58" t="s">
+        <v>327</v>
+      </c>
+      <c r="M58" t="s">
+        <v>286</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>328</v>
+      </c>
+      <c r="P58" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>329</v>
+      </c>
+      <c r="B59" t="s">
+        <v>330</v>
+      </c>
+      <c r="C59" t="s">
+        <v>68</v>
+      </c>
+      <c r="D59" t="s">
+        <v>86</v>
+      </c>
+      <c r="E59" t="s">
+        <v>70</v>
+      </c>
+      <c r="F59" t="s">
+        <v>71</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>1993</v>
+      </c>
+      <c r="I59">
+        <v>2010</v>
+      </c>
+      <c r="J59" t="s">
+        <v>87</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>331</v>
+      </c>
+      <c r="M59" t="s">
+        <v>286</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>332</v>
+      </c>
+      <c r="P59" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>333</v>
+      </c>
+      <c r="B60" t="s">
+        <v>334</v>
+      </c>
+      <c r="C60" t="s">
+        <v>68</v>
+      </c>
+      <c r="D60" t="s">
+        <v>335</v>
+      </c>
+      <c r="E60" t="s">
+        <v>70</v>
+      </c>
+      <c r="F60" t="s">
+        <v>71</v>
+      </c>
+      <c r="G60" t="s">
+        <v>47</v>
+      </c>
+      <c r="H60">
+        <v>2010</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>87</v>
+      </c>
+      <c r="K60" t="s">
+        <v>153</v>
+      </c>
+      <c r="L60"/>
+      <c r="M60" t="s">
+        <v>286</v>
+      </c>
+      <c r="N60" t="s">
+        <v>155</v>
+      </c>
+      <c r="O60" t="s">
+        <v>336</v>
+      </c>
+      <c r="P60" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>337</v>
+      </c>
+      <c r="B61" t="s">
+        <v>338</v>
+      </c>
+      <c r="C61" t="s">
+        <v>68</v>
+      </c>
+      <c r="D61" t="s">
+        <v>152</v>
+      </c>
+      <c r="E61" t="s">
+        <v>70</v>
+      </c>
+      <c r="F61" t="s">
+        <v>71</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61"/>
+      <c r="I61">
+        <v>2010</v>
+      </c>
+      <c r="J61" t="s">
+        <v>87</v>
+      </c>
+      <c r="K61" t="s">
+        <v>153</v>
+      </c>
+      <c r="L61"/>
+      <c r="M61" t="s">
+        <v>286</v>
+      </c>
+      <c r="N61" t="s">
+        <v>155</v>
+      </c>
+      <c r="O61" t="s">
+        <v>339</v>
+      </c>
+      <c r="P61" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>340</v>
+      </c>
+      <c r="B62" t="s">
+        <v>341</v>
+      </c>
+      <c r="C62" t="s">
+        <v>68</v>
+      </c>
+      <c r="D62" t="s">
+        <v>342</v>
+      </c>
+      <c r="E62" t="s">
+        <v>70</v>
+      </c>
+      <c r="F62" t="s">
+        <v>71</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
         <v>1997</v>
       </c>
-      <c r="H7">
-[...85 lines deleted...]
-      <c r="H9">
+      <c r="I62">
         <v>2011</v>
       </c>
-      <c r="I9" t="s">
-[...63 lines deleted...]
-      <c r="A11" t="s">
+      <c r="J62" t="s">
+        <v>87</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" t="s">
+        <v>343</v>
+      </c>
+      <c r="M62" t="s">
+        <v>286</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>344</v>
+      </c>
+      <c r="P62" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>345</v>
+      </c>
+      <c r="B63" t="s">
+        <v>346</v>
+      </c>
+      <c r="C63" t="s">
         <v>68</v>
       </c>
-      <c r="B11" t="s">
-[...20 lines deleted...]
-      <c r="I11" t="s">
+      <c r="D63" t="s">
+        <v>140</v>
+      </c>
+      <c r="E63" t="s">
         <v>70</v>
       </c>
-      <c r="J11" t="s">
-[...3 lines deleted...]
-      <c r="L11" t="s">
+      <c r="F63" t="s">
         <v>71</v>
       </c>
-      <c r="M11" t="s">
-[...169 lines deleted...]
-      <c r="K15" t="s">
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2010</v>
+      </c>
+      <c r="I63">
+        <v>2017</v>
+      </c>
+      <c r="J63" t="s">
         <v>87</v>
       </c>
-      <c r="L15" t="s">
-[...2053 lines deleted...]
-      </c>
       <c r="K63" t="s">
-        <v>243</v>
+        <v>24</v>
       </c>
       <c r="L63" t="s">
-        <v>199</v>
+        <v>347</v>
       </c>
       <c r="M63" t="s">
-        <v>24</v>
+        <v>286</v>
       </c>
       <c r="N63" t="s">
-        <v>244</v>
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>348</v>
+      </c>
+      <c r="P63" t="s">
+        <v>288</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>