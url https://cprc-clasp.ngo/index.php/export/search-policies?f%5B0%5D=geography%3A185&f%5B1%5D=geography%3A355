--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,833 +12,1153 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="234">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="339">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Conpet Seal Gas stoves and ovens</t>
   </si>
   <si>
+    <t>Gas stoves and ovens</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>NBR 13723 1/1999 parte 1, NBR 13723 2/1999 parte 2, NBR 14583/2000</t>
   </si>
   <si>
     <t>National Program of Rational Use of Oil and Natural Gas (Conpet)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/conpet-seal-gas-stoves-and-ovens</t>
   </si>
   <si>
+    <t>https://thebrazilbusiness.com/article/energy-efficiency-labeling-in-brazil</t>
+  </si>
+  <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
     <t>Department Circular No. DC 2020-06-0016</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for room air conditioners (window and split type), refrigeration units (single door, two-door manual defrost, and frost-free), and lighting products (CLFs, LFLs, single-capped fluorescent lamps, and LEDs).</t>
+  </si>
+  <si>
     <t>Lighting, Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-no-dc-2020-06-0016</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/laws-and-issuances/department-circular-no-dc2020-06-0016</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Air Conditioners 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory energy labeling requirements for air conditioners covered by Department Circular No. 2020-06-0015. It applies to single-phase air conditioners with a cooling capacity of up to 50,400 kJ/hr or 14 KW for domestic single use. The following categories are:
+Fixed-speed air conditioners / Variable-speed air conditioners:
+a. Window type
+b. Split type (wall-mounted, floor-standing type, cassette-type, ceiling-cassette-type, ceiling-suspended type)</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS ISO 5151
 ,   
                     PNS ISO 16358-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Clothes Washing Machines 2024, 1st Edition</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to the following fixed speed / variable speed clothes washing machines with minimum capacity of 5 kg up to 22kg: manual (single tub and twin tub), and automatic (top loading and front loading). Clothes washing machines with rated capacity beyond 22kg are not covered by this policy, likewise, spin dryers/water extractors are not covered. The performance data that will be declared shall be based on a Washing Performance of at least 0.6.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>PNS IEC 60456:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-machines-2024</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-0</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Display Monitors 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for display monitors according to section 5 and 9 of Department Circular No. 2020-06-0015. Products in scope include display monitors operating in AC or combination of AC and DC sources connected by digital inputs, such as but not limited to DP, HDMI, DVI, USB, wireless and network connection, or by analog VGA input. Display Monitors that are powered solely from battery sources and specialized monitors are not covered.</t>
   </si>
   <si>
     <t>Displays</t>
   </si>
   <si>
     <t>PNS IEC 62087-1
 ,   
                     IEC 62087-2
 ,   
                     PNS IEC 62087-7
 ,   
                     PNS 378
 ,   
                     PNS IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>PNS IEC 60879:2020 (IEC published 2019)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Energy Saving Devices (ESD) / Low Voltage Saving Devices (LVSD) for Domestic Application 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory energy labeling requirements for  Energy Saving Devices (ESD) / Low Voltage Saving Devices (LVSD) according to section 5 and 9 of Department Circular No. 2020-06-0015. These devices are for household appliances, lighting, and related equipment for use on single phase low voltage alternating current (AC) supply.</t>
   </si>
   <si>
     <t>Asia and Pacific, Philippines</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>PNS 2080:2010
 ,   
                     PNS IEC 62301:2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-energy-saving-devices-esd-low</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-energy-saving-devices</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Lighting Products 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for lighting products used for General Lighting Service Lamps according to section 9 of Department Circular No. 2020-06-0015. Products in scope include Linear Fluorescent Lamps (LFL) or Double-Capped Fluorescent Lamps (DFL), Double-Capped Linear LED Lamps, Self-Ballasted Compact Fluorescent Lamps (CFL), Single-Capped Fluorescent Lamps (SFL), Self-Ballasted Non Directional LED Lamps.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>CIE 84 1st Edition 1989
 ,   
                     PNS IEC 60081
 ,   
                     PNS IEC 60901
 ,   
                     ANSI C78.377-2015
 ,   
                     CIE S 025/E:2015
 ,   
                     CIE 13.3:1995
 ,   
                     IES LM 79-08
 ,   
                     IES LM 80-15
 ,   
                     PNS IEC 62612
 ,   
                     PNS IEC 61000-3-2
 ,   
                     IEC 60838-2-3 E.D. 1.0 B:2016 Miscellaneous Lampholders</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Refrigerating Appliances 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and labeling requirements for refrigerating appliances according to section 9 of Department Circular No. 2020-06-0015. Products in scope include refrigerators and refrigerator-freezers (manual defrost and frost-free) with a minimum volume capacity of 113 liters for domestic and similar use. Freezers are not covered in the scope.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>PNS IEC 62552-1
 ,   
                     PNS IEC 62552-2
 ,   
                     PNS IEC 62552-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-refrigerating-appliances-2024</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-refrigerating</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Television Sets 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS and labeling requirements for television sets according to Department Circular No. 2020-06-0015. The policy applies to all television sets.</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>PNS IEC 62087
 ,   
                     PNS 378
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 17 of 14 January 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for compact fluorescent lamps with integrated ballasts.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-17-14-january-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-17-de-14-de-janeiro-de-2022-374166541</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 170 of 05 April 2019</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for household washing machines.</t>
+  </si>
+  <si>
     <t>ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-170-05-april-2019</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-170-de-5-de-abril-de-2019-71924511</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 234 of 29 June 2020</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for monoblock, window, and wall split air conditioners.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>NBR 5858 NBR 5882 NBR 12010.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-234-29-june-2020</t>
   </si>
   <si>
+    <t>https://www.gov.br/inmetro/pt-br/centrais-de-conteudo/publicacoes/portaria-234-29-de-junho-de-2020.pdf</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 267 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for commercial electric ovens.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>NBR NM 60335-1 / IEC 60335-2-36 / IEC 60335-2-42 / IEC 60335-2-102</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-267-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-267-de-22-de-junho-de-2021-328227052</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 268 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for microwave ovens.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-268-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-268-de-22-de-junho-2021-328222087</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 290 of 7 July 2021</t>
   </si>
   <si>
+    <t>This policy specifies quality and conformity assessment requirements for 3-phase squirrel cage motor labeling.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>ABNT NBR 17094-3:2018 / ABNT NBR 17094-1:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-290-7-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-290-de-7-de-julho-de-2021-331319038</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 299 of 09 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for table, wall, pedestal, and air circulation fans.</t>
+  </si>
+  <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010; IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; NBR 5891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-299-09-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-299-de-9-de-julho-de-2021-331562798</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 319 of 23 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for pumps.
+It covers closed, open and semi-open rotor pumps, self-aspiring centrifugal pumps, multi-stage pumps with horizontal or vertical axis, up to 25 HP for three-phase monoblock centrifugal pumps, and up to 15 HP for single phase monoblock centrifugal pumps.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>ISO 9906:2012 / ABNT NBR 17094-1:2018 / ABNT NBR 17094-2:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-319-23-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-319-de-23-de-julho-de-2021-334087813</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 332 of 2 August 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for household refrigerators, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552:2007 + Ed. 1.0; IEC 62552-1:2020; IEC 60335-1:2010 + A1:2013; IEC 60335-2-24:2010 + A1:2012; ABNT NBR NM 247-1:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-332-2-august-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-332-de-2-de-agosto-de-2021-336061973</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 377 of 14 September 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for televisions.</t>
+  </si>
+  <si>
     <t>ABNT NBR IEC 60065:2009 / CISPR 32: 2012 / IEC PAS 62825:2013 / IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-377-14-september-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-377-de-14-de-setembro-de-2021-345136102</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 382 of 17 September 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for distribution transformers in insulating liquid.</t>
+  </si>
+  <si>
     <t>Distribution Transformers</t>
   </si>
   <si>
     <t>ABNT NBR ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-382-17-september-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-382-de-17-de-setembro-de-2021-346341931</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 420 of 04 October 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for solar water heating equipment.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>ABNT NBR 15747-1:2009 / ABNT NBR 15747-2:2009 / ASTM G155:13 / ISO 9806:2017 / ISO 9459-2:1995</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-420-04-october-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-420-de-4-de-outubro-de-2021-352019240</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 69 of 16 February 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for integrated LED lamps.</t>
+  </si>
+  <si>
     <t>IEC-TR62380; IESNA LM-80-08; ANSI /UL 1993-1999</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-69-16-february-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-69-de-16-de-fevereiro-de-2022-382712930</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 8 of 05 January 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for gas stoves and ovens for household use.</t>
+  </si>
+  <si>
     <t>ABNT NBR 13723-1:2003 /  ABNT NBR 14698 and ABNT NBR 13866 / ABNT NBR 15076:2004 / ABNT NBR 7195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-8-05-january-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-8-de-5-de-janeiro-de-2022-375029861</t>
+  </si>
+  <si>
     <t>MME Resolution No. 1 of 29 April 2022</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for air conditioners, including monoblock, window, wall split, floor-ceiling, and cassette type.</t>
+  </si>
+  <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mme-resolution-no-1-29-april-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/resolucao-n-1-de-29-de-abril-de-2022-396910853</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 1.007 of 31 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for incandescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-1007-31-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_1007-2010-lampadas-incandescentes.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 1.008 of 31 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for compact fluorescent lamps (CFLs).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-1008-31-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_1008-2010-lampadas-fluorescentes-compactas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 324 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for gas water heaters, both instantaneous and storage.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-324-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_324-2011-aquecedores-de-agua-a-gas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 325 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for ovens.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-325-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_325-2011-fornos-e-fogoes-a-gas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 959 of 09 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for electromagnetic ballasts for high pressure sodium-vapor lamps and metal-halide lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-959-09-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_959-2010-reatores-lampadas-vapor-de-sodio-e-metalico.pdf</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 1 of 14 May 2018</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for household refrigerators, freezers, and refrigerator-freezers. This policy has been replaced by  Ordinance No. 2 of 29 December 2022. Select 'see more' below for a link to the new policy.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctimdic-ordinance-no-1-14-may-2018</t>
   </si>
   <si>
+    <t>http://antigo.mme.gov.br/documents/36193/72181/2018+-+Portaria+Interministerial+MME-MCTIC-MDIC+n_1-2018+-+Refrigeradores+e+Congeladores.pdf/879c8ad6-ae08-8496-553e-9388668cd571</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 1 of 29 June 2017</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for 3-phase squirrel cage electric motors.</t>
+  </si>
+  <si>
     <t>ABNT NBR 17094-1 / ABNT NBR 5383-1 / ABNT NBR 5110 / ABNT NBR IEC 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctimdic-ordinance-no-1-29-june-2017</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2017-portaria-interministerial-mme-mctic-mdic-n_1-2017-motores-eletricos-trifasicos.pdf</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 2 of 29 June 2017</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for household ceiling fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>NBR NM-IEC 335-1 / 1998; IEC 60335-2-80 / 1997; NBR 14532/2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctimdic-ordinance-no-2-29-june-2017</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2017-portaria-interministerial-mme-mctic-mdic-n_2-2017-ventiladores-de-teto.pdf</t>
+  </si>
+  <si>
     <t>Ordinance No. 2 of 29 December 2022</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy perfomance standards for refrigerators and freezers for domestic use, manufactured nationally or imported, for sale and/or use in Brazil.</t>
   </si>
   <si>
     <t>IEC 62552-3:2007
 ,   
                     IEC 62552-3:2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ordinance-no-2-29-december-2022</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/sites/default/files/2025-01/Resolu__o_de_Consulta_P_blica_MEPS_Refrigeradores_e_Congeladores_pdf_pdf%20%281%29.pdf</t>
+  </si>
+  <si>
     <t>PNS 12-3-2000 - Lamps and related equipment - Electromagnetic ballast - Energy standards and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the power loss and labeling requirements for electromagnetic fluorescent lamp ballast with or without pre-heated cathodes and operated with or without a starter or starting device.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-12-3-2000-lamps-and-related-equipment-electromagnetic-ballast-energy-standards-and</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%2012-3-2000.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-1-1:2007 Amendment 1:2013 - Lamps and related equipment-Energy efficiency and labeling requirements - Part 1-1: Double-capped fluorescent lamps</t>
   </si>
   <si>
+    <t>This labeling program covers single-capped fluorescent lamps for general lighting service.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>PNS IEC 60081:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-1-12007-amendment-12013-lamps-and-related-equipment-energy-efficiency-and</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202050-1-1%20amd%201-2013.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-1-2:2006 - Lamps and related equipments – Energy labeling requirements – Part 1-2: Single-capped fluorescent lamps</t>
   </si>
   <si>
     <t>PNS IEC 60901:2001 Amd. 01, 02, &amp; 03:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-1-22006-lamps-and-related-equipments-energy-labeling-requirements-part-1-2-single</t>
   </si>
   <si>
+    <t>https://www.lites.asia/files/otherfiles/0000/0238/Manila_lites_asia_meeting_1.8_Philippine_policies_for_EE_lighting_Mirna_Campanano.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-2:2015 - Lamps and related equipment - Energy efficiency and labeling requirements - Part 2: Self-ballasted lamps for general lighting services</t>
   </si>
   <si>
+    <t>This labeling program covers AC supplied electronic ballast for tubular fluorescent lamps specifically with ratings from 10 watts to 40 watts for T12, T10, T9, T8 and T5 halophosphate and triphosphate fluorescent lamps with G13 and G5 caps.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>PNS IEC 969:2006; PNS IEC 968:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-22015-lamps-and-related-equipment-energy-efficiency-and-labeling-requirements</t>
   </si>
   <si>
+    <t>https://dti.gov.ph/resources/e-library</t>
+  </si>
+  <si>
     <t>PNS 2050-4:2007 - Lamps and related equipment - Energy labeling requirements - Part 4: Ballast</t>
   </si>
   <si>
     <t>PNS IEC 60921:2006; PNS IEC 61347-1:2002; PNS IEC 61347-2-3:2002 amendment 01:2006; PNS IEC 60921:2006; PNS IEC 61347-2-8:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-42007-lamps-and-related-equipment-energy-labeling-requirements-part-4-ballast</t>
   </si>
   <si>
     <t>PNS 2098-1:2013 - Audio video and related equipment - Energy efficiency factor (EEF) and labeling requirements - Part 1: Television set</t>
   </si>
   <si>
+    <t>This labeling program covers television sets and computer monitors with built-in tuner with screen size up to 1520 mm directly connected to the mains.</t>
+  </si>
+  <si>
     <t>PNS 387</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2098-12013-audio-video-and-related-equipment-energy-efficiency-factor-eef-and-labeling</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202098-1-2013-tv.pdf</t>
+  </si>
+  <si>
     <t>PNS 396-1:2007 - Household appliances - Energy efficiency ratio (EER) and labelling requirements - Part 1 : Airconditioners</t>
   </si>
   <si>
+    <t>This program covers all non-inverter split-type room air conditioners, fixed-speed window air conditioners, and split air conditioners with capacities up to 36,000 kJ/h (10kW).</t>
+  </si>
+  <si>
     <t>PNS-240:1998/ISO-5151:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-396-12007-household-appliances-energy-efficiency-ratio-eer-and-labelling-requirements</t>
   </si>
   <si>
+    <t>https://www.lites.asia/files/otherfiles/0000/0221/Sharing_experience_with_Indonesia_Philippines_Raquel_Huliganga.pdf</t>
+  </si>
+  <si>
     <t>PNS 396-2:2013 - Household appliances - Energy efficiency factor (EEF) and labeling requirements - Part 2: Regrigerators and Freezers</t>
   </si>
   <si>
+    <t>This labeling program covers all types of direct-cooling and frost-free refrigerators, freezers, and refrigerators-freezers with storage volume capacities of 113 litres (4 cubic feet) to 340 litres (12 cubic feet).</t>
+  </si>
+  <si>
     <t>PNS IEC 62552:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-396-22013-household-appliances-energy-efficiency-factor-eef-and-labeling-requirements</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%20396-2-2013-ref-freezer.pdf</t>
+  </si>
+  <si>
     <t>PNS 396-3:2013 - Household appliances – Energy efficiency factor (EEF) and labeling requirements – Part 3: Clothes washing machine</t>
   </si>
   <si>
+    <t>This labeling program covers clothes washing machines. It does not cover stand-alone spin extractor.</t>
+  </si>
+  <si>
     <t>PNS IEC 60456</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-396-32013-household-appliances-energy-efficiency-factor-eef-and-labeling-requirements</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%20396-3-2013-washing%20machine.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Air Conditioners</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for window and split type room air conditioners.</t>
+  </si>
+  <si>
     <t>NBR 5858, NBR 5882, NBR 12010.</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Procel Seal - Centrifugal Pumps and Motor Pumps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for centrifugal pumps.</t>
+  </si>
+  <si>
     <t>NBR 626-2, NBR 5383-1, NBR 5383-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-centrifugal-pumps-and-motor-pumps</t>
   </si>
   <si>
     <t>Procel Seal - CFLs with Integrated Ballasts</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for compact fluorescent lamps (CFLs) with integrated ballasts.</t>
+  </si>
+  <si>
     <t>CIE 84:1989, IEC 60081, IEC 60901, IEC 60969, NBR 14538, NBR 14539, NBR IEC 60061-1, NBR 14671</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-cfls-integrated-ballasts</t>
   </si>
   <si>
     <t>Procel Seal - Clothes Washers</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for washing machines.</t>
+  </si>
+  <si>
     <t>Projeto de Norma ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-clothes-washers</t>
   </si>
   <si>
     <t>Procel Seal - Electric Motors</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electric motors.</t>
+  </si>
+  <si>
     <t>NBR 17094 NBR 5383-1 NBR 5110 e NBR ISO 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-electric-motors</t>
   </si>
   <si>
     <t>Procel Seal - Electromagnetic Ballasts for Sodium Vapor Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electromagnetic ballasts for sodium vapor lamps.</t>
+  </si>
+  <si>
     <t>NBR 13593 NBR 14305</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-electromagnetic-ballasts-sodium-vapor-lamps</t>
   </si>
   <si>
     <t>Procel Seal - Electronic Ballasts for Tubular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electronic ballasts for tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>NBR 5114 NBR 5172</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-electronic-ballasts-tubular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Procel Seal - LED Lamps with Integrated Control Device</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED lamps with a control device integrated to the base.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-led-lamps-integrated-control-device</t>
   </si>
   <si>
     <t>Procel Seal - LED Street Light Luminaires</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED street light luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-led-street-light-luminaires</t>
   </si>
   <si>
     <t>Procel Seal - Microwave Ovens</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for microwave ovens.</t>
+  </si>
+  <si>
     <t>ABNT NBR NM IEC 60335-2-25; IEC 60705; IEC 62301; ABNT NBR 5891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-microwave-ovens</t>
   </si>
   <si>
     <t>Procel Seal - Refrigerators, Freezers, Refrigerator-Freezers</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for refrigerators, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>ISO 7371, ISO 8187, ISO 5155, ISO 8561</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-refrigerators-freezers-refrigerator-freezers</t>
   </si>
   <si>
     <t>Procel Seal - Sodium Vapor Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for sodium vapor lamps.</t>
+  </si>
+  <si>
     <t>NBR IEC 60662, NBR 13593, NBR 5461, NBR IEC 60061-1, ABNT NBR IEC 60238, ABNT NBR 5426</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-sodium-vapor-lamps</t>
   </si>
   <si>
     <t>Procel Seal - Systems and Equipment for Photovoltaic Energy</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for photovoltaic modules.</t>
+  </si>
+  <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-systems-and-equipment-photovoltaic-energy</t>
   </si>
   <si>
     <t>Procel Seal - Systems and Equipment for Solar Water Heating</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for solar collectors and thermal reservoirs.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-systems-and-equipment-solar-water-heating</t>
   </si>
   <si>
     <t>Procel Seal - Table and Ceiling Fans</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for table and ceiling fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>NBR NM-IEC-335-1/ 1998; IEC 60335-2-80 / 1997; NBR 14532 : 2003; Energy Star / 2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-table-and-ceiling-fans</t>
   </si>
   <si>
     <t>Procel Seal - Televisions</t>
+  </si>
+  <si>
+    <t>This webpage contains endorsement label requirements for televisions.</t>
   </si>
   <si>
     <t>IEC 60065 Ed. 7.1 2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-televisions</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1102,2723 +1422,3092 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N61"/>
+  <dimension ref="A1:P61"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="208" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="208.663" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="686.547" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="115.543" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="219.375" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2008</v>
+      </c>
+      <c r="I2">
+        <v>2011</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H3">
+        <v>2020</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>37</v>
+      </c>
+      <c r="K3" t="s">
+        <v>38</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>34</v>
+      </c>
+      <c r="F4" t="s">
+        <v>35</v>
+      </c>
+      <c r="G4" t="s">
+        <v>36</v>
+      </c>
+      <c r="H4">
+        <v>2020</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>37</v>
+      </c>
+      <c r="K4" t="s">
+        <v>38</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>39</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" t="s">
+        <v>50</v>
+      </c>
+      <c r="G5" t="s">
+        <v>36</v>
+      </c>
+      <c r="H5">
+        <v>2021</v>
+      </c>
+      <c r="I5">
+        <v>2024</v>
+      </c>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
+        <v>38</v>
+      </c>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>39</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>57</v>
+      </c>
+      <c r="E6" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" t="s">
+        <v>50</v>
+      </c>
+      <c r="G6" t="s">
+        <v>36</v>
+      </c>
+      <c r="H6">
+        <v>2023</v>
+      </c>
+      <c r="I6">
+        <v>2024</v>
+      </c>
+      <c r="J6" t="s">
+        <v>51</v>
+      </c>
+      <c r="K6" t="s">
+        <v>38</v>
+      </c>
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
+        <v>39</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>63</v>
+      </c>
+      <c r="E7" t="s">
+        <v>34</v>
+      </c>
+      <c r="F7" t="s">
+        <v>50</v>
+      </c>
+      <c r="G7" t="s">
+        <v>36</v>
+      </c>
+      <c r="H7">
+        <v>2024</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>51</v>
+      </c>
+      <c r="K7" t="s">
+        <v>38</v>
+      </c>
+      <c r="L7" t="s">
+        <v>64</v>
+      </c>
+      <c r="M7" t="s">
+        <v>39</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>69</v>
+      </c>
+      <c r="E8" t="s">
+        <v>34</v>
+      </c>
+      <c r="F8" t="s">
+        <v>50</v>
+      </c>
+      <c r="G8" t="s">
+        <v>36</v>
+      </c>
+      <c r="H8">
+        <v>2023</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>37</v>
+      </c>
+      <c r="K8" t="s">
+        <v>38</v>
+      </c>
+      <c r="L8" t="s">
+        <v>70</v>
+      </c>
+      <c r="M8" t="s">
+        <v>39</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>75</v>
+      </c>
+      <c r="D9" t="s">
+        <v>76</v>
+      </c>
+      <c r="E9" t="s">
+        <v>34</v>
+      </c>
+      <c r="F9" t="s">
+        <v>50</v>
+      </c>
+      <c r="G9" t="s">
+        <v>36</v>
+      </c>
+      <c r="H9">
+        <v>2024</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>51</v>
+      </c>
+      <c r="K9" t="s">
+        <v>38</v>
+      </c>
+      <c r="L9" t="s">
+        <v>77</v>
+      </c>
+      <c r="M9" t="s">
+        <v>39</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>78</v>
+      </c>
+      <c r="P9" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>80</v>
+      </c>
+      <c r="B10" t="s">
+        <v>81</v>
+      </c>
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
+        <v>82</v>
+      </c>
+      <c r="E10" t="s">
+        <v>34</v>
+      </c>
+      <c r="F10" t="s">
+        <v>50</v>
+      </c>
+      <c r="G10" t="s">
+        <v>36</v>
+      </c>
+      <c r="H10">
+        <v>2021</v>
+      </c>
+      <c r="I10">
+        <v>2024</v>
+      </c>
+      <c r="J10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K10" t="s">
+        <v>38</v>
+      </c>
+      <c r="L10" t="s">
+        <v>83</v>
+      </c>
+      <c r="M10" t="s">
+        <v>39</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>84</v>
+      </c>
+      <c r="P10" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>86</v>
+      </c>
+      <c r="B11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
+        <v>88</v>
+      </c>
+      <c r="E11" t="s">
+        <v>34</v>
+      </c>
+      <c r="F11" t="s">
+        <v>50</v>
+      </c>
+      <c r="G11" t="s">
+        <v>36</v>
+      </c>
+      <c r="H11">
+        <v>2021</v>
+      </c>
+      <c r="I11">
+        <v>2024</v>
+      </c>
+      <c r="J11" t="s">
+        <v>51</v>
+      </c>
+      <c r="K11" t="s">
+        <v>38</v>
+      </c>
+      <c r="L11" t="s">
+        <v>89</v>
+      </c>
+      <c r="M11" t="s">
+        <v>39</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>90</v>
+      </c>
+      <c r="P11" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>92</v>
+      </c>
+      <c r="B12" t="s">
+        <v>93</v>
+      </c>
+      <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
+        <v>94</v>
+      </c>
+      <c r="E12" t="s">
+        <v>34</v>
+      </c>
+      <c r="F12" t="s">
+        <v>50</v>
+      </c>
+      <c r="G12" t="s">
+        <v>36</v>
+      </c>
+      <c r="H12">
+        <v>2021</v>
+      </c>
+      <c r="I12">
+        <v>2024</v>
+      </c>
+      <c r="J12" t="s">
+        <v>51</v>
+      </c>
+      <c r="K12" t="s">
+        <v>38</v>
+      </c>
+      <c r="L12" t="s">
+        <v>95</v>
+      </c>
+      <c r="M12" t="s">
+        <v>39</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>96</v>
+      </c>
+      <c r="P12" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>98</v>
+      </c>
+      <c r="B13" t="s">
+        <v>99</v>
+      </c>
+      <c r="C13" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D13" t="s">
+        <v>100</v>
+      </c>
+      <c r="E13" t="s">
+        <v>34</v>
+      </c>
+      <c r="F13" t="s">
+        <v>101</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2006</v>
+      </c>
+      <c r="I13">
+        <v>2022</v>
+      </c>
+      <c r="J13" t="s">
+        <v>102</v>
+      </c>
+      <c r="K13" t="s">
+        <v>38</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>103</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>104</v>
+      </c>
+      <c r="P13" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>106</v>
+      </c>
+      <c r="B14" t="s">
+        <v>107</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E14" t="s">
+        <v>34</v>
+      </c>
+      <c r="F14" t="s">
+        <v>101</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>1984</v>
+      </c>
+      <c r="I14">
+        <v>2019</v>
+      </c>
+      <c r="J14" t="s">
+        <v>102</v>
+      </c>
+      <c r="K14" t="s">
+        <v>38</v>
+      </c>
+      <c r="L14" t="s">
+        <v>108</v>
+      </c>
+      <c r="M14" t="s">
+        <v>103</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>109</v>
+      </c>
+      <c r="P14" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>111</v>
+      </c>
+      <c r="B15" t="s">
+        <v>112</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>113</v>
+      </c>
+      <c r="E15" t="s">
+        <v>34</v>
+      </c>
+      <c r="F15" t="s">
+        <v>101</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
         <v>2008</v>
       </c>
-      <c r="H2">
+      <c r="I15">
+        <v>2020</v>
+      </c>
+      <c r="J15" t="s">
+        <v>102</v>
+      </c>
+      <c r="K15" t="s">
+        <v>38</v>
+      </c>
+      <c r="L15" t="s">
+        <v>114</v>
+      </c>
+      <c r="M15" t="s">
+        <v>103</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>115</v>
+      </c>
+      <c r="P15" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>117</v>
+      </c>
+      <c r="B16" t="s">
+        <v>118</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>119</v>
+      </c>
+      <c r="E16" t="s">
+        <v>34</v>
+      </c>
+      <c r="F16" t="s">
+        <v>101</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2008</v>
+      </c>
+      <c r="I16">
+        <v>2021</v>
+      </c>
+      <c r="J16" t="s">
+        <v>102</v>
+      </c>
+      <c r="K16" t="s">
+        <v>38</v>
+      </c>
+      <c r="L16" t="s">
+        <v>120</v>
+      </c>
+      <c r="M16" t="s">
+        <v>103</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>121</v>
+      </c>
+      <c r="P16" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>123</v>
+      </c>
+      <c r="B17" t="s">
+        <v>124</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>125</v>
+      </c>
+      <c r="E17" t="s">
+        <v>34</v>
+      </c>
+      <c r="F17" t="s">
+        <v>101</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
         <v>2011</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I17">
+        <v>2021</v>
+      </c>
+      <c r="J17" t="s">
+        <v>102</v>
+      </c>
+      <c r="K17" t="s">
+        <v>38</v>
+      </c>
+      <c r="L17" t="s">
+        <v>126</v>
+      </c>
+      <c r="M17" t="s">
+        <v>103</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>127</v>
+      </c>
+      <c r="P17" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>129</v>
+      </c>
+      <c r="B18" t="s">
+        <v>130</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>131</v>
+      </c>
+      <c r="E18" t="s">
+        <v>34</v>
+      </c>
+      <c r="F18" t="s">
+        <v>101</v>
+      </c>
+      <c r="G18" t="s">
+        <v>36</v>
+      </c>
+      <c r="H18">
+        <v>2021</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>102</v>
+      </c>
+      <c r="K18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L18" t="s">
+        <v>132</v>
+      </c>
+      <c r="M18" t="s">
+        <v>103</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>133</v>
+      </c>
+      <c r="P18" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>135</v>
+      </c>
+      <c r="B19" t="s">
+        <v>136</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>137</v>
+      </c>
+      <c r="E19" t="s">
+        <v>34</v>
+      </c>
+      <c r="F19" t="s">
+        <v>101</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2008</v>
+      </c>
+      <c r="I19">
+        <v>2021</v>
+      </c>
+      <c r="J19" t="s">
+        <v>102</v>
+      </c>
+      <c r="K19" t="s">
+        <v>38</v>
+      </c>
+      <c r="L19" t="s">
+        <v>138</v>
+      </c>
+      <c r="M19" t="s">
+        <v>103</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>139</v>
+      </c>
+      <c r="P19" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>141</v>
+      </c>
+      <c r="B20" t="s">
+        <v>142</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>143</v>
+      </c>
+      <c r="E20" t="s">
+        <v>34</v>
+      </c>
+      <c r="F20" t="s">
+        <v>101</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2010</v>
+      </c>
+      <c r="I20">
+        <v>2021</v>
+      </c>
+      <c r="J20" t="s">
+        <v>102</v>
+      </c>
+      <c r="K20" t="s">
+        <v>38</v>
+      </c>
+      <c r="L20" t="s">
+        <v>144</v>
+      </c>
+      <c r="M20" t="s">
+        <v>103</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>145</v>
+      </c>
+      <c r="P20" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>147</v>
+      </c>
+      <c r="B21" t="s">
+        <v>148</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>149</v>
+      </c>
+      <c r="E21" t="s">
+        <v>34</v>
+      </c>
+      <c r="F21" t="s">
+        <v>101</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2001</v>
+      </c>
+      <c r="I21">
+        <v>2021</v>
+      </c>
+      <c r="J21" t="s">
+        <v>102</v>
+      </c>
+      <c r="K21" t="s">
+        <v>38</v>
+      </c>
+      <c r="L21" t="s">
+        <v>150</v>
+      </c>
+      <c r="M21" t="s">
+        <v>103</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>151</v>
+      </c>
+      <c r="P21" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>153</v>
+      </c>
+      <c r="B22" t="s">
+        <v>154</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>94</v>
+      </c>
+      <c r="E22" t="s">
+        <v>34</v>
+      </c>
+      <c r="F22" t="s">
+        <v>101</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2009</v>
+      </c>
+      <c r="I22">
+        <v>2021</v>
+      </c>
+      <c r="J22" t="s">
+        <v>102</v>
+      </c>
+      <c r="K22" t="s">
+        <v>38</v>
+      </c>
+      <c r="L22" t="s">
+        <v>155</v>
+      </c>
+      <c r="M22" t="s">
+        <v>103</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>156</v>
+      </c>
+      <c r="P22" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>158</v>
+      </c>
+      <c r="B23" t="s">
+        <v>159</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>160</v>
+      </c>
+      <c r="E23" t="s">
+        <v>34</v>
+      </c>
+      <c r="F23" t="s">
+        <v>101</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2010</v>
+      </c>
+      <c r="I23">
+        <v>2021</v>
+      </c>
+      <c r="J23" t="s">
+        <v>102</v>
+      </c>
+      <c r="K23" t="s">
+        <v>38</v>
+      </c>
+      <c r="L23" t="s">
+        <v>161</v>
+      </c>
+      <c r="M23" t="s">
+        <v>103</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>162</v>
+      </c>
+      <c r="P23" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>164</v>
+      </c>
+      <c r="B24" t="s">
+        <v>165</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>166</v>
+      </c>
+      <c r="E24" t="s">
+        <v>34</v>
+      </c>
+      <c r="F24" t="s">
+        <v>101</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2012</v>
+      </c>
+      <c r="I24">
+        <v>2021</v>
+      </c>
+      <c r="J24" t="s">
+        <v>102</v>
+      </c>
+      <c r="K24" t="s">
+        <v>167</v>
+      </c>
+      <c r="L24" t="s">
+        <v>168</v>
+      </c>
+      <c r="M24" t="s">
+        <v>103</v>
+      </c>
+      <c r="N24" t="s">
+        <v>169</v>
+      </c>
+      <c r="O24" t="s">
+        <v>170</v>
+      </c>
+      <c r="P24" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>172</v>
+      </c>
+      <c r="B25" t="s">
+        <v>173</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>100</v>
+      </c>
+      <c r="E25" t="s">
+        <v>34</v>
+      </c>
+      <c r="F25" t="s">
+        <v>101</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2015</v>
+      </c>
+      <c r="I25">
+        <v>2022</v>
+      </c>
+      <c r="J25" t="s">
+        <v>102</v>
+      </c>
+      <c r="K25" t="s">
+        <v>38</v>
+      </c>
+      <c r="L25" t="s">
+        <v>174</v>
+      </c>
+      <c r="M25" t="s">
+        <v>103</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>175</v>
+      </c>
+      <c r="P25" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>177</v>
+      </c>
+      <c r="B26" t="s">
+        <v>178</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>119</v>
+      </c>
+      <c r="E26" t="s">
+        <v>34</v>
+      </c>
+      <c r="F26" t="s">
+        <v>101</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2008</v>
+      </c>
+      <c r="I26">
+        <v>2022</v>
+      </c>
+      <c r="J26" t="s">
+        <v>102</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>179</v>
+      </c>
+      <c r="M26" t="s">
+        <v>103</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>180</v>
+      </c>
+      <c r="P26" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>182</v>
+      </c>
+      <c r="B27" t="s">
+        <v>183</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>113</v>
+      </c>
+      <c r="E27" t="s">
+        <v>34</v>
+      </c>
+      <c r="F27" t="s">
+        <v>35</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2007</v>
+      </c>
+      <c r="I27">
+        <v>2022</v>
+      </c>
+      <c r="J27" t="s">
+        <v>102</v>
+      </c>
+      <c r="K27" t="s">
+        <v>38</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>184</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>185</v>
+      </c>
+      <c r="P27" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>187</v>
+      </c>
+      <c r="B28" t="s">
+        <v>188</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>100</v>
+      </c>
+      <c r="E28" t="s">
+        <v>34</v>
+      </c>
+      <c r="F28" t="s">
+        <v>35</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2006</v>
+      </c>
+      <c r="I28">
+        <v>2010</v>
+      </c>
+      <c r="J28" t="s">
+        <v>102</v>
+      </c>
+      <c r="K28" t="s">
+        <v>38</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>184</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>189</v>
+      </c>
+      <c r="P28" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>191</v>
+      </c>
+      <c r="B29" t="s">
+        <v>192</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>100</v>
+      </c>
+      <c r="E29" t="s">
+        <v>34</v>
+      </c>
+      <c r="F29" t="s">
+        <v>35</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2006</v>
+      </c>
+      <c r="I29">
+        <v>2010</v>
+      </c>
+      <c r="J29" t="s">
+        <v>102</v>
+      </c>
+      <c r="K29" t="s">
+        <v>38</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>184</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>193</v>
+      </c>
+      <c r="P29" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>195</v>
+      </c>
+      <c r="B30" t="s">
+        <v>196</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>197</v>
+      </c>
+      <c r="E30" t="s">
+        <v>34</v>
+      </c>
+      <c r="F30" t="s">
+        <v>35</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2008</v>
+      </c>
+      <c r="I30">
+        <v>2011</v>
+      </c>
+      <c r="J30" t="s">
+        <v>102</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>184</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>198</v>
+      </c>
+      <c r="P30" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>200</v>
+      </c>
+      <c r="B31" t="s">
+        <v>201</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>119</v>
+      </c>
+      <c r="E31" t="s">
+        <v>34</v>
+      </c>
+      <c r="F31" t="s">
+        <v>35</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2007</v>
+      </c>
+      <c r="I31">
+        <v>2011</v>
+      </c>
+      <c r="J31" t="s">
+        <v>102</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>184</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>202</v>
+      </c>
+      <c r="P31" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>204</v>
+      </c>
+      <c r="B32" t="s">
+        <v>205</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>100</v>
+      </c>
+      <c r="E32" t="s">
+        <v>34</v>
+      </c>
+      <c r="F32" t="s">
+        <v>35</v>
+      </c>
+      <c r="G32" t="s">
+        <v>36</v>
+      </c>
+      <c r="H32">
+        <v>2010</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>102</v>
+      </c>
+      <c r="K32" t="s">
+        <v>38</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>184</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>206</v>
+      </c>
+      <c r="P32" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>208</v>
+      </c>
+      <c r="B33" t="s">
+        <v>209</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>149</v>
+      </c>
+      <c r="E33" t="s">
+        <v>34</v>
+      </c>
+      <c r="F33" t="s">
+        <v>35</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2007</v>
+      </c>
+      <c r="I33">
+        <v>2018</v>
+      </c>
+      <c r="J33" t="s">
+        <v>102</v>
+      </c>
+      <c r="K33" t="s">
+        <v>38</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>184</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>210</v>
+      </c>
+      <c r="P33" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>212</v>
+      </c>
+      <c r="B34" t="s">
+        <v>213</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>131</v>
+      </c>
+      <c r="E34" t="s">
+        <v>34</v>
+      </c>
+      <c r="F34" t="s">
+        <v>35</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2002</v>
+      </c>
+      <c r="I34">
+        <v>2017</v>
+      </c>
+      <c r="J34" t="s">
+        <v>102</v>
+      </c>
+      <c r="K34" t="s">
+        <v>38</v>
+      </c>
+      <c r="L34" t="s">
+        <v>214</v>
+      </c>
+      <c r="M34" t="s">
+        <v>184</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>215</v>
+      </c>
+      <c r="P34" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>217</v>
+      </c>
+      <c r="B35" t="s">
+        <v>218</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>219</v>
+      </c>
+      <c r="E35" t="s">
+        <v>34</v>
+      </c>
+      <c r="F35" t="s">
+        <v>35</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2008</v>
+      </c>
+      <c r="I35">
+        <v>2017</v>
+      </c>
+      <c r="J35" t="s">
+        <v>102</v>
+      </c>
+      <c r="K35" t="s">
+        <v>38</v>
+      </c>
+      <c r="L35" t="s">
+        <v>220</v>
+      </c>
+      <c r="M35" t="s">
+        <v>184</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>221</v>
+      </c>
+      <c r="P35" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>223</v>
+      </c>
+      <c r="B36" t="s">
+        <v>224</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
+        <v>88</v>
+      </c>
+      <c r="E36" t="s">
+        <v>34</v>
+      </c>
+      <c r="F36" t="s">
+        <v>35</v>
+      </c>
+      <c r="G36" t="s">
+        <v>36</v>
+      </c>
+      <c r="H36">
+        <v>2022</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>51</v>
+      </c>
+      <c r="K36" t="s">
+        <v>38</v>
+      </c>
+      <c r="L36" t="s">
+        <v>225</v>
+      </c>
+      <c r="M36" t="s">
+        <v>184</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>226</v>
+      </c>
+      <c r="P36" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>228</v>
+      </c>
+      <c r="B37" t="s">
+        <v>229</v>
+      </c>
+      <c r="C37" t="s">
+        <v>32</v>
+      </c>
+      <c r="D37" t="s">
+        <v>230</v>
+      </c>
+      <c r="E37" t="s">
+        <v>34</v>
+      </c>
+      <c r="F37" t="s">
+        <v>101</v>
+      </c>
+      <c r="G37" t="s">
+        <v>36</v>
+      </c>
+      <c r="H37">
+        <v>2002</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>231</v>
+      </c>
+      <c r="K37" t="s">
+        <v>38</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>39</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>232</v>
+      </c>
+      <c r="P37" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>234</v>
+      </c>
+      <c r="B38" t="s">
+        <v>235</v>
+      </c>
+      <c r="C38" t="s">
+        <v>32</v>
+      </c>
+      <c r="D38" t="s">
+        <v>236</v>
+      </c>
+      <c r="E38" t="s">
+        <v>34</v>
+      </c>
+      <c r="F38" t="s">
+        <v>50</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2007</v>
+      </c>
+      <c r="I38">
+        <v>2013</v>
+      </c>
+      <c r="J38" t="s">
+        <v>231</v>
+      </c>
+      <c r="K38" t="s">
+        <v>38</v>
+      </c>
+      <c r="L38" t="s">
+        <v>237</v>
+      </c>
+      <c r="M38" t="s">
+        <v>39</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>238</v>
+      </c>
+      <c r="P38" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>240</v>
+      </c>
+      <c r="B39" t="s">
+        <v>235</v>
+      </c>
+      <c r="C39" t="s">
+        <v>32</v>
+      </c>
+      <c r="D39" t="s">
+        <v>236</v>
+      </c>
+      <c r="E39" t="s">
+        <v>34</v>
+      </c>
+      <c r="F39" t="s">
+        <v>101</v>
+      </c>
+      <c r="G39" t="s">
+        <v>36</v>
+      </c>
+      <c r="H39">
+        <v>2006</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>231</v>
+      </c>
+      <c r="K39" t="s">
+        <v>38</v>
+      </c>
+      <c r="L39" t="s">
+        <v>241</v>
+      </c>
+      <c r="M39" t="s">
+        <v>39</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>242</v>
+      </c>
+      <c r="P39" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>244</v>
+      </c>
+      <c r="B40" t="s">
+        <v>245</v>
+      </c>
+      <c r="C40" t="s">
+        <v>32</v>
+      </c>
+      <c r="D40" t="s">
+        <v>246</v>
+      </c>
+      <c r="E40" t="s">
+        <v>34</v>
+      </c>
+      <c r="F40" t="s">
+        <v>101</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2007</v>
+      </c>
+      <c r="I40">
+        <v>2015</v>
+      </c>
+      <c r="J40" t="s">
+        <v>231</v>
+      </c>
+      <c r="K40" t="s">
+        <v>38</v>
+      </c>
+      <c r="L40" t="s">
+        <v>247</v>
+      </c>
+      <c r="M40" t="s">
+        <v>39</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>248</v>
+      </c>
+      <c r="P40" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>250</v>
+      </c>
+      <c r="B41" t="s">
+        <v>245</v>
+      </c>
+      <c r="C41" t="s">
+        <v>32</v>
+      </c>
+      <c r="D41" t="s">
+        <v>230</v>
+      </c>
+      <c r="E41" t="s">
+        <v>34</v>
+      </c>
+      <c r="F41" t="s">
+        <v>101</v>
+      </c>
+      <c r="G41" t="s">
+        <v>36</v>
+      </c>
+      <c r="H41">
+        <v>2007</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>231</v>
+      </c>
+      <c r="K41" t="s">
+        <v>38</v>
+      </c>
+      <c r="L41" t="s">
+        <v>251</v>
+      </c>
+      <c r="M41" t="s">
+        <v>39</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>252</v>
+      </c>
+      <c r="P41" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>253</v>
+      </c>
+      <c r="B42" t="s">
+        <v>254</v>
+      </c>
+      <c r="C42" t="s">
+        <v>32</v>
+      </c>
+      <c r="D42" t="s">
+        <v>94</v>
+      </c>
+      <c r="E42" t="s">
+        <v>34</v>
+      </c>
+      <c r="F42" t="s">
+        <v>101</v>
+      </c>
+      <c r="G42" t="s">
+        <v>36</v>
+      </c>
+      <c r="H42">
+        <v>2013</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>231</v>
+      </c>
+      <c r="K42" t="s">
+        <v>38</v>
+      </c>
+      <c r="L42" t="s">
+        <v>255</v>
+      </c>
+      <c r="M42" t="s">
+        <v>39</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>256</v>
+      </c>
+      <c r="P42" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>258</v>
+      </c>
+      <c r="B43" t="s">
+        <v>259</v>
+      </c>
+      <c r="C43" t="s">
+        <v>32</v>
+      </c>
+      <c r="D43" t="s">
+        <v>113</v>
+      </c>
+      <c r="E43" t="s">
+        <v>34</v>
+      </c>
+      <c r="F43" t="s">
+        <v>50</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>1993</v>
+      </c>
+      <c r="I43">
+        <v>2007</v>
+      </c>
+      <c r="J43" t="s">
+        <v>231</v>
+      </c>
+      <c r="K43" t="s">
+        <v>38</v>
+      </c>
+      <c r="L43" t="s">
+        <v>260</v>
+      </c>
+      <c r="M43" t="s">
+        <v>39</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>261</v>
+      </c>
+      <c r="P43" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>263</v>
+      </c>
+      <c r="B44" t="s">
+        <v>264</v>
+      </c>
+      <c r="C44" t="s">
+        <v>32</v>
+      </c>
+      <c r="D44" t="s">
+        <v>149</v>
+      </c>
+      <c r="E44" t="s">
+        <v>34</v>
+      </c>
+      <c r="F44" t="s">
+        <v>101</v>
+      </c>
+      <c r="G44" t="s">
+        <v>36</v>
+      </c>
+      <c r="H44">
+        <v>2013</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>231</v>
+      </c>
+      <c r="K44" t="s">
+        <v>38</v>
+      </c>
+      <c r="L44" t="s">
+        <v>265</v>
+      </c>
+      <c r="M44" t="s">
+        <v>39</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>266</v>
+      </c>
+      <c r="P44" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>268</v>
+      </c>
+      <c r="B45" t="s">
+        <v>269</v>
+      </c>
+      <c r="C45" t="s">
+        <v>32</v>
+      </c>
+      <c r="D45" t="s">
+        <v>57</v>
+      </c>
+      <c r="E45" t="s">
+        <v>34</v>
+      </c>
+      <c r="F45" t="s">
+        <v>101</v>
+      </c>
+      <c r="G45" t="s">
+        <v>36</v>
+      </c>
+      <c r="H45">
+        <v>2013</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>231</v>
+      </c>
+      <c r="K45" t="s">
+        <v>38</v>
+      </c>
+      <c r="L45" t="s">
+        <v>270</v>
+      </c>
+      <c r="M45" t="s">
+        <v>39</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>271</v>
+      </c>
+      <c r="P45" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>273</v>
+      </c>
+      <c r="B46" t="s">
+        <v>274</v>
+      </c>
+      <c r="C46" t="s">
+        <v>18</v>
+      </c>
+      <c r="D46" t="s">
+        <v>113</v>
+      </c>
+      <c r="E46" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F46" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G46" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...50 lines deleted...]
-      <c r="A4" t="s">
+      <c r="H46">
+        <v>1993</v>
+      </c>
+      <c r="I46">
+        <v>2022</v>
+      </c>
+      <c r="J46" t="s">
+        <v>102</v>
+      </c>
+      <c r="K46" t="s">
+        <v>38</v>
+      </c>
+      <c r="L46" t="s">
+        <v>275</v>
+      </c>
+      <c r="M46" t="s">
+        <v>276</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>277</v>
+      </c>
+      <c r="P46" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>279</v>
+      </c>
+      <c r="B47" t="s">
+        <v>280</v>
+      </c>
+      <c r="C47" t="s">
+        <v>18</v>
+      </c>
+      <c r="D47" t="s">
+        <v>143</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
         <v>36</v>
       </c>
-      <c r="B4" t="s">
-[...208 lines deleted...]
-      <c r="A9" t="s">
+      <c r="H47">
+        <v>2011</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>102</v>
+      </c>
+      <c r="K47" t="s">
+        <v>38</v>
+      </c>
+      <c r="L47" t="s">
+        <v>281</v>
+      </c>
+      <c r="M47" t="s">
+        <v>276</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>282</v>
+      </c>
+      <c r="P47" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>283</v>
+      </c>
+      <c r="B48" t="s">
+        <v>284</v>
+      </c>
+      <c r="C48" t="s">
+        <v>18</v>
+      </c>
+      <c r="D48" t="s">
+        <v>100</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>1993</v>
+      </c>
+      <c r="I48">
+        <v>2012</v>
+      </c>
+      <c r="J48" t="s">
+        <v>102</v>
+      </c>
+      <c r="K48" t="s">
+        <v>38</v>
+      </c>
+      <c r="L48" t="s">
+        <v>285</v>
+      </c>
+      <c r="M48" t="s">
+        <v>276</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>286</v>
+      </c>
+      <c r="P48" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>287</v>
+      </c>
+      <c r="B49" t="s">
+        <v>288</v>
+      </c>
+      <c r="C49" t="s">
+        <v>18</v>
+      </c>
+      <c r="D49" t="s">
         <v>57</v>
       </c>
-      <c r="B9" t="s">
-[...233 lines deleted...]
-      <c r="H14">
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>1993</v>
+      </c>
+      <c r="I49">
+        <v>2010</v>
+      </c>
+      <c r="J49" t="s">
+        <v>102</v>
+      </c>
+      <c r="K49" t="s">
+        <v>38</v>
+      </c>
+      <c r="L49" t="s">
+        <v>289</v>
+      </c>
+      <c r="M49" t="s">
+        <v>276</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>290</v>
+      </c>
+      <c r="P49" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>291</v>
+      </c>
+      <c r="B50" t="s">
+        <v>292</v>
+      </c>
+      <c r="C50" t="s">
+        <v>18</v>
+      </c>
+      <c r="D50" t="s">
+        <v>131</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>21</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>1995</v>
+      </c>
+      <c r="I50">
         <v>2019</v>
       </c>
-      <c r="I14" t="s">
-[...125 lines deleted...]
-      <c r="G17">
+      <c r="J50" t="s">
+        <v>102</v>
+      </c>
+      <c r="K50" t="s">
+        <v>38</v>
+      </c>
+      <c r="L50" t="s">
+        <v>293</v>
+      </c>
+      <c r="M50" t="s">
+        <v>276</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>294</v>
+      </c>
+      <c r="P50" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>295</v>
+      </c>
+      <c r="B51" t="s">
+        <v>296</v>
+      </c>
+      <c r="C51" t="s">
+        <v>18</v>
+      </c>
+      <c r="D51" t="s">
+        <v>230</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>21</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>1993</v>
+      </c>
+      <c r="I51">
+        <v>2010</v>
+      </c>
+      <c r="J51" t="s">
+        <v>102</v>
+      </c>
+      <c r="K51" t="s">
+        <v>38</v>
+      </c>
+      <c r="L51" t="s">
+        <v>297</v>
+      </c>
+      <c r="M51" t="s">
+        <v>276</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>298</v>
+      </c>
+      <c r="P51" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>299</v>
+      </c>
+      <c r="B52" t="s">
+        <v>300</v>
+      </c>
+      <c r="C52" t="s">
+        <v>18</v>
+      </c>
+      <c r="D52" t="s">
+        <v>230</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>21</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>1993</v>
+      </c>
+      <c r="I52">
+        <v>2013</v>
+      </c>
+      <c r="J52" t="s">
+        <v>102</v>
+      </c>
+      <c r="K52" t="s">
+        <v>38</v>
+      </c>
+      <c r="L52" t="s">
+        <v>301</v>
+      </c>
+      <c r="M52" t="s">
+        <v>276</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>302</v>
+      </c>
+      <c r="P52" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>304</v>
+      </c>
+      <c r="B53" t="s">
+        <v>305</v>
+      </c>
+      <c r="C53" t="s">
+        <v>18</v>
+      </c>
+      <c r="D53" t="s">
+        <v>100</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>21</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>1993</v>
+      </c>
+      <c r="I53">
+        <v>2016</v>
+      </c>
+      <c r="J53" t="s">
+        <v>102</v>
+      </c>
+      <c r="K53" t="s">
+        <v>38</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>276</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>306</v>
+      </c>
+      <c r="P53" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>307</v>
+      </c>
+      <c r="B54" t="s">
+        <v>308</v>
+      </c>
+      <c r="C54" t="s">
+        <v>18</v>
+      </c>
+      <c r="D54" t="s">
+        <v>309</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>21</v>
+      </c>
+      <c r="G54" t="s">
+        <v>36</v>
+      </c>
+      <c r="H54">
+        <v>2018</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>102</v>
+      </c>
+      <c r="K54" t="s">
+        <v>38</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>276</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>310</v>
+      </c>
+      <c r="P54" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>311</v>
+      </c>
+      <c r="B55" t="s">
+        <v>312</v>
+      </c>
+      <c r="C55" t="s">
+        <v>18</v>
+      </c>
+      <c r="D55" t="s">
+        <v>125</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>21</v>
+      </c>
+      <c r="G55" t="s">
+        <v>36</v>
+      </c>
+      <c r="H55">
+        <v>2013</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>102</v>
+      </c>
+      <c r="K55" t="s">
+        <v>38</v>
+      </c>
+      <c r="L55" t="s">
+        <v>313</v>
+      </c>
+      <c r="M55" t="s">
+        <v>276</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>314</v>
+      </c>
+      <c r="P55" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>315</v>
+      </c>
+      <c r="B56" t="s">
+        <v>316</v>
+      </c>
+      <c r="C56" t="s">
+        <v>18</v>
+      </c>
+      <c r="D56" t="s">
+        <v>149</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>21</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>1993</v>
+      </c>
+      <c r="I56">
+        <v>2016</v>
+      </c>
+      <c r="J56" t="s">
+        <v>102</v>
+      </c>
+      <c r="K56" t="s">
+        <v>38</v>
+      </c>
+      <c r="L56" t="s">
+        <v>317</v>
+      </c>
+      <c r="M56" t="s">
+        <v>276</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>318</v>
+      </c>
+      <c r="P56" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>319</v>
+      </c>
+      <c r="B57" t="s">
+        <v>320</v>
+      </c>
+      <c r="C57" t="s">
+        <v>18</v>
+      </c>
+      <c r="D57" t="s">
+        <v>100</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>21</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>1993</v>
+      </c>
+      <c r="I57">
+        <v>2010</v>
+      </c>
+      <c r="J57" t="s">
+        <v>102</v>
+      </c>
+      <c r="K57" t="s">
+        <v>38</v>
+      </c>
+      <c r="L57" t="s">
+        <v>321</v>
+      </c>
+      <c r="M57" t="s">
+        <v>276</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>322</v>
+      </c>
+      <c r="P57" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>323</v>
+      </c>
+      <c r="B58" t="s">
+        <v>324</v>
+      </c>
+      <c r="C58" t="s">
+        <v>18</v>
+      </c>
+      <c r="D58" t="s">
+        <v>325</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>21</v>
+      </c>
+      <c r="G58" t="s">
+        <v>36</v>
+      </c>
+      <c r="H58">
+        <v>2010</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>102</v>
+      </c>
+      <c r="K58" t="s">
+        <v>167</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>276</v>
+      </c>
+      <c r="N58" t="s">
+        <v>169</v>
+      </c>
+      <c r="O58" t="s">
+        <v>326</v>
+      </c>
+      <c r="P58" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>327</v>
+      </c>
+      <c r="B59" t="s">
+        <v>328</v>
+      </c>
+      <c r="C59" t="s">
+        <v>18</v>
+      </c>
+      <c r="D59" t="s">
+        <v>166</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>21</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59"/>
+      <c r="I59">
+        <v>2010</v>
+      </c>
+      <c r="J59" t="s">
+        <v>102</v>
+      </c>
+      <c r="K59" t="s">
+        <v>167</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>276</v>
+      </c>
+      <c r="N59" t="s">
+        <v>169</v>
+      </c>
+      <c r="O59" t="s">
+        <v>329</v>
+      </c>
+      <c r="P59" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>330</v>
+      </c>
+      <c r="B60" t="s">
+        <v>331</v>
+      </c>
+      <c r="C60" t="s">
+        <v>18</v>
+      </c>
+      <c r="D60" t="s">
+        <v>332</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>21</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>1997</v>
+      </c>
+      <c r="I60">
         <v>2011</v>
       </c>
-      <c r="H17">
-[...17 lines deleted...]
-      <c r="N17" t="s">
+      <c r="J60" t="s">
+        <v>102</v>
+      </c>
+      <c r="K60" t="s">
+        <v>38</v>
+      </c>
+      <c r="L60" t="s">
+        <v>333</v>
+      </c>
+      <c r="M60" t="s">
+        <v>276</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>334</v>
+      </c>
+      <c r="P60" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>335</v>
+      </c>
+      <c r="B61" t="s">
+        <v>336</v>
+      </c>
+      <c r="C61" t="s">
+        <v>18</v>
+      </c>
+      <c r="D61" t="s">
         <v>94</v>
       </c>
-    </row>
-[...82 lines deleted...]
-      <c r="N19" t="s">
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>21</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2010</v>
+      </c>
+      <c r="I61">
+        <v>2017</v>
+      </c>
+      <c r="J61" t="s">
         <v>102</v>
       </c>
-    </row>
-[...1784 lines deleted...]
-      </c>
       <c r="K61" t="s">
-        <v>232</v>
+        <v>38</v>
       </c>
       <c r="L61" t="s">
-        <v>188</v>
+        <v>337</v>
       </c>
       <c r="M61" t="s">
-        <v>24</v>
+        <v>276</v>
       </c>
       <c r="N61" t="s">
-        <v>233</v>
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>338</v>
+      </c>
+      <c r="P61" t="s">
+        <v>278</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>