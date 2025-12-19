--- v0 (2025-10-14)
+++ v1 (2025-12-19)
@@ -12,560 +12,786 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="157">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="230">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Conpet Seal Gas stoves and ovens</t>
   </si>
   <si>
+    <t>Gas stoves and ovens</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>NBR 13723 1/1999 parte 1, NBR 13723 2/1999 parte 2, NBR 14583/2000</t>
   </si>
   <si>
     <t>National Program of Rational Use of Oil and Natural Gas (Conpet)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/conpet-seal-gas-stoves-and-ovens</t>
   </si>
   <si>
+    <t>https://thebrazilbusiness.com/article/energy-efficiency-labeling-in-brazil</t>
+  </si>
+  <si>
+    <t>Implementing Guidelines of the Philippine Energy Labeling Program for Air Conditioners 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory energy labeling requirements for air conditioners covered by Department Circular No. 2020-06-0015. It applies to single-phase air conditioners with a cooling capacity of up to 50,400 kJ/hr or 14 KW for domestic single use. The following categories are:
+Fixed-speed air conditioners / Variable-speed air conditioners:
+a. Window type
+b. Split type (wall-mounted, floor-standing type, cassette-type, ceiling-cassette-type, ceiling-suspended type)</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t>Air Conditioning</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>January 2025</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>PNS ISO 5151
+,   
+                    PNS ISO 16358-1</t>
+  </si>
+  <si>
+    <t>Department of Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024-1st</t>
+  </si>
+  <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 17 of 14 January 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for compact fluorescent lamps with integrated ballasts.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
-    <t>Mandatory</t>
-[...1 lines deleted...]
-  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...1 lines deleted...]
-  <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-17-14-january-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-17-de-14-de-janeiro-de-2022-374166541</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 170 of 05 April 2019</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for household washing machines.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-170-05-april-2019</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-170-de-5-de-abril-de-2019-71924511</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 234 of 29 June 2020</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for monoblock, window, and wall split air conditioners.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>NBR 5858 NBR 5882 NBR 12010.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-234-29-june-2020</t>
   </si>
   <si>
+    <t>https://www.gov.br/inmetro/pt-br/centrais-de-conteudo/publicacoes/portaria-234-29-de-junho-de-2020.pdf</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 267 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for commercial electric ovens.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>NBR NM 60335-1 / IEC 60335-2-36 / IEC 60335-2-42 / IEC 60335-2-102</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-267-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-267-de-22-de-junho-de-2021-328227052</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 268 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for microwave ovens.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-268-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-268-de-22-de-junho-2021-328222087</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 299 of 09 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for table, wall, pedestal, and air circulation fans.</t>
+  </si>
+  <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010; IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; NBR 5891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-299-09-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-299-de-9-de-julho-de-2021-331562798</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 319 of 23 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for pumps.
+It covers closed, open and semi-open rotor pumps, self-aspiring centrifugal pumps, multi-stage pumps with horizontal or vertical axis, up to 25 HP for three-phase monoblock centrifugal pumps, and up to 15 HP for single phase monoblock centrifugal pumps.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>ISO 9906:2012 / ABNT NBR 17094-1:2018 / ABNT NBR 17094-2:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-319-23-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-319-de-23-de-julho-de-2021-334087813</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 332 of 2 August 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for household refrigerators, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552:2007 + Ed. 1.0; IEC 62552-1:2020; IEC 60335-1:2010 + A1:2013; IEC 60335-2-24:2010 + A1:2012; ABNT NBR NM 247-1:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-332-2-august-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-332-de-2-de-agosto-de-2021-336061973</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 377 of 14 September 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for televisions.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>ABNT NBR IEC 60065:2009 / CISPR 32: 2012 / IEC PAS 62825:2013 / IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-377-14-september-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-377-de-14-de-setembro-de-2021-345136102</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 382 of 17 September 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for distribution transformers in insulating liquid.</t>
+  </si>
+  <si>
     <t>Distribution Transformers</t>
   </si>
   <si>
     <t>ABNT NBR ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-382-17-september-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-382-de-17-de-setembro-de-2021-346341931</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 420 of 04 October 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for solar water heating equipment.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>ABNT NBR 15747-1:2009 / ABNT NBR 15747-2:2009 / ASTM G155:13 / ISO 9806:2017 / ISO 9459-2:1995</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-420-04-october-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-420-de-4-de-outubro-de-2021-352019240</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 69 of 16 February 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for integrated LED lamps.</t>
+  </si>
+  <si>
     <t>IEC-TR62380; IESNA LM-80-08; ANSI /UL 1993-1999</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-69-16-february-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-69-de-16-de-fevereiro-de-2022-382712930</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 8 of 05 January 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for gas stoves and ovens for household use.</t>
+  </si>
+  <si>
     <t>ABNT NBR 13723-1:2003 /  ABNT NBR 14698 and ABNT NBR 13866 / ABNT NBR 15076:2004 / ABNT NBR 7195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-8-05-january-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-8-de-5-de-janeiro-de-2022-375029861</t>
+  </si>
+  <si>
     <t>MME Resolution No. 1 of 29 April 2022</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for air conditioners, including monoblock, window, wall split, floor-ceiling, and cassette type.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mme-resolution-no-1-29-april-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/resolucao-n-1-de-29-de-abril-de-2022-396910853</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 1.007 of 31 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for incandescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-1007-31-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_1007-2010-lampadas-incandescentes.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 1.008 of 31 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for compact fluorescent lamps (CFLs).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-1008-31-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_1008-2010-lampadas-fluorescentes-compactas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 324 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for gas water heaters, both instantaneous and storage.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-324-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_324-2011-aquecedores-de-agua-a-gas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 325 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for ovens.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-325-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_325-2011-fornos-e-fogoes-a-gas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 1 of 14 May 2018</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for household refrigerators, freezers, and refrigerator-freezers. This policy has been replaced by  Ordinance No. 2 of 29 December 2022. Select 'see more' below for a link to the new policy.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctimdic-ordinance-no-1-14-may-2018</t>
   </si>
   <si>
+    <t>http://antigo.mme.gov.br/documents/36193/72181/2018+-+Portaria+Interministerial+MME-MCTIC-MDIC+n_1-2018+-+Refrigeradores+e+Congeladores.pdf/879c8ad6-ae08-8496-553e-9388668cd571</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 1 of 29 June 2017</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for 3-phase squirrel cage electric motors.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>ABNT NBR 17094-1 / ABNT NBR 5383-1 / ABNT NBR 5110 / ABNT NBR IEC 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctimdic-ordinance-no-1-29-june-2017</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2017-portaria-interministerial-mme-mctic-mdic-n_1-2017-motores-eletricos-trifasicos.pdf</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 2 of 29 June 2017</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for household ceiling fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>NBR NM-IEC 335-1 / 1998; IEC 60335-2-80 / 1997; NBR 14532/2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctimdic-ordinance-no-2-29-june-2017</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2017-portaria-interministerial-mme-mctic-mdic-n_2-2017-ventiladores-de-teto.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-1-1:2007 Amendment 1:2013 - Lamps and related equipment-Energy efficiency and labeling requirements - Part 1-1: Double-capped fluorescent lamps</t>
   </si>
   <si>
-    <t>Philippines</t>
+    <t>This labeling program covers single-capped fluorescent lamps for general lighting service.</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
-    <t>Comparative Label, Minimum Performance Standard</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>PNS IEC 60081:2006</t>
   </si>
   <si>
-    <t>Department of Energy</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-1-12007-amendment-12013-lamps-and-related-equipment-energy-efficiency-and</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202050-1-1%20amd%201-2013.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-2:2015 - Lamps and related equipment - Energy efficiency and labeling requirements - Part 2: Self-ballasted lamps for general lighting services</t>
   </si>
   <si>
+    <t>This labeling program covers AC supplied electronic ballast for tubular fluorescent lamps specifically with ratings from 10 watts to 40 watts for T12, T10, T9, T8 and T5 halophosphate and triphosphate fluorescent lamps with G13 and G5 caps.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>PNS IEC 969:2006; PNS IEC 968:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-22015-lamps-and-related-equipment-energy-efficiency-and-labeling-requirements</t>
   </si>
   <si>
+    <t>https://dti.gov.ph/resources/e-library</t>
+  </si>
+  <si>
     <t>PNS 396-1:2007 - Household appliances - Energy efficiency ratio (EER) and labelling requirements - Part 1 : Airconditioners</t>
   </si>
   <si>
+    <t>This program covers all non-inverter split-type room air conditioners, fixed-speed window air conditioners, and split air conditioners with capacities up to 36,000 kJ/h (10kW).</t>
+  </si>
+  <si>
     <t>PNS-240:1998/ISO-5151:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-396-12007-household-appliances-energy-efficiency-ratio-eer-and-labelling-requirements</t>
   </si>
   <si>
+    <t>https://www.lites.asia/files/otherfiles/0000/0221/Sharing_experience_with_Indonesia_Philippines_Raquel_Huliganga.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Air Conditioners</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for window and split type room air conditioners.</t>
+  </si>
+  <si>
     <t>NBR 5858, NBR 5882, NBR 12010.</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Procel Seal - CFLs with Integrated Ballasts</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for compact fluorescent lamps (CFLs) with integrated ballasts.</t>
+  </si>
+  <si>
     <t>CIE 84:1989, IEC 60081, IEC 60901, IEC 60969, NBR 14538, NBR 14539, NBR IEC 60061-1, NBR 14671</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-cfls-integrated-ballasts</t>
   </si>
   <si>
     <t>Procel Seal - Clothes Washers</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for washing machines.</t>
+  </si>
+  <si>
     <t>Projeto de Norma ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-clothes-washers</t>
   </si>
   <si>
     <t>Procel Seal - Electric Motors</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electric motors.</t>
+  </si>
+  <si>
     <t>NBR 17094 NBR 5383-1 NBR 5110 e NBR ISO 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-electric-motors</t>
   </si>
   <si>
     <t>Procel Seal - Electromagnetic Ballasts for Sodium Vapor Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electromagnetic ballasts for sodium vapor lamps.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>NBR 13593 NBR 14305</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-electromagnetic-ballasts-sodium-vapor-lamps</t>
   </si>
   <si>
     <t>Procel Seal - Electronic Ballasts for Tubular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electronic ballasts for tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>NBR 5114 NBR 5172</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-electronic-ballasts-tubular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Procel Seal - LED Lamps with Integrated Control Device</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED lamps with a control device integrated to the base.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-led-lamps-integrated-control-device</t>
   </si>
   <si>
     <t>Procel Seal - Refrigerators, Freezers, Refrigerator-Freezers</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for refrigerators, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>ISO 7371, ISO 8187, ISO 5155, ISO 8561</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-refrigerators-freezers-refrigerator-freezers</t>
   </si>
   <si>
     <t>Procel Seal - Sodium Vapor Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for sodium vapor lamps.</t>
+  </si>
+  <si>
     <t>NBR IEC 60662, NBR 13593, NBR 5461, NBR IEC 60061-1, ABNT NBR IEC 60238, ABNT NBR 5426</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-sodium-vapor-lamps</t>
   </si>
   <si>
     <t>Procel Seal - Systems and Equipment for Solar Water Heating</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for solar collectors and thermal reservoirs.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-systems-and-equipment-solar-water-heating</t>
   </si>
   <si>
     <t>Procel Seal - Table and Ceiling Fans</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for table and ceiling fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>NBR NM-IEC-335-1/ 1998; IEC 60335-2-80 / 1997; NBR 14532 : 2003; Energy Star / 2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-table-and-ceiling-fans</t>
   </si>
   <si>
     <t>Procel Seal - Televisions</t>
+  </si>
+  <si>
+    <t>This webpage contains endorsement label requirements for televisions.</t>
   </si>
   <si>
     <t>IEC 60065 Ed. 7.1 2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-televisions</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -829,1759 +1055,2040 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N38"/>
+  <dimension ref="A1:P39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="180" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="180.385" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="334.918" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="148.535" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="208.663" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2008</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2011</v>
       </c>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="L2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" t="s">
+        <v>8</v>
+      </c>
+      <c r="H3">
+        <v>2021</v>
+      </c>
+      <c r="I3">
+        <v>2024</v>
+      </c>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>34</v>
+      </c>
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2006</v>
+      </c>
+      <c r="I4">
+        <v>2022</v>
+      </c>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>37</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1984</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5" t="s">
+        <v>53</v>
+      </c>
+      <c r="M5" t="s">
+        <v>47</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>58</v>
+      </c>
+      <c r="E6" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" t="s">
+        <v>45</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6">
+        <v>2020</v>
+      </c>
+      <c r="J6" t="s">
+        <v>46</v>
+      </c>
+      <c r="K6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6" t="s">
+        <v>59</v>
+      </c>
+      <c r="M6" t="s">
+        <v>47</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>64</v>
+      </c>
+      <c r="E7" t="s">
+        <v>34</v>
+      </c>
+      <c r="F7" t="s">
+        <v>45</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2008</v>
+      </c>
+      <c r="I7">
+        <v>2021</v>
+      </c>
+      <c r="J7" t="s">
+        <v>46</v>
+      </c>
+      <c r="K7" t="s">
+        <v>37</v>
+      </c>
+      <c r="L7" t="s">
+        <v>65</v>
+      </c>
+      <c r="M7" t="s">
+        <v>47</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>70</v>
+      </c>
+      <c r="E8" t="s">
+        <v>34</v>
+      </c>
+      <c r="F8" t="s">
+        <v>45</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2011</v>
+      </c>
+      <c r="I8">
+        <v>2021</v>
+      </c>
+      <c r="J8" t="s">
+        <v>46</v>
+      </c>
+      <c r="K8" t="s">
+        <v>37</v>
+      </c>
+      <c r="L8" t="s">
+        <v>71</v>
+      </c>
+      <c r="M8" t="s">
+        <v>47</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>72</v>
+      </c>
+      <c r="P8" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>74</v>
+      </c>
+      <c r="B9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>76</v>
+      </c>
+      <c r="E9" t="s">
+        <v>34</v>
+      </c>
+      <c r="F9" t="s">
+        <v>45</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2008</v>
+      </c>
+      <c r="I9">
+        <v>2021</v>
+      </c>
+      <c r="J9" t="s">
+        <v>46</v>
+      </c>
+      <c r="K9" t="s">
+        <v>37</v>
+      </c>
+      <c r="L9" t="s">
+        <v>77</v>
+      </c>
+      <c r="M9" t="s">
+        <v>47</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>78</v>
+      </c>
+      <c r="P9" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>80</v>
+      </c>
+      <c r="B10" t="s">
+        <v>81</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>82</v>
+      </c>
+      <c r="E10" t="s">
+        <v>34</v>
+      </c>
+      <c r="F10" t="s">
+        <v>45</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2010</v>
+      </c>
+      <c r="I10">
+        <v>2021</v>
+      </c>
+      <c r="J10" t="s">
+        <v>46</v>
+      </c>
+      <c r="K10" t="s">
+        <v>37</v>
+      </c>
+      <c r="L10" t="s">
+        <v>83</v>
+      </c>
+      <c r="M10" t="s">
+        <v>47</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>84</v>
+      </c>
+      <c r="P10" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>86</v>
+      </c>
+      <c r="B11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>88</v>
+      </c>
+      <c r="E11" t="s">
+        <v>34</v>
+      </c>
+      <c r="F11" t="s">
+        <v>45</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2001</v>
+      </c>
+      <c r="I11">
+        <v>2021</v>
+      </c>
+      <c r="J11" t="s">
+        <v>46</v>
+      </c>
+      <c r="K11" t="s">
+        <v>37</v>
+      </c>
+      <c r="L11" t="s">
+        <v>89</v>
+      </c>
+      <c r="M11" t="s">
+        <v>47</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>90</v>
+      </c>
+      <c r="P11" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>92</v>
+      </c>
+      <c r="B12" t="s">
+        <v>93</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>94</v>
+      </c>
+      <c r="E12" t="s">
+        <v>34</v>
+      </c>
+      <c r="F12" t="s">
+        <v>45</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12">
+        <v>2021</v>
+      </c>
+      <c r="J12" t="s">
+        <v>46</v>
+      </c>
+      <c r="K12" t="s">
+        <v>37</v>
+      </c>
+      <c r="L12" t="s">
+        <v>95</v>
+      </c>
+      <c r="M12" t="s">
+        <v>47</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>96</v>
+      </c>
+      <c r="P12" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>98</v>
+      </c>
+      <c r="B13" t="s">
+        <v>99</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>100</v>
+      </c>
+      <c r="E13" t="s">
+        <v>34</v>
+      </c>
+      <c r="F13" t="s">
+        <v>45</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2010</v>
+      </c>
+      <c r="I13">
+        <v>2021</v>
+      </c>
+      <c r="J13" t="s">
+        <v>46</v>
+      </c>
+      <c r="K13" t="s">
+        <v>37</v>
+      </c>
+      <c r="L13" t="s">
+        <v>101</v>
+      </c>
+      <c r="M13" t="s">
+        <v>47</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>102</v>
+      </c>
+      <c r="P13" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>104</v>
+      </c>
+      <c r="B14" t="s">
+        <v>105</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>106</v>
+      </c>
+      <c r="E14" t="s">
+        <v>34</v>
+      </c>
+      <c r="F14" t="s">
+        <v>45</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2012</v>
+      </c>
+      <c r="I14">
+        <v>2021</v>
+      </c>
+      <c r="J14" t="s">
+        <v>46</v>
+      </c>
+      <c r="K14" t="s">
+        <v>107</v>
+      </c>
+      <c r="L14" t="s">
+        <v>108</v>
+      </c>
+      <c r="M14" t="s">
+        <v>47</v>
+      </c>
+      <c r="N14" t="s">
+        <v>109</v>
+      </c>
+      <c r="O14" t="s">
+        <v>110</v>
+      </c>
+      <c r="P14" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>112</v>
+      </c>
+      <c r="B15" t="s">
+        <v>113</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>44</v>
+      </c>
+      <c r="E15" t="s">
+        <v>34</v>
+      </c>
+      <c r="F15" t="s">
+        <v>45</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2015</v>
+      </c>
+      <c r="I15">
+        <v>2022</v>
+      </c>
+      <c r="J15" t="s">
+        <v>46</v>
+      </c>
+      <c r="K15" t="s">
+        <v>37</v>
+      </c>
+      <c r="L15" t="s">
+        <v>114</v>
+      </c>
+      <c r="M15" t="s">
+        <v>47</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>115</v>
+      </c>
+      <c r="P15" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>117</v>
+      </c>
+      <c r="B16" t="s">
+        <v>118</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>64</v>
+      </c>
+      <c r="E16" t="s">
+        <v>34</v>
+      </c>
+      <c r="F16" t="s">
+        <v>45</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2008</v>
+      </c>
+      <c r="I16">
+        <v>2022</v>
+      </c>
+      <c r="J16" t="s">
+        <v>46</v>
+      </c>
+      <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...22 lines deleted...]
-      <c r="G3">
+      <c r="L16" t="s">
+        <v>119</v>
+      </c>
+      <c r="M16" t="s">
+        <v>47</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>120</v>
+      </c>
+      <c r="P16" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>122</v>
+      </c>
+      <c r="B17" t="s">
+        <v>123</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>58</v>
+      </c>
+      <c r="E17" t="s">
+        <v>34</v>
+      </c>
+      <c r="F17" t="s">
+        <v>124</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2007</v>
+      </c>
+      <c r="I17">
+        <v>2022</v>
+      </c>
+      <c r="J17" t="s">
+        <v>46</v>
+      </c>
+      <c r="K17" t="s">
+        <v>37</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>125</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>126</v>
+      </c>
+      <c r="P17" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>128</v>
+      </c>
+      <c r="B18" t="s">
+        <v>129</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>44</v>
+      </c>
+      <c r="E18" t="s">
+        <v>34</v>
+      </c>
+      <c r="F18" t="s">
+        <v>124</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
         <v>2006</v>
       </c>
-      <c r="H3">
-[...9 lines deleted...]
-      <c r="L3" t="s">
+      <c r="I18">
+        <v>2010</v>
+      </c>
+      <c r="J18" t="s">
+        <v>46</v>
+      </c>
+      <c r="K18" t="s">
+        <v>37</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>125</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>130</v>
+      </c>
+      <c r="P18" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>132</v>
+      </c>
+      <c r="B19" t="s">
+        <v>133</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>44</v>
+      </c>
+      <c r="E19" t="s">
+        <v>34</v>
+      </c>
+      <c r="F19" t="s">
+        <v>124</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2006</v>
+      </c>
+      <c r="I19">
+        <v>2010</v>
+      </c>
+      <c r="J19" t="s">
+        <v>46</v>
+      </c>
+      <c r="K19" t="s">
+        <v>37</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>125</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>134</v>
+      </c>
+      <c r="P19" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>136</v>
+      </c>
+      <c r="B20" t="s">
+        <v>137</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>138</v>
+      </c>
+      <c r="E20" t="s">
+        <v>34</v>
+      </c>
+      <c r="F20" t="s">
+        <v>124</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2008</v>
+      </c>
+      <c r="I20">
+        <v>2011</v>
+      </c>
+      <c r="J20" t="s">
+        <v>46</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>125</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>139</v>
+      </c>
+      <c r="P20" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>141</v>
+      </c>
+      <c r="B21" t="s">
+        <v>142</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>64</v>
+      </c>
+      <c r="E21" t="s">
+        <v>34</v>
+      </c>
+      <c r="F21" t="s">
+        <v>124</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2007</v>
+      </c>
+      <c r="I21">
+        <v>2011</v>
+      </c>
+      <c r="J21" t="s">
+        <v>46</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>125</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>143</v>
+      </c>
+      <c r="P21" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>145</v>
+      </c>
+      <c r="B22" t="s">
+        <v>146</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>88</v>
+      </c>
+      <c r="E22" t="s">
+        <v>34</v>
+      </c>
+      <c r="F22" t="s">
+        <v>124</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2007</v>
+      </c>
+      <c r="I22">
+        <v>2018</v>
+      </c>
+      <c r="J22" t="s">
+        <v>46</v>
+      </c>
+      <c r="K22" t="s">
+        <v>37</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>125</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>147</v>
+      </c>
+      <c r="P22" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>149</v>
+      </c>
+      <c r="B23" t="s">
+        <v>150</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>151</v>
+      </c>
+      <c r="E23" t="s">
+        <v>34</v>
+      </c>
+      <c r="F23" t="s">
+        <v>124</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2002</v>
+      </c>
+      <c r="I23">
+        <v>2017</v>
+      </c>
+      <c r="J23" t="s">
+        <v>46</v>
+      </c>
+      <c r="K23" t="s">
+        <v>37</v>
+      </c>
+      <c r="L23" t="s">
+        <v>152</v>
+      </c>
+      <c r="M23" t="s">
+        <v>125</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>153</v>
+      </c>
+      <c r="P23" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>155</v>
+      </c>
+      <c r="B24" t="s">
+        <v>156</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>157</v>
+      </c>
+      <c r="E24" t="s">
+        <v>34</v>
+      </c>
+      <c r="F24" t="s">
+        <v>124</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2008</v>
+      </c>
+      <c r="I24">
+        <v>2017</v>
+      </c>
+      <c r="J24" t="s">
+        <v>46</v>
+      </c>
+      <c r="K24" t="s">
+        <v>37</v>
+      </c>
+      <c r="L24" t="s">
+        <v>158</v>
+      </c>
+      <c r="M24" t="s">
+        <v>125</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>159</v>
+      </c>
+      <c r="P24" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>161</v>
+      </c>
+      <c r="B25" t="s">
+        <v>162</v>
+      </c>
+      <c r="C25" t="s">
         <v>32</v>
       </c>
-      <c r="M3" t="s">
-[...7 lines deleted...]
-      <c r="A4" t="s">
+      <c r="D25" t="s">
+        <v>163</v>
+      </c>
+      <c r="E25" t="s">
         <v>34</v>
       </c>
-      <c r="B4" t="s">
-[...2 lines deleted...]
-      <c r="C4" t="s">
+      <c r="F25" t="s">
         <v>35</v>
       </c>
-      <c r="D4" t="s">
-[...23 lines deleted...]
-      <c r="L4" t="s">
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2007</v>
+      </c>
+      <c r="I25">
+        <v>2013</v>
+      </c>
+      <c r="J25" t="s">
+        <v>164</v>
+      </c>
+      <c r="K25" t="s">
+        <v>37</v>
+      </c>
+      <c r="L25" t="s">
+        <v>165</v>
+      </c>
+      <c r="M25" t="s">
+        <v>39</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>166</v>
+      </c>
+      <c r="P25" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>168</v>
+      </c>
+      <c r="B26" t="s">
+        <v>169</v>
+      </c>
+      <c r="C26" t="s">
         <v>32</v>
       </c>
-      <c r="M4" t="s">
-[...90 lines deleted...]
-      <c r="N6" t="s">
+      <c r="D26" t="s">
+        <v>170</v>
+      </c>
+      <c r="E26" t="s">
+        <v>34</v>
+      </c>
+      <c r="F26" t="s">
         <v>45</v>
       </c>
-    </row>
-[...844 lines deleted...]
-        <v>1993</v>
+      <c r="G26" t="s">
+        <v>22</v>
       </c>
       <c r="H26">
         <v>2007</v>
       </c>
-      <c r="I26" t="s">
+      <c r="I26">
+        <v>2015</v>
+      </c>
+      <c r="J26" t="s">
+        <v>164</v>
+      </c>
+      <c r="K26" t="s">
+        <v>37</v>
+      </c>
+      <c r="L26" t="s">
+        <v>171</v>
+      </c>
+      <c r="M26" t="s">
+        <v>39</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>172</v>
+      </c>
+      <c r="P26" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>174</v>
+      </c>
+      <c r="B27" t="s">
+        <v>175</v>
+      </c>
+      <c r="C27" t="s">
+        <v>32</v>
+      </c>
+      <c r="D27" t="s">
+        <v>58</v>
+      </c>
+      <c r="E27" t="s">
+        <v>34</v>
+      </c>
+      <c r="F27" t="s">
+        <v>35</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>1993</v>
+      </c>
+      <c r="I27">
+        <v>2007</v>
+      </c>
+      <c r="J27" t="s">
+        <v>164</v>
+      </c>
+      <c r="K27" t="s">
+        <v>37</v>
+      </c>
+      <c r="L27" t="s">
+        <v>176</v>
+      </c>
+      <c r="M27" t="s">
+        <v>39</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>177</v>
+      </c>
+      <c r="P27" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>179</v>
+      </c>
+      <c r="B28" t="s">
+        <v>180</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>58</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>1993</v>
+      </c>
+      <c r="I28">
+        <v>2022</v>
+      </c>
+      <c r="J28" t="s">
+        <v>46</v>
+      </c>
+      <c r="K28" t="s">
+        <v>37</v>
+      </c>
+      <c r="L28" t="s">
+        <v>181</v>
+      </c>
+      <c r="M28" t="s">
+        <v>182</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>183</v>
+      </c>
+      <c r="P28" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>185</v>
+      </c>
+      <c r="B29" t="s">
+        <v>186</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>44</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>1993</v>
+      </c>
+      <c r="I29">
+        <v>2012</v>
+      </c>
+      <c r="J29" t="s">
+        <v>46</v>
+      </c>
+      <c r="K29" t="s">
+        <v>37</v>
+      </c>
+      <c r="L29" t="s">
+        <v>187</v>
+      </c>
+      <c r="M29" t="s">
+        <v>182</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>188</v>
+      </c>
+      <c r="P29" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>189</v>
+      </c>
+      <c r="B30" t="s">
+        <v>190</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>52</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>1993</v>
+      </c>
+      <c r="I30">
+        <v>2010</v>
+      </c>
+      <c r="J30" t="s">
+        <v>46</v>
+      </c>
+      <c r="K30" t="s">
+        <v>37</v>
+      </c>
+      <c r="L30" t="s">
+        <v>191</v>
+      </c>
+      <c r="M30" t="s">
+        <v>182</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>192</v>
+      </c>
+      <c r="P30" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>193</v>
+      </c>
+      <c r="B31" t="s">
+        <v>194</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>151</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>1995</v>
+      </c>
+      <c r="I31">
+        <v>2019</v>
+      </c>
+      <c r="J31" t="s">
+        <v>46</v>
+      </c>
+      <c r="K31" t="s">
+        <v>37</v>
+      </c>
+      <c r="L31" t="s">
+        <v>195</v>
+      </c>
+      <c r="M31" t="s">
+        <v>182</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>196</v>
+      </c>
+      <c r="P31" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>197</v>
+      </c>
+      <c r="B32" t="s">
+        <v>198</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>199</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>1993</v>
+      </c>
+      <c r="I32">
+        <v>2010</v>
+      </c>
+      <c r="J32" t="s">
+        <v>46</v>
+      </c>
+      <c r="K32" t="s">
+        <v>37</v>
+      </c>
+      <c r="L32" t="s">
+        <v>200</v>
+      </c>
+      <c r="M32" t="s">
+        <v>182</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>201</v>
+      </c>
+      <c r="P32" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>202</v>
+      </c>
+      <c r="B33" t="s">
+        <v>203</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>199</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>1993</v>
+      </c>
+      <c r="I33">
+        <v>2013</v>
+      </c>
+      <c r="J33" t="s">
+        <v>46</v>
+      </c>
+      <c r="K33" t="s">
+        <v>37</v>
+      </c>
+      <c r="L33" t="s">
+        <v>204</v>
+      </c>
+      <c r="M33" t="s">
+        <v>182</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>205</v>
+      </c>
+      <c r="P33" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>207</v>
+      </c>
+      <c r="B34" t="s">
+        <v>208</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>44</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>1993</v>
+      </c>
+      <c r="I34">
+        <v>2016</v>
+      </c>
+      <c r="J34" t="s">
+        <v>46</v>
+      </c>
+      <c r="K34" t="s">
+        <v>37</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>182</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>209</v>
+      </c>
+      <c r="P34" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>210</v>
+      </c>
+      <c r="B35" t="s">
+        <v>211</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>88</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>1993</v>
+      </c>
+      <c r="I35">
+        <v>2016</v>
+      </c>
+      <c r="J35" t="s">
+        <v>46</v>
+      </c>
+      <c r="K35" t="s">
+        <v>37</v>
+      </c>
+      <c r="L35" t="s">
+        <v>212</v>
+      </c>
+      <c r="M35" t="s">
+        <v>182</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>213</v>
+      </c>
+      <c r="P35" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>214</v>
+      </c>
+      <c r="B36" t="s">
+        <v>215</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
+        <v>44</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>1993</v>
+      </c>
+      <c r="I36">
+        <v>2010</v>
+      </c>
+      <c r="J36" t="s">
+        <v>46</v>
+      </c>
+      <c r="K36" t="s">
+        <v>37</v>
+      </c>
+      <c r="L36" t="s">
+        <v>216</v>
+      </c>
+      <c r="M36" t="s">
+        <v>182</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>217</v>
+      </c>
+      <c r="P36" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>218</v>
+      </c>
+      <c r="B37" t="s">
+        <v>219</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>106</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37"/>
+      <c r="I37">
+        <v>2010</v>
+      </c>
+      <c r="J37" t="s">
+        <v>46</v>
+      </c>
+      <c r="K37" t="s">
+        <v>107</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>182</v>
+      </c>
+      <c r="N37" t="s">
         <v>109</v>
       </c>
-      <c r="J26" t="s">
-[...125 lines deleted...]
-      <c r="H29">
+      <c r="O37" t="s">
+        <v>220</v>
+      </c>
+      <c r="P37" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>221</v>
+      </c>
+      <c r="B38" t="s">
+        <v>222</v>
+      </c>
+      <c r="C38" t="s">
+        <v>18</v>
+      </c>
+      <c r="D38" t="s">
+        <v>223</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>1997</v>
+      </c>
+      <c r="I38">
+        <v>2011</v>
+      </c>
+      <c r="J38" t="s">
+        <v>46</v>
+      </c>
+      <c r="K38" t="s">
+        <v>37</v>
+      </c>
+      <c r="L38" t="s">
+        <v>224</v>
+      </c>
+      <c r="M38" t="s">
+        <v>182</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>225</v>
+      </c>
+      <c r="P38" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>226</v>
+      </c>
+      <c r="B39" t="s">
+        <v>227</v>
+      </c>
+      <c r="C39" t="s">
+        <v>18</v>
+      </c>
+      <c r="D39" t="s">
+        <v>94</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
         <v>2010</v>
       </c>
-      <c r="I29" t="s">
-[...386 lines deleted...]
-      <c r="H38">
+      <c r="I39">
         <v>2017</v>
       </c>
-      <c r="I38" t="s">
-[...15 lines deleted...]
-        <v>156</v>
+      <c r="J39" t="s">
+        <v>46</v>
+      </c>
+      <c r="K39" t="s">
+        <v>37</v>
+      </c>
+      <c r="L39" t="s">
+        <v>228</v>
+      </c>
+      <c r="M39" t="s">
+        <v>182</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>229</v>
+      </c>
+      <c r="P39" t="s">
+        <v>184</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>