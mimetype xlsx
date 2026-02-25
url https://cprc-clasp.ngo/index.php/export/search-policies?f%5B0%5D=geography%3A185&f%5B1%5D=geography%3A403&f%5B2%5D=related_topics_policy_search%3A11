--- v0 (2025-10-13)
+++ v1 (2026-02-25)
@@ -12,808 +12,1143 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="239">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="350">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Conpet Seal Gas stoves and ovens</t>
   </si>
   <si>
+    <t>Gas stoves and ovens</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>NBR 13723 1/1999 parte 1, NBR 13723 2/1999 parte 2, NBR 14583/2000</t>
   </si>
   <si>
     <t>National Program of Rational Use of Oil and Natural Gas (Conpet)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/conpet-seal-gas-stoves-and-ovens</t>
   </si>
   <si>
+    <t>https://thebrazilbusiness.com/article/energy-efficiency-labeling-in-brazil</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 17 of 14 January 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for compact fluorescent lamps with integrated ballasts.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-17-14-january-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-17-de-14-de-janeiro-de-2022-374166541</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 170 of 05 April 2019</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for household washing machines.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-170-05-april-2019</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-170-de-5-de-abril-de-2019-71924511</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 234 of 29 June 2020</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for monoblock, window, and wall split air conditioners.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>NBR 5858 NBR 5882 NBR 12010.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-234-29-june-2020</t>
   </si>
   <si>
+    <t>https://www.gov.br/inmetro/pt-br/centrais-de-conteudo/publicacoes/portaria-234-29-de-junho-de-2020.pdf</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 267 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for commercial electric ovens.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>NBR NM 60335-1 / IEC 60335-2-36 / IEC 60335-2-42 / IEC 60335-2-102</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-267-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-267-de-22-de-junho-de-2021-328227052</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 268 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for microwave ovens.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-268-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-268-de-22-de-junho-2021-328222087</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 290 of 7 July 2021</t>
   </si>
   <si>
+    <t>This policy specifies quality and conformity assessment requirements for 3-phase squirrel cage motor labeling.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>ABNT NBR 17094-3:2018 / ABNT NBR 17094-1:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-290-7-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-290-de-7-de-julho-de-2021-331319038</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 299 of 09 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for table, wall, pedestal, and air circulation fans.</t>
+  </si>
+  <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010; IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; NBR 5891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-299-09-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-299-de-9-de-julho-de-2021-331562798</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 319 of 23 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for pumps.
+It covers closed, open and semi-open rotor pumps, self-aspiring centrifugal pumps, multi-stage pumps with horizontal or vertical axis, up to 25 HP for three-phase monoblock centrifugal pumps, and up to 15 HP for single phase monoblock centrifugal pumps.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>ISO 9906:2012 / ABNT NBR 17094-1:2018 / ABNT NBR 17094-2:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-319-23-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-319-de-23-de-julho-de-2021-334087813</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 332 of 2 August 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for household refrigerators, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552:2007 + Ed. 1.0; IEC 62552-1:2020; IEC 60335-1:2010 + A1:2013; IEC 60335-2-24:2010 + A1:2012; ABNT NBR NM 247-1:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-332-2-august-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-332-de-2-de-agosto-de-2021-336061973</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 377 of 14 September 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for televisions.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>ABNT NBR IEC 60065:2009 / CISPR 32: 2012 / IEC PAS 62825:2013 / IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-377-14-september-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-377-de-14-de-setembro-de-2021-345136102</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 382 of 17 September 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for distribution transformers in insulating liquid.</t>
+  </si>
+  <si>
     <t>Distribution Transformers</t>
   </si>
   <si>
     <t>ABNT NBR ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-382-17-september-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-382-de-17-de-setembro-de-2021-346341931</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 420 of 04 October 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for solar water heating equipment.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>ABNT NBR 15747-1:2009 / ABNT NBR 15747-2:2009 / ASTM G155:13 / ISO 9806:2017 / ISO 9459-2:1995</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-420-04-october-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-420-de-4-de-outubro-de-2021-352019240</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 69 of 16 February 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for integrated LED lamps.</t>
+  </si>
+  <si>
     <t>IEC-TR62380; IESNA LM-80-08; ANSI /UL 1993-1999</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-69-16-february-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-69-de-16-de-fevereiro-de-2022-382712930</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 8 of 05 January 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for gas stoves and ovens for household use.</t>
+  </si>
+  <si>
     <t>ABNT NBR 13723-1:2003 /  ABNT NBR 14698 and ABNT NBR 13866 / ABNT NBR 15076:2004 / ABNT NBR 7195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-8-05-january-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-8-de-5-de-janeiro-de-2022-375029861</t>
+  </si>
+  <si>
     <t>JS 2091:2013 Technical Regulation on eco-design - Requirements for non-directional household lamps</t>
   </si>
   <si>
+    <t>This policy establishes eco-design requirements for the placing on the market of non-directional household lamps, including when they are marketed for non-household use or when they are integrated into other products. It also establishes product information requirements for special purpose lamps.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>JS 2092</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20912013-technical-regulation-eco-design-requirements-non-directional-household-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5461</t>
+  </si>
+  <si>
     <t>JS 2092:2013 Energy efficiency labeling of household electric lamps</t>
   </si>
   <si>
+    <t>This policy covers household electric lamps supplied directly from the mains (filament and integral compact fluorescent lamps), and to household fluorescent lamps (including linear, and non-integral compact fluorescent lamps), even when marketed for non-household use.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20922013-energy-efficiency-labeling-household-electric-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5453</t>
+  </si>
+  <si>
     <t>JS 2093:2013 Technical regulation on eco-design requirements for fluorescent lamps without integrated ballast; for high intensity discharge lamps; and for ballasts and luminaires able to operate such lamps</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of fluorescent lamps without integrated ballast, of high intensity discharge lamps, and of ballasts and luminaires able to operate such lamps as defined in Article 3, even when they are integrated into other energy related products.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Drivers/ Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20932013-technical-regulation-eco-design-requirements-fluorescent-lamps-without</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5462</t>
+  </si>
+  <si>
     <t>JS 2094:2013 Technical Regulation on eco-design requirements for electric motors</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market and for putting into service of motors, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>JS 2094</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20942013-technical-regulation-eco-design-requirements-electric-motors</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5463</t>
+  </si>
+  <si>
     <t>JS 2095:2013 Technical regulation on eco-design requirements for Glandless standalone circulators and glandless circulators integrated in products</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of glandless standalone circulators and glandless circulators integrated in products.</t>
+  </si>
+  <si>
     <t>Building Circulator Pumps</t>
   </si>
   <si>
     <t>JS 2095</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20952013-technical-regulation-eco-design-requirements-glandless-standalone-circulators</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5464</t>
+  </si>
+  <si>
     <t>JS 2097:2013 Energy labeling of household combined washer-driers</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household combined washer-driers. Appliances that can also use other energy sources are excluded.</t>
+  </si>
+  <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>JS 2096</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20972013-energy-labeling-household-combined-washer-driers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5458</t>
+  </si>
+  <si>
     <t>JS 2098:2013 Energy labeling of household electric ovens</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household electric ovens including ovens being part of larger appliances.</t>
+  </si>
+  <si>
     <t>JS 2098</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20982013-energy-labeling-household-electric-ovens</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5454</t>
+  </si>
+  <si>
     <t>JS 2099:2013 Technical Regulation on eco-design requirements for household dishwashers</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries, including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>JS 2099</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20992013-technical-regulation-eco-design-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5465</t>
+  </si>
+  <si>
     <t>JS 2100:2013 Energy labeling of household dishwashers</t>
   </si>
   <si>
+    <t>This policy covers electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>JS 2100</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21002013-energy-labeling-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5452</t>
+  </si>
+  <si>
     <t>JS 2101:2013 Energy labeling for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy covers the labeling of and provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1,500 litres.</t>
+  </si>
+  <si>
     <t>JS 1749</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21012013-energy-labeling-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5455</t>
+  </si>
+  <si>
     <t>JS 2102:2013 Technical Regulation on eco-design requirements for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21022013-technical-regulation-eco-design-requirements-household-refrigerating</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5466</t>
+  </si>
+  <si>
     <t>JS 2105:2013 Energy labeling of televisions</t>
   </si>
   <si>
+    <t>This policy covers labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>Televisions, Displays</t>
   </si>
   <si>
     <t>JS 2105</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21052013-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5456</t>
+  </si>
+  <si>
     <t>JS 2106:2013 Technical Regulation on eco-design requirements for televisions</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of televisions.</t>
+  </si>
+  <si>
     <t>JS 2106</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21062013-technical-regulation-eco-design-requirements-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5468</t>
+  </si>
+  <si>
     <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>JS 2107</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
   </si>
   <si>
     <t>JS 2108:2013 Energy efficiency labeling of air conditioners</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of 12 kW for cooling or heating if the product has no cooling function. This policy does not apply to: a) appliances that use non-electric energy sources; b) air conditioners of which the condensor- or evaporator-side do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21082013-energy-efficiency-labeling-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5451</t>
+  </si>
+  <si>
     <t>JS 2110:2013 Technical Regulation on eco-design requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for simple set-top boxes.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>JS 2110</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21102013-technical-regulation-eco-design-requirements-simple-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5470</t>
+  </si>
+  <si>
     <t>JS 2111:2013 Technical Regulation on eco-design requirements for no-load condition electric power consumption and average active efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21112013-technical-regulation-eco-design-requirements-no-load-condition-electric-power</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5471</t>
+  </si>
+  <si>
     <t>JS 2112:2013 Technical Regulation on eco-design requirements for fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market or putting into service of fans, including those integrated in other energy-related products as covered by the Framework Technical Regulation.</t>
+  </si>
+  <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>JS 2112</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21122013-technical-regulation-eco-design-requirements-fans</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5472</t>
+  </si>
+  <si>
     <t>JS 50564:2012 Electrical and electronic household and office equipment - Measurement of low power consumption</t>
   </si>
   <si>
+    <t>This policy specifies methods of measurement of electrical power consumption and the reporting of the results for a range of electrical and electronic household and office equipment, hereafter referred to as products.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>JS 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-505642012-electrical-and-electronic-household-and-office-equipment-measurement-low</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5279</t>
+  </si>
+  <si>
     <t>JS 60456:2012 Clothes washing machines for household use - Methods for measuring the performance (EN 60456:2001 + AC:2011)</t>
   </si>
   <si>
+    <t>This policy specifies methods for measuring the performance of clothes washing machines for household use, with or without heating devices utilising cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force (spin extractors) and is applicable to appliances for both washing and drying textiles (washer-dryers).</t>
+  </si>
+  <si>
     <t>JS 2103</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-604562012-clothes-washing-machines-household-use-methods-measuring-performance-en</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5305</t>
+  </si>
+  <si>
     <t>JS 61121:2012 Tumble dryers for household use - Methods for measuring the performance</t>
   </si>
   <si>
+    <t>This policy covers household electric tumble dryers of the automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-611212012-tumble-dryers-household-use-methods-measuring-performance</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5293</t>
+  </si>
+  <si>
     <t>MME Resolution No. 1 of 29 April 2022</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for air conditioners, including monoblock, window, wall split, floor-ceiling, and cassette type.</t>
+  </si>
+  <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mme-resolution-no-1-29-april-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/resolucao-n-1-de-29-de-abril-de-2022-396910853</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 1.007 of 31 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for incandescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-1007-31-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_1007-2010-lampadas-incandescentes.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 1.008 of 31 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for compact fluorescent lamps (CFLs).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-1008-31-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_1008-2010-lampadas-fluorescentes-compactas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 324 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for gas water heaters, both instantaneous and storage.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-324-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_324-2011-aquecedores-de-agua-a-gas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 325 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for ovens.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-325-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_325-2011-fornos-e-fogoes-a-gas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 959 of 09 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for electromagnetic ballasts for high pressure sodium-vapor lamps and metal-halide lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-959-09-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_959-2010-reatores-lampadas-vapor-de-sodio-e-metalico.pdf</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 1 of 14 May 2018</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for household refrigerators, freezers, and refrigerator-freezers. This policy has been replaced by  Ordinance No. 2 of 29 December 2022. Select 'see more' below for a link to the new policy.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctimdic-ordinance-no-1-14-may-2018</t>
   </si>
   <si>
+    <t>http://antigo.mme.gov.br/documents/36193/72181/2018+-+Portaria+Interministerial+MME-MCTIC-MDIC+n_1-2018+-+Refrigeradores+e+Congeladores.pdf/879c8ad6-ae08-8496-553e-9388668cd571</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 1 of 29 June 2017</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for 3-phase squirrel cage electric motors.</t>
+  </si>
+  <si>
     <t>ABNT NBR 17094-1 / ABNT NBR 5383-1 / ABNT NBR 5110 / ABNT NBR IEC 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctimdic-ordinance-no-1-29-june-2017</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2017-portaria-interministerial-mme-mctic-mdic-n_1-2017-motores-eletricos-trifasicos.pdf</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 2 of 29 June 2017</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for household ceiling fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>NBR NM-IEC 335-1 / 1998; IEC 60335-2-80 / 1997; NBR 14532/2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctimdic-ordinance-no-2-29-june-2017</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2017-portaria-interministerial-mme-mctic-mdic-n_2-2017-ventiladores-de-teto.pdf</t>
+  </si>
+  <si>
     <t>Ordinance No. 2 of 29 December 2022</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy perfomance standards for refrigerators and freezers for domestic use, manufactured nationally or imported, for sale and/or use in Brazil.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>IEC 62552-3:2007
 ,   
                     IEC 62552-3:2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ordinance-no-2-29-december-2022</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/sites/default/files/2025-01/Resolu__o_de_Consulta_P_blica_MEPS_Refrigeradores_e_Congeladores_pdf_pdf%20%281%29.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Air Conditioners</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for window and split type room air conditioners.</t>
+  </si>
+  <si>
     <t>NBR 5858, NBR 5882, NBR 12010.</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Procel Seal - Centrifugal Pumps and Motor Pumps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for centrifugal pumps.</t>
+  </si>
+  <si>
     <t>NBR 626-2, NBR 5383-1, NBR 5383-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-centrifugal-pumps-and-motor-pumps</t>
   </si>
   <si>
     <t>Procel Seal - CFLs with Integrated Ballasts</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for compact fluorescent lamps (CFLs) with integrated ballasts.</t>
+  </si>
+  <si>
     <t>CIE 84:1989, IEC 60081, IEC 60901, IEC 60969, NBR 14538, NBR 14539, NBR IEC 60061-1, NBR 14671</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-cfls-integrated-ballasts</t>
   </si>
   <si>
     <t>Procel Seal - Clothes Washers</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for washing machines.</t>
+  </si>
+  <si>
     <t>Projeto de Norma ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-clothes-washers</t>
   </si>
   <si>
     <t>Procel Seal - Electric Motors</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electric motors.</t>
+  </si>
+  <si>
     <t>NBR 17094 NBR 5383-1 NBR 5110 e NBR ISO 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-electric-motors</t>
   </si>
   <si>
     <t>Procel Seal - Electromagnetic Ballasts for Sodium Vapor Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electromagnetic ballasts for sodium vapor lamps.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>NBR 13593 NBR 14305</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-electromagnetic-ballasts-sodium-vapor-lamps</t>
   </si>
   <si>
     <t>Procel Seal - Electronic Ballasts for Tubular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electronic ballasts for tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>NBR 5114 NBR 5172</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-electronic-ballasts-tubular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Procel Seal - LED Lamps with Integrated Control Device</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED lamps with a control device integrated to the base.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-led-lamps-integrated-control-device</t>
   </si>
   <si>
     <t>Procel Seal - LED Street Light Luminaires</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED street light luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-led-street-light-luminaires</t>
   </si>
   <si>
     <t>Procel Seal - Microwave Ovens</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for microwave ovens.</t>
+  </si>
+  <si>
     <t>ABNT NBR NM IEC 60335-2-25; IEC 60705; IEC 62301; ABNT NBR 5891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-microwave-ovens</t>
   </si>
   <si>
     <t>Procel Seal - Refrigerators, Freezers, Refrigerator-Freezers</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for refrigerators, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>ISO 7371, ISO 8187, ISO 5155, ISO 8561</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-refrigerators-freezers-refrigerator-freezers</t>
   </si>
   <si>
     <t>Procel Seal - Sodium Vapor Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for sodium vapor lamps.</t>
+  </si>
+  <si>
     <t>NBR IEC 60662, NBR 13593, NBR 5461, NBR IEC 60061-1, ABNT NBR IEC 60238, ABNT NBR 5426</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-sodium-vapor-lamps</t>
   </si>
   <si>
     <t>Procel Seal - Systems and Equipment for Photovoltaic Energy</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for photovoltaic modules.</t>
+  </si>
+  <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-systems-and-equipment-photovoltaic-energy</t>
   </si>
   <si>
     <t>Procel Seal - Systems and Equipment for Solar Water Heating</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for solar collectors and thermal reservoirs.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-systems-and-equipment-solar-water-heating</t>
   </si>
   <si>
     <t>Procel Seal - Table and Ceiling Fans</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for table and ceiling fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>NBR NM-IEC-335-1/ 1998; IEC 60335-2-80 / 1997; NBR 14532 : 2003; Energy Star / 2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-table-and-ceiling-fans</t>
   </si>
   <si>
     <t>Procel Seal - Televisions</t>
+  </si>
+  <si>
+    <t>This webpage contains endorsement label requirements for televisions.</t>
   </si>
   <si>
     <t>IEC 60065 Ed. 7.1 2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-televisions</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1077,2839 +1412,3218 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N63"/>
+  <dimension ref="A1:P63"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="242" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="242.941" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="514.303" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="148.535" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="219.375" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2008</v>
+      </c>
+      <c r="I2">
+        <v>2011</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2006</v>
+      </c>
+      <c r="I3">
+        <v>2022</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1984</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
         <v>2008</v>
       </c>
-      <c r="H2">
+      <c r="I5">
+        <v>2020</v>
+      </c>
+      <c r="J5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K5" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>37</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6">
+        <v>2021</v>
+      </c>
+      <c r="J6" t="s">
+        <v>35</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
+        <v>37</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>60</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
         <v>2011</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I7">
+        <v>2021</v>
+      </c>
+      <c r="J7" t="s">
+        <v>35</v>
+      </c>
+      <c r="K7" t="s">
+        <v>36</v>
+      </c>
+      <c r="L7" t="s">
+        <v>61</v>
+      </c>
+      <c r="M7" t="s">
+        <v>37</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>66</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>67</v>
+      </c>
+      <c r="H8">
+        <v>2021</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>35</v>
+      </c>
+      <c r="K8" t="s">
+        <v>36</v>
+      </c>
+      <c r="L8" t="s">
+        <v>68</v>
+      </c>
+      <c r="M8" t="s">
+        <v>37</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>69</v>
+      </c>
+      <c r="P8" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>71</v>
+      </c>
+      <c r="B9" t="s">
+        <v>72</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>73</v>
+      </c>
+      <c r="E9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2008</v>
+      </c>
+      <c r="I9">
+        <v>2021</v>
+      </c>
+      <c r="J9" t="s">
+        <v>35</v>
+      </c>
+      <c r="K9" t="s">
+        <v>36</v>
+      </c>
+      <c r="L9" t="s">
+        <v>74</v>
+      </c>
+      <c r="M9" t="s">
+        <v>37</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>75</v>
+      </c>
+      <c r="P9" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>77</v>
+      </c>
+      <c r="B10" t="s">
+        <v>78</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>79</v>
+      </c>
+      <c r="E10" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2010</v>
+      </c>
+      <c r="I10">
+        <v>2021</v>
+      </c>
+      <c r="J10" t="s">
+        <v>35</v>
+      </c>
+      <c r="K10" t="s">
+        <v>36</v>
+      </c>
+      <c r="L10" t="s">
+        <v>80</v>
+      </c>
+      <c r="M10" t="s">
+        <v>37</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>81</v>
+      </c>
+      <c r="P10" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>83</v>
+      </c>
+      <c r="B11" t="s">
+        <v>84</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>85</v>
+      </c>
+      <c r="E11" t="s">
+        <v>33</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2001</v>
+      </c>
+      <c r="I11">
+        <v>2021</v>
+      </c>
+      <c r="J11" t="s">
+        <v>35</v>
+      </c>
+      <c r="K11" t="s">
+        <v>36</v>
+      </c>
+      <c r="L11" t="s">
+        <v>86</v>
+      </c>
+      <c r="M11" t="s">
+        <v>37</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>87</v>
+      </c>
+      <c r="P11" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>89</v>
+      </c>
+      <c r="B12" t="s">
+        <v>90</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>91</v>
+      </c>
+      <c r="E12" t="s">
+        <v>33</v>
+      </c>
+      <c r="F12" t="s">
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12">
+        <v>2021</v>
+      </c>
+      <c r="J12" t="s">
+        <v>35</v>
+      </c>
+      <c r="K12" t="s">
+        <v>36</v>
+      </c>
+      <c r="L12" t="s">
+        <v>92</v>
+      </c>
+      <c r="M12" t="s">
+        <v>37</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>93</v>
+      </c>
+      <c r="P12" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>95</v>
+      </c>
+      <c r="B13" t="s">
+        <v>96</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>97</v>
+      </c>
+      <c r="E13" t="s">
+        <v>33</v>
+      </c>
+      <c r="F13" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2010</v>
+      </c>
+      <c r="I13">
+        <v>2021</v>
+      </c>
+      <c r="J13" t="s">
+        <v>35</v>
+      </c>
+      <c r="K13" t="s">
+        <v>36</v>
+      </c>
+      <c r="L13" t="s">
+        <v>98</v>
+      </c>
+      <c r="M13" t="s">
+        <v>37</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>99</v>
+      </c>
+      <c r="P13" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>101</v>
+      </c>
+      <c r="B14" t="s">
+        <v>102</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>103</v>
+      </c>
+      <c r="E14" t="s">
+        <v>33</v>
+      </c>
+      <c r="F14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2012</v>
+      </c>
+      <c r="I14">
+        <v>2021</v>
+      </c>
+      <c r="J14" t="s">
+        <v>35</v>
+      </c>
+      <c r="K14" t="s">
+        <v>104</v>
+      </c>
+      <c r="L14" t="s">
+        <v>105</v>
+      </c>
+      <c r="M14" t="s">
+        <v>37</v>
+      </c>
+      <c r="N14" t="s">
+        <v>106</v>
+      </c>
+      <c r="O14" t="s">
+        <v>107</v>
+      </c>
+      <c r="P14" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>109</v>
+      </c>
+      <c r="B15" t="s">
+        <v>110</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E15" t="s">
+        <v>33</v>
+      </c>
+      <c r="F15" t="s">
+        <v>34</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2015</v>
+      </c>
+      <c r="I15">
+        <v>2022</v>
+      </c>
+      <c r="J15" t="s">
+        <v>35</v>
+      </c>
+      <c r="K15" t="s">
+        <v>36</v>
+      </c>
+      <c r="L15" t="s">
+        <v>111</v>
+      </c>
+      <c r="M15" t="s">
+        <v>37</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>112</v>
+      </c>
+      <c r="P15" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>114</v>
+      </c>
+      <c r="B16" t="s">
+        <v>115</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>54</v>
+      </c>
+      <c r="E16" t="s">
+        <v>33</v>
+      </c>
+      <c r="F16" t="s">
+        <v>34</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2008</v>
+      </c>
+      <c r="I16">
+        <v>2022</v>
+      </c>
+      <c r="J16" t="s">
+        <v>35</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>116</v>
+      </c>
+      <c r="M16" t="s">
+        <v>37</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>117</v>
+      </c>
+      <c r="P16" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>119</v>
+      </c>
+      <c r="B17" t="s">
+        <v>120</v>
+      </c>
+      <c r="C17" t="s">
+        <v>121</v>
+      </c>
+      <c r="D17" t="s">
+        <v>32</v>
+      </c>
+      <c r="E17" t="s">
+        <v>33</v>
+      </c>
+      <c r="F17" t="s">
+        <v>122</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2013</v>
+      </c>
+      <c r="I17">
+        <v>2014</v>
+      </c>
+      <c r="J17" t="s">
+        <v>123</v>
+      </c>
+      <c r="K17" t="s">
+        <v>36</v>
+      </c>
+      <c r="L17" t="s">
+        <v>124</v>
+      </c>
+      <c r="M17" t="s">
+        <v>125</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>126</v>
+      </c>
+      <c r="P17" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>128</v>
+      </c>
+      <c r="B18" t="s">
+        <v>129</v>
+      </c>
+      <c r="C18" t="s">
+        <v>121</v>
+      </c>
+      <c r="D18" t="s">
+        <v>130</v>
+      </c>
+      <c r="E18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F18" t="s">
+        <v>34</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18">
+        <v>2014</v>
+      </c>
+      <c r="J18" t="s">
+        <v>123</v>
+      </c>
+      <c r="K18" t="s">
+        <v>36</v>
+      </c>
+      <c r="L18" t="s">
+        <v>124</v>
+      </c>
+      <c r="M18" t="s">
+        <v>125</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>131</v>
+      </c>
+      <c r="P18" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>133</v>
+      </c>
+      <c r="B19" t="s">
+        <v>134</v>
+      </c>
+      <c r="C19" t="s">
+        <v>121</v>
+      </c>
+      <c r="D19" t="s">
+        <v>135</v>
+      </c>
+      <c r="E19" t="s">
+        <v>33</v>
+      </c>
+      <c r="F19" t="s">
+        <v>122</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2013</v>
+      </c>
+      <c r="I19">
+        <v>2014</v>
+      </c>
+      <c r="J19" t="s">
+        <v>123</v>
+      </c>
+      <c r="K19" t="s">
+        <v>36</v>
+      </c>
+      <c r="L19" t="s">
+        <v>124</v>
+      </c>
+      <c r="M19" t="s">
+        <v>125</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>136</v>
+      </c>
+      <c r="P19" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>138</v>
+      </c>
+      <c r="B20" t="s">
+        <v>139</v>
+      </c>
+      <c r="C20" t="s">
+        <v>121</v>
+      </c>
+      <c r="D20" t="s">
+        <v>66</v>
+      </c>
+      <c r="E20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F20" t="s">
+        <v>122</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2013</v>
+      </c>
+      <c r="I20">
+        <v>2014</v>
+      </c>
+      <c r="J20" t="s">
+        <v>123</v>
+      </c>
+      <c r="K20" t="s">
+        <v>36</v>
+      </c>
+      <c r="L20" t="s">
+        <v>140</v>
+      </c>
+      <c r="M20" t="s">
+        <v>125</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>141</v>
+      </c>
+      <c r="P20" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>143</v>
+      </c>
+      <c r="B21" t="s">
+        <v>144</v>
+      </c>
+      <c r="C21" t="s">
+        <v>121</v>
+      </c>
+      <c r="D21" t="s">
+        <v>145</v>
+      </c>
+      <c r="E21" t="s">
+        <v>33</v>
+      </c>
+      <c r="F21" t="s">
+        <v>122</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2013</v>
+      </c>
+      <c r="I21">
+        <v>2014</v>
+      </c>
+      <c r="J21" t="s">
+        <v>123</v>
+      </c>
+      <c r="K21" t="s">
+        <v>36</v>
+      </c>
+      <c r="L21" t="s">
+        <v>146</v>
+      </c>
+      <c r="M21" t="s">
+        <v>125</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>147</v>
+      </c>
+      <c r="P21" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>149</v>
+      </c>
+      <c r="B22" t="s">
+        <v>150</v>
+      </c>
+      <c r="C22" t="s">
+        <v>121</v>
+      </c>
+      <c r="D22" t="s">
+        <v>151</v>
+      </c>
+      <c r="E22" t="s">
+        <v>33</v>
+      </c>
+      <c r="F22" t="s">
+        <v>34</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2013</v>
+      </c>
+      <c r="I22">
+        <v>2014</v>
+      </c>
+      <c r="J22" t="s">
+        <v>123</v>
+      </c>
+      <c r="K22" t="s">
+        <v>152</v>
+      </c>
+      <c r="L22" t="s">
+        <v>153</v>
+      </c>
+      <c r="M22" t="s">
+        <v>125</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>154</v>
+      </c>
+      <c r="P22" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>156</v>
+      </c>
+      <c r="B23" t="s">
+        <v>157</v>
+      </c>
+      <c r="C23" t="s">
+        <v>121</v>
+      </c>
+      <c r="D23" t="s">
+        <v>54</v>
+      </c>
+      <c r="E23" t="s">
+        <v>33</v>
+      </c>
+      <c r="F23" t="s">
+        <v>34</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2013</v>
+      </c>
+      <c r="I23">
+        <v>2014</v>
+      </c>
+      <c r="J23" t="s">
+        <v>123</v>
+      </c>
+      <c r="K23" t="s">
+        <v>36</v>
+      </c>
+      <c r="L23" t="s">
+        <v>158</v>
+      </c>
+      <c r="M23" t="s">
+        <v>125</v>
+      </c>
+      <c r="N23" t="s">
+        <v>159</v>
+      </c>
+      <c r="O23" t="s">
+        <v>160</v>
+      </c>
+      <c r="P23" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>162</v>
+      </c>
+      <c r="B24" t="s">
+        <v>163</v>
+      </c>
+      <c r="C24" t="s">
+        <v>121</v>
+      </c>
+      <c r="D24" t="s">
+        <v>164</v>
+      </c>
+      <c r="E24" t="s">
+        <v>33</v>
+      </c>
+      <c r="F24" t="s">
+        <v>122</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2013</v>
+      </c>
+      <c r="I24">
+        <v>2014</v>
+      </c>
+      <c r="J24" t="s">
+        <v>123</v>
+      </c>
+      <c r="K24" t="s">
+        <v>152</v>
+      </c>
+      <c r="L24" t="s">
+        <v>165</v>
+      </c>
+      <c r="M24" t="s">
+        <v>125</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>166</v>
+      </c>
+      <c r="P24" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>168</v>
+      </c>
+      <c r="B25" t="s">
+        <v>169</v>
+      </c>
+      <c r="C25" t="s">
+        <v>121</v>
+      </c>
+      <c r="D25" t="s">
+        <v>164</v>
+      </c>
+      <c r="E25" t="s">
+        <v>33</v>
+      </c>
+      <c r="F25" t="s">
+        <v>34</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2013</v>
+      </c>
+      <c r="I25">
+        <v>2014</v>
+      </c>
+      <c r="J25" t="s">
+        <v>123</v>
+      </c>
+      <c r="K25" t="s">
+        <v>152</v>
+      </c>
+      <c r="L25" t="s">
+        <v>170</v>
+      </c>
+      <c r="M25" t="s">
+        <v>125</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>171</v>
+      </c>
+      <c r="P25" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>173</v>
+      </c>
+      <c r="B26" t="s">
+        <v>174</v>
+      </c>
+      <c r="C26" t="s">
+        <v>121</v>
+      </c>
+      <c r="D26" t="s">
+        <v>85</v>
+      </c>
+      <c r="E26" t="s">
+        <v>33</v>
+      </c>
+      <c r="F26" t="s">
+        <v>34</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2013</v>
+      </c>
+      <c r="I26">
+        <v>2014</v>
+      </c>
+      <c r="J26" t="s">
+        <v>123</v>
+      </c>
+      <c r="K26" t="s">
+        <v>36</v>
+      </c>
+      <c r="L26" t="s">
+        <v>175</v>
+      </c>
+      <c r="M26" t="s">
+        <v>125</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>176</v>
+      </c>
+      <c r="P26" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>178</v>
+      </c>
+      <c r="B27" t="s">
+        <v>179</v>
+      </c>
+      <c r="C27" t="s">
+        <v>121</v>
+      </c>
+      <c r="D27" t="s">
+        <v>85</v>
+      </c>
+      <c r="E27" t="s">
+        <v>33</v>
+      </c>
+      <c r="F27" t="s">
+        <v>122</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2013</v>
+      </c>
+      <c r="I27">
+        <v>2014</v>
+      </c>
+      <c r="J27" t="s">
+        <v>123</v>
+      </c>
+      <c r="K27" t="s">
+        <v>36</v>
+      </c>
+      <c r="L27" t="s">
+        <v>175</v>
+      </c>
+      <c r="M27" t="s">
+        <v>125</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>180</v>
+      </c>
+      <c r="P27" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>182</v>
+      </c>
+      <c r="B28" t="s">
+        <v>183</v>
+      </c>
+      <c r="C28" t="s">
+        <v>121</v>
+      </c>
+      <c r="D28" t="s">
+        <v>184</v>
+      </c>
+      <c r="E28" t="s">
+        <v>33</v>
+      </c>
+      <c r="F28" t="s">
+        <v>34</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2013</v>
+      </c>
+      <c r="I28">
+        <v>2014</v>
+      </c>
+      <c r="J28" t="s">
+        <v>123</v>
+      </c>
+      <c r="K28" t="s">
+        <v>36</v>
+      </c>
+      <c r="L28" t="s">
+        <v>185</v>
+      </c>
+      <c r="M28" t="s">
+        <v>125</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>186</v>
+      </c>
+      <c r="P28" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>188</v>
+      </c>
+      <c r="B29" t="s">
+        <v>189</v>
+      </c>
+      <c r="C29" t="s">
+        <v>121</v>
+      </c>
+      <c r="D29" t="s">
+        <v>184</v>
+      </c>
+      <c r="E29" t="s">
+        <v>33</v>
+      </c>
+      <c r="F29" t="s">
+        <v>122</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2013</v>
+      </c>
+      <c r="I29">
+        <v>2014</v>
+      </c>
+      <c r="J29" t="s">
+        <v>123</v>
+      </c>
+      <c r="K29" t="s">
+        <v>36</v>
+      </c>
+      <c r="L29" t="s">
+        <v>190</v>
+      </c>
+      <c r="M29" t="s">
+        <v>125</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>191</v>
+      </c>
+      <c r="P29" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>193</v>
+      </c>
+      <c r="B30" t="s">
+        <v>194</v>
+      </c>
+      <c r="C30" t="s">
+        <v>121</v>
+      </c>
+      <c r="D30" t="s">
+        <v>195</v>
+      </c>
+      <c r="E30" t="s">
+        <v>33</v>
+      </c>
+      <c r="F30" t="s">
+        <v>122</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2013</v>
+      </c>
+      <c r="I30">
+        <v>2014</v>
+      </c>
+      <c r="J30" t="s">
+        <v>123</v>
+      </c>
+      <c r="K30" t="s">
+        <v>36</v>
+      </c>
+      <c r="L30" t="s">
+        <v>196</v>
+      </c>
+      <c r="M30" t="s">
+        <v>125</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>197</v>
+      </c>
+      <c r="P30"/>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>198</v>
+      </c>
+      <c r="B31" t="s">
+        <v>199</v>
+      </c>
+      <c r="C31" t="s">
+        <v>121</v>
+      </c>
+      <c r="D31" t="s">
+        <v>48</v>
+      </c>
+      <c r="E31" t="s">
+        <v>33</v>
+      </c>
+      <c r="F31" t="s">
+        <v>34</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2012</v>
+      </c>
+      <c r="I31">
+        <v>2013</v>
+      </c>
+      <c r="J31" t="s">
+        <v>123</v>
+      </c>
+      <c r="K31" t="s">
+        <v>36</v>
+      </c>
+      <c r="L31" t="s">
+        <v>196</v>
+      </c>
+      <c r="M31" t="s">
+        <v>125</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>200</v>
+      </c>
+      <c r="P31" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>202</v>
+      </c>
+      <c r="B32" t="s">
+        <v>203</v>
+      </c>
+      <c r="C32" t="s">
+        <v>121</v>
+      </c>
+      <c r="D32" t="s">
+        <v>204</v>
+      </c>
+      <c r="E32" t="s">
+        <v>33</v>
+      </c>
+      <c r="F32" t="s">
+        <v>122</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2013</v>
+      </c>
+      <c r="I32">
+        <v>2014</v>
+      </c>
+      <c r="J32" t="s">
+        <v>123</v>
+      </c>
+      <c r="K32" t="s">
+        <v>36</v>
+      </c>
+      <c r="L32" t="s">
+        <v>205</v>
+      </c>
+      <c r="M32" t="s">
+        <v>125</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>206</v>
+      </c>
+      <c r="P32" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>208</v>
+      </c>
+      <c r="B33" t="s">
+        <v>209</v>
+      </c>
+      <c r="C33" t="s">
+        <v>121</v>
+      </c>
+      <c r="D33" t="s">
+        <v>210</v>
+      </c>
+      <c r="E33" t="s">
+        <v>33</v>
+      </c>
+      <c r="F33" t="s">
+        <v>122</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2013</v>
+      </c>
+      <c r="I33">
+        <v>2014</v>
+      </c>
+      <c r="J33" t="s">
+        <v>123</v>
+      </c>
+      <c r="K33" t="s">
+        <v>36</v>
+      </c>
+      <c r="L33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M33" t="s">
+        <v>125</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>211</v>
+      </c>
+      <c r="P33" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>213</v>
+      </c>
+      <c r="B34" t="s">
+        <v>214</v>
+      </c>
+      <c r="C34" t="s">
+        <v>121</v>
+      </c>
+      <c r="D34" t="s">
+        <v>215</v>
+      </c>
+      <c r="E34" t="s">
+        <v>33</v>
+      </c>
+      <c r="F34" t="s">
+        <v>122</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2013</v>
+      </c>
+      <c r="I34">
+        <v>2014</v>
+      </c>
+      <c r="J34" t="s">
+        <v>123</v>
+      </c>
+      <c r="K34" t="s">
+        <v>36</v>
+      </c>
+      <c r="L34" t="s">
+        <v>216</v>
+      </c>
+      <c r="M34" t="s">
+        <v>125</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>217</v>
+      </c>
+      <c r="P34" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>219</v>
+      </c>
+      <c r="B35" t="s">
+        <v>220</v>
+      </c>
+      <c r="C35" t="s">
+        <v>121</v>
+      </c>
+      <c r="D35" t="s">
+        <v>221</v>
+      </c>
+      <c r="E35" t="s">
+        <v>33</v>
+      </c>
+      <c r="F35" t="s">
+        <v>122</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2012</v>
+      </c>
+      <c r="I35">
+        <v>2013</v>
+      </c>
+      <c r="J35" t="s">
+        <v>123</v>
+      </c>
+      <c r="K35" t="s">
+        <v>36</v>
+      </c>
+      <c r="L35" t="s">
+        <v>222</v>
+      </c>
+      <c r="M35" t="s">
+        <v>125</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>223</v>
+      </c>
+      <c r="P35" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>225</v>
+      </c>
+      <c r="B36" t="s">
+        <v>226</v>
+      </c>
+      <c r="C36" t="s">
+        <v>121</v>
+      </c>
+      <c r="D36" t="s">
+        <v>151</v>
+      </c>
+      <c r="E36" t="s">
+        <v>33</v>
+      </c>
+      <c r="F36" t="s">
+        <v>122</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2012</v>
+      </c>
+      <c r="I36">
+        <v>2013</v>
+      </c>
+      <c r="J36" t="s">
+        <v>123</v>
+      </c>
+      <c r="K36" t="s">
+        <v>152</v>
+      </c>
+      <c r="L36" t="s">
+        <v>227</v>
+      </c>
+      <c r="M36" t="s">
+        <v>125</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>228</v>
+      </c>
+      <c r="P36" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>230</v>
+      </c>
+      <c r="B37" t="s">
+        <v>231</v>
+      </c>
+      <c r="C37" t="s">
+        <v>121</v>
+      </c>
+      <c r="D37" t="s">
+        <v>232</v>
+      </c>
+      <c r="E37" t="s">
+        <v>33</v>
+      </c>
+      <c r="F37" t="s">
+        <v>34</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2012</v>
+      </c>
+      <c r="I37">
+        <v>2013</v>
+      </c>
+      <c r="J37" t="s">
+        <v>123</v>
+      </c>
+      <c r="K37" t="s">
+        <v>36</v>
+      </c>
+      <c r="L37" t="s">
+        <v>153</v>
+      </c>
+      <c r="M37" t="s">
+        <v>125</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>233</v>
+      </c>
+      <c r="P37" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>235</v>
+      </c>
+      <c r="B38" t="s">
+        <v>236</v>
+      </c>
+      <c r="C38" t="s">
+        <v>18</v>
+      </c>
+      <c r="D38" t="s">
+        <v>48</v>
+      </c>
+      <c r="E38" t="s">
+        <v>33</v>
+      </c>
+      <c r="F38" t="s">
+        <v>122</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2007</v>
+      </c>
+      <c r="I38">
+        <v>2022</v>
+      </c>
+      <c r="J38" t="s">
+        <v>35</v>
+      </c>
+      <c r="K38" t="s">
+        <v>36</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>237</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>238</v>
+      </c>
+      <c r="P38" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>240</v>
+      </c>
+      <c r="B39" t="s">
+        <v>241</v>
+      </c>
+      <c r="C39" t="s">
+        <v>18</v>
+      </c>
+      <c r="D39" t="s">
+        <v>32</v>
+      </c>
+      <c r="E39" t="s">
+        <v>33</v>
+      </c>
+      <c r="F39" t="s">
+        <v>122</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2006</v>
+      </c>
+      <c r="I39">
+        <v>2010</v>
+      </c>
+      <c r="J39" t="s">
+        <v>35</v>
+      </c>
+      <c r="K39" t="s">
+        <v>36</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>237</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>242</v>
+      </c>
+      <c r="P39" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>244</v>
+      </c>
+      <c r="B40" t="s">
+        <v>245</v>
+      </c>
+      <c r="C40" t="s">
+        <v>18</v>
+      </c>
+      <c r="D40" t="s">
+        <v>32</v>
+      </c>
+      <c r="E40" t="s">
+        <v>33</v>
+      </c>
+      <c r="F40" t="s">
+        <v>122</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2006</v>
+      </c>
+      <c r="I40">
+        <v>2010</v>
+      </c>
+      <c r="J40" t="s">
+        <v>35</v>
+      </c>
+      <c r="K40" t="s">
+        <v>36</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>237</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>246</v>
+      </c>
+      <c r="P40" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>248</v>
+      </c>
+      <c r="B41" t="s">
+        <v>249</v>
+      </c>
+      <c r="C41" t="s">
+        <v>18</v>
+      </c>
+      <c r="D41" t="s">
+        <v>250</v>
+      </c>
+      <c r="E41" t="s">
+        <v>33</v>
+      </c>
+      <c r="F41" t="s">
+        <v>122</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2008</v>
+      </c>
+      <c r="I41">
+        <v>2011</v>
+      </c>
+      <c r="J41" t="s">
+        <v>35</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>237</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>251</v>
+      </c>
+      <c r="P41" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>253</v>
+      </c>
+      <c r="B42" t="s">
+        <v>254</v>
+      </c>
+      <c r="C42" t="s">
+        <v>18</v>
+      </c>
+      <c r="D42" t="s">
+        <v>54</v>
+      </c>
+      <c r="E42" t="s">
+        <v>33</v>
+      </c>
+      <c r="F42" t="s">
+        <v>122</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2007</v>
+      </c>
+      <c r="I42">
+        <v>2011</v>
+      </c>
+      <c r="J42" t="s">
+        <v>35</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>237</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>255</v>
+      </c>
+      <c r="P42" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>257</v>
+      </c>
+      <c r="B43" t="s">
+        <v>258</v>
+      </c>
+      <c r="C43" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43" t="s">
+        <v>32</v>
+      </c>
+      <c r="E43" t="s">
+        <v>33</v>
+      </c>
+      <c r="F43" t="s">
+        <v>122</v>
+      </c>
+      <c r="G43" t="s">
+        <v>67</v>
+      </c>
+      <c r="H43">
+        <v>2010</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>35</v>
+      </c>
+      <c r="K43" t="s">
+        <v>36</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>237</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>259</v>
+      </c>
+      <c r="P43" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>261</v>
+      </c>
+      <c r="B44" t="s">
+        <v>262</v>
+      </c>
+      <c r="C44" t="s">
+        <v>18</v>
+      </c>
+      <c r="D44" t="s">
+        <v>85</v>
+      </c>
+      <c r="E44" t="s">
+        <v>33</v>
+      </c>
+      <c r="F44" t="s">
+        <v>122</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2007</v>
+      </c>
+      <c r="I44">
+        <v>2018</v>
+      </c>
+      <c r="J44" t="s">
+        <v>35</v>
+      </c>
+      <c r="K44" t="s">
+        <v>36</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>237</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>263</v>
+      </c>
+      <c r="P44" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>265</v>
+      </c>
+      <c r="B45" t="s">
+        <v>266</v>
+      </c>
+      <c r="C45" t="s">
+        <v>18</v>
+      </c>
+      <c r="D45" t="s">
+        <v>66</v>
+      </c>
+      <c r="E45" t="s">
+        <v>33</v>
+      </c>
+      <c r="F45" t="s">
+        <v>122</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2002</v>
+      </c>
+      <c r="I45">
+        <v>2017</v>
+      </c>
+      <c r="J45" t="s">
+        <v>35</v>
+      </c>
+      <c r="K45" t="s">
+        <v>36</v>
+      </c>
+      <c r="L45" t="s">
+        <v>267</v>
+      </c>
+      <c r="M45" t="s">
+        <v>237</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>268</v>
+      </c>
+      <c r="P45" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>270</v>
+      </c>
+      <c r="B46" t="s">
+        <v>271</v>
+      </c>
+      <c r="C46" t="s">
+        <v>18</v>
+      </c>
+      <c r="D46" t="s">
+        <v>272</v>
+      </c>
+      <c r="E46" t="s">
+        <v>33</v>
+      </c>
+      <c r="F46" t="s">
+        <v>122</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2008</v>
+      </c>
+      <c r="I46">
+        <v>2017</v>
+      </c>
+      <c r="J46" t="s">
+        <v>35</v>
+      </c>
+      <c r="K46" t="s">
+        <v>36</v>
+      </c>
+      <c r="L46" t="s">
+        <v>273</v>
+      </c>
+      <c r="M46" t="s">
+        <v>237</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>274</v>
+      </c>
+      <c r="P46" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>276</v>
+      </c>
+      <c r="B47" t="s">
+        <v>277</v>
+      </c>
+      <c r="C47" t="s">
+        <v>18</v>
+      </c>
+      <c r="D47" t="s">
+        <v>278</v>
+      </c>
+      <c r="E47" t="s">
+        <v>33</v>
+      </c>
+      <c r="F47" t="s">
+        <v>122</v>
+      </c>
+      <c r="G47" t="s">
+        <v>67</v>
+      </c>
+      <c r="H47">
+        <v>2022</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>279</v>
+      </c>
+      <c r="K47" t="s">
+        <v>36</v>
+      </c>
+      <c r="L47" t="s">
+        <v>280</v>
+      </c>
+      <c r="M47" t="s">
+        <v>237</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>281</v>
+      </c>
+      <c r="P47" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>283</v>
+      </c>
+      <c r="B48" t="s">
+        <v>284</v>
+      </c>
+      <c r="C48" t="s">
+        <v>18</v>
+      </c>
+      <c r="D48" t="s">
+        <v>48</v>
+      </c>
+      <c r="E48" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F48" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...34 lines deleted...]
-      <c r="H3">
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>1993</v>
+      </c>
+      <c r="I48">
         <v>2022</v>
       </c>
-      <c r="I3" t="s">
-[...6 lines deleted...]
-      <c r="L3" t="s">
+      <c r="J48" t="s">
+        <v>35</v>
+      </c>
+      <c r="K48" t="s">
+        <v>36</v>
+      </c>
+      <c r="L48" t="s">
+        <v>285</v>
+      </c>
+      <c r="M48" t="s">
+        <v>286</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>287</v>
+      </c>
+      <c r="P48" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>289</v>
+      </c>
+      <c r="B49" t="s">
+        <v>290</v>
+      </c>
+      <c r="C49" t="s">
+        <v>18</v>
+      </c>
+      <c r="D49" t="s">
+        <v>79</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>67</v>
+      </c>
+      <c r="H49">
+        <v>2011</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>35</v>
+      </c>
+      <c r="K49" t="s">
+        <v>36</v>
+      </c>
+      <c r="L49" t="s">
+        <v>291</v>
+      </c>
+      <c r="M49" t="s">
+        <v>286</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>292</v>
+      </c>
+      <c r="P49" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>293</v>
+      </c>
+      <c r="B50" t="s">
+        <v>294</v>
+      </c>
+      <c r="C50" t="s">
+        <v>18</v>
+      </c>
+      <c r="D50" t="s">
         <v>32</v>
       </c>
-      <c r="M3" t="s">
-[...13 lines deleted...]
-      <c r="C4" t="s">
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>21</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>1993</v>
+      </c>
+      <c r="I50">
+        <v>2012</v>
+      </c>
+      <c r="J50" t="s">
         <v>35</v>
       </c>
-      <c r="D4" t="s">
-[...11 lines deleted...]
-      <c r="H4">
+      <c r="K50" t="s">
+        <v>36</v>
+      </c>
+      <c r="L50" t="s">
+        <v>295</v>
+      </c>
+      <c r="M50" t="s">
+        <v>286</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>296</v>
+      </c>
+      <c r="P50" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>297</v>
+      </c>
+      <c r="B51" t="s">
+        <v>298</v>
+      </c>
+      <c r="C51" t="s">
+        <v>18</v>
+      </c>
+      <c r="D51" t="s">
+        <v>42</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>21</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>1993</v>
+      </c>
+      <c r="I51">
+        <v>2010</v>
+      </c>
+      <c r="J51" t="s">
+        <v>35</v>
+      </c>
+      <c r="K51" t="s">
+        <v>36</v>
+      </c>
+      <c r="L51" t="s">
+        <v>299</v>
+      </c>
+      <c r="M51" t="s">
+        <v>286</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>300</v>
+      </c>
+      <c r="P51" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>301</v>
+      </c>
+      <c r="B52" t="s">
+        <v>302</v>
+      </c>
+      <c r="C52" t="s">
+        <v>18</v>
+      </c>
+      <c r="D52" t="s">
+        <v>66</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>21</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>1995</v>
+      </c>
+      <c r="I52">
         <v>2019</v>
       </c>
-      <c r="I4" t="s">
-[...8 lines deleted...]
-      <c r="L4" t="s">
+      <c r="J52" t="s">
+        <v>35</v>
+      </c>
+      <c r="K52" t="s">
+        <v>36</v>
+      </c>
+      <c r="L52" t="s">
+        <v>303</v>
+      </c>
+      <c r="M52" t="s">
+        <v>286</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>304</v>
+      </c>
+      <c r="P52" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>305</v>
+      </c>
+      <c r="B53" t="s">
+        <v>306</v>
+      </c>
+      <c r="C53" t="s">
+        <v>18</v>
+      </c>
+      <c r="D53" t="s">
+        <v>307</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>21</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>1993</v>
+      </c>
+      <c r="I53">
+        <v>2010</v>
+      </c>
+      <c r="J53" t="s">
+        <v>35</v>
+      </c>
+      <c r="K53" t="s">
+        <v>36</v>
+      </c>
+      <c r="L53" t="s">
+        <v>308</v>
+      </c>
+      <c r="M53" t="s">
+        <v>286</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>309</v>
+      </c>
+      <c r="P53" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>310</v>
+      </c>
+      <c r="B54" t="s">
+        <v>311</v>
+      </c>
+      <c r="C54" t="s">
+        <v>18</v>
+      </c>
+      <c r="D54" t="s">
+        <v>307</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>21</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>1993</v>
+      </c>
+      <c r="I54">
+        <v>2013</v>
+      </c>
+      <c r="J54" t="s">
+        <v>35</v>
+      </c>
+      <c r="K54" t="s">
+        <v>36</v>
+      </c>
+      <c r="L54" t="s">
+        <v>312</v>
+      </c>
+      <c r="M54" t="s">
+        <v>286</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>313</v>
+      </c>
+      <c r="P54" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>315</v>
+      </c>
+      <c r="B55" t="s">
+        <v>316</v>
+      </c>
+      <c r="C55" t="s">
+        <v>18</v>
+      </c>
+      <c r="D55" t="s">
         <v>32</v>
       </c>
-      <c r="M4" t="s">
-[...40 lines deleted...]
-      <c r="L5" t="s">
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>21</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>1993</v>
+      </c>
+      <c r="I55">
+        <v>2016</v>
+      </c>
+      <c r="J55" t="s">
+        <v>35</v>
+      </c>
+      <c r="K55" t="s">
+        <v>36</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>286</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>317</v>
+      </c>
+      <c r="P55" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>318</v>
+      </c>
+      <c r="B56" t="s">
+        <v>319</v>
+      </c>
+      <c r="C56" t="s">
+        <v>18</v>
+      </c>
+      <c r="D56" t="s">
+        <v>320</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>21</v>
+      </c>
+      <c r="G56" t="s">
+        <v>67</v>
+      </c>
+      <c r="H56">
+        <v>2018</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>35</v>
+      </c>
+      <c r="K56" t="s">
+        <v>36</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>286</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>321</v>
+      </c>
+      <c r="P56" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>322</v>
+      </c>
+      <c r="B57" t="s">
+        <v>323</v>
+      </c>
+      <c r="C57" t="s">
+        <v>18</v>
+      </c>
+      <c r="D57" t="s">
+        <v>60</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>21</v>
+      </c>
+      <c r="G57" t="s">
+        <v>67</v>
+      </c>
+      <c r="H57">
+        <v>2013</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>35</v>
+      </c>
+      <c r="K57" t="s">
+        <v>36</v>
+      </c>
+      <c r="L57" t="s">
+        <v>324</v>
+      </c>
+      <c r="M57" t="s">
+        <v>286</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>325</v>
+      </c>
+      <c r="P57" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>326</v>
+      </c>
+      <c r="B58" t="s">
+        <v>327</v>
+      </c>
+      <c r="C58" t="s">
+        <v>18</v>
+      </c>
+      <c r="D58" t="s">
+        <v>85</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>21</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>1993</v>
+      </c>
+      <c r="I58">
+        <v>2016</v>
+      </c>
+      <c r="J58" t="s">
+        <v>35</v>
+      </c>
+      <c r="K58" t="s">
+        <v>36</v>
+      </c>
+      <c r="L58" t="s">
+        <v>328</v>
+      </c>
+      <c r="M58" t="s">
+        <v>286</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>329</v>
+      </c>
+      <c r="P58" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>330</v>
+      </c>
+      <c r="B59" t="s">
+        <v>331</v>
+      </c>
+      <c r="C59" t="s">
+        <v>18</v>
+      </c>
+      <c r="D59" t="s">
         <v>32</v>
       </c>
-      <c r="M5" t="s">
-[...69 lines deleted...]
-      <c r="G7">
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>21</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>1993</v>
+      </c>
+      <c r="I59">
+        <v>2010</v>
+      </c>
+      <c r="J59" t="s">
+        <v>35</v>
+      </c>
+      <c r="K59" t="s">
+        <v>36</v>
+      </c>
+      <c r="L59" t="s">
+        <v>332</v>
+      </c>
+      <c r="M59" t="s">
+        <v>286</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>333</v>
+      </c>
+      <c r="P59" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>334</v>
+      </c>
+      <c r="B60" t="s">
+        <v>335</v>
+      </c>
+      <c r="C60" t="s">
+        <v>18</v>
+      </c>
+      <c r="D60" t="s">
+        <v>336</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>21</v>
+      </c>
+      <c r="G60" t="s">
+        <v>67</v>
+      </c>
+      <c r="H60">
+        <v>2010</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>35</v>
+      </c>
+      <c r="K60" t="s">
+        <v>104</v>
+      </c>
+      <c r="L60"/>
+      <c r="M60" t="s">
+        <v>286</v>
+      </c>
+      <c r="N60" t="s">
+        <v>106</v>
+      </c>
+      <c r="O60" t="s">
+        <v>337</v>
+      </c>
+      <c r="P60" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>338</v>
+      </c>
+      <c r="B61" t="s">
+        <v>339</v>
+      </c>
+      <c r="C61" t="s">
+        <v>18</v>
+      </c>
+      <c r="D61" t="s">
+        <v>103</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>21</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61"/>
+      <c r="I61">
+        <v>2010</v>
+      </c>
+      <c r="J61" t="s">
+        <v>35</v>
+      </c>
+      <c r="K61" t="s">
+        <v>104</v>
+      </c>
+      <c r="L61"/>
+      <c r="M61" t="s">
+        <v>286</v>
+      </c>
+      <c r="N61" t="s">
+        <v>106</v>
+      </c>
+      <c r="O61" t="s">
+        <v>340</v>
+      </c>
+      <c r="P61" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>341</v>
+      </c>
+      <c r="B62" t="s">
+        <v>342</v>
+      </c>
+      <c r="C62" t="s">
+        <v>18</v>
+      </c>
+      <c r="D62" t="s">
+        <v>343</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>21</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>1997</v>
+      </c>
+      <c r="I62">
         <v>2011</v>
       </c>
-      <c r="H7">
-[...126 lines deleted...]
-      <c r="G10">
+      <c r="J62" t="s">
+        <v>35</v>
+      </c>
+      <c r="K62" t="s">
+        <v>36</v>
+      </c>
+      <c r="L62" t="s">
+        <v>344</v>
+      </c>
+      <c r="M62" t="s">
+        <v>286</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>345</v>
+      </c>
+      <c r="P62" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>346</v>
+      </c>
+      <c r="B63" t="s">
+        <v>347</v>
+      </c>
+      <c r="C63" t="s">
+        <v>18</v>
+      </c>
+      <c r="D63" t="s">
+        <v>91</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>21</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
         <v>2010</v>
       </c>
-      <c r="H10">
-[...1523 lines deleted...]
-      <c r="H45">
+      <c r="I63">
         <v>2017</v>
       </c>
-      <c r="I45" t="s">
-[...241 lines deleted...]
-      <c r="C51" t="s">
+      <c r="J63" t="s">
         <v>35</v>
       </c>
-      <c r="D51" t="s">
-[...531 lines deleted...]
-      </c>
       <c r="K63" t="s">
-        <v>237</v>
+        <v>36</v>
       </c>
       <c r="L63" t="s">
-        <v>192</v>
+        <v>348</v>
       </c>
       <c r="M63" t="s">
-        <v>24</v>
+        <v>286</v>
       </c>
       <c r="N63" t="s">
-        <v>238</v>
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>349</v>
+      </c>
+      <c r="P63" t="s">
+        <v>288</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>