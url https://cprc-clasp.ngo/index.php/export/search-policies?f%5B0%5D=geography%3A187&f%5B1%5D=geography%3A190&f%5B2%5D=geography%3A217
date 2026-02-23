--- v0 (2025-12-04)
+++ v1 (2026-02-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="498">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="500">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1398,51 +1398,51 @@
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e19-1-2020</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?page=2&amp;search=INTE+28</t>
   </si>
   <si>
     <t>This standard establishes the minimum content of the energy efficiency label for high intensity discharge (HID) lamps for general lighting. This standard applies to high intensity discharge lamps (HID), intended for lighting residential, commercial, services, industrial and public lighting sectors that are marketed in the national territory</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e19-1-2020-0</t>
   </si>
   <si>
     <t>https://www.inteco.org/en_US/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?variant=5672</t>
   </si>
   <si>
     <t>INTE E20-1 2016</t>
   </si>
   <si>
     <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e20-1-2016</t>
   </si>
   <si>
-    <t>https://www.inteco.org/shop/product/inte-e20-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-factor-de-energia-fe-y-factor-de-consumo-de-agua-fca-parte-1-requisitos-1184?search=INTE+28</t>
+    <t>https://inteco.org/tienda/catalogo/INTEE2012016</t>
   </si>
   <si>
     <t>INTE E21-1 2016</t>
   </si>
   <si>
     <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-1-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
   </si>
   <si>
     <t>INTE E21-2 2016</t>
   </si>
   <si>
     <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-2-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
   </si>
@@ -1480,53 +1480,50 @@
     <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps (LFL). This standard applies to linear fluorescent lamps, intended for lighting residential, commercial, service and industrial sectors that are marketed in the national territory. This standard does not apply to types of lamps that have one or more of the following characteristics: - Linear fluorescent lamps with a length of less than 50 cm, color temperature greater than 7000 K, designed to operate at low temperatures, ultraviolet and other special applications. . - Compact fluorescent lamp without integrated ballast, circular fluorescent lamps.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-2-2020</t>
   </si>
   <si>
     <t>https://www.inteco.org/en_US/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?variant=5673</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
     <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Africa, Nigeria</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
@@ -1565,50 +1562,59 @@
     <t>Luminaires</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
+  </si>
+  <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
   </si>
   <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
   </si>
   <si>
     <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>IEC 60050-845:1987, International Electrotechnical Vocabulary – Chapter 845: Lighting
 ,   
@@ -1978,51 +1984,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P82"/>
+  <dimension ref="A1:P83"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="172.101" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1088.734" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="277.075" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -5832,232 +5838,276 @@
       <c r="K78" t="s">
         <v>24</v>
       </c>
       <c r="L78"/>
       <c r="M78" t="s">
         <v>38</v>
       </c>
       <c r="N78" t="s">
         <v>48</v>
       </c>
       <c r="O78" t="s">
         <v>471</v>
       </c>
       <c r="P78" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
         <v>472</v>
       </c>
       <c r="B79" t="s">
         <v>473</v>
       </c>
       <c r="C79" t="s">
+        <v>31</v>
+      </c>
+      <c r="D79" t="s">
         <v>474</v>
-      </c>
-[...1 lines deleted...]
-        <v>475</v>
       </c>
       <c r="E79" t="s">
         <v>20</v>
       </c>
       <c r="F79" t="s">
         <v>46</v>
       </c>
       <c r="G79" t="s">
-        <v>476</v>
+        <v>475</v>
       </c>
       <c r="H79">
         <v>2024</v>
       </c>
       <c r="I79"/>
       <c r="J79" t="s">
+        <v>476</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79" t="s">
         <v>477</v>
       </c>
-      <c r="K79" t="s">
-[...2 lines deleted...]
-      <c r="L79" t="s">
+      <c r="M79" t="s">
         <v>478</v>
       </c>
-      <c r="M79" t="s">
+      <c r="N79" t="s">
+        <v>48</v>
+      </c>
+      <c r="O79" t="s">
         <v>479</v>
       </c>
-      <c r="N79" t="s">
-[...2 lines deleted...]
-      <c r="O79" t="s">
+      <c r="P79" t="s">
         <v>480</v>
-      </c>
-[...1 lines deleted...]
-        <v>481</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
+        <v>481</v>
+      </c>
+      <c r="B80" t="s">
         <v>482</v>
       </c>
-      <c r="B80" t="s">
+      <c r="C80" t="s">
+        <v>31</v>
+      </c>
+      <c r="D80" t="s">
         <v>483</v>
-      </c>
-[...4 lines deleted...]
-        <v>484</v>
       </c>
       <c r="E80" t="s">
         <v>20</v>
       </c>
       <c r="F80" t="s">
         <v>46</v>
       </c>
       <c r="G80" t="s">
         <v>34</v>
       </c>
       <c r="H80">
         <v>2024</v>
       </c>
       <c r="I80"/>
       <c r="J80" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="K80" t="s">
         <v>24</v>
       </c>
       <c r="L80" t="s">
+        <v>484</v>
+      </c>
+      <c r="M80" t="s">
+        <v>478</v>
+      </c>
+      <c r="N80" t="s">
+        <v>48</v>
+      </c>
+      <c r="O80" t="s">
         <v>485</v>
       </c>
-      <c r="M80" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P80" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>487</v>
-[...3 lines deleted...]
-      </c>
+        <v>486</v>
+      </c>
+      <c r="B81"/>
       <c r="C81" t="s">
         <v>31</v>
       </c>
       <c r="D81" t="s">
-        <v>367</v>
+        <v>305</v>
       </c>
       <c r="E81" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="F81" t="s">
-        <v>374</v>
+        <v>46</v>
       </c>
       <c r="G81" t="s">
-        <v>66</v>
+        <v>475</v>
       </c>
       <c r="H81">
         <v>2017</v>
       </c>
-      <c r="I81">
-[...1 lines deleted...]
-      </c>
+      <c r="I81"/>
       <c r="J81" t="s">
-        <v>56</v>
+        <v>487</v>
       </c>
       <c r="K81" t="s">
         <v>24</v>
       </c>
       <c r="L81"/>
       <c r="M81" t="s">
-        <v>38</v>
+        <v>478</v>
       </c>
       <c r="N81" t="s">
         <v>48</v>
       </c>
       <c r="O81" t="s">
-        <v>489</v>
+        <v>488</v>
       </c>
       <c r="P81" t="s">
-        <v>363</v>
+        <v>480</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
+        <v>489</v>
+      </c>
+      <c r="B82" t="s">
         <v>490</v>
-      </c>
-[...1 lines deleted...]
-        <v>491</v>
       </c>
       <c r="C82" t="s">
         <v>31</v>
       </c>
       <c r="D82" t="s">
-        <v>492</v>
+        <v>367</v>
       </c>
       <c r="E82" t="s">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="F82" t="s">
-        <v>493</v>
+        <v>374</v>
       </c>
       <c r="G82" t="s">
-        <v>34</v>
+        <v>66</v>
       </c>
       <c r="H82">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I82"/>
+        <v>2017</v>
+      </c>
+      <c r="I82">
+        <v>2019</v>
+      </c>
       <c r="J82" t="s">
         <v>56</v>
       </c>
       <c r="K82" t="s">
         <v>24</v>
       </c>
-      <c r="L82" t="s">
+      <c r="L82"/>
+      <c r="M82" t="s">
+        <v>38</v>
+      </c>
+      <c r="N82" t="s">
+        <v>48</v>
+      </c>
+      <c r="O82" t="s">
+        <v>491</v>
+      </c>
+      <c r="P82" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>492</v>
+      </c>
+      <c r="B83" t="s">
+        <v>493</v>
+      </c>
+      <c r="C83" t="s">
+        <v>31</v>
+      </c>
+      <c r="D83" t="s">
         <v>494</v>
       </c>
-      <c r="M82" t="s">
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
         <v>495</v>
       </c>
-      <c r="N82" t="s">
-[...2 lines deleted...]
-      <c r="O82" t="s">
+      <c r="G83" t="s">
+        <v>34</v>
+      </c>
+      <c r="H83">
+        <v>2018</v>
+      </c>
+      <c r="I83"/>
+      <c r="J83" t="s">
+        <v>56</v>
+      </c>
+      <c r="K83" t="s">
+        <v>24</v>
+      </c>
+      <c r="L83" t="s">
         <v>496</v>
       </c>
-      <c r="P82" t="s">
+      <c r="M83" t="s">
         <v>497</v>
+      </c>
+      <c r="N83" t="s">
+        <v>48</v>
+      </c>
+      <c r="O83" t="s">
+        <v>498</v>
+      </c>
+      <c r="P83" t="s">
+        <v>499</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">