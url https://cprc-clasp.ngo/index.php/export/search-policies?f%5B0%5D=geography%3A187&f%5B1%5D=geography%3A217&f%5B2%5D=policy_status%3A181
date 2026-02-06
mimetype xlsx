--- v0 (2025-12-04)
+++ v1 (2026-02-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="374">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="373">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1121,53 +1121,50 @@
     <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 2: Luminaires</t>
   </si>
   <si>
     <t>This standard specifies the minimum energy performance standard (MEPS), functional performance and energy labelling requirements for luminaires, including both indoor and outdoor / streetlight luminaires, such as indoor ambient luminaires, linear batten luminaires, linear troffer luminaire, downlight luminaires, high-bay luminaires, low-bay luminaires and planer (or plane) luminaires.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Africa, Nigeria</t>
   </si>
   <si>
     <t>Luminaires</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
@@ -4238,184 +4235,184 @@
       <c r="K53" t="s">
         <v>59</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
         <v>26</v>
       </c>
       <c r="N53" t="s">
         <v>50</v>
       </c>
       <c r="O53" t="s">
         <v>352</v>
       </c>
       <c r="P53" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
         <v>353</v>
       </c>
       <c r="B54" t="s">
         <v>354</v>
       </c>
       <c r="C54" t="s">
+        <v>18</v>
+      </c>
+      <c r="D54" t="s">
         <v>355</v>
-      </c>
-[...1 lines deleted...]
-        <v>356</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>45</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
         <v>2024</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="K54" t="s">
         <v>59</v>
       </c>
       <c r="L54" t="s">
+        <v>357</v>
+      </c>
+      <c r="M54" t="s">
         <v>358</v>
       </c>
-      <c r="M54" t="s">
+      <c r="N54" t="s">
+        <v>50</v>
+      </c>
+      <c r="O54" t="s">
         <v>359</v>
       </c>
-      <c r="N54" t="s">
-[...2 lines deleted...]
-      <c r="O54" t="s">
+      <c r="P54" t="s">
         <v>360</v>
-      </c>
-[...1 lines deleted...]
-        <v>361</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
+        <v>361</v>
+      </c>
+      <c r="B55" t="s">
         <v>362</v>
-      </c>
-[...1 lines deleted...]
-        <v>363</v>
       </c>
       <c r="C55" t="s">
         <v>18</v>
       </c>
       <c r="D55" t="s">
-        <v>364</v>
+        <v>363</v>
       </c>
       <c r="E55" t="s">
         <v>57</v>
       </c>
       <c r="F55" t="s">
         <v>350</v>
       </c>
       <c r="G55" t="s">
         <v>46</v>
       </c>
       <c r="H55">
         <v>2017</v>
       </c>
       <c r="I55">
         <v>2019</v>
       </c>
       <c r="J55" t="s">
         <v>35</v>
       </c>
       <c r="K55" t="s">
         <v>59</v>
       </c>
       <c r="L55"/>
       <c r="M55" t="s">
         <v>26</v>
       </c>
       <c r="N55" t="s">
         <v>50</v>
       </c>
       <c r="O55" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="P55" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
+        <v>365</v>
+      </c>
+      <c r="B56" t="s">
         <v>366</v>
-      </c>
-[...1 lines deleted...]
-        <v>367</v>
       </c>
       <c r="C56" t="s">
         <v>18</v>
       </c>
       <c r="D56" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
         <v>2018</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
         <v>35</v>
       </c>
       <c r="K56" t="s">
         <v>59</v>
       </c>
       <c r="L56" t="s">
+        <v>369</v>
+      </c>
+      <c r="M56" t="s">
         <v>370</v>
       </c>
-      <c r="M56" t="s">
+      <c r="N56" t="s">
+        <v>50</v>
+      </c>
+      <c r="O56" t="s">
         <v>371</v>
       </c>
-      <c r="N56" t="s">
-[...2 lines deleted...]
-      <c r="O56" t="s">
+      <c r="P56" t="s">
         <v>372</v>
-      </c>
-[...1 lines deleted...]
-        <v>373</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">