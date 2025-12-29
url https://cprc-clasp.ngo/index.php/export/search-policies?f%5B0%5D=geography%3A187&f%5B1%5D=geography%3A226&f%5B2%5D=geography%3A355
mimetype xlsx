--- v0 (2025-11-11)
+++ v1 (2025-12-29)
@@ -4785,51 +4785,51 @@
       <c r="O58" t="s">
         <v>384</v>
       </c>
       <c r="P58"/>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
         <v>385</v>
       </c>
       <c r="B59" t="s">
         <v>386</v>
       </c>
       <c r="C59" t="s">
         <v>31</v>
       </c>
       <c r="D59" t="s">
         <v>387</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>72</v>
       </c>
       <c r="G59" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="H59">
         <v>2021</v>
       </c>
       <c r="I59">
         <v>2024</v>
       </c>
       <c r="J59" t="s">
         <v>388</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59" t="s">
         <v>389</v>
       </c>
       <c r="M59" t="s">
         <v>36</v>
       </c>
       <c r="N59" t="s">
         <v>37</v>
       </c>
       <c r="O59" t="s">
         <v>390</v>
       </c>