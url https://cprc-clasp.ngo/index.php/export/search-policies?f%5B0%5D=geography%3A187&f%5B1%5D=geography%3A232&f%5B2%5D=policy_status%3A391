--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -12,725 +12,1023 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="212">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="300">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Label Regulation for Sanitary Fittings</t>
   </si>
   <si>
+    <t>All producers and distributors of sanitary fittings can apply to use the energy label for sanitary fittings. Only products available on the Swiss market may bear the voluntary energy label. The use of the Swiss voluntary energy label for sanitary fittings abroad is the responsibility of the manufacturers and distributors concerned. The energy label indicates the amount of energy used. In the case of sanitary fittings – showers and taps – this is the amount of energy used to heat the water used. Consequently, only hot water taps and showers can receive the label; cold water taps cannot. Mixer taps can only receive the energy label if they are clearly indicated as such.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>Schweizerischer Verband für energieeffiziente Sanitärprodukte (SVES)</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-label-regulation-sanitary-fittings</t>
   </si>
   <si>
+    <t>https://en.etiquetteenergie-sanitaire.ch/Regulation</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Audio/Video Version 3.0</t>
   </si>
   <si>
+    <t>To be eligible for ENERGY STAR qualification under this specification a product must meet the definition of an AV Product or Dedicated Audio DSP Device. AV Product is a mains-connected product that offers audio amplification and or optical disc drive functions. A Dedicated Audio DSP Device is a device that: provides audio digital signal processing as its primary function; provides support for RS-232; Ethernet; WiFi; IEEE-1394 FireWire or similar protocol for hard-wired or wireless remote control; and does not provide audio amplification.</t>
+  </si>
+  <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Audio/Video, Rev. July-2012</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-audiovideo-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/audiovideo_specification_version_3_0_pd</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Clothes Dryers Version 1.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Electric Clothes Dryer or Gas Clothes Dryer, and the definition of a consumer product, as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of: Commercial Clothes Dryers, Water-Cooled Ventless Clothes Dryers, Combination Allin-One Washer-Dryers, and Residential Clothes Washers with an Optional Dry Cycle.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430, Subpart B, Appendix D2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-clothes-dryers-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/clothes_dryers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Clothes Washers Version 8.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Clothes Washer or Commercial Clothes Washer as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of:
+i) products with a clothes container volume of less than 1.6 cubic feet,
+ii) products configured in any way other than a front- or top-loading design,
+iii) Combination All-in-One Washer-Dryers,
+iv) Residential Clothes Washers with an Optional Dry Cycle, and
+v) Commercial Clothes Washers with a clothes container volume larger than 6.0 cubic feet</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>10 CFR 430, Subpart B, Appendix J2; 10 CFR 430, Subpart B, Appendix J1</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-clothes-washers-version-81</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/clothes_washers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Coffee Brewer Version 1.1</t>
   </si>
   <si>
+    <t>Products, that meet the definitions of Type II* Commercial Coffee Brewers as specified in the policy document, including Satellite Coffee Brewers without a heated docking station, are eligible for ENERGY STAR certification.
+Type II: A batch commercial coffee brewer designed to use loose, ground coffee and a re-usable or single-use coffee filter, and has a standard brew volume of &gt;24 to 384 fluid ounces per brew event. Type II brewers shall not use disposable packages of pre-ground coffee.</t>
+  </si>
+  <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>ASTM F-2990-12</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-coffee-brewer-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/sites/default/files/Commercial%20Coffee%20Brewers%20Version%201.1%20Specification_2.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Fryers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Open Deep-Fat Fryer that are countertop; floor type; or drop-in designe are eligible for ENERGY STAR certification under this specification; with the exception of Fryers with vats measuring less than 12 inches wide or greater tan 24 inches wide.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Fryers</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ASTM Standard F1361-07 (2013); ASTM Standard F2144-09</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-fryers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_fryers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Griddles Version 1.2</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Single-Sided and Double-Sided Commercial Griddle are eligible for ENERGY STAR qualification; with the exception of Griddles with manual controls and fry-top ranges.</t>
+  </si>
+  <si>
     <t>Griddles</t>
   </si>
   <si>
     <t>ASTM F1275-14; ASTM F1605-14</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-griddles-version-12</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_griddles/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Hot Food Holding Cabinets Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Hot Food Holding Cabinet as specified in the policy document are eligible for ENERGY STAR qualification under this specification. Dual function equipment (e.g., cook-and-hold and proofing units), heated transparent merchandising cabinets, and drawer warmers are not eligible for ENERGY STAR.</t>
+  </si>
+  <si>
     <t>Hot Food Holding Cabinets</t>
   </si>
   <si>
     <t>ASTM Standard F2140-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-hot-food-holding-cabinets-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_hot_food_holding_cabinets/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Ice Makers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Automatic Commercial Ice Maker as specified in the policy document that are air-cooled batch or continuous type, and of IMH, RCU, or SCU design, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. Air-cooled RCUs designed for connection to remote rack compressors that are alternately sold (with the same model number) with a dedicated remote condensing unit are also eligible for ENERGY STAR qualification (based on measured performance with the associated dedicated condensing unit).</t>
+  </si>
+  <si>
     <t>Ice Machines</t>
   </si>
   <si>
     <t>10 CFR Part 431.134</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-ice-makers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_ice_makers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Ovens Version 2.2</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Commercial Oven and Convection Oven, Combination Oven, or Rack Oven as specified in the specification document are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. The following sub-types are eligible:
+a. Full-size gas and half- and full-size electric convection ovens,
+b. Half- and full-size gas combination ovens with a pan capacity ≥ 6,
+c. Half- and full-size electric combination ovens with a pan capacity ≥ 5 and ≤ 20, and
+d. Single and double gas rack ovens</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>ASTM F1496-13; ASTM F2861-14; ASTM F2093-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-ovens-version-22</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_ovens/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Refrigerators and Freezers Version 4.0</t>
   </si>
   <si>
+    <t>Products that (1) meet the definitions of a Commercial Refrigerator, Freezer, and Refrigerator-Freezer, or Commercial Hybrid; and (2) fall under the eligible equipment class designations in Section 2.A.a-h, or a combination of equipment classes in the policy document, are eligible for ENERGY STAR certification. Examples of product types that are eligible for qualification include: reach-in, roll-in, or passthrough units; merchandisers; under-counter units; hybrid units; milk coolers; back bar coolers; bottle coolers; glass frosters; deep well units; beer-dispensing or direct draw units; and bunker freezers.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>10 CFR Part 431 Subpart C, 10 CFR Part 431.64, and 10 CFR Part 431.66(d)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-refrigerators-and-freezers-version-40</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_refrigerators_freezers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Steam Cookers Version 1.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Steam Cooker are eligible for ENERGY STAR. Also referred to as a “compartment steamer,” a device with one or more food steaming compartments in which the energy in the steam is transferred to the food by direct contact. May include countertop models, wall-mounted models and floor-models mounted on a stand, pedestal or cabinet-style base.</t>
+  </si>
+  <si>
     <t>Steam Cookers</t>
   </si>
   <si>
     <t>ASTM Standard F1484-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-steam-cookers-version-12</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_steam_cookers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Water Heaters Version 2.0</t>
   </si>
   <si>
+    <t>Only products that meet the definition of a commercial water heater as specified in the policy document and which are marketed for sale in the commercial market are eligible for ENERGY STAR certification. The following products are not eligible for certification under this specification: oil fired water heaters, combined heating/cooling and hot water systems, and storage water heaters with greater than 140 gallons of capacity (heat pump water heaters designed to operate in conjunction with tanks or storage type water heaters are exempt from this exclusion).</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>10 CFR 431.106</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-water-heaters-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/water_heaters/commercial_water_heaters/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computer Servers Version 3.0</t>
   </si>
   <si>
+    <t>A product must meet the definition of a Computer Server provided in Section 1 of the policy document
+to be eligible for ENERGY STAR certification under this specification. Eligibility under Version 3.0
+is limited to Blade-, Multi-node, Rack-mounted, or Pedestal form factor computer servers with no
+more than four processor sockets in the computer server (or per blade or node in the case of
+blade or multi-node servers).</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan</t>
   </si>
   <si>
     <t>Servers</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computer Servers (Rev. Sept-2018); SPEC most current SERT</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computer-servers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/enterprise_servers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Data Center Storage Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet all of the following conditions are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2:
+i. meet the definition of a Storage Product provided in Section 1 of the policy document;
+ii. are comprised of one or more SKUs and be able to be purchased in a single order from a storage product vendor;
+iii. are characterized within the Disk Set Online categories 2, 3, or 4 and NVSS Set Disk Access categories Online 2, 3 or 4 with the following additional criteria:
+   a) contain a controller with advanced data recovery capability
+   b) support Block I/O and/or File I/O storage functions; and
+   c) implement scale-up or scale-out storage.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Data Center Storage Equipment, Rev. May 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-data-center-storage-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/data_center_storage/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Dehumidifiers Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a dehumidifier as specified in the policy document, including standalone and whole house units, are eligible for ENERGY STAR qualification. Dehumidifiers with daily water-removal capacities greater than 185 U.S. pints/87.5 liters are not eligible.</t>
+  </si>
+  <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>10 CFR Appendix X to Subpart B of Part 430</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-dehumidifiers-version-50</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/appliances/dehumidifiers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Displays Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Display and are powered directly from AC mains; an External Power Supply; or Standard DC are eligible for ENERGY STAR certification. Typical products that would be eligible for certification under this specification include: Monitors; Signage Displays; and Signage Displays and Monitors with Plug-in Modules.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China</t>
   </si>
   <si>
     <t>Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Determining Display Energy Rev. Sep-2015; ICDM Information Display Measurements Standard Version 1.03; CTA-2037-A; VESA High performance Monitor and Display Compliance Test Specification (DisplayHDR CTS) Version 1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-displays-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/displays/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Furnaces Version 4.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Furnace as specified in the policy document are eligible for ENERGY STAR certification, with the exception of Furnaces intended only for commercial installation and/or with a rating of 225 000 Btu per hour energy or higher. Only non-weatherized furnaces approved for residential installation are eligible.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>10 CFR Part 430 Appendix N; ANSI/ASHRAE 193-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-furnaces-version-41</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/furnaces/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Laboratory Grade Refrigerators and Freezers Version 1.1</t>
   </si>
   <si>
+    <t>Products that meet the definitions Laboratory Grade Refrigerator; Laboratory Grade Freezer; and Ultra-Low-Temperature Laboratory Grade Freezer are eligible for ENERGY STAR certification under this standard. This may include refrigerators and freezers that operate without a compressor. Products that are covered under other ENERGY STAR product specifications are not eligible for qualification under this specification.</t>
+  </si>
+  <si>
     <t>Lab Grade Refrigerators and Freezers</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Laboratory Grade Refrigerators, Freezers, and Ultra-Low Temperature Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-laboratory-grade-refrigerators-and-freezers-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/other/laboratory_grade_refrigerators_and_freezers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Large Network Equipment Version 1.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of Large Network Equipment, a device whose primary function is to pass Internet Protocol traffic among various network interfaces/ports, are eligible for ENERGY STAR certification under this specification. Products explicitly excluded from Version 1.1 are products that contain greater than four Physical Network Ports that have 100 Gb/s or higher link rate capability, as well as the following products:
+i. Small Network Equipment;
+ii. Computer Servers, including blade switches sold within a Blade Server configuration;
+iii. Storage Products, including Blade Storage;
+iv. Storage Networking Products;
+v. Security Appliances;
+vi. Access Point Controllers;
+vii. DSLAM/CMTS equipment;
+viii. Network Caching Devices; and
+ix. Load Balancing Devices.</t>
+  </si>
+  <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Large Network Equipment (Rev. December-2015)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-large-network-equipment-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/large_network_equipment/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Luminaires Version 2.2</t>
   </si>
   <si>
+    <t>The ENERGY STAR Luminaires specification is limited to residential type lighting products; however to the extent that products that fall under the scope of this specification are sold into the commercial market; they may be included and listed appropriately for the applicable end user. Certification is limited to luminaires below a total input power of 250 watts intended to be connected directly to the electric power grid. Among the included products: inseparable SSL Luminaires; Accent Lights; Cove Mount and Under Cabinet Lights; Downlights; Outdoor Lighting; Portable Desk Task Lights; wall sconces and retrofits; ceiling mount and retrofits; etc.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>See policy document for full list</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-luminaires-version-22</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/lighting_fans/light_fixtures/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Pool Pumps Version 3.1</t>
   </si>
   <si>
+    <t>Products, with the exception of products listed in Section 2.2 Excluded Products, that are single phase with a Rated Hydraulic Horsepower (hhp) of &gt;0 and</t>
+  </si>
+  <si>
     <t>Pool Pumps</t>
   </si>
   <si>
     <t>10 CFR 431.464(b); Section 6.3 of ENERGY STAR Pool Pumps Test Method (Rev. Jan-2013); ENERGY STAR Pool Pumps Test Method to Validate Demand Response (Rev. May-2021)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-pool-pumps-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/pool_pumps_specification_version_2_0_pd</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Refrigerated Beverage Vending Machines Version 4.0</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Refrigerated Beverage Vending Machine and Class A, Class B, Combination A, or Combination B, including new and rebuilt, as specified in the policy document are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.B.</t>
+  </si>
+  <si>
     <t>Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>10 CFR Part 431 Subpart Q, Appendix B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-refrigerated-beverage-vending-machines-version-40</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/other/vending_machines/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Air Source Heat Pump (ASHPs) and Central Air Conditioner Equipment Version 5.0</t>
   </si>
   <si>
+    <t>Single package, split system, and gas/electric package units that meet the definitions of an ASHP or central air conditioner as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. Units may be intended for installation into a duct system, or may be ductless. Three phase central air conditioners and ASHPs, and products rated at 65,000 Btu/h or above are not eligible for ENERGY STAR.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>10 CFR part 430 Subpart B, Appendix M</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-air-source-heat-pump-ashps-and-central-air</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/air_conditioning_central/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Boilers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a residential boiler and combination space-heating and water heating appliance as specified in the policy document are eligible for ENERGY STAR certification. 
+Residential Boiler: A self-contained fuel burning appliance, with input less than 300 000 Btu per hour and operating at or below 160 psig water pressure and 250F water temperature, to supply low pressure steam or hot water for space heating applications. A heating unit that meets this definition and also provides hot water for domestic or other use is considered a combination space-heating and water heating appliance for purposes of this agreement.</t>
+  </si>
+  <si>
     <t>10 CFR part 430 Subpart B, Appendix N</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-boilers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/boilers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Ceiling Fans and Ceiling Fan Light Kits Version 4.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Ceiling Fan, Low Mount High-Speed Small-Diameter Ceiling Fan, or Ceiling Fan Light Kit as specified in the policy document are eligible for ENERGY STAR certification.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>See policy document for list</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-ceiling-fans-and-ceiling-fan-light-kits</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/lighting_fans/ceiling_fans/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Dishwashers Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a dishwasher and are a consumer product as specified in the policy document are eligible for ENERGY STAR certification, with the exception of commercial dishwashers.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B Appendix C11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-dishwashers-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/dishwashers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Refrigerators and Freezers Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of (i) an Electric Refrigerator, Electric Refrigerator-Freezer, or Freezer, including compact and built-in products, as specified in the policy document and (ii) the definition of a consumer product as specified in 10 CFR § 430.2 are eligible for ENERGY STAR qualification. Wine refrigerators or other products that do not meet the definition of an Electric Refrigerator or Electric Refrigerator-Freezer are not eligible for qualification under this specification.</t>
+  </si>
+  <si>
     <t>10 CFR 430, Subpart B, Appendix A &amp; B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-refrigerators-and-freezers-version-50</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/refrigerators/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Ventilating Fans Version 4.1</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Residential Ventilating Fan as specified in the policy document and are intended for residential household use only are eligible for ENERGY STAR certification. The following product types are eligible: range hoods; in-line single and multi-port; bathroom; and utility room fans- including ducted and direct-discharge models. Ventilating fans with sensors and timers may certify under this specification. Residential ventilating fans that certify under this specification may also be appropriate for some light commercial applications such as the bathroom of a restaurant.</t>
+  </si>
+  <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>ANSI/AMCA 210-16; ANSI/AMCA 300-14</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-ventilating-fans-version-41</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/fans_ventilating/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Water Heaters Version 3.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Water Heater as specified in the policy document are eligible for ENERGY STAR certification, with exception of: electric resistance water heaters, add-on heat pump units, products intended only for commercial applications, and combination space-heating and water-heating appliances.</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Solar</t>
   </si>
   <si>
     <t>10 CFR Part 430 Subpart B Appendix E; 10 CFR Part 431 Subpart G; SRCC OG-300</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-water-heaters-version-32</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/water_heaters_partners/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Room Air Cleaners Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Room Air Cleaner as specified in the policy document are eligible for ENERGY STAR qualification; with the exception of Combination products and ozone generators. Qualifying air cleaner models shall produce a minimum 50 CADR for Dust to be considered under this specification.</t>
+  </si>
+  <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>ANSI/AHAM AC-1-2006; UL 867 Ed. 4.0; IEC 62301 Ed. 1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-room-air-cleaners-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/appliances/air_purifiers_cleaners/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Room Air Conditioners Version 4.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a room air conditioner as specified in the policy document are eligible for ENERGY STAR certification, with the exception of those products listed in Section 2.B. PTACs, portable air conditioners, and room air conditioner models with electric resistance heat as the primary heat source are not eligible for ENERGY STAR certification under this specification. Products that are covered under other ENERGY STAR product specifications, e.g., dehumidifiers, are not eligible for certification under this specification.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>10 CFR 430, Subpart B, Appendix F</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-room-air-conditioners-version-42</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/air_conditioning_room/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Set-Top Boxes Version 5.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of Set-top Box and a Set-top Box Base Type as specified herein are eligible for ENERGY STAR certification.  Set-top Box: A device with the primary purpose of receiving digital television services from a coaxial; hybrid fiber coaxial; or fiber-to-the-home distribution system; from satellites; or encapsulated in IP packets from managed IP distribution networks; decrypting or descrambling these signals; and decoding|decompressing for delivery to residential consumer displays and or recording devices; and or one or more other Set-Top Boxes; including Thin Clients; in a residential multi-room architecture. STBs that incorporate common LAN functionality as a secondary function are considered STBs for this specification. Base Type: The means of access to video content for a STB; includes: cable; sattelliete; cable digital transport adapter; internet protocol; and thin-client|remote.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Set-Top Boxes (Rev. May-2016)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-set-top-boxes-version-51</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/set_top_boxes_cable_boxes/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Telephony Version 3.0</t>
   </si>
   <si>
+    <t>Telephony products are categorized by two independent characteristics: Sound Transmission Mechanism and Configuration. Products that meet the definition of Telephone as specified in the policy document and transmit sound via Analog, VoIP, or a Hybrid of Analog and VoIP are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Telephony Rev. November-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-telephony-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/cordless_phones/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Televisions Version 8.0</t>
   </si>
   <si>
+    <t>With the exception of products listed in Section 2.2 of the policy document, products that are: 1) marketed to the consumer as a TV/HTD (i.e., TV/HTD is the primary function); 2) capable of being powered from a wall outlet or with an external power supply; and 3) meet one of the following product type definitions, are eligible for ENERGY STAR certification:
+i. TVs
+ii. Hospitality TV/HTDs
+iii. Home Theater Displays</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>10 CFR Part 430</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-televisions-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/televisions/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Uninterruptible Power Supplies (UPSs) Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Uninterruptible Power Supply (UPS) as specified in the policy document, including Static and Rotary UPSs and Ac-output UPSs and Dc-output UPSs/Rectifiers, are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2. Eligible products include:</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Uninterruptible Power Supplies Rev. Dec-2017; 10 CFR 430, Section 4, Subpart B, Appendix Y</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-uninterruptible-power-supplies-upss-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/uninterruptible_power_supplies/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Water Coolers Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a water cooler, a freestanding device that consumes energy to cool and/or heat potable water, are eligible for ENERGY STAR qualification. This includes cold only units, hot and cold units, and cook and cold units. Units that provide pressurized water and are not free standing (i.e., wall mounted, under sink, or otherwise building integrated) are not eligible for ENERGY STAR. AirSource units and units with a water source other than bottled or tap water (POU) are not eligible.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Water Coolers (Rev. May-2013)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-water-coolers-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/other/water_coolers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Technical Specification for Residential Heat-Recovery Ventilators and Energy-Recovery Ventilators (H/ERVs) sold in Canada Version 2.2</t>
   </si>
   <si>
+    <t>A product model must meet the definition of a residential H/ERV as defined in Section 1A or 1B as specified in the policy document, comply with the testing and minimum performance requirements provided in this specification and have a capacity of no greater than 500 CFM (236 L/s) to be eligible for ENERGY STAR certification under this specification. H/ERVs with electric resistance heaters are not eligible for ENERGY STAR certification.</t>
+  </si>
+  <si>
     <t>Duct Fans</t>
   </si>
   <si>
     <t>CAN/CSA C439–18</t>
   </si>
   <si>
     <t>ENERGY STAR Canada</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-technical-specification-residential-heat-recovery-ventilators-and-energy</t>
   </si>
   <si>
+    <t>https://www.nrcan.gc.ca/energy-efficiency/energy-star-canada/about/participant-resources/technical-specifications/heatenergy-recovery-ventilators-hrvs-and-ervs/13695</t>
+  </si>
+  <si>
     <t>ENERGY STAR Technical Specification for Residential Windows, Doors, and Skylights Sold in Canada Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential window, door, or skylight as specified in the policy document are eligible for ENERGY STAR certification. Excluded products include products that are assembled onsite, including but not limited to sash packs or sash kits; windows, doors, or skylights that are intended for installation in non-residential buildings; and window, door, or skylight attachments that are not included in a product’s certified energy performance rating.</t>
+  </si>
+  <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-technical-specification-residential-windows-doors-and-skylights-sold-canada</t>
   </si>
   <si>
+    <t>https://www.nrcan.gc.ca/energy-efficiency/energy-star-canada/about/participant-resources/technical-specifications/windows-doors-and-skylights-energy-starr-canada-proposed-technical-specification-draf/20950</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
+  </si>
+  <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -994,2037 +1292,2304 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N44"/>
+  <dimension ref="A1:P44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="172" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="153" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="172.101" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1088.734" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="287.787" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="81.266" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="242.941" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2016</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J2" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
       <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3">
+        <v>2017</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2002</v>
+      </c>
+      <c r="I4">
+        <v>2014</v>
+      </c>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
-[...25 lines deleted...]
-      <c r="H3">
+      <c r="K4" t="s">
+        <v>46</v>
+      </c>
+      <c r="L4" t="s">
+        <v>47</v>
+      </c>
+      <c r="M4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5">
         <v>2017</v>
       </c>
-      <c r="I3" t="s">
-[...53 lines deleted...]
-      <c r="M4" t="s">
+      <c r="J5" t="s">
         <v>23</v>
       </c>
-      <c r="N4" t="s">
-[...4 lines deleted...]
-      <c r="A5" t="s">
+      <c r="K5" t="s">
+        <v>54</v>
+      </c>
+      <c r="L5" t="s">
+        <v>55</v>
+      </c>
+      <c r="M5" t="s">
+        <v>48</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
         <v>43</v>
       </c>
-      <c r="B5" t="s">
-[...26 lines deleted...]
-      <c r="K5" t="s">
+      <c r="D6" t="s">
+        <v>60</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>45</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1997</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
         <v>46</v>
       </c>
-      <c r="L5" t="s">
-[...2 lines deleted...]
-      <c r="M5" t="s">
+      <c r="L6" t="s">
+        <v>61</v>
+      </c>
+      <c r="M6" t="s">
+        <v>48</v>
+      </c>
+      <c r="N6" t="s">
+        <v>62</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" t="s">
+        <v>67</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>45</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2016</v>
+      </c>
+      <c r="I7">
+        <v>2018</v>
+      </c>
+      <c r="J7" t="s">
         <v>23</v>
       </c>
-      <c r="N5" t="s">
-[...25 lines deleted...]
-      <c r="H6">
+      <c r="K7" t="s">
+        <v>46</v>
+      </c>
+      <c r="L7" t="s">
+        <v>68</v>
+      </c>
+      <c r="M7" t="s">
+        <v>48</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>73</v>
+      </c>
+      <c r="D8" t="s">
+        <v>74</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>45</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2011</v>
+      </c>
+      <c r="I8">
+        <v>2016</v>
+      </c>
+      <c r="J8" t="s">
+        <v>75</v>
+      </c>
+      <c r="K8" t="s">
+        <v>46</v>
+      </c>
+      <c r="L8" t="s">
+        <v>76</v>
+      </c>
+      <c r="M8" t="s">
+        <v>48</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>79</v>
+      </c>
+      <c r="B9" t="s">
+        <v>80</v>
+      </c>
+      <c r="C9" t="s">
+        <v>73</v>
+      </c>
+      <c r="D9" t="s">
+        <v>81</v>
+      </c>
+      <c r="E9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" t="s">
+        <v>45</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2009</v>
+      </c>
+      <c r="I9">
+        <v>2020</v>
+      </c>
+      <c r="J9" t="s">
+        <v>75</v>
+      </c>
+      <c r="K9" t="s">
+        <v>46</v>
+      </c>
+      <c r="L9" t="s">
+        <v>82</v>
+      </c>
+      <c r="M9" t="s">
+        <v>48</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>83</v>
+      </c>
+      <c r="P9" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>85</v>
+      </c>
+      <c r="B10" t="s">
+        <v>86</v>
+      </c>
+      <c r="C10" t="s">
+        <v>73</v>
+      </c>
+      <c r="D10" t="s">
+        <v>87</v>
+      </c>
+      <c r="E10" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" t="s">
+        <v>45</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2003</v>
+      </c>
+      <c r="I10">
+        <v>2011</v>
+      </c>
+      <c r="J10" t="s">
+        <v>75</v>
+      </c>
+      <c r="K10" t="s">
+        <v>46</v>
+      </c>
+      <c r="L10" t="s">
+        <v>88</v>
+      </c>
+      <c r="M10" t="s">
+        <v>48</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>89</v>
+      </c>
+      <c r="P10" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>91</v>
+      </c>
+      <c r="B11" t="s">
+        <v>92</v>
+      </c>
+      <c r="C11" t="s">
+        <v>73</v>
+      </c>
+      <c r="D11" t="s">
+        <v>93</v>
+      </c>
+      <c r="E11" t="s">
+        <v>33</v>
+      </c>
+      <c r="F11" t="s">
+        <v>45</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2008</v>
+      </c>
+      <c r="I11">
         <v>2018</v>
       </c>
-      <c r="I6" t="s">
-[...25 lines deleted...]
-      <c r="C7" t="s">
+      <c r="J11" t="s">
+        <v>75</v>
+      </c>
+      <c r="K11" t="s">
+        <v>46</v>
+      </c>
+      <c r="L11" t="s">
+        <v>94</v>
+      </c>
+      <c r="M11" t="s">
+        <v>48</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>95</v>
+      </c>
+      <c r="P11" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>97</v>
+      </c>
+      <c r="B12" t="s">
+        <v>98</v>
+      </c>
+      <c r="C12" t="s">
+        <v>73</v>
+      </c>
+      <c r="D12" t="s">
+        <v>99</v>
+      </c>
+      <c r="E12" t="s">
+        <v>33</v>
+      </c>
+      <c r="F12" t="s">
+        <v>45</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12">
+        <v>2015</v>
+      </c>
+      <c r="J12" t="s">
+        <v>75</v>
+      </c>
+      <c r="K12" t="s">
+        <v>46</v>
+      </c>
+      <c r="L12" t="s">
+        <v>100</v>
+      </c>
+      <c r="M12" t="s">
+        <v>48</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>101</v>
+      </c>
+      <c r="P12" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>103</v>
+      </c>
+      <c r="B13" t="s">
+        <v>104</v>
+      </c>
+      <c r="C13" t="s">
+        <v>73</v>
+      </c>
+      <c r="D13" t="s">
+        <v>105</v>
+      </c>
+      <c r="E13" t="s">
+        <v>33</v>
+      </c>
+      <c r="F13" t="s">
+        <v>45</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2001</v>
+      </c>
+      <c r="I13">
+        <v>2013</v>
+      </c>
+      <c r="J13" t="s">
+        <v>75</v>
+      </c>
+      <c r="K13" t="s">
+        <v>46</v>
+      </c>
+      <c r="L13" t="s">
+        <v>106</v>
+      </c>
+      <c r="M13" t="s">
+        <v>48</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>107</v>
+      </c>
+      <c r="P13" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>109</v>
+      </c>
+      <c r="B14" t="s">
+        <v>110</v>
+      </c>
+      <c r="C14" t="s">
+        <v>73</v>
+      </c>
+      <c r="D14" t="s">
+        <v>111</v>
+      </c>
+      <c r="E14" t="s">
+        <v>33</v>
+      </c>
+      <c r="F14" t="s">
+        <v>45</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2003</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>75</v>
+      </c>
+      <c r="K14" t="s">
+        <v>46</v>
+      </c>
+      <c r="L14" t="s">
+        <v>112</v>
+      </c>
+      <c r="M14" t="s">
+        <v>48</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>113</v>
+      </c>
+      <c r="P14" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>115</v>
+      </c>
+      <c r="B15" t="s">
+        <v>116</v>
+      </c>
+      <c r="C15" t="s">
+        <v>73</v>
+      </c>
+      <c r="D15" t="s">
+        <v>117</v>
+      </c>
+      <c r="E15" t="s">
+        <v>33</v>
+      </c>
+      <c r="F15" t="s">
+        <v>45</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15">
+        <v>2018</v>
+      </c>
+      <c r="J15" t="s">
+        <v>75</v>
+      </c>
+      <c r="K15" t="s">
         <v>54</v>
       </c>
-      <c r="D7" t="s">
-[...11 lines deleted...]
-      <c r="H7">
+      <c r="L15" t="s">
+        <v>118</v>
+      </c>
+      <c r="M15" t="s">
+        <v>48</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>119</v>
+      </c>
+      <c r="P15" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>121</v>
+      </c>
+      <c r="B16" t="s">
+        <v>122</v>
+      </c>
+      <c r="C16" t="s">
+        <v>123</v>
+      </c>
+      <c r="D16" t="s">
+        <v>124</v>
+      </c>
+      <c r="E16" t="s">
+        <v>33</v>
+      </c>
+      <c r="F16" t="s">
+        <v>45</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2013</v>
+      </c>
+      <c r="I16">
+        <v>2020</v>
+      </c>
+      <c r="J16" t="s">
+        <v>75</v>
+      </c>
+      <c r="K16" t="s">
+        <v>46</v>
+      </c>
+      <c r="L16" t="s">
+        <v>125</v>
+      </c>
+      <c r="M16" t="s">
+        <v>48</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>126</v>
+      </c>
+      <c r="P16" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>128</v>
+      </c>
+      <c r="B17" t="s">
+        <v>129</v>
+      </c>
+      <c r="C17" t="s">
+        <v>130</v>
+      </c>
+      <c r="D17" t="s">
+        <v>131</v>
+      </c>
+      <c r="E17" t="s">
+        <v>33</v>
+      </c>
+      <c r="F17" t="s">
+        <v>45</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>1994</v>
+      </c>
+      <c r="I17">
+        <v>2020</v>
+      </c>
+      <c r="J17" t="s">
+        <v>75</v>
+      </c>
+      <c r="K17" t="s">
+        <v>46</v>
+      </c>
+      <c r="L17" t="s">
+        <v>132</v>
+      </c>
+      <c r="M17" t="s">
+        <v>48</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>133</v>
+      </c>
+      <c r="P17" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>135</v>
+      </c>
+      <c r="B18" t="s">
+        <v>136</v>
+      </c>
+      <c r="C18" t="s">
+        <v>73</v>
+      </c>
+      <c r="D18" t="s">
+        <v>124</v>
+      </c>
+      <c r="E18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F18" t="s">
+        <v>45</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2009</v>
+      </c>
+      <c r="I18">
         <v>2018</v>
       </c>
-      <c r="I7" t="s">
-[...84 lines deleted...]
-      <c r="H9">
+      <c r="J18" t="s">
+        <v>75</v>
+      </c>
+      <c r="K18" t="s">
+        <v>46</v>
+      </c>
+      <c r="L18" t="s">
+        <v>137</v>
+      </c>
+      <c r="M18" t="s">
+        <v>48</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>138</v>
+      </c>
+      <c r="P18" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>140</v>
+      </c>
+      <c r="B19" t="s">
+        <v>141</v>
+      </c>
+      <c r="C19" t="s">
+        <v>73</v>
+      </c>
+      <c r="D19" t="s">
+        <v>142</v>
+      </c>
+      <c r="E19" t="s">
+        <v>33</v>
+      </c>
+      <c r="F19" t="s">
+        <v>45</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2012</v>
+      </c>
+      <c r="I19">
+        <v>2019</v>
+      </c>
+      <c r="J19" t="s">
+        <v>75</v>
+      </c>
+      <c r="K19" t="s">
+        <v>46</v>
+      </c>
+      <c r="L19" t="s">
+        <v>143</v>
+      </c>
+      <c r="M19" t="s">
+        <v>48</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>144</v>
+      </c>
+      <c r="P19" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>146</v>
+      </c>
+      <c r="B20" t="s">
+        <v>147</v>
+      </c>
+      <c r="C20" t="s">
+        <v>148</v>
+      </c>
+      <c r="D20" t="s">
+        <v>149</v>
+      </c>
+      <c r="E20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F20" t="s">
+        <v>45</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>1992</v>
+      </c>
+      <c r="I20">
         <v>2020</v>
       </c>
-      <c r="I9" t="s">
-[...93 lines deleted...]
-      <c r="K11" t="s">
+      <c r="J20" t="s">
+        <v>75</v>
+      </c>
+      <c r="K20" t="s">
+        <v>46</v>
+      </c>
+      <c r="L20" t="s">
+        <v>150</v>
+      </c>
+      <c r="M20" t="s">
+        <v>48</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>151</v>
+      </c>
+      <c r="P20" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>153</v>
+      </c>
+      <c r="B21" t="s">
+        <v>154</v>
+      </c>
+      <c r="C21" t="s">
         <v>73</v>
       </c>
-      <c r="L11" t="s">
-[...10 lines deleted...]
-      <c r="A12" t="s">
+      <c r="D21" t="s">
+        <v>155</v>
+      </c>
+      <c r="E21" t="s">
+        <v>33</v>
+      </c>
+      <c r="F21" t="s">
+        <v>45</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>1995</v>
+      </c>
+      <c r="I21">
+        <v>2013</v>
+      </c>
+      <c r="J21" t="s">
         <v>75</v>
       </c>
-      <c r="B12" t="s">
-[...58 lines deleted...]
-      <c r="G13">
+      <c r="K21" t="s">
+        <v>156</v>
+      </c>
+      <c r="L21" t="s">
+        <v>157</v>
+      </c>
+      <c r="M21" t="s">
+        <v>48</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>158</v>
+      </c>
+      <c r="P21" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>160</v>
+      </c>
+      <c r="B22" t="s">
+        <v>161</v>
+      </c>
+      <c r="C22" t="s">
+        <v>130</v>
+      </c>
+      <c r="D22" t="s">
+        <v>162</v>
+      </c>
+      <c r="E22" t="s">
+        <v>33</v>
+      </c>
+      <c r="F22" t="s">
+        <v>45</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
         <v>2001</v>
       </c>
-      <c r="H13">
-[...261 lines deleted...]
-      <c r="H19">
+      <c r="I22">
         <v>2019</v>
       </c>
-      <c r="I19" t="s">
-[...133 lines deleted...]
-      </c>
       <c r="J22" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="K22" t="s">
-        <v>120</v>
+        <v>46</v>
       </c>
       <c r="L22" t="s">
-        <v>41</v>
+        <v>163</v>
       </c>
       <c r="M22" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="N22" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>164</v>
+      </c>
+      <c r="P22" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>122</v>
+        <v>166</v>
       </c>
       <c r="B23" t="s">
-        <v>58</v>
+        <v>167</v>
       </c>
       <c r="C23" t="s">
-        <v>123</v>
+        <v>73</v>
       </c>
       <c r="D23" t="s">
-        <v>28</v>
+        <v>168</v>
       </c>
       <c r="E23" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F23" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>45</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
       </c>
       <c r="H23">
         <v>2016</v>
       </c>
-      <c r="I23" t="s">
-        <v>60</v>
+      <c r="I23">
+        <v>2016</v>
       </c>
       <c r="J23" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="K23" t="s">
-        <v>124</v>
+        <v>46</v>
       </c>
       <c r="L23" t="s">
-        <v>41</v>
+        <v>169</v>
       </c>
       <c r="M23" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="N23" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>170</v>
+      </c>
+      <c r="P23" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>126</v>
+        <v>172</v>
       </c>
       <c r="B24" t="s">
-        <v>58</v>
+        <v>173</v>
       </c>
       <c r="C24" t="s">
-        <v>127</v>
+        <v>73</v>
       </c>
       <c r="D24" t="s">
-        <v>28</v>
+        <v>174</v>
       </c>
       <c r="E24" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F24" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>45</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
       </c>
       <c r="H24">
         <v>2016</v>
       </c>
-      <c r="I24" t="s">
-        <v>60</v>
+      <c r="I24">
+        <v>2016</v>
       </c>
       <c r="J24" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="K24" t="s">
-        <v>128</v>
+        <v>46</v>
       </c>
       <c r="L24" t="s">
-        <v>41</v>
+        <v>175</v>
       </c>
       <c r="M24" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="N24" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>176</v>
+      </c>
+      <c r="P24" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>130</v>
+        <v>178</v>
       </c>
       <c r="B25" t="s">
-        <v>58</v>
+        <v>179</v>
       </c>
       <c r="C25" t="s">
-        <v>131</v>
+        <v>73</v>
       </c>
       <c r="D25" t="s">
-        <v>28</v>
+        <v>180</v>
       </c>
       <c r="E25" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F25" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G25">
+        <v>45</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
         <v>2012</v>
       </c>
-      <c r="H25">
+      <c r="I25">
         <v>2019</v>
       </c>
-      <c r="I25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J25" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="K25" t="s">
-        <v>132</v>
+        <v>46</v>
       </c>
       <c r="L25" t="s">
-        <v>41</v>
+        <v>181</v>
       </c>
       <c r="M25" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="N25" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>182</v>
+      </c>
+      <c r="P25" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>134</v>
+        <v>184</v>
       </c>
       <c r="B26" t="s">
-        <v>58</v>
+        <v>185</v>
       </c>
       <c r="C26" t="s">
-        <v>135</v>
+        <v>73</v>
       </c>
       <c r="D26" t="s">
-        <v>28</v>
+        <v>186</v>
       </c>
       <c r="E26" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F26" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G26">
+        <v>45</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
         <v>2014</v>
       </c>
-      <c r="H26">
+      <c r="I26">
         <v>2021</v>
       </c>
-      <c r="I26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J26" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="K26" t="s">
-        <v>136</v>
+        <v>46</v>
       </c>
       <c r="L26" t="s">
-        <v>41</v>
+        <v>187</v>
       </c>
       <c r="M26" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="N26" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>188</v>
+      </c>
+      <c r="P26" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>138</v>
+        <v>190</v>
       </c>
       <c r="B27" t="s">
-        <v>58</v>
+        <v>191</v>
       </c>
       <c r="C27" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="D27" t="s">
-        <v>28</v>
+        <v>192</v>
       </c>
       <c r="E27" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F27" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G27">
+        <v>45</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
         <v>2004</v>
       </c>
-      <c r="H27">
+      <c r="I27">
         <v>2020</v>
       </c>
-      <c r="I27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J27" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="K27" t="s">
-        <v>140</v>
+        <v>46</v>
       </c>
       <c r="L27" t="s">
-        <v>41</v>
+        <v>193</v>
       </c>
       <c r="M27" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="N27" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>194</v>
+      </c>
+      <c r="P27" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>142</v>
+        <v>196</v>
       </c>
       <c r="B28" t="s">
-        <v>58</v>
+        <v>197</v>
       </c>
       <c r="C28" t="s">
-        <v>143</v>
+        <v>73</v>
       </c>
       <c r="D28" t="s">
-        <v>28</v>
+        <v>198</v>
       </c>
       <c r="E28" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F28" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G28">
+        <v>45</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
         <v>1995</v>
       </c>
-      <c r="H28">
+      <c r="I28">
         <v>2015</v>
       </c>
-      <c r="I28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J28" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="K28" t="s">
-        <v>144</v>
+        <v>46</v>
       </c>
       <c r="L28" t="s">
-        <v>41</v>
+        <v>199</v>
       </c>
       <c r="M28" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="N28" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>200</v>
+      </c>
+      <c r="P28" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>146</v>
+        <v>202</v>
       </c>
       <c r="B29" t="s">
-        <v>58</v>
+        <v>203</v>
       </c>
       <c r="C29" t="s">
-        <v>114</v>
+        <v>73</v>
       </c>
       <c r="D29" t="s">
-        <v>28</v>
+        <v>155</v>
       </c>
       <c r="E29" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F29" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G29">
+        <v>45</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
         <v>1996</v>
       </c>
-      <c r="H29">
+      <c r="I29">
         <v>2014</v>
       </c>
-      <c r="I29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J29" t="s">
-        <v>115</v>
+        <v>75</v>
       </c>
       <c r="K29" t="s">
-        <v>147</v>
+        <v>156</v>
       </c>
       <c r="L29" t="s">
-        <v>41</v>
+        <v>204</v>
       </c>
       <c r="M29" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="N29" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>205</v>
+      </c>
+      <c r="P29" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>149</v>
+        <v>207</v>
       </c>
       <c r="B30" t="s">
-        <v>58</v>
+        <v>208</v>
       </c>
       <c r="C30" t="s">
-        <v>150</v>
+        <v>73</v>
       </c>
       <c r="D30" t="s">
-        <v>28</v>
+        <v>209</v>
       </c>
       <c r="E30" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F30" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G30">
+        <v>45</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
         <v>2001</v>
       </c>
-      <c r="H30">
+      <c r="I30">
         <v>2018</v>
       </c>
-      <c r="I30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J30" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="K30" t="s">
-        <v>151</v>
+        <v>46</v>
       </c>
       <c r="L30" t="s">
-        <v>41</v>
+        <v>210</v>
       </c>
       <c r="M30" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="N30" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>211</v>
+      </c>
+      <c r="P30" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>153</v>
+        <v>213</v>
       </c>
       <c r="B31" t="s">
-        <v>58</v>
+        <v>214</v>
       </c>
       <c r="C31" t="s">
-        <v>154</v>
+        <v>73</v>
       </c>
       <c r="D31" t="s">
-        <v>28</v>
+        <v>215</v>
       </c>
       <c r="E31" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F31" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G31">
+        <v>45</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
         <v>1996</v>
       </c>
-      <c r="H31">
+      <c r="I31">
         <v>2016</v>
       </c>
-      <c r="I31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J31" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="K31" t="s">
-        <v>155</v>
+        <v>46</v>
       </c>
       <c r="L31" t="s">
-        <v>41</v>
+        <v>216</v>
       </c>
       <c r="M31" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="N31" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>217</v>
+      </c>
+      <c r="P31" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>157</v>
+        <v>219</v>
       </c>
       <c r="B32" t="s">
-        <v>58</v>
+        <v>220</v>
       </c>
       <c r="C32" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="D32" t="s">
-        <v>28</v>
+        <v>105</v>
       </c>
       <c r="E32" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F32" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G32">
+        <v>45</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
         <v>2001</v>
       </c>
-      <c r="H32">
+      <c r="I32">
         <v>2014</v>
       </c>
-      <c r="I32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J32" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="K32" t="s">
-        <v>158</v>
+        <v>46</v>
       </c>
       <c r="L32" t="s">
-        <v>41</v>
+        <v>221</v>
       </c>
       <c r="M32" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="N32" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>222</v>
+      </c>
+      <c r="P32" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>160</v>
+        <v>224</v>
       </c>
       <c r="B33" t="s">
-        <v>58</v>
+        <v>225</v>
       </c>
       <c r="C33" t="s">
-        <v>161</v>
+        <v>73</v>
       </c>
       <c r="D33" t="s">
-        <v>28</v>
+        <v>226</v>
       </c>
       <c r="E33" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F33" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G33">
+        <v>45</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
         <v>2012</v>
       </c>
-      <c r="H33">
+      <c r="I33">
         <v>2015</v>
       </c>
-      <c r="I33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J33" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="K33" t="s">
-        <v>162</v>
+        <v>46</v>
       </c>
       <c r="L33" t="s">
-        <v>41</v>
+        <v>227</v>
       </c>
       <c r="M33" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="N33" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>228</v>
+      </c>
+      <c r="P33" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>164</v>
+        <v>230</v>
       </c>
       <c r="B34" t="s">
-        <v>58</v>
+        <v>231</v>
       </c>
       <c r="C34" t="s">
-        <v>88</v>
+        <v>73</v>
       </c>
       <c r="D34" t="s">
-        <v>28</v>
+        <v>117</v>
       </c>
       <c r="E34" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F34" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G34">
+        <v>45</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
         <v>2009</v>
       </c>
-      <c r="H34">
+      <c r="I34">
         <v>2015</v>
       </c>
-      <c r="I34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J34" t="s">
-        <v>165</v>
+        <v>75</v>
       </c>
       <c r="K34" t="s">
-        <v>166</v>
+        <v>232</v>
       </c>
       <c r="L34" t="s">
-        <v>41</v>
+        <v>233</v>
       </c>
       <c r="M34" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="N34" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>234</v>
+      </c>
+      <c r="P34" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>168</v>
+        <v>236</v>
       </c>
       <c r="B35" t="s">
-        <v>58</v>
+        <v>237</v>
       </c>
       <c r="C35" t="s">
-        <v>169</v>
+        <v>73</v>
       </c>
       <c r="D35" t="s">
-        <v>28</v>
+        <v>238</v>
       </c>
       <c r="E35" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F35" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G35">
+        <v>45</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
         <v>2004</v>
       </c>
-      <c r="H35">
+      <c r="I35">
         <v>2020</v>
       </c>
-      <c r="I35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J35" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="K35" t="s">
-        <v>170</v>
+        <v>46</v>
       </c>
       <c r="L35" t="s">
-        <v>41</v>
+        <v>239</v>
       </c>
       <c r="M35" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="N35" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>240</v>
+      </c>
+      <c r="P35" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>172</v>
+        <v>242</v>
       </c>
       <c r="B36" t="s">
-        <v>58</v>
+        <v>243</v>
       </c>
       <c r="C36" t="s">
-        <v>173</v>
+        <v>73</v>
       </c>
       <c r="D36" t="s">
-        <v>28</v>
+        <v>244</v>
       </c>
       <c r="E36" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F36" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G36">
+        <v>45</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
         <v>1996</v>
       </c>
-      <c r="H36">
+      <c r="I36">
         <v>2015</v>
       </c>
-      <c r="I36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J36" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="K36" t="s">
-        <v>174</v>
+        <v>46</v>
       </c>
       <c r="L36" t="s">
-        <v>41</v>
+        <v>245</v>
       </c>
       <c r="M36" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="N36" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>246</v>
+      </c>
+      <c r="P36" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>176</v>
+        <v>248</v>
       </c>
       <c r="B37" t="s">
-        <v>58</v>
+        <v>249</v>
       </c>
       <c r="C37" t="s">
-        <v>177</v>
+        <v>73</v>
       </c>
       <c r="D37" t="s">
-        <v>28</v>
+        <v>250</v>
       </c>
       <c r="E37" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F37" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G37">
+        <v>45</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
         <v>2001</v>
       </c>
-      <c r="H37">
+      <c r="I37">
         <v>2018</v>
       </c>
-      <c r="I37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J37" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="K37" t="s">
-        <v>178</v>
+        <v>46</v>
       </c>
       <c r="L37" t="s">
-        <v>41</v>
+        <v>251</v>
       </c>
       <c r="M37" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="N37" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>252</v>
+      </c>
+      <c r="P37" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>180</v>
+        <v>254</v>
       </c>
       <c r="B38" t="s">
-        <v>58</v>
+        <v>255</v>
       </c>
       <c r="C38" t="s">
+        <v>73</v>
+      </c>
+      <c r="D38" t="s">
+        <v>256</v>
+      </c>
+      <c r="E38" t="s">
+        <v>33</v>
+      </c>
+      <c r="F38" t="s">
+        <v>45</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2004</v>
+      </c>
+      <c r="I38">
+        <v>2014</v>
+      </c>
+      <c r="J38" t="s">
+        <v>75</v>
+      </c>
+      <c r="K38" t="s">
+        <v>46</v>
+      </c>
+      <c r="L38" t="s">
+        <v>257</v>
+      </c>
+      <c r="M38" t="s">
+        <v>48</v>
+      </c>
+      <c r="N38" t="s">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
+        <v>258</v>
+      </c>
+      <c r="P38" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>260</v>
+      </c>
+      <c r="B39" t="s">
+        <v>261</v>
+      </c>
+      <c r="C39" t="s">
+        <v>73</v>
+      </c>
+      <c r="D39" t="s">
+        <v>262</v>
+      </c>
+      <c r="E39" t="s">
+        <v>33</v>
+      </c>
+      <c r="F39" t="s">
+        <v>45</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>1998</v>
+      </c>
+      <c r="I39">
+        <v>2019</v>
+      </c>
+      <c r="J39" t="s">
+        <v>75</v>
+      </c>
+      <c r="K39" t="s">
+        <v>46</v>
+      </c>
+      <c r="L39" t="s">
+        <v>263</v>
+      </c>
+      <c r="M39" t="s">
+        <v>48</v>
+      </c>
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>264</v>
+      </c>
+      <c r="P39" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>266</v>
+      </c>
+      <c r="B40" t="s">
+        <v>267</v>
+      </c>
+      <c r="C40" t="s">
+        <v>73</v>
+      </c>
+      <c r="D40" t="s">
+        <v>268</v>
+      </c>
+      <c r="E40" t="s">
+        <v>33</v>
+      </c>
+      <c r="F40" t="s">
+        <v>45</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2012</v>
+      </c>
+      <c r="I40">
+        <v>2019</v>
+      </c>
+      <c r="J40" t="s">
+        <v>75</v>
+      </c>
+      <c r="K40" t="s">
+        <v>46</v>
+      </c>
+      <c r="L40" t="s">
+        <v>269</v>
+      </c>
+      <c r="M40" t="s">
+        <v>48</v>
+      </c>
+      <c r="N40" t="s">
+        <v>26</v>
+      </c>
+      <c r="O40" t="s">
+        <v>270</v>
+      </c>
+      <c r="P40" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>272</v>
+      </c>
+      <c r="B41" t="s">
+        <v>273</v>
+      </c>
+      <c r="C41" t="s">
+        <v>73</v>
+      </c>
+      <c r="D41" t="s">
+        <v>274</v>
+      </c>
+      <c r="E41" t="s">
+        <v>33</v>
+      </c>
+      <c r="F41" t="s">
+        <v>45</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2010</v>
+      </c>
+      <c r="I41">
+        <v>2014</v>
+      </c>
+      <c r="J41" t="s">
+        <v>75</v>
+      </c>
+      <c r="K41" t="s">
+        <v>46</v>
+      </c>
+      <c r="L41" t="s">
+        <v>275</v>
+      </c>
+      <c r="M41" t="s">
+        <v>48</v>
+      </c>
+      <c r="N41" t="s">
+        <v>26</v>
+      </c>
+      <c r="O41" t="s">
+        <v>276</v>
+      </c>
+      <c r="P41" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>278</v>
+      </c>
+      <c r="B42" t="s">
+        <v>279</v>
+      </c>
+      <c r="C42" t="s">
+        <v>18</v>
+      </c>
+      <c r="D42" t="s">
+        <v>280</v>
+      </c>
+      <c r="E42" t="s">
+        <v>33</v>
+      </c>
+      <c r="F42" t="s">
+        <v>45</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2009</v>
+      </c>
+      <c r="I42">
+        <v>2020</v>
+      </c>
+      <c r="J42" t="s">
+        <v>75</v>
+      </c>
+      <c r="K42" t="s">
+        <v>46</v>
+      </c>
+      <c r="L42" t="s">
+        <v>281</v>
+      </c>
+      <c r="M42" t="s">
+        <v>282</v>
+      </c>
+      <c r="N42" t="s">
+        <v>26</v>
+      </c>
+      <c r="O42" t="s">
+        <v>283</v>
+      </c>
+      <c r="P42" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>285</v>
+      </c>
+      <c r="B43" t="s">
+        <v>286</v>
+      </c>
+      <c r="C43" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43" t="s">
+        <v>287</v>
+      </c>
+      <c r="E43" t="s">
+        <v>33</v>
+      </c>
+      <c r="F43" t="s">
+        <v>45</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2018</v>
+      </c>
+      <c r="I43">
+        <v>2020</v>
+      </c>
+      <c r="J43" t="s">
+        <v>75</v>
+      </c>
+      <c r="K43" t="s">
+        <v>288</v>
+      </c>
+      <c r="L43" t="s">
         <v>181</v>
       </c>
-      <c r="D38" t="s">
-[...245 lines deleted...]
-      </c>
       <c r="M43" t="s">
-        <v>23</v>
+        <v>282</v>
       </c>
       <c r="N43" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O43" t="s">
+        <v>289</v>
+      </c>
+      <c r="P43" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>205</v>
+        <v>291</v>
       </c>
       <c r="B44" t="s">
-        <v>26</v>
+        <v>292</v>
       </c>
       <c r="C44" t="s">
-        <v>206</v>
+        <v>31</v>
       </c>
       <c r="D44" t="s">
-        <v>17</v>
+        <v>293</v>
       </c>
       <c r="E44" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G44">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
         <v>2017</v>
       </c>
-      <c r="H44">
+      <c r="I44">
         <v>2021</v>
       </c>
-      <c r="I44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J44" t="s">
-        <v>207</v>
+        <v>35</v>
       </c>
       <c r="K44" t="s">
-        <v>208</v>
+        <v>294</v>
       </c>
       <c r="L44" t="s">
-        <v>209</v>
+        <v>295</v>
       </c>
       <c r="M44" t="s">
-        <v>210</v>
+        <v>296</v>
       </c>
       <c r="N44" t="s">
-        <v>211</v>
+        <v>297</v>
+      </c>
+      <c r="O44" t="s">
+        <v>298</v>
+      </c>
+      <c r="P44" t="s">
+        <v>299</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>