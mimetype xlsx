--- v0 (2025-11-12)
+++ v1 (2025-12-28)
@@ -4650,51 +4650,51 @@
       </c>
       <c r="P56" t="s">
         <v>362</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
         <v>363</v>
       </c>
       <c r="B57" t="s">
         <v>364</v>
       </c>
       <c r="C57" t="s">
         <v>31</v>
       </c>
       <c r="D57" t="s">
         <v>365</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
         <v>75</v>
       </c>
       <c r="G57" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="H57">
         <v>2021</v>
       </c>
       <c r="I57">
         <v>2024</v>
       </c>
       <c r="J57" t="s">
         <v>366</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57" t="s">
         <v>367</v>
       </c>
       <c r="M57" t="s">
         <v>36</v>
       </c>
       <c r="N57" t="s">
         <v>37</v>
       </c>
       <c r="O57" t="s">
         <v>368</v>
       </c>