--- v0 (2025-11-12)
+++ v1 (2025-12-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="746">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="747">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1734,75 +1734,78 @@
     <t>https://cprc-clasp.ngo/index.php/policies/mels-casement-and-window-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for Clothes Dryers</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme (MELS) requirements for clothes dryers with a rated capacity of up to 10kg.
 Energy Consumption (EC) per wash in kWh (all clothes dryers)
 - 1 tick: NA
 - 2 tick: Rated capacity x 0.55 ≥ EC &gt; Rated capacity x 0.45
 - 3 tick: Rated capacity x 0.45 ≥ EC &gt; Rated capacity x 0.37
 - 4 tick: Rated capacity x 0.37 ≥ EC &gt; Rated capacity x 0.30
 - 5 tick: Rated capacity x 0.30 ≥ EC
 Rated Capacity means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile.</t>
   </si>
   <si>
     <t>IEC 61121:2005 with amendment 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-clothes-dryers</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
-[...2 lines deleted...]
-    <t>MELS for General Lighting</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
+  </si>
+  <si>
+    <t>MELS for General Lighting (2019)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting</t>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
   </si>
   <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MELS for Refrigerators</t>
   </si>
@@ -1845,57 +1848,57 @@
   </si>
   <si>
     <t>This policy contains minimum energy labeling scheme (MELS) requirements for televisions.</t>
   </si>
   <si>
     <t>IEC 62087:2008
 ,   
                     IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-televisions</t>
   </si>
   <si>
     <t>MELS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
   </si>
   <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>MEPS for casement and window air-conditioners</t>
   </si>
   <si>
     <t>This policy applies to casement and window (up to 8.8 kW). The Minimum Coefficient of Performance (COP) is set at COP100% &gt; 3.78. Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards: ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1.</t>
   </si>
   <si>
     <t>ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-casement-and-window-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Clothes Dryers</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for clothes dryers with a rated capacity of https://www.nea.gov.sg/up to 10kg. The revised 2022 MEPS are: EC ≤ [Rated Capacity x 0.55], where “Rated Capacity” means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile and “EC” means Energy Consumption in kWh per wash.</t>
   </si>
   <si>
     <t>IEC1 61121:2005 with amendment 1, Section 9.2.1: Drying tests general</t>
   </si>
@@ -1943,153 +1946,153 @@
   </si>
   <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for lamps as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standard for portable air conditioners.
 Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
 Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
 1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
  N is the number of indoor and outdoor units
  Standby power is expressed in Watts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>MEPS for Refrigerators (2022)</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for the following refrigerators: 
 - Refrigerators without a freezer up to 900L: 
 - Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
 Vadj tot) x 0.409]
 - Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
 - “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
 delivers ice on demand externally through a door.
 - “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2025</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>MEPS for Televisions (2024/2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-televisions-20242025</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors</t>
-[...2 lines deleted...]
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors-2018</t>
+  </si>
+  <si>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>MEPS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-water-heater-2025</t>
   </si>
   <si>
     <t>Singapore Green Labeling Scheme: CFLs</t>
   </si>
   <si>
     <t>This standard establishes requirements for integral compact fluorescent lamps (CFL) where the tube and ballast are combined into a single unit. These lamps allow consumers to replace incandescent lamps easily with CFL. The product group that is within the scope of certification would include screw-based lamps with ballast and adaptor in a single assembly.</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-cfls</t>
   </si>
@@ -7435,2210 +7438,2212 @@
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
         <v>549</v>
       </c>
       <c r="B98" t="s">
         <v>550</v>
       </c>
       <c r="C98" t="s">
         <v>225</v>
       </c>
       <c r="D98" t="s">
         <v>551</v>
       </c>
       <c r="E98" t="s">
         <v>20</v>
       </c>
       <c r="F98" t="s">
         <v>33</v>
       </c>
       <c r="G98" t="s">
         <v>34</v>
       </c>
       <c r="H98">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I98"/>
       <c r="J98" t="s">
         <v>552</v>
       </c>
       <c r="K98" t="s">
         <v>24</v>
       </c>
       <c r="L98"/>
       <c r="M98" t="s">
         <v>542</v>
       </c>
       <c r="N98" t="s">
         <v>43</v>
       </c>
       <c r="O98" t="s">
         <v>553</v>
       </c>
       <c r="P98" t="s">
         <v>544</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
         <v>554</v>
       </c>
       <c r="B99" t="s">
         <v>555</v>
       </c>
       <c r="C99" t="s">
         <v>225</v>
       </c>
       <c r="D99" t="s">
         <v>556</v>
       </c>
       <c r="E99" t="s">
         <v>20</v>
       </c>
       <c r="F99" t="s">
         <v>33</v>
       </c>
       <c r="G99" t="s">
-        <v>8</v>
+        <v>557</v>
       </c>
       <c r="H99">
         <v>2015</v>
       </c>
       <c r="I99">
         <v>2019</v>
       </c>
       <c r="J99" t="s">
         <v>540</v>
       </c>
       <c r="K99" t="s">
         <v>24</v>
       </c>
       <c r="L99"/>
       <c r="M99" t="s">
         <v>542</v>
       </c>
       <c r="N99" t="s">
         <v>43</v>
       </c>
       <c r="O99" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="P99" t="s">
         <v>544</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="B100" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="C100" t="s">
         <v>225</v>
       </c>
       <c r="D100" t="s">
         <v>556</v>
       </c>
       <c r="E100" t="s">
         <v>20</v>
       </c>
       <c r="F100" t="s">
         <v>33</v>
       </c>
       <c r="G100" t="s">
         <v>54</v>
       </c>
       <c r="H100">
         <v>2015</v>
       </c>
       <c r="I100">
         <v>2024</v>
       </c>
       <c r="J100" t="s">
         <v>552</v>
       </c>
       <c r="K100" t="s">
         <v>24</v>
       </c>
       <c r="L100"/>
       <c r="M100" t="s">
         <v>542</v>
       </c>
       <c r="N100" t="s">
         <v>43</v>
       </c>
       <c r="O100" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="P100" t="s">
         <v>544</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="B101" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="C101" t="s">
         <v>225</v>
       </c>
       <c r="D101" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="E101" t="s">
         <v>20</v>
       </c>
       <c r="F101" t="s">
         <v>33</v>
       </c>
       <c r="G101" t="s">
         <v>34</v>
       </c>
-      <c r="H101">
+      <c r="H101"/>
+      <c r="I101">
         <v>2024</v>
       </c>
-      <c r="I101"/>
       <c r="J101" t="s">
         <v>552</v>
       </c>
       <c r="K101" t="s">
         <v>24</v>
       </c>
       <c r="L101"/>
       <c r="M101" t="s">
         <v>542</v>
       </c>
       <c r="N101" t="s">
         <v>43</v>
       </c>
       <c r="O101" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="P101" t="s">
         <v>544</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="B102" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="C102" t="s">
         <v>225</v>
       </c>
       <c r="D102" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="E102" t="s">
         <v>20</v>
       </c>
       <c r="F102" t="s">
         <v>33</v>
       </c>
       <c r="G102" t="s">
         <v>539</v>
       </c>
       <c r="H102">
         <v>2008</v>
       </c>
       <c r="I102">
         <v>2014</v>
       </c>
       <c r="J102" t="s">
         <v>540</v>
       </c>
       <c r="K102" t="s">
         <v>24</v>
       </c>
       <c r="L102" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="M102" t="s">
         <v>542</v>
       </c>
       <c r="N102" t="s">
         <v>43</v>
       </c>
       <c r="O102" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="P102" t="s">
         <v>544</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="B103" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="C103" t="s">
         <v>225</v>
       </c>
       <c r="D103" t="s">
         <v>488</v>
       </c>
       <c r="E103" t="s">
         <v>20</v>
       </c>
       <c r="F103" t="s">
         <v>33</v>
       </c>
       <c r="G103" t="s">
         <v>8</v>
       </c>
       <c r="H103">
         <v>2008</v>
       </c>
       <c r="I103">
         <v>2014</v>
       </c>
       <c r="J103" t="s">
         <v>540</v>
       </c>
       <c r="K103" t="s">
         <v>24</v>
       </c>
       <c r="L103" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="M103" t="s">
         <v>542</v>
       </c>
       <c r="N103" t="s">
         <v>43</v>
       </c>
       <c r="O103" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="P103" t="s">
         <v>544</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="B104" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="C104" t="s">
         <v>225</v>
       </c>
       <c r="D104" t="s">
         <v>510</v>
       </c>
       <c r="E104" t="s">
         <v>20</v>
       </c>
       <c r="F104" t="s">
         <v>33</v>
       </c>
       <c r="G104" t="s">
         <v>539</v>
       </c>
       <c r="H104">
         <v>2014</v>
       </c>
       <c r="I104"/>
       <c r="J104" t="s">
         <v>540</v>
       </c>
       <c r="K104" t="s">
         <v>24</v>
       </c>
       <c r="L104" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="M104" t="s">
         <v>542</v>
       </c>
       <c r="N104" t="s">
         <v>43</v>
       </c>
       <c r="O104" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="P104" t="s">
         <v>544</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B105" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="C105" t="s">
         <v>225</v>
       </c>
       <c r="D105" t="s">
         <v>394</v>
       </c>
       <c r="E105" t="s">
         <v>20</v>
       </c>
       <c r="F105" t="s">
         <v>33</v>
       </c>
       <c r="G105" t="s">
         <v>539</v>
       </c>
       <c r="H105">
         <v>2021</v>
       </c>
       <c r="I105"/>
       <c r="J105" t="s">
         <v>540</v>
       </c>
       <c r="K105" t="s">
         <v>24</v>
       </c>
       <c r="L105" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="M105" t="s">
         <v>542</v>
       </c>
       <c r="N105" t="s">
         <v>43</v>
       </c>
       <c r="O105" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="P105" t="s">
         <v>544</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="B106" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="C106" t="s">
         <v>225</v>
       </c>
       <c r="D106" t="s">
         <v>96</v>
       </c>
       <c r="E106" t="s">
         <v>20</v>
       </c>
       <c r="F106" t="s">
         <v>33</v>
       </c>
       <c r="G106" t="s">
-        <v>34</v>
+        <v>539</v>
       </c>
       <c r="H106">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I106"/>
       <c r="J106" t="s">
         <v>552</v>
       </c>
       <c r="K106" t="s">
         <v>24</v>
       </c>
       <c r="L106"/>
       <c r="M106" t="s">
         <v>542</v>
       </c>
       <c r="N106" t="s">
         <v>43</v>
       </c>
       <c r="O106" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="P106" t="s">
         <v>544</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="B107" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="C107" t="s">
         <v>225</v>
       </c>
       <c r="D107" t="s">
         <v>488</v>
       </c>
       <c r="E107" t="s">
         <v>20</v>
       </c>
       <c r="F107" t="s">
         <v>118</v>
       </c>
       <c r="G107" t="s">
         <v>54</v>
       </c>
       <c r="H107">
         <v>2011</v>
       </c>
       <c r="I107">
         <v>2022</v>
       </c>
       <c r="J107" t="s">
         <v>540</v>
       </c>
       <c r="K107" t="s">
         <v>24</v>
       </c>
       <c r="L107" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="M107" t="s">
         <v>542</v>
       </c>
       <c r="N107" t="s">
         <v>43</v>
       </c>
       <c r="O107" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="P107" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="B108" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="C108" t="s">
         <v>225</v>
       </c>
       <c r="D108" t="s">
         <v>89</v>
       </c>
       <c r="E108" t="s">
         <v>20</v>
       </c>
       <c r="F108" t="s">
         <v>118</v>
       </c>
       <c r="G108" t="s">
         <v>8</v>
       </c>
       <c r="H108">
         <v>2014</v>
       </c>
       <c r="I108">
         <v>2022</v>
       </c>
       <c r="J108" t="s">
         <v>540</v>
       </c>
       <c r="K108" t="s">
         <v>24</v>
       </c>
       <c r="L108" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="M108" t="s">
         <v>542</v>
       </c>
       <c r="N108" t="s">
         <v>43</v>
       </c>
       <c r="O108" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="P108" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="B109" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="C109" t="s">
         <v>225</v>
       </c>
       <c r="D109" t="s">
         <v>551</v>
       </c>
       <c r="E109" t="s">
         <v>20</v>
       </c>
       <c r="F109" t="s">
         <v>118</v>
       </c>
       <c r="G109" t="s">
         <v>34</v>
       </c>
       <c r="H109">
         <v>2025</v>
       </c>
       <c r="I109"/>
       <c r="J109" t="s">
         <v>552</v>
       </c>
       <c r="K109" t="s">
         <v>24</v>
       </c>
       <c r="L109"/>
       <c r="M109" t="s">
         <v>542</v>
       </c>
       <c r="N109" t="s">
         <v>43</v>
       </c>
       <c r="O109" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="P109" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="B110" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="C110" t="s">
         <v>225</v>
       </c>
       <c r="D110" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="E110" t="s">
         <v>20</v>
       </c>
       <c r="F110" t="s">
         <v>118</v>
       </c>
       <c r="G110" t="s">
-        <v>8</v>
+        <v>557</v>
       </c>
       <c r="H110">
         <v>2015</v>
       </c>
       <c r="I110">
         <v>2019</v>
       </c>
       <c r="J110" t="s">
         <v>540</v>
       </c>
       <c r="K110" t="s">
         <v>24</v>
       </c>
       <c r="L110" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="M110" t="s">
         <v>542</v>
       </c>
       <c r="N110" t="s">
         <v>43</v>
       </c>
       <c r="O110" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="P110" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="B111" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="C111" t="s">
         <v>225</v>
       </c>
       <c r="D111" t="s">
         <v>556</v>
       </c>
       <c r="E111" t="s">
         <v>20</v>
       </c>
       <c r="F111" t="s">
         <v>118</v>
       </c>
       <c r="G111" t="s">
         <v>8</v>
       </c>
       <c r="H111">
         <v>2015</v>
       </c>
       <c r="I111">
         <v>2024</v>
       </c>
       <c r="J111" t="s">
         <v>552</v>
       </c>
       <c r="K111" t="s">
         <v>24</v>
       </c>
       <c r="L111"/>
       <c r="M111" t="s">
         <v>542</v>
       </c>
       <c r="N111" t="s">
         <v>43</v>
       </c>
       <c r="O111" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="P111" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="B112" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="C112" t="s">
         <v>225</v>
       </c>
       <c r="D112" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="E112" t="s">
         <v>20</v>
       </c>
       <c r="F112" t="s">
         <v>118</v>
       </c>
       <c r="G112" t="s">
         <v>539</v>
       </c>
       <c r="H112">
         <v>2024</v>
       </c>
       <c r="I112"/>
       <c r="J112" t="s">
         <v>552</v>
       </c>
       <c r="K112" t="s">
         <v>24</v>
       </c>
       <c r="L112"/>
       <c r="M112" t="s">
         <v>542</v>
       </c>
       <c r="N112" t="s">
         <v>43</v>
       </c>
       <c r="O112" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="P112" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="B113" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="C113" t="s">
         <v>225</v>
       </c>
       <c r="D113" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="E113" t="s">
         <v>20</v>
       </c>
       <c r="F113" t="s">
         <v>118</v>
       </c>
       <c r="G113" t="s">
-        <v>54</v>
+        <v>557</v>
       </c>
       <c r="H113">
         <v>2011</v>
       </c>
       <c r="I113">
         <v>2022</v>
       </c>
       <c r="J113" t="s">
         <v>540</v>
       </c>
       <c r="K113" t="s">
         <v>24</v>
       </c>
       <c r="L113" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="M113" t="s">
         <v>542</v>
       </c>
       <c r="N113" t="s">
         <v>43</v>
       </c>
       <c r="O113" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="P113" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="B114" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="C114" t="s">
         <v>225</v>
       </c>
       <c r="D114" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="E114" t="s">
         <v>20</v>
       </c>
       <c r="F114" t="s">
         <v>118</v>
       </c>
       <c r="G114" t="s">
-        <v>54</v>
+        <v>8</v>
       </c>
       <c r="H114">
         <v>2011</v>
       </c>
       <c r="I114">
         <v>2025</v>
       </c>
       <c r="J114" t="s">
         <v>552</v>
       </c>
       <c r="K114" t="s">
         <v>24</v>
       </c>
       <c r="L114"/>
       <c r="M114" t="s">
         <v>542</v>
       </c>
       <c r="N114" t="s">
         <v>43</v>
       </c>
       <c r="O114" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="P114" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="B115" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="C115" t="s">
         <v>225</v>
       </c>
       <c r="D115" t="s">
         <v>488</v>
       </c>
       <c r="E115" t="s">
         <v>20</v>
       </c>
       <c r="F115" t="s">
         <v>118</v>
       </c>
       <c r="G115" t="s">
-        <v>8</v>
+        <v>557</v>
       </c>
       <c r="H115">
         <v>2011</v>
       </c>
       <c r="I115">
         <v>2022</v>
       </c>
       <c r="J115" t="s">
         <v>540</v>
       </c>
       <c r="K115" t="s">
         <v>24</v>
       </c>
       <c r="L115" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="M115" t="s">
         <v>542</v>
       </c>
       <c r="N115" t="s">
         <v>43</v>
       </c>
       <c r="O115" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="P115" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="B116" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="C116" t="s">
         <v>225</v>
       </c>
       <c r="D116" t="s">
         <v>488</v>
       </c>
       <c r="E116" t="s">
         <v>20</v>
       </c>
       <c r="F116" t="s">
         <v>118</v>
       </c>
       <c r="G116" t="s">
         <v>54</v>
       </c>
       <c r="H116">
         <v>2011</v>
       </c>
       <c r="I116">
         <v>2025</v>
       </c>
       <c r="J116" t="s">
         <v>552</v>
       </c>
       <c r="K116" t="s">
         <v>24</v>
       </c>
       <c r="L116"/>
       <c r="M116" t="s">
         <v>542</v>
       </c>
       <c r="N116" t="s">
         <v>43</v>
       </c>
       <c r="O116" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="P116" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="B117" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="C117" t="s">
         <v>225</v>
       </c>
       <c r="D117" t="s">
         <v>510</v>
       </c>
       <c r="E117" t="s">
         <v>20</v>
       </c>
       <c r="F117" t="s">
         <v>118</v>
       </c>
       <c r="G117" t="s">
         <v>34</v>
       </c>
-      <c r="H117"/>
+      <c r="H117">
+        <v>2024</v>
+      </c>
       <c r="I117"/>
       <c r="J117" t="s">
         <v>552</v>
       </c>
       <c r="K117" t="s">
         <v>24</v>
       </c>
       <c r="L117"/>
       <c r="M117" t="s">
         <v>542</v>
       </c>
       <c r="N117" t="s">
         <v>43</v>
       </c>
       <c r="O117" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="P117" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="B118" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="C118" t="s">
         <v>225</v>
       </c>
       <c r="D118" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="E118" t="s">
         <v>20</v>
       </c>
       <c r="F118" t="s">
         <v>118</v>
       </c>
       <c r="G118" t="s">
         <v>539</v>
       </c>
       <c r="H118">
         <v>2018</v>
       </c>
       <c r="I118"/>
       <c r="J118" t="s">
         <v>540</v>
       </c>
       <c r="K118" t="s">
         <v>24</v>
       </c>
       <c r="L118" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="M118" t="s">
         <v>542</v>
       </c>
       <c r="N118" t="s">
         <v>36</v>
       </c>
       <c r="O118" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="P118" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="B119" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="C119" t="s">
         <v>225</v>
       </c>
       <c r="D119" t="s">
         <v>394</v>
       </c>
       <c r="E119" t="s">
         <v>20</v>
       </c>
       <c r="F119" t="s">
         <v>118</v>
       </c>
       <c r="G119" t="s">
         <v>539</v>
       </c>
       <c r="H119">
         <v>2021</v>
       </c>
       <c r="I119"/>
       <c r="J119" t="s">
         <v>540</v>
       </c>
       <c r="K119" t="s">
         <v>24</v>
       </c>
       <c r="L119" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="M119" t="s">
         <v>542</v>
       </c>
       <c r="N119" t="s">
         <v>43</v>
       </c>
       <c r="O119" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="P119" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="B120" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="C120" t="s">
         <v>225</v>
       </c>
       <c r="D120" t="s">
         <v>96</v>
       </c>
       <c r="E120" t="s">
         <v>20</v>
       </c>
       <c r="F120" t="s">
         <v>118</v>
       </c>
       <c r="G120" t="s">
         <v>34</v>
       </c>
       <c r="H120">
         <v>2025</v>
       </c>
       <c r="I120"/>
       <c r="J120" t="s">
         <v>552</v>
       </c>
       <c r="K120" t="s">
         <v>24</v>
       </c>
       <c r="L120"/>
       <c r="M120" t="s">
         <v>542</v>
       </c>
       <c r="N120" t="s">
         <v>43</v>
       </c>
       <c r="O120" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="P120" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="B121" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="C121" t="s">
         <v>225</v>
       </c>
       <c r="D121" t="s">
         <v>412</v>
       </c>
       <c r="E121" t="s">
         <v>243</v>
       </c>
       <c r="F121" t="s">
         <v>244</v>
       </c>
       <c r="G121" t="s">
         <v>34</v>
       </c>
       <c r="H121">
         <v>2012</v>
       </c>
       <c r="I121"/>
       <c r="J121" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="K121" t="s">
         <v>24</v>
       </c>
       <c r="L121"/>
       <c r="M121" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="N121" t="s">
         <v>43</v>
       </c>
       <c r="O121" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="P121" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="B122" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="C122" t="s">
         <v>225</v>
       </c>
       <c r="D122" t="s">
         <v>246</v>
       </c>
       <c r="E122" t="s">
         <v>243</v>
       </c>
       <c r="F122" t="s">
         <v>244</v>
       </c>
       <c r="G122" t="s">
         <v>124</v>
       </c>
       <c r="H122"/>
       <c r="I122"/>
       <c r="J122" t="s">
         <v>228</v>
       </c>
       <c r="K122" t="s">
         <v>24</v>
       </c>
       <c r="L122"/>
       <c r="M122" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="N122" t="s">
         <v>43</v>
       </c>
       <c r="O122" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="P122" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="B123" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="C123" t="s">
         <v>225</v>
       </c>
       <c r="D123" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="E123" t="s">
         <v>243</v>
       </c>
       <c r="F123" t="s">
         <v>244</v>
       </c>
       <c r="G123" t="s">
         <v>124</v>
       </c>
       <c r="H123"/>
       <c r="I123"/>
       <c r="J123" t="s">
         <v>228</v>
       </c>
       <c r="K123" t="s">
         <v>24</v>
       </c>
       <c r="L123"/>
       <c r="M123" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="N123" t="s">
         <v>43</v>
       </c>
       <c r="O123" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="P123" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="B124" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="C124" t="s">
         <v>225</v>
       </c>
       <c r="D124" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="E124" t="s">
         <v>243</v>
       </c>
       <c r="F124" t="s">
         <v>244</v>
       </c>
       <c r="G124" t="s">
         <v>124</v>
       </c>
       <c r="H124"/>
       <c r="I124"/>
       <c r="J124" t="s">
         <v>228</v>
       </c>
       <c r="K124" t="s">
         <v>24</v>
       </c>
       <c r="L124"/>
       <c r="M124" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="N124" t="s">
         <v>43</v>
       </c>
       <c r="O124" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="P124" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="B125" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="C125" t="s">
         <v>225</v>
       </c>
       <c r="D125" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="E125" t="s">
         <v>243</v>
       </c>
       <c r="F125" t="s">
         <v>244</v>
       </c>
       <c r="G125" t="s">
         <v>124</v>
       </c>
       <c r="H125"/>
       <c r="I125"/>
       <c r="J125" t="s">
         <v>228</v>
       </c>
       <c r="K125" t="s">
         <v>24</v>
       </c>
       <c r="L125"/>
       <c r="M125" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="N125" t="s">
         <v>43</v>
       </c>
       <c r="O125" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="P125" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="B126" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="C126" t="s">
         <v>225</v>
       </c>
       <c r="D126" t="s">
         <v>510</v>
       </c>
       <c r="E126" t="s">
         <v>243</v>
       </c>
       <c r="F126" t="s">
         <v>244</v>
       </c>
       <c r="G126" t="s">
         <v>54</v>
       </c>
       <c r="H126">
         <v>2012</v>
       </c>
       <c r="I126">
         <v>2012</v>
       </c>
       <c r="J126" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="K126" t="s">
         <v>24</v>
       </c>
       <c r="L126"/>
       <c r="M126" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="N126" t="s">
         <v>43</v>
       </c>
       <c r="O126" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="P126" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="B127" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C127" t="s">
         <v>225</v>
       </c>
       <c r="D127" t="s">
         <v>287</v>
       </c>
       <c r="E127" t="s">
         <v>243</v>
       </c>
       <c r="F127" t="s">
         <v>244</v>
       </c>
       <c r="G127" t="s">
         <v>54</v>
       </c>
       <c r="H127">
         <v>2012</v>
       </c>
       <c r="I127">
         <v>2012</v>
       </c>
       <c r="J127" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="K127" t="s">
         <v>24</v>
       </c>
       <c r="L127"/>
       <c r="M127" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="N127" t="s">
         <v>43</v>
       </c>
       <c r="O127" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="P127" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="B128" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="C128" t="s">
         <v>225</v>
       </c>
       <c r="D128" t="s">
         <v>73</v>
       </c>
       <c r="E128" t="s">
         <v>243</v>
       </c>
       <c r="F128" t="s">
         <v>244</v>
       </c>
       <c r="G128" t="s">
         <v>34</v>
       </c>
       <c r="H128">
         <v>2013</v>
       </c>
       <c r="I128"/>
       <c r="J128" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="K128" t="s">
         <v>24</v>
       </c>
       <c r="L128"/>
       <c r="M128" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="N128" t="s">
         <v>43</v>
       </c>
       <c r="O128" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="P128" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="B129" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="C129" t="s">
         <v>225</v>
       </c>
       <c r="D129" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="E129" t="s">
         <v>243</v>
       </c>
       <c r="F129" t="s">
         <v>244</v>
       </c>
       <c r="G129" t="s">
         <v>34</v>
       </c>
       <c r="H129">
         <v>2017</v>
       </c>
       <c r="I129"/>
       <c r="J129" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="K129" t="s">
         <v>24</v>
       </c>
       <c r="L129"/>
       <c r="M129" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="N129" t="s">
         <v>43</v>
       </c>
       <c r="O129" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="P129" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="B130" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="C130" t="s">
         <v>225</v>
       </c>
       <c r="D130" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="E130" t="s">
         <v>243</v>
       </c>
       <c r="F130" t="s">
         <v>244</v>
       </c>
       <c r="G130" t="s">
         <v>34</v>
       </c>
       <c r="H130">
         <v>2017</v>
       </c>
       <c r="I130"/>
       <c r="J130" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="K130" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="L130"/>
       <c r="M130" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="N130" t="s">
         <v>43</v>
       </c>
       <c r="O130" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="P130" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="B131" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="C131" t="s">
         <v>225</v>
       </c>
       <c r="D131" t="s">
         <v>265</v>
       </c>
       <c r="E131" t="s">
         <v>243</v>
       </c>
       <c r="F131" t="s">
         <v>244</v>
       </c>
       <c r="G131" t="s">
         <v>34</v>
       </c>
       <c r="H131">
         <v>2017</v>
       </c>
       <c r="I131"/>
       <c r="J131" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="K131" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="L131"/>
       <c r="M131" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="N131" t="s">
         <v>43</v>
       </c>
       <c r="O131" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="P131" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="B132" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="C132" t="s">
         <v>225</v>
       </c>
       <c r="D132" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="E132" t="s">
         <v>243</v>
       </c>
       <c r="F132" t="s">
         <v>244</v>
       </c>
       <c r="G132" t="s">
         <v>54</v>
       </c>
       <c r="H132">
         <v>2012</v>
       </c>
       <c r="I132">
         <v>2017</v>
       </c>
       <c r="J132" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="K132" t="s">
         <v>24</v>
       </c>
       <c r="L132"/>
       <c r="M132" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="N132" t="s">
         <v>43</v>
       </c>
       <c r="O132" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="P132" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="B133" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="C133" t="s">
         <v>225</v>
       </c>
       <c r="D133" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="E133" t="s">
         <v>243</v>
       </c>
       <c r="F133" t="s">
         <v>244</v>
       </c>
       <c r="G133" t="s">
         <v>34</v>
       </c>
       <c r="H133">
         <v>2017</v>
       </c>
       <c r="I133"/>
       <c r="J133" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="K133" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="L133"/>
       <c r="M133" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="N133" t="s">
         <v>43</v>
       </c>
       <c r="O133" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="P133" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="B134" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C134" t="s">
         <v>225</v>
       </c>
       <c r="D134" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="E134" t="s">
         <v>243</v>
       </c>
       <c r="F134" t="s">
         <v>244</v>
       </c>
       <c r="G134" t="s">
         <v>54</v>
       </c>
       <c r="H134">
         <v>2012</v>
       </c>
       <c r="I134">
         <v>2012</v>
       </c>
       <c r="J134" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="K134" t="s">
         <v>24</v>
       </c>
       <c r="L134"/>
       <c r="M134" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="N134" t="s">
         <v>43</v>
       </c>
       <c r="O134" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="P134" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="B135" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="C135" t="s">
         <v>225</v>
       </c>
       <c r="D135" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="E135" t="s">
         <v>243</v>
       </c>
       <c r="F135" t="s">
         <v>244</v>
       </c>
       <c r="G135" t="s">
         <v>34</v>
       </c>
       <c r="H135">
         <v>2017</v>
       </c>
       <c r="I135"/>
       <c r="J135" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="K135" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="L135"/>
       <c r="M135" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="N135" t="s">
         <v>43</v>
       </c>
       <c r="O135" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="P135" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="B136" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="C136" t="s">
         <v>31</v>
       </c>
       <c r="D136" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="E136" t="s">
         <v>20</v>
       </c>
       <c r="F136" t="s">
         <v>33</v>
       </c>
       <c r="G136" t="s">
         <v>34</v>
       </c>
       <c r="H136">
         <v>2021</v>
       </c>
       <c r="I136"/>
       <c r="J136" t="s">
         <v>35</v>
       </c>
       <c r="K136" t="s">
         <v>24</v>
       </c>
       <c r="L136"/>
       <c r="M136"/>
       <c r="N136" t="s">
         <v>43</v>
       </c>
       <c r="O136" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="P136" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="B137" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="C137" t="s">
         <v>31</v>
       </c>
       <c r="D137" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="E137" t="s">
         <v>20</v>
       </c>
       <c r="F137" t="s">
         <v>118</v>
       </c>
       <c r="G137" t="s">
         <v>34</v>
       </c>
       <c r="H137">
         <v>2021</v>
       </c>
       <c r="I137"/>
       <c r="J137" t="s">
         <v>35</v>
       </c>
       <c r="K137" t="s">
         <v>24</v>
       </c>
       <c r="L137"/>
       <c r="M137"/>
       <c r="N137" t="s">
         <v>43</v>
       </c>
       <c r="O137" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="P137" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="B138" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="C138" t="s">
         <v>31</v>
       </c>
       <c r="D138" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="E138" t="s">
         <v>20</v>
       </c>
       <c r="F138" t="s">
         <v>118</v>
       </c>
       <c r="G138" t="s">
         <v>34</v>
       </c>
       <c r="H138">
         <v>2021</v>
       </c>
       <c r="I138"/>
       <c r="J138" t="s">
         <v>35</v>
       </c>
       <c r="K138" t="s">
         <v>24</v>
       </c>
       <c r="L138"/>
       <c r="M138"/>
       <c r="N138" t="s">
         <v>43</v>
       </c>
       <c r="O138" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="P138" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="B139" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="C139" t="s">
         <v>31</v>
       </c>
       <c r="D139" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="E139" t="s">
         <v>20</v>
       </c>
       <c r="F139" t="s">
         <v>118</v>
       </c>
       <c r="G139" t="s">
         <v>34</v>
       </c>
       <c r="H139">
         <v>2021</v>
       </c>
       <c r="I139"/>
       <c r="J139" t="s">
         <v>35</v>
       </c>
       <c r="K139" t="s">
         <v>24</v>
       </c>
       <c r="L139"/>
       <c r="M139"/>
       <c r="N139" t="s">
         <v>36</v>
       </c>
       <c r="O139" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="P139" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="B140" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="C140" t="s">
         <v>31</v>
       </c>
       <c r="D140" t="s">
         <v>73</v>
       </c>
       <c r="E140" t="s">
         <v>20</v>
       </c>
       <c r="F140" t="s">
         <v>118</v>
       </c>
       <c r="G140" t="s">
         <v>34</v>
       </c>
       <c r="H140">
         <v>2021</v>
       </c>
       <c r="I140"/>
       <c r="J140" t="s">
         <v>35</v>
       </c>
       <c r="K140" t="s">
         <v>24</v>
       </c>
       <c r="L140"/>
       <c r="M140"/>
       <c r="N140" t="s">
         <v>43</v>
       </c>
       <c r="O140" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="P140" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="B141" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="C141" t="s">
         <v>31</v>
       </c>
       <c r="D141" t="s">
         <v>67</v>
       </c>
       <c r="E141" t="s">
         <v>20</v>
       </c>
       <c r="F141" t="s">
         <v>118</v>
       </c>
       <c r="G141" t="s">
         <v>34</v>
       </c>
       <c r="H141">
         <v>2021</v>
       </c>
       <c r="I141"/>
       <c r="J141" t="s">
         <v>35</v>
       </c>
       <c r="K141" t="s">
         <v>24</v>
       </c>
       <c r="L141"/>
       <c r="M141"/>
       <c r="N141" t="s">
         <v>43</v>
       </c>
       <c r="O141" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="P141" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="B142" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="C142" t="s">
         <v>31</v>
       </c>
       <c r="D142" t="s">
         <v>78</v>
       </c>
       <c r="E142" t="s">
         <v>20</v>
       </c>
       <c r="F142" t="s">
         <v>118</v>
       </c>
       <c r="G142" t="s">
         <v>34</v>
       </c>
       <c r="H142">
         <v>2021</v>
       </c>
       <c r="I142"/>
       <c r="J142" t="s">
         <v>35</v>
       </c>
       <c r="K142" t="s">
         <v>24</v>
       </c>
       <c r="L142"/>
       <c r="M142"/>
       <c r="N142" t="s">
         <v>36</v>
       </c>
       <c r="O142" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="P142" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="B143" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="C143" t="s">
         <v>31</v>
       </c>
       <c r="D143" t="s">
         <v>60</v>
       </c>
       <c r="E143" t="s">
         <v>20</v>
       </c>
       <c r="F143" t="s">
         <v>118</v>
       </c>
       <c r="G143" t="s">
         <v>34</v>
       </c>
       <c r="H143">
         <v>2021</v>
       </c>
       <c r="I143"/>
       <c r="J143" t="s">
         <v>35</v>
       </c>
       <c r="K143" t="s">
         <v>24</v>
       </c>
       <c r="L143"/>
       <c r="M143"/>
       <c r="N143" t="s">
         <v>43</v>
       </c>
       <c r="O143" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="P143" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="B144" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="C144" t="s">
         <v>31</v>
       </c>
       <c r="D144" t="s">
         <v>246</v>
       </c>
       <c r="E144" t="s">
         <v>20</v>
       </c>
       <c r="F144" t="s">
         <v>118</v>
       </c>
       <c r="G144" t="s">
         <v>34</v>
       </c>
       <c r="H144">
         <v>2021</v>
       </c>
       <c r="I144"/>
       <c r="J144" t="s">
         <v>35</v>
       </c>
       <c r="K144" t="s">
         <v>90</v>
       </c>
       <c r="L144"/>
       <c r="M144"/>
       <c r="N144" t="s">
         <v>36</v>
       </c>
       <c r="O144" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="P144" t="s">
         <v>80</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>