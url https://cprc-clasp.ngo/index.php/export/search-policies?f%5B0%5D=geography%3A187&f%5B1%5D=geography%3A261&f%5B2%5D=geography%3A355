--- v0 (2025-11-12)
+++ v1 (2026-02-23)
@@ -7102,51 +7102,51 @@
       </c>
       <c r="P96" t="s">
         <v>541</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
         <v>542</v>
       </c>
       <c r="B97" t="s">
         <v>543</v>
       </c>
       <c r="C97" t="s">
         <v>225</v>
       </c>
       <c r="D97" t="s">
         <v>544</v>
       </c>
       <c r="E97" t="s">
         <v>20</v>
       </c>
       <c r="F97" t="s">
         <v>240</v>
       </c>
       <c r="G97" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="H97">
         <v>2021</v>
       </c>
       <c r="I97">
         <v>2024</v>
       </c>
       <c r="J97" t="s">
         <v>545</v>
       </c>
       <c r="K97" t="s">
         <v>24</v>
       </c>
       <c r="L97" t="s">
         <v>546</v>
       </c>
       <c r="M97" t="s">
         <v>228</v>
       </c>
       <c r="N97" t="s">
         <v>43</v>
       </c>
       <c r="O97" t="s">
         <v>547</v>
       </c>