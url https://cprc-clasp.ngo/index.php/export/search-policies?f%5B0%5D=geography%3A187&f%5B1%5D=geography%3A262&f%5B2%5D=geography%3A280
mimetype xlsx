--- v0 (2025-11-12)
+++ v1 (2025-12-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="619">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="629">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -228,101 +228,101 @@
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EN 14 511:2004; EN12309-2:2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco-0</t>
   </si>
   <si>
     <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32007D0742</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02007D0742-20140617</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015</t>
+    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of professional refrigerated storage cabinets</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.
 This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02015R1094-20170307</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of local space heaters</t>
   </si>
   <si>
     <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
   </si>
   <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151186-24-april-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1186-20170307</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015</t>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of solid fuel boilers and packages of a solid fuel boiler, supplementary heaters, temperature controls and solar devices</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151187-27-april-2015</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151187-27-april-2015-commission-delegated-regulation</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1187-20170307</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
   </si>
   <si>
     <t>Televisions, Displays</t>
   </si>
   <si>
     <t>EN 50301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2013-20210501</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2014 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household washing machines and household washer-dryers</t>
@@ -615,50 +615,53 @@
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/1781 of 1 October 2019 laying down ecodesign requirements for electric motors and variable speed drives pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
   </si>
   <si>
     <t>The proposal covers motors of power range 0;75 to 375 kW. The definition of motors is electric single speed motors with three-phase 50 Hz or 60 Hz or 50|60 Hz; squirrel cage induction motors in accordance with IEC 60034-1. Additional parameters; rated voltage; rated output; poles etc;; are also specified in Annex II. This kind of motors usually figures in industrial fans; pumps and compressors. 
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
   </si>
   <si>
     <t>Variable Speed Drives, 3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191781-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R1781-20230124</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
   </si>
   <si>
     <t>External Power Supply</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/1783 of 1 October 2019 amending Regulation (EU) No 548/2014 on implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to small, medium and large power transformers</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for placing on the market or putting into service power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications. The Regulation is only applicable to transformers purchased after the entry into force of the Regulation. Power transformer means a static piece of apparatus with two or more windings which; by electromagnetic induction; transforms a system of alternating voltage and current into another system of alternating voltage and current usually of different values and at the same frequency for the purpose of transmitting electrical power.</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076</t>
   </si>
   <si>
     <t>European Commission - DG Enterprise</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014</t>
   </si>
@@ -866,50 +869,78 @@
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
     <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
 This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
 Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
+  </si>
+  <si>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
+  </si>
+  <si>
+    <t>Battery Chargers, External Power Supply</t>
+  </si>
+  <si>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>87 FR 51221</t>
+  </si>
+  <si>
+    <t>European Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 1253/2014 of 7 July 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for ventilation units</t>
   </si>
   <si>
     <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building. 
 This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1253-20200730</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 206/2012 of 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans </t>
   </si>
   <si>
     <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W. 
 This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
   </si>
   <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
@@ -2330,65 +2361,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P106"/>
+  <dimension ref="A1:P107"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="287.787" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="242.941" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -3746,3776 +3777,3824 @@
       </c>
       <c r="P29" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>189</v>
       </c>
       <c r="B30" t="s">
         <v>190</v>
       </c>
       <c r="C30" t="s">
         <v>18</v>
       </c>
       <c r="D30" t="s">
         <v>191</v>
       </c>
       <c r="E30" t="s">
         <v>39</v>
       </c>
       <c r="F30" t="s">
         <v>166</v>
       </c>
       <c r="G30" t="s">
-        <v>22</v>
+        <v>192</v>
       </c>
       <c r="H30">
         <v>2009</v>
       </c>
       <c r="I30">
         <v>2019</v>
       </c>
       <c r="J30" t="s">
         <v>50</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
         <v>75</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="P30" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B31" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C31" t="s">
         <v>18</v>
       </c>
       <c r="D31" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="E31" t="s">
         <v>39</v>
       </c>
       <c r="F31" t="s">
         <v>166</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2015</v>
       </c>
       <c r="I31">
         <v>2019</v>
       </c>
       <c r="J31" t="s">
         <v>50</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="M31" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="N31" t="s">
         <v>76</v>
       </c>
       <c r="O31" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="P31" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B32" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C32" t="s">
         <v>18</v>
       </c>
       <c r="D32" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="E32" t="s">
         <v>39</v>
       </c>
       <c r="F32" t="s">
         <v>166</v>
       </c>
       <c r="G32" t="s">
         <v>56</v>
       </c>
       <c r="H32">
         <v>2019</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="K32" t="s">
         <v>63</v>
       </c>
       <c r="L32"/>
       <c r="M32"/>
       <c r="N32" t="s">
         <v>76</v>
       </c>
       <c r="O32" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="P32" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B33" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C33" t="s">
         <v>18</v>
       </c>
       <c r="D33" t="s">
         <v>110</v>
       </c>
       <c r="E33" t="s">
         <v>39</v>
       </c>
       <c r="F33" t="s">
         <v>166</v>
       </c>
       <c r="G33" t="s">
         <v>56</v>
       </c>
       <c r="H33">
         <v>2019</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
         <v>50</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
         <v>75</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="P33" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B34" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C34" t="s">
         <v>18</v>
       </c>
       <c r="D34" t="s">
         <v>104</v>
       </c>
       <c r="E34" t="s">
         <v>39</v>
       </c>
       <c r="F34" t="s">
         <v>166</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2000</v>
       </c>
       <c r="I34">
         <v>2019</v>
       </c>
       <c r="J34" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
         <v>75</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="P34" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B35" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C35" t="s">
         <v>18</v>
       </c>
       <c r="D35" t="s">
         <v>91</v>
       </c>
       <c r="E35" t="s">
         <v>39</v>
       </c>
       <c r="F35" t="s">
         <v>166</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2009</v>
       </c>
       <c r="I35">
         <v>2019</v>
       </c>
       <c r="J35" t="s">
         <v>50</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
         <v>75</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="P35" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B36" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C36" t="s">
         <v>18</v>
       </c>
       <c r="D36" t="s">
         <v>116</v>
       </c>
       <c r="E36" t="s">
         <v>39</v>
       </c>
       <c r="F36" t="s">
         <v>166</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2010</v>
       </c>
       <c r="I36">
         <v>2019</v>
       </c>
       <c r="J36" t="s">
         <v>50</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="M36" t="s">
         <v>75</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="P36" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B37" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C37" t="s">
         <v>18</v>
       </c>
       <c r="D37" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="E37" t="s">
         <v>39</v>
       </c>
       <c r="F37" t="s">
         <v>166</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2010</v>
       </c>
       <c r="I37">
         <v>2019</v>
       </c>
       <c r="J37" t="s">
         <v>50</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
         <v>98</v>
       </c>
       <c r="M37" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="P37" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B38" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C38" t="s">
         <v>18</v>
       </c>
       <c r="D38" t="s">
         <v>121</v>
       </c>
       <c r="E38" t="s">
         <v>39</v>
       </c>
       <c r="F38" t="s">
         <v>166</v>
       </c>
       <c r="G38" t="s">
         <v>56</v>
       </c>
       <c r="H38">
         <v>2019</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
         <v>50</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
         <v>75</v>
       </c>
       <c r="N38" t="s">
         <v>76</v>
       </c>
       <c r="O38" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="P38" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B39" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C39" t="s">
         <v>18</v>
       </c>
       <c r="D39" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E39" t="s">
         <v>39</v>
       </c>
       <c r="F39" t="s">
         <v>166</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2014</v>
       </c>
       <c r="I39">
         <v>2019</v>
       </c>
       <c r="J39" t="s">
         <v>50</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
         <v>75</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="P39" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B40" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C40" t="s">
         <v>126</v>
       </c>
       <c r="D40" t="s">
         <v>127</v>
       </c>
       <c r="E40" t="s">
         <v>39</v>
       </c>
       <c r="F40" t="s">
         <v>166</v>
       </c>
       <c r="G40" t="s">
         <v>56</v>
       </c>
       <c r="H40">
         <v>2023</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
         <v>50</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40"/>
       <c r="M40"/>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="P40" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B41" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C41" t="s">
         <v>18</v>
       </c>
       <c r="D41" t="s">
         <v>132</v>
       </c>
       <c r="E41" t="s">
         <v>39</v>
       </c>
       <c r="F41" t="s">
         <v>166</v>
       </c>
       <c r="G41" t="s">
         <v>56</v>
       </c>
       <c r="H41">
         <v>2012</v>
       </c>
       <c r="I41">
         <v>2023</v>
       </c>
       <c r="J41" t="s">
         <v>42</v>
       </c>
       <c r="K41" t="s">
         <v>63</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="P41" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B42" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C42" t="s">
         <v>18</v>
       </c>
       <c r="D42" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="E42" t="s">
         <v>39</v>
       </c>
       <c r="F42" t="s">
         <v>166</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2013</v>
       </c>
       <c r="I42">
         <v>2023</v>
       </c>
       <c r="J42" t="s">
         <v>50</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
         <v>75</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="P42" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B43" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C43" t="s">
         <v>18</v>
       </c>
       <c r="D43" t="s">
         <v>81</v>
       </c>
       <c r="E43" t="s">
         <v>39</v>
       </c>
       <c r="F43" t="s">
         <v>166</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2015</v>
       </c>
       <c r="I43">
         <v>2024</v>
       </c>
       <c r="J43" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="K43" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
         <v>75</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="P43" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B44" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C44" t="s">
         <v>126</v>
       </c>
       <c r="D44" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="E44" t="s">
         <v>39</v>
       </c>
       <c r="F44" t="s">
         <v>166</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>2024</v>
       </c>
       <c r="I44">
         <v>2024</v>
       </c>
       <c r="J44" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
         <v>75</v>
       </c>
       <c r="N44" t="s">
         <v>76</v>
       </c>
       <c r="O44" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="P44" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="B45" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C45" t="s">
-        <v>18</v>
+        <v>126</v>
       </c>
       <c r="D45" t="s">
-        <v>138</v>
+        <v>269</v>
       </c>
       <c r="E45" t="s">
         <v>39</v>
       </c>
       <c r="F45" t="s">
         <v>166</v>
       </c>
       <c r="G45" t="s">
-        <v>56</v>
+        <v>270</v>
       </c>
       <c r="H45">
-        <v>2014</v>
+        <v>2025</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
-        <v>50</v>
+        <v>271</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
-        <v>139</v>
+        <v>272</v>
       </c>
       <c r="M45" t="s">
-        <v>75</v>
+        <v>273</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>268</v>
+        <v>274</v>
       </c>
       <c r="P45" t="s">
-        <v>269</v>
+        <v>275</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>270</v>
+        <v>276</v>
       </c>
       <c r="B46" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
       <c r="C46" t="s">
         <v>18</v>
       </c>
       <c r="D46" t="s">
-        <v>272</v>
+        <v>138</v>
       </c>
       <c r="E46" t="s">
         <v>39</v>
       </c>
       <c r="F46" t="s">
         <v>166</v>
       </c>
       <c r="G46" t="s">
         <v>56</v>
       </c>
       <c r="H46">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
         <v>50</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
-      <c r="L46"/>
+      <c r="L46" t="s">
+        <v>139</v>
+      </c>
       <c r="M46" t="s">
         <v>75</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="P46" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="B47" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="C47" t="s">
         <v>18</v>
       </c>
       <c r="D47" t="s">
-        <v>262</v>
+        <v>282</v>
       </c>
       <c r="E47" t="s">
         <v>39</v>
       </c>
       <c r="F47" t="s">
         <v>166</v>
       </c>
       <c r="G47" t="s">
         <v>56</v>
       </c>
       <c r="H47">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
         <v>50</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="s">
         <v>75</v>
       </c>
       <c r="N47" t="s">
-        <v>76</v>
+        <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="P47" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>279</v>
+        <v>285</v>
       </c>
       <c r="B48" t="s">
-        <v>280</v>
+        <v>286</v>
       </c>
       <c r="C48" t="s">
         <v>18</v>
       </c>
       <c r="D48" t="s">
-        <v>281</v>
+        <v>263</v>
       </c>
       <c r="E48" t="s">
         <v>39</v>
       </c>
       <c r="F48" t="s">
         <v>166</v>
       </c>
       <c r="G48" t="s">
         <v>56</v>
       </c>
       <c r="H48">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
         <v>50</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48"/>
       <c r="M48" t="s">
         <v>75</v>
       </c>
       <c r="N48" t="s">
-        <v>27</v>
+        <v>76</v>
       </c>
       <c r="O48" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="P48" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="B49" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="C49" t="s">
         <v>18</v>
       </c>
       <c r="D49" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="E49" t="s">
         <v>39</v>
       </c>
       <c r="F49" t="s">
         <v>166</v>
       </c>
       <c r="G49" t="s">
         <v>56</v>
       </c>
       <c r="H49">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
         <v>50</v>
       </c>
       <c r="K49" t="s">
-        <v>63</v>
+        <v>24</v>
       </c>
       <c r="L49"/>
       <c r="M49" t="s">
         <v>75</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="P49" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="B50" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="C50" t="s">
         <v>18</v>
       </c>
       <c r="D50" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="E50" t="s">
         <v>39</v>
       </c>
       <c r="F50" t="s">
         <v>166</v>
       </c>
       <c r="G50" t="s">
         <v>56</v>
       </c>
       <c r="H50">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
-        <v>105</v>
+        <v>50</v>
       </c>
       <c r="K50" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="L50"/>
       <c r="M50" t="s">
         <v>75</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="P50" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="B51" t="s">
-        <v>295</v>
+        <v>300</v>
       </c>
       <c r="C51" t="s">
         <v>18</v>
       </c>
       <c r="D51" t="s">
-        <v>144</v>
+        <v>301</v>
       </c>
       <c r="E51" t="s">
         <v>39</v>
       </c>
       <c r="F51" t="s">
         <v>166</v>
       </c>
       <c r="G51" t="s">
         <v>56</v>
       </c>
       <c r="H51">
         <v>2013</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
         <v>105</v>
       </c>
       <c r="K51" t="s">
-        <v>145</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L51"/>
       <c r="M51" t="s">
         <v>75</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="P51" t="s">
-        <v>298</v>
+        <v>303</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="B52" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="C52" t="s">
         <v>18</v>
       </c>
       <c r="D52" t="s">
-        <v>160</v>
+        <v>144</v>
       </c>
       <c r="E52" t="s">
         <v>39</v>
       </c>
       <c r="F52" t="s">
         <v>166</v>
       </c>
       <c r="G52" t="s">
-        <v>22</v>
+        <v>56</v>
       </c>
       <c r="H52">
-        <v>1992</v>
-[...1 lines deleted...]
-      <c r="I52">
         <v>2013</v>
       </c>
+      <c r="I52"/>
       <c r="J52" t="s">
-        <v>301</v>
+        <v>105</v>
       </c>
       <c r="K52" t="s">
-        <v>302</v>
-[...1 lines deleted...]
-      <c r="L52"/>
+        <v>145</v>
+      </c>
+      <c r="L52" t="s">
+        <v>306</v>
+      </c>
       <c r="M52" t="s">
         <v>75</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="P52" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="B53" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="C53" t="s">
         <v>18</v>
       </c>
       <c r="D53" t="s">
-        <v>307</v>
+        <v>160</v>
       </c>
       <c r="E53" t="s">
         <v>39</v>
       </c>
       <c r="F53" t="s">
         <v>166</v>
       </c>
       <c r="G53" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H53">
+        <v>1992</v>
+      </c>
+      <c r="I53">
         <v>2013</v>
       </c>
-      <c r="I53"/>
       <c r="J53" t="s">
-        <v>23</v>
+        <v>311</v>
       </c>
       <c r="K53" t="s">
-        <v>24</v>
+        <v>312</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
         <v>75</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="P53" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="B54" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="C54" t="s">
         <v>18</v>
       </c>
       <c r="D54" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="E54" t="s">
         <v>39</v>
       </c>
       <c r="F54" t="s">
         <v>166</v>
       </c>
       <c r="G54" t="s">
         <v>56</v>
       </c>
       <c r="H54">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54"/>
       <c r="M54" t="s">
         <v>75</v>
       </c>
       <c r="N54" t="s">
-        <v>76</v>
+        <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
       <c r="P54" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
       <c r="B55" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="C55" t="s">
-        <v>317</v>
+        <v>18</v>
       </c>
       <c r="D55" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="E55" t="s">
         <v>39</v>
       </c>
       <c r="F55" t="s">
-        <v>319</v>
+        <v>166</v>
       </c>
       <c r="G55" t="s">
         <v>56</v>
       </c>
       <c r="H55">
-        <v>2023</v>
+        <v>2015</v>
       </c>
       <c r="I55"/>
       <c r="J55" t="s">
-        <v>320</v>
+        <v>50</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
-      <c r="L55" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L55"/>
       <c r="M55" t="s">
-        <v>322</v>
+        <v>75</v>
       </c>
       <c r="N55" t="s">
-        <v>27</v>
+        <v>76</v>
       </c>
       <c r="O55" t="s">
         <v>323</v>
       </c>
       <c r="P55" t="s">
         <v>324</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
         <v>325</v>
       </c>
       <c r="B56" t="s">
         <v>326</v>
       </c>
       <c r="C56" t="s">
         <v>327</v>
       </c>
       <c r="D56" t="s">
         <v>328</v>
       </c>
       <c r="E56" t="s">
         <v>39</v>
       </c>
       <c r="F56" t="s">
-        <v>319</v>
+        <v>329</v>
       </c>
       <c r="G56" t="s">
-        <v>22</v>
+        <v>56</v>
       </c>
       <c r="H56">
-        <v>2016</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="I56"/>
       <c r="J56" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="K56" t="s">
-        <v>302</v>
-[...1 lines deleted...]
-      <c r="L56"/>
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>331</v>
+      </c>
       <c r="M56" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="P56" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="B57" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="C57" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="D57" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="E57" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="F57" t="s">
-        <v>21</v>
+        <v>329</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
-        <v>2002</v>
+        <v>2016</v>
       </c>
       <c r="I57">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="J57" t="s">
-        <v>329</v>
+        <v>339</v>
       </c>
       <c r="K57" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>312</v>
+      </c>
+      <c r="L57"/>
       <c r="M57" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="P57" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="B58" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="C58" t="s">
-        <v>335</v>
+        <v>345</v>
       </c>
       <c r="D58" t="s">
-        <v>132</v>
+        <v>346</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
         <v>21</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
+        <v>2002</v>
+      </c>
+      <c r="I58">
         <v>2014</v>
       </c>
-      <c r="I58">
-[...1 lines deleted...]
-      </c>
       <c r="J58" t="s">
-        <v>329</v>
+        <v>339</v>
       </c>
       <c r="K58" t="s">
-        <v>63</v>
+        <v>24</v>
       </c>
       <c r="L58" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="M58" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>344</v>
+        <v>349</v>
       </c>
       <c r="P58" t="s">
-        <v>345</v>
+        <v>350</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>346</v>
+        <v>351</v>
       </c>
       <c r="B59" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="C59" t="s">
-        <v>335</v>
+        <v>345</v>
       </c>
       <c r="D59" t="s">
-        <v>97</v>
+        <v>132</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>21</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
-        <v>1997</v>
+        <v>2014</v>
       </c>
       <c r="I59">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="J59" t="s">
-        <v>329</v>
+        <v>339</v>
       </c>
       <c r="K59" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="L59" t="s">
+        <v>353</v>
+      </c>
+      <c r="M59" t="s">
         <v>348</v>
       </c>
-      <c r="M59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N59" t="s">
-        <v>99</v>
+        <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
       <c r="P59" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="B60" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
       <c r="C60" t="s">
-        <v>335</v>
+        <v>345</v>
       </c>
       <c r="D60" t="s">
-        <v>353</v>
+        <v>97</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>21</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
-        <v>2016</v>
+        <v>1997</v>
       </c>
       <c r="I60">
         <v>2018</v>
       </c>
       <c r="J60" t="s">
-        <v>329</v>
+        <v>339</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="M60" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="N60" t="s">
-        <v>27</v>
+        <v>99</v>
       </c>
       <c r="O60" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="P60" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="B61" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="C61" t="s">
-        <v>359</v>
+        <v>345</v>
       </c>
       <c r="D61" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
         <v>21</v>
       </c>
       <c r="G61" t="s">
         <v>22</v>
       </c>
       <c r="H61">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="I61">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="J61" t="s">
-        <v>361</v>
+        <v>339</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="M61" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="P61" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="B62" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="C62" t="s">
-        <v>359</v>
+        <v>369</v>
       </c>
       <c r="D62" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
         <v>21</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="I62">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="J62" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="M62" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="P62" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="B63" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="C63" t="s">
-        <v>359</v>
+        <v>369</v>
       </c>
       <c r="D63" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
         <v>21</v>
       </c>
       <c r="G63" t="s">
         <v>22</v>
       </c>
       <c r="H63">
-        <v>2003</v>
+        <v>2009</v>
       </c>
       <c r="I63">
-        <v>2011</v>
+        <v>2020</v>
       </c>
       <c r="J63" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="M63" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
       <c r="P63" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="B64" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="C64" t="s">
-        <v>359</v>
+        <v>369</v>
       </c>
       <c r="D64" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
         <v>21</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
-        <v>2008</v>
+        <v>2003</v>
       </c>
       <c r="I64">
-        <v>2018</v>
+        <v>2011</v>
       </c>
       <c r="J64" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="M64" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="P64" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="B65" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="C65" t="s">
-        <v>359</v>
+        <v>369</v>
       </c>
       <c r="D65" t="s">
-        <v>155</v>
+        <v>389</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>21</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
-        <v>2009</v>
+        <v>2008</v>
       </c>
       <c r="I65">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="J65" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
       <c r="L65" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="M65" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
       <c r="P65" t="s">
-        <v>387</v>
+        <v>392</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>388</v>
+        <v>393</v>
       </c>
       <c r="B66" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="C66" t="s">
-        <v>359</v>
+        <v>369</v>
       </c>
       <c r="D66" t="s">
-        <v>55</v>
+        <v>155</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
         <v>21</v>
       </c>
       <c r="G66" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H66">
-        <v>2016</v>
-[...1 lines deleted...]
-      <c r="I66"/>
+        <v>2009</v>
+      </c>
+      <c r="I66">
+        <v>2015</v>
+      </c>
       <c r="J66" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="K66" t="s">
-        <v>390</v>
+        <v>24</v>
       </c>
       <c r="L66" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="M66" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="P66" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="B67" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="C67" t="s">
-        <v>359</v>
+        <v>369</v>
       </c>
       <c r="D67" t="s">
-        <v>396</v>
+        <v>55</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
         <v>21</v>
       </c>
       <c r="G67" t="s">
-        <v>22</v>
+        <v>56</v>
       </c>
       <c r="H67">
-        <v>2001</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I67"/>
       <c r="J67" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="K67" t="s">
-        <v>24</v>
+        <v>400</v>
       </c>
       <c r="L67" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="M67" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="P67" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="B68" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="C68" t="s">
-        <v>359</v>
+        <v>369</v>
       </c>
       <c r="D68" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
         <v>21</v>
       </c>
       <c r="G68" t="s">
         <v>22</v>
       </c>
       <c r="H68">
-        <v>2003</v>
-[...1 lines deleted...]
-      <c r="I68"/>
+        <v>2001</v>
+      </c>
+      <c r="I68">
+        <v>2013</v>
+      </c>
       <c r="J68" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
       <c r="L68" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="M68" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="P68" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="B69" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="C69" t="s">
-        <v>359</v>
+        <v>369</v>
       </c>
       <c r="D69" t="s">
-        <v>144</v>
+        <v>412</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
         <v>21</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2003</v>
+      </c>
+      <c r="I69"/>
       <c r="J69" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="K69" t="s">
-        <v>63</v>
+        <v>24</v>
       </c>
       <c r="L69" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="M69" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>409</v>
+        <v>414</v>
       </c>
       <c r="P69" t="s">
-        <v>410</v>
+        <v>415</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>411</v>
+        <v>416</v>
       </c>
       <c r="B70" t="s">
-        <v>412</v>
+        <v>417</v>
       </c>
       <c r="C70" t="s">
-        <v>413</v>
+        <v>369</v>
       </c>
       <c r="D70" t="s">
-        <v>414</v>
+        <v>144</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
         <v>21</v>
       </c>
       <c r="G70" t="s">
         <v>22</v>
       </c>
       <c r="H70">
         <v>2013</v>
       </c>
       <c r="I70">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="J70" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="K70" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="L70" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="M70" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="P70" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="B71" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="C71" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="D71" t="s">
-        <v>32</v>
+        <v>424</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
         <v>21</v>
       </c>
       <c r="G71" t="s">
         <v>22</v>
       </c>
       <c r="H71">
-        <v>1994</v>
+        <v>2013</v>
       </c>
       <c r="I71">
         <v>2020</v>
       </c>
       <c r="J71" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
       <c r="L71" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="M71" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="P71" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="B72" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="C72" t="s">
-        <v>359</v>
+        <v>430</v>
       </c>
       <c r="D72" t="s">
-        <v>426</v>
+        <v>32</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
         <v>21</v>
       </c>
       <c r="G72" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H72">
-        <v>2016</v>
-[...1 lines deleted...]
-      <c r="I72"/>
+        <v>1994</v>
+      </c>
+      <c r="I72">
+        <v>2020</v>
+      </c>
       <c r="J72" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
       <c r="L72" t="s">
-        <v>427</v>
+        <v>431</v>
       </c>
       <c r="M72" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
-        <v>428</v>
+        <v>432</v>
       </c>
       <c r="P72" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="B73" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="C73" t="s">
-        <v>359</v>
+        <v>369</v>
       </c>
       <c r="D73" t="s">
-        <v>414</v>
+        <v>436</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
         <v>21</v>
       </c>
       <c r="G73" t="s">
-        <v>22</v>
+        <v>56</v>
       </c>
       <c r="H73">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I73"/>
       <c r="J73" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
       <c r="L73" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="M73" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>433</v>
+        <v>438</v>
       </c>
       <c r="P73" t="s">
-        <v>434</v>
+        <v>439</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>435</v>
+        <v>440</v>
       </c>
       <c r="B74" t="s">
-        <v>436</v>
+        <v>441</v>
       </c>
       <c r="C74" t="s">
-        <v>359</v>
+        <v>369</v>
       </c>
       <c r="D74" t="s">
-        <v>437</v>
+        <v>424</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
         <v>21</v>
       </c>
       <c r="G74" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H74">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="I74">
-        <v>2008</v>
+        <v>2018</v>
       </c>
       <c r="J74" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="K74" t="s">
         <v>24</v>
       </c>
       <c r="L74" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="M74" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="P74" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="B75" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="C75" t="s">
-        <v>359</v>
+        <v>369</v>
       </c>
       <c r="D75" t="s">
-        <v>443</v>
+        <v>447</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
         <v>21</v>
       </c>
       <c r="G75" t="s">
-        <v>22</v>
+        <v>56</v>
       </c>
       <c r="H75">
-        <v>2012</v>
+        <v>2007</v>
       </c>
       <c r="I75">
-        <v>2019</v>
+        <v>2008</v>
       </c>
       <c r="J75" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="K75" t="s">
         <v>24</v>
       </c>
       <c r="L75" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="M75" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="N75" t="s">
         <v>27</v>
       </c>
       <c r="O75" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="P75" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="B76" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="C76" t="s">
-        <v>449</v>
+        <v>369</v>
       </c>
       <c r="D76" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="E76" t="s">
         <v>20</v>
       </c>
       <c r="F76" t="s">
         <v>21</v>
       </c>
       <c r="G76" t="s">
         <v>22</v>
       </c>
       <c r="H76">
-        <v>1992</v>
+        <v>2012</v>
       </c>
       <c r="I76">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="J76" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="K76" t="s">
         <v>24</v>
       </c>
       <c r="L76" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="M76" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="N76" t="s">
         <v>27</v>
       </c>
       <c r="O76" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="P76" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="B77" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="C77" t="s">
-        <v>359</v>
+        <v>459</v>
       </c>
       <c r="D77" t="s">
-        <v>55</v>
+        <v>460</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
         <v>21</v>
       </c>
       <c r="G77" t="s">
         <v>22</v>
       </c>
       <c r="H77">
-        <v>1995</v>
+        <v>1992</v>
       </c>
       <c r="I77">
-        <v>2013</v>
+        <v>2020</v>
       </c>
       <c r="J77" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="K77" t="s">
-        <v>390</v>
+        <v>24</v>
       </c>
       <c r="L77" t="s">
-        <v>456</v>
+        <v>461</v>
       </c>
       <c r="M77" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
       <c r="P77" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>459</v>
+        <v>464</v>
       </c>
       <c r="B78" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
       <c r="C78" t="s">
-        <v>359</v>
+        <v>369</v>
       </c>
       <c r="D78" t="s">
-        <v>461</v>
+        <v>55</v>
       </c>
       <c r="E78" t="s">
         <v>20</v>
       </c>
       <c r="F78" t="s">
         <v>21</v>
       </c>
       <c r="G78" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H78">
-        <v>2001</v>
+        <v>1995</v>
       </c>
       <c r="I78">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="J78" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="K78" t="s">
-        <v>24</v>
+        <v>400</v>
       </c>
       <c r="L78" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="M78" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="N78" t="s">
         <v>27</v>
       </c>
       <c r="O78" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="P78" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
       <c r="B79" t="s">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="C79" t="s">
-        <v>420</v>
+        <v>369</v>
       </c>
       <c r="D79" t="s">
-        <v>49</v>
+        <v>471</v>
       </c>
       <c r="E79" t="s">
         <v>20</v>
       </c>
       <c r="F79" t="s">
         <v>21</v>
       </c>
       <c r="G79" t="s">
-        <v>22</v>
+        <v>56</v>
       </c>
       <c r="H79">
         <v>2001</v>
       </c>
       <c r="I79">
-        <v>2019</v>
+        <v>2012</v>
       </c>
       <c r="J79" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="K79" t="s">
         <v>24</v>
       </c>
       <c r="L79" t="s">
-        <v>467</v>
+        <v>472</v>
       </c>
       <c r="M79" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="N79" t="s">
         <v>27</v>
       </c>
       <c r="O79" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="P79" t="s">
-        <v>469</v>
+        <v>474</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
       <c r="B80" t="s">
-        <v>471</v>
+        <v>476</v>
       </c>
       <c r="C80" t="s">
-        <v>359</v>
+        <v>430</v>
       </c>
       <c r="D80" t="s">
-        <v>472</v>
+        <v>49</v>
       </c>
       <c r="E80" t="s">
         <v>20</v>
       </c>
       <c r="F80" t="s">
         <v>21</v>
       </c>
       <c r="G80" t="s">
         <v>22</v>
       </c>
       <c r="H80">
-        <v>2016</v>
+        <v>2001</v>
       </c>
       <c r="I80">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="J80" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="K80" t="s">
         <v>24</v>
       </c>
       <c r="L80" t="s">
-        <v>473</v>
+        <v>477</v>
       </c>
       <c r="M80" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="N80" t="s">
         <v>27</v>
       </c>
       <c r="O80" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="P80" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="B81" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
       <c r="C81" t="s">
-        <v>359</v>
+        <v>369</v>
       </c>
       <c r="D81" t="s">
-        <v>478</v>
+        <v>482</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
         <v>21</v>
       </c>
       <c r="G81" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H81">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I81"/>
+        <v>2016</v>
+      </c>
+      <c r="I81">
+        <v>2016</v>
+      </c>
       <c r="J81" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="K81" t="s">
         <v>24</v>
       </c>
       <c r="L81" t="s">
-        <v>479</v>
+        <v>483</v>
       </c>
       <c r="M81" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="N81" t="s">
         <v>27</v>
       </c>
       <c r="O81" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="P81" t="s">
-        <v>481</v>
+        <v>485</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>482</v>
+        <v>486</v>
       </c>
       <c r="B82" t="s">
-        <v>483</v>
+        <v>487</v>
       </c>
       <c r="C82" t="s">
-        <v>359</v>
+        <v>369</v>
       </c>
       <c r="D82" t="s">
-        <v>484</v>
+        <v>488</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
         <v>21</v>
       </c>
       <c r="G82" t="s">
-        <v>22</v>
+        <v>56</v>
       </c>
       <c r="H82">
-        <v>2016</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I82"/>
       <c r="J82" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="K82" t="s">
         <v>24</v>
       </c>
       <c r="L82" t="s">
-        <v>485</v>
+        <v>489</v>
       </c>
       <c r="M82" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="N82" t="s">
         <v>27</v>
       </c>
       <c r="O82" t="s">
-        <v>486</v>
+        <v>490</v>
       </c>
       <c r="P82" t="s">
-        <v>487</v>
+        <v>491</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>488</v>
+        <v>492</v>
       </c>
       <c r="B83" t="s">
-        <v>489</v>
+        <v>493</v>
       </c>
       <c r="C83" t="s">
-        <v>359</v>
+        <v>369</v>
       </c>
       <c r="D83" t="s">
-        <v>461</v>
+        <v>494</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
         <v>21</v>
       </c>
       <c r="G83" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H83">
-        <v>2001</v>
+        <v>2016</v>
       </c>
       <c r="I83">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="J83" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="K83" t="s">
         <v>24</v>
       </c>
       <c r="L83" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="M83" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="N83" t="s">
         <v>27</v>
       </c>
       <c r="O83" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
       <c r="P83" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="B84" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
       <c r="C84" t="s">
-        <v>359</v>
+        <v>369</v>
       </c>
       <c r="D84" t="s">
-        <v>478</v>
+        <v>471</v>
       </c>
       <c r="E84" t="s">
         <v>20</v>
       </c>
       <c r="F84" t="s">
         <v>21</v>
       </c>
       <c r="G84" t="s">
-        <v>22</v>
+        <v>56</v>
       </c>
       <c r="H84">
-        <v>2012</v>
+        <v>2001</v>
       </c>
       <c r="I84">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="J84" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="K84" t="s">
         <v>24</v>
       </c>
       <c r="L84" t="s">
-        <v>479</v>
+        <v>500</v>
       </c>
       <c r="M84" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="N84" t="s">
         <v>27</v>
       </c>
       <c r="O84" t="s">
-        <v>495</v>
+        <v>501</v>
       </c>
       <c r="P84" t="s">
-        <v>496</v>
+        <v>502</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>497</v>
+        <v>503</v>
       </c>
       <c r="B85" t="s">
-        <v>498</v>
+        <v>504</v>
       </c>
       <c r="C85" t="s">
-        <v>359</v>
+        <v>369</v>
       </c>
       <c r="D85" t="s">
-        <v>499</v>
+        <v>488</v>
       </c>
       <c r="E85" t="s">
         <v>20</v>
       </c>
       <c r="F85" t="s">
         <v>21</v>
       </c>
       <c r="G85" t="s">
         <v>22</v>
       </c>
       <c r="H85">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="I85">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="J85" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="K85" t="s">
         <v>24</v>
       </c>
       <c r="L85" t="s">
-        <v>500</v>
+        <v>489</v>
       </c>
       <c r="M85" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="N85" t="s">
         <v>27</v>
       </c>
       <c r="O85" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
       <c r="P85" t="s">
-        <v>502</v>
+        <v>506</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>503</v>
+        <v>507</v>
       </c>
       <c r="B86" t="s">
-        <v>504</v>
+        <v>508</v>
       </c>
       <c r="C86" t="s">
-        <v>359</v>
+        <v>369</v>
       </c>
       <c r="D86" t="s">
-        <v>121</v>
+        <v>509</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
         <v>21</v>
       </c>
       <c r="G86" t="s">
         <v>22</v>
       </c>
       <c r="H86">
-        <v>2004</v>
+        <v>2014</v>
       </c>
       <c r="I86">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="J86" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="K86" t="s">
         <v>24</v>
       </c>
       <c r="L86" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
       <c r="M86" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="N86" t="s">
         <v>27</v>
       </c>
       <c r="O86" t="s">
-        <v>506</v>
+        <v>511</v>
       </c>
       <c r="P86" t="s">
-        <v>507</v>
+        <v>512</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>508</v>
+        <v>513</v>
       </c>
       <c r="B87" t="s">
-        <v>509</v>
+        <v>514</v>
       </c>
       <c r="C87" t="s">
-        <v>359</v>
+        <v>369</v>
       </c>
       <c r="D87" t="s">
-        <v>461</v>
+        <v>121</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
         <v>21</v>
       </c>
       <c r="G87" t="s">
         <v>22</v>
       </c>
       <c r="H87">
-        <v>1995</v>
+        <v>2004</v>
       </c>
       <c r="I87">
-        <v>2015</v>
+        <v>2020</v>
       </c>
       <c r="J87" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="K87" t="s">
         <v>24</v>
       </c>
       <c r="L87" t="s">
-        <v>510</v>
+        <v>515</v>
       </c>
       <c r="M87" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="N87" t="s">
         <v>27</v>
       </c>
       <c r="O87" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="P87" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="B88" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="C88" t="s">
-        <v>359</v>
+        <v>369</v>
       </c>
       <c r="D88" t="s">
-        <v>55</v>
+        <v>471</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
         <v>21</v>
       </c>
       <c r="G88" t="s">
         <v>22</v>
       </c>
       <c r="H88">
-        <v>1996</v>
+        <v>1995</v>
       </c>
       <c r="I88">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="J88" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="K88" t="s">
-        <v>390</v>
+        <v>24</v>
       </c>
       <c r="L88" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="M88" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="N88" t="s">
         <v>27</v>
       </c>
       <c r="O88" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="P88" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="B89" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="C89" t="s">
-        <v>359</v>
+        <v>369</v>
       </c>
       <c r="D89" t="s">
-        <v>520</v>
+        <v>55</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
         <v>21</v>
       </c>
       <c r="G89" t="s">
         <v>22</v>
       </c>
       <c r="H89">
-        <v>2001</v>
+        <v>1996</v>
       </c>
       <c r="I89">
-        <v>2018</v>
+        <v>2014</v>
       </c>
       <c r="J89" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="K89" t="s">
-        <v>24</v>
+        <v>400</v>
       </c>
       <c r="L89" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
       <c r="M89" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="N89" t="s">
         <v>27</v>
       </c>
       <c r="O89" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
       <c r="P89" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="B90" t="s">
-        <v>525</v>
+        <v>529</v>
       </c>
       <c r="C90" t="s">
-        <v>359</v>
+        <v>369</v>
       </c>
       <c r="D90" t="s">
-        <v>116</v>
+        <v>530</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
         <v>21</v>
       </c>
       <c r="G90" t="s">
         <v>22</v>
       </c>
       <c r="H90">
-        <v>1996</v>
+        <v>2001</v>
       </c>
       <c r="I90">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="J90" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="K90" t="s">
         <v>24</v>
       </c>
       <c r="L90" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
       <c r="M90" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="N90" t="s">
         <v>27</v>
       </c>
       <c r="O90" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
       <c r="P90" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="B91" t="s">
-        <v>530</v>
+        <v>535</v>
       </c>
       <c r="C91" t="s">
-        <v>359</v>
+        <v>369</v>
       </c>
       <c r="D91" t="s">
-        <v>396</v>
+        <v>116</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
         <v>21</v>
       </c>
       <c r="G91" t="s">
         <v>22</v>
       </c>
       <c r="H91">
-        <v>2001</v>
+        <v>1996</v>
       </c>
       <c r="I91">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="J91" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="K91" t="s">
         <v>24</v>
       </c>
       <c r="L91" t="s">
-        <v>531</v>
+        <v>536</v>
       </c>
       <c r="M91" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="N91" t="s">
         <v>27</v>
       </c>
       <c r="O91" t="s">
-        <v>532</v>
+        <v>537</v>
       </c>
       <c r="P91" t="s">
-        <v>533</v>
+        <v>538</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>534</v>
+        <v>539</v>
       </c>
       <c r="B92" t="s">
-        <v>535</v>
+        <v>540</v>
       </c>
       <c r="C92" t="s">
-        <v>359</v>
+        <v>369</v>
       </c>
       <c r="D92" t="s">
-        <v>536</v>
+        <v>406</v>
       </c>
       <c r="E92" t="s">
         <v>20</v>
       </c>
       <c r="F92" t="s">
         <v>21</v>
       </c>
       <c r="G92" t="s">
         <v>22</v>
       </c>
       <c r="H92">
-        <v>2012</v>
+        <v>2001</v>
       </c>
       <c r="I92">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J92" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="K92" t="s">
         <v>24</v>
       </c>
       <c r="L92" t="s">
-        <v>537</v>
+        <v>541</v>
       </c>
       <c r="M92" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="N92" t="s">
         <v>27</v>
       </c>
       <c r="O92" t="s">
-        <v>538</v>
+        <v>542</v>
       </c>
       <c r="P92" t="s">
-        <v>539</v>
+        <v>543</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>540</v>
+        <v>544</v>
       </c>
       <c r="B93" t="s">
-        <v>541</v>
+        <v>545</v>
       </c>
       <c r="C93" t="s">
-        <v>359</v>
+        <v>369</v>
       </c>
       <c r="D93" t="s">
-        <v>144</v>
+        <v>546</v>
       </c>
       <c r="E93" t="s">
         <v>20</v>
       </c>
       <c r="F93" t="s">
         <v>21</v>
       </c>
       <c r="G93" t="s">
         <v>22</v>
       </c>
       <c r="H93">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="I93">
         <v>2015</v>
       </c>
       <c r="J93" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="K93" t="s">
-        <v>542</v>
+        <v>24</v>
       </c>
       <c r="L93" t="s">
-        <v>543</v>
+        <v>547</v>
       </c>
       <c r="M93" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="N93" t="s">
         <v>27</v>
       </c>
       <c r="O93" t="s">
-        <v>544</v>
+        <v>548</v>
       </c>
       <c r="P93" t="s">
-        <v>545</v>
+        <v>549</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>546</v>
+        <v>550</v>
       </c>
       <c r="B94" t="s">
-        <v>547</v>
+        <v>551</v>
       </c>
       <c r="C94" t="s">
-        <v>359</v>
+        <v>369</v>
       </c>
       <c r="D94" t="s">
-        <v>548</v>
+        <v>144</v>
       </c>
       <c r="E94" t="s">
         <v>20</v>
       </c>
       <c r="F94" t="s">
         <v>21</v>
       </c>
       <c r="G94" t="s">
         <v>22</v>
       </c>
       <c r="H94">
-        <v>2004</v>
+        <v>2009</v>
       </c>
       <c r="I94">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="J94" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="K94" t="s">
-        <v>24</v>
+        <v>552</v>
       </c>
       <c r="L94" t="s">
-        <v>549</v>
+        <v>553</v>
       </c>
       <c r="M94" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="N94" t="s">
         <v>27</v>
       </c>
       <c r="O94" t="s">
-        <v>550</v>
+        <v>554</v>
       </c>
       <c r="P94" t="s">
-        <v>551</v>
+        <v>555</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>552</v>
+        <v>556</v>
       </c>
       <c r="B95" t="s">
-        <v>553</v>
+        <v>557</v>
       </c>
       <c r="C95" t="s">
-        <v>359</v>
+        <v>369</v>
       </c>
       <c r="D95" t="s">
-        <v>554</v>
+        <v>558</v>
       </c>
       <c r="E95" t="s">
         <v>20</v>
       </c>
       <c r="F95" t="s">
         <v>21</v>
       </c>
       <c r="G95" t="s">
         <v>22</v>
       </c>
       <c r="H95">
-        <v>1996</v>
+        <v>2004</v>
       </c>
       <c r="I95">
-        <v>2015</v>
+        <v>2020</v>
       </c>
       <c r="J95" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="K95" t="s">
         <v>24</v>
       </c>
       <c r="L95" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="M95" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="N95" t="s">
         <v>27</v>
       </c>
       <c r="O95" t="s">
-        <v>556</v>
+        <v>560</v>
       </c>
       <c r="P95" t="s">
-        <v>557</v>
+        <v>561</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>558</v>
+        <v>562</v>
       </c>
       <c r="B96" t="s">
-        <v>559</v>
+        <v>563</v>
       </c>
       <c r="C96" t="s">
-        <v>359</v>
+        <v>369</v>
       </c>
       <c r="D96" t="s">
-        <v>560</v>
+        <v>564</v>
       </c>
       <c r="E96" t="s">
         <v>20</v>
       </c>
       <c r="F96" t="s">
         <v>21</v>
       </c>
       <c r="G96" t="s">
         <v>22</v>
       </c>
       <c r="H96">
-        <v>2001</v>
+        <v>1996</v>
       </c>
       <c r="I96">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="J96" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="K96" t="s">
         <v>24</v>
       </c>
       <c r="L96" t="s">
-        <v>561</v>
+        <v>565</v>
       </c>
       <c r="M96" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="N96" t="s">
         <v>27</v>
       </c>
       <c r="O96" t="s">
-        <v>562</v>
+        <v>566</v>
       </c>
       <c r="P96" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="B97" t="s">
-        <v>565</v>
+        <v>569</v>
       </c>
       <c r="C97" t="s">
-        <v>359</v>
+        <v>369</v>
       </c>
       <c r="D97" t="s">
-        <v>484</v>
+        <v>570</v>
       </c>
       <c r="E97" t="s">
         <v>20</v>
       </c>
       <c r="F97" t="s">
         <v>21</v>
       </c>
       <c r="G97" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H97">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I97"/>
+        <v>2001</v>
+      </c>
+      <c r="I97">
+        <v>2018</v>
+      </c>
       <c r="J97" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="K97" t="s">
         <v>24</v>
       </c>
       <c r="L97" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
       <c r="M97" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="N97" t="s">
         <v>27</v>
       </c>
       <c r="O97" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
       <c r="P97" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>569</v>
+        <v>574</v>
       </c>
       <c r="B98" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
       <c r="C98" t="s">
-        <v>359</v>
+        <v>369</v>
       </c>
       <c r="D98" t="s">
-        <v>571</v>
+        <v>494</v>
       </c>
       <c r="E98" t="s">
         <v>20</v>
       </c>
       <c r="F98" t="s">
         <v>21</v>
       </c>
       <c r="G98" t="s">
-        <v>22</v>
+        <v>56</v>
       </c>
       <c r="H98">
-        <v>2004</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I98"/>
       <c r="J98" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="K98" t="s">
         <v>24</v>
       </c>
       <c r="L98" t="s">
-        <v>572</v>
+        <v>576</v>
       </c>
       <c r="M98" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="N98" t="s">
         <v>27</v>
       </c>
       <c r="O98" t="s">
-        <v>573</v>
+        <v>577</v>
       </c>
       <c r="P98" t="s">
-        <v>574</v>
+        <v>578</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>575</v>
+        <v>579</v>
       </c>
       <c r="B99" t="s">
-        <v>576</v>
+        <v>580</v>
       </c>
       <c r="C99" t="s">
-        <v>359</v>
+        <v>369</v>
       </c>
       <c r="D99" t="s">
-        <v>19</v>
+        <v>581</v>
       </c>
       <c r="E99" t="s">
         <v>20</v>
       </c>
       <c r="F99" t="s">
         <v>21</v>
       </c>
       <c r="G99" t="s">
         <v>22</v>
       </c>
       <c r="H99">
-        <v>1998</v>
+        <v>2004</v>
       </c>
       <c r="I99">
-        <v>2019</v>
+        <v>2014</v>
       </c>
       <c r="J99" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="K99" t="s">
         <v>24</v>
       </c>
       <c r="L99" t="s">
-        <v>577</v>
+        <v>582</v>
       </c>
       <c r="M99" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="N99" t="s">
         <v>27</v>
       </c>
       <c r="O99" t="s">
-        <v>578</v>
+        <v>583</v>
       </c>
       <c r="P99" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>580</v>
+        <v>585</v>
       </c>
       <c r="B100" t="s">
-        <v>581</v>
+        <v>586</v>
       </c>
       <c r="C100" t="s">
-        <v>359</v>
+        <v>369</v>
       </c>
       <c r="D100" t="s">
-        <v>582</v>
+        <v>19</v>
       </c>
       <c r="E100" t="s">
         <v>20</v>
       </c>
       <c r="F100" t="s">
         <v>21</v>
       </c>
       <c r="G100" t="s">
         <v>22</v>
       </c>
       <c r="H100">
-        <v>2012</v>
+        <v>1998</v>
       </c>
       <c r="I100">
         <v>2019</v>
       </c>
       <c r="J100" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="K100" t="s">
         <v>24</v>
       </c>
       <c r="L100" t="s">
-        <v>583</v>
+        <v>587</v>
       </c>
       <c r="M100" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="N100" t="s">
         <v>27</v>
       </c>
       <c r="O100" t="s">
-        <v>584</v>
+        <v>588</v>
       </c>
       <c r="P100" t="s">
-        <v>585</v>
+        <v>589</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>586</v>
+        <v>590</v>
       </c>
       <c r="B101" t="s">
-        <v>587</v>
+        <v>591</v>
       </c>
       <c r="C101" t="s">
-        <v>359</v>
+        <v>369</v>
       </c>
       <c r="D101" t="s">
-        <v>588</v>
+        <v>592</v>
       </c>
       <c r="E101" t="s">
         <v>20</v>
       </c>
       <c r="F101" t="s">
         <v>21</v>
       </c>
       <c r="G101" t="s">
         <v>22</v>
       </c>
       <c r="H101">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="I101">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="J101" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="K101" t="s">
         <v>24</v>
       </c>
       <c r="L101" t="s">
-        <v>589</v>
+        <v>593</v>
       </c>
       <c r="M101" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="N101" t="s">
         <v>27</v>
       </c>
       <c r="O101" t="s">
-        <v>590</v>
+        <v>594</v>
       </c>
       <c r="P101" t="s">
-        <v>591</v>
+        <v>595</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>592</v>
+        <v>596</v>
       </c>
       <c r="B102" t="s">
-        <v>593</v>
+        <v>597</v>
       </c>
       <c r="C102" t="s">
-        <v>327</v>
+        <v>369</v>
       </c>
       <c r="D102" t="s">
-        <v>594</v>
+        <v>598</v>
       </c>
       <c r="E102" t="s">
         <v>20</v>
       </c>
       <c r="F102" t="s">
         <v>21</v>
       </c>
       <c r="G102" t="s">
         <v>22</v>
       </c>
       <c r="H102">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="I102">
-        <v>2020</v>
+        <v>2014</v>
       </c>
       <c r="J102" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="K102" t="s">
         <v>24</v>
       </c>
       <c r="L102" t="s">
-        <v>595</v>
+        <v>599</v>
       </c>
       <c r="M102" t="s">
-        <v>596</v>
+        <v>348</v>
       </c>
       <c r="N102" t="s">
         <v>27</v>
       </c>
       <c r="O102" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
       <c r="P102" t="s">
-        <v>598</v>
+        <v>601</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="B103" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="C103" t="s">
-        <v>327</v>
+        <v>337</v>
       </c>
       <c r="D103" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="E103" t="s">
         <v>20</v>
       </c>
       <c r="F103" t="s">
         <v>21</v>
       </c>
       <c r="G103" t="s">
         <v>22</v>
       </c>
       <c r="H103">
-        <v>2018</v>
+        <v>2009</v>
       </c>
       <c r="I103">
         <v>2020</v>
       </c>
       <c r="J103" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="K103" t="s">
-        <v>203</v>
+        <v>24</v>
       </c>
       <c r="L103" t="s">
-        <v>479</v>
+        <v>605</v>
       </c>
       <c r="M103" t="s">
-        <v>596</v>
+        <v>606</v>
       </c>
       <c r="N103" t="s">
         <v>27</v>
       </c>
       <c r="O103" t="s">
-        <v>602</v>
+        <v>607</v>
       </c>
       <c r="P103" t="s">
-        <v>603</v>
+        <v>608</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>604</v>
+        <v>609</v>
       </c>
       <c r="B104" t="s">
-        <v>605</v>
+        <v>610</v>
       </c>
       <c r="C104" t="s">
-        <v>317</v>
+        <v>337</v>
       </c>
       <c r="D104" t="s">
-        <v>554</v>
+        <v>611</v>
       </c>
       <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>21</v>
+      </c>
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
+        <v>2018</v>
+      </c>
+      <c r="I104">
+        <v>2020</v>
+      </c>
+      <c r="J104" t="s">
+        <v>371</v>
+      </c>
+      <c r="K104" t="s">
+        <v>204</v>
+      </c>
+      <c r="L104" t="s">
+        <v>489</v>
+      </c>
+      <c r="M104" t="s">
         <v>606</v>
       </c>
-      <c r="F104" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="N104" t="s">
         <v>27</v>
       </c>
       <c r="O104" t="s">
-        <v>608</v>
+        <v>612</v>
       </c>
       <c r="P104" t="s">
-        <v>609</v>
+        <v>613</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="B105" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="C105" t="s">
-        <v>18</v>
+        <v>327</v>
       </c>
       <c r="D105" t="s">
-        <v>612</v>
+        <v>564</v>
       </c>
       <c r="E105" t="s">
-        <v>20</v>
+        <v>616</v>
       </c>
       <c r="F105" t="s">
-        <v>166</v>
+        <v>329</v>
       </c>
       <c r="G105" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="H105"/>
       <c r="I105"/>
       <c r="J105" t="s">
-        <v>50</v>
+        <v>68</v>
       </c>
       <c r="K105" t="s">
         <v>24</v>
       </c>
       <c r="L105"/>
-      <c r="M105"/>
+      <c r="M105" t="s">
+        <v>617</v>
+      </c>
       <c r="N105" t="s">
         <v>27</v>
       </c>
       <c r="O105" t="s">
-        <v>613</v>
+        <v>618</v>
       </c>
       <c r="P105" t="s">
-        <v>614</v>
+        <v>619</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>615</v>
+        <v>620</v>
       </c>
       <c r="B106" t="s">
-        <v>616</v>
+        <v>621</v>
       </c>
       <c r="C106" t="s">
-        <v>126</v>
+        <v>18</v>
       </c>
       <c r="D106" t="s">
-        <v>49</v>
+        <v>622</v>
       </c>
       <c r="E106" t="s">
         <v>20</v>
       </c>
       <c r="F106" t="s">
         <v>166</v>
       </c>
       <c r="G106" t="s">
         <v>56</v>
       </c>
       <c r="H106">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="I106"/>
       <c r="J106" t="s">
         <v>50</v>
       </c>
       <c r="K106" t="s">
         <v>24</v>
       </c>
       <c r="L106"/>
       <c r="M106"/>
       <c r="N106" t="s">
         <v>27</v>
       </c>
       <c r="O106" t="s">
-        <v>617</v>
+        <v>623</v>
       </c>
       <c r="P106" t="s">
-        <v>618</v>
+        <v>624</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>625</v>
+      </c>
+      <c r="B107" t="s">
+        <v>626</v>
+      </c>
+      <c r="C107" t="s">
+        <v>126</v>
+      </c>
+      <c r="D107" t="s">
+        <v>49</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>166</v>
+      </c>
+      <c r="G107" t="s">
+        <v>56</v>
+      </c>
+      <c r="H107">
+        <v>2013</v>
+      </c>
+      <c r="I107"/>
+      <c r="J107" t="s">
+        <v>50</v>
+      </c>
+      <c r="K107" t="s">
+        <v>24</v>
+      </c>
+      <c r="L107"/>
+      <c r="M107"/>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>627</v>
+      </c>
+      <c r="P107" t="s">
+        <v>628</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">