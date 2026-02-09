--- v0 (2025-10-13)
+++ v1 (2026-02-09)
@@ -12,3453 +12,2333 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1098">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="735">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL - Alternative Current Contactor</t>
   </si>
   <si>
+    <t>This policy covers alternative current contractors.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Contactors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 14048.1 GB 14048.4</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-alternative-current-contactor</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/5%E9%99%84%E4%BB%B620_%E4%BA%A4%E6%B5%81%E6%8E%A5%E8%A7%A6%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL - Commercial refrigerated cabinets with self-contained condensing unit</t>
   </si>
   <si>
+    <t>This policy covers commercial refrigerated cabinets with self-contained condensing unit.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>GB/T 21001.1; GB/T 21001.2-2015; GB/T 21001.3; SB/T 10794.1-2012; SB/T 10794.2-2012; SB/T 10794.3-2012</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-commercial-refrigerated-cabinets-self-contained-condensing-unit</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/10/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%</t>
+  </si>
+  <si>
     <t>CEL - Ducted Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers ducted air conditioners.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>GB/T 17758-2010; GB/T 18836; GB 21455; GB/T 25128-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E9%A3%8E%E7%AE%A1%E9%80%81%E9%A3%8E%E5%BC%8F%E7%A9%BA%E8%B0%</t>
+  </si>
+  <si>
     <t>CEL - High Pressure Sodium Lamps</t>
   </si>
   <si>
+    <t>Applies to ordinary high-pressure sodium vapor lamps with transparent glass cover for outdoor lighting service and rated power 50W; 70W; 100W; 150W; 250W; 400W; and 1000W with matching ballasts and ignitors; and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>GB 19573-2004 GB/T 13434 GB/T 13259</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-high-pressure-sodium-lamps</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E9%AB%98%E5%8E%8B%E9%92%A0%E7%81%AF%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL - Lithium Bromide Absorption Chillers</t>
   </si>
   <si>
+    <t>This policy covers lithium bromide absorption chillers.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 18362; GB/T 18431</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-lithium-bromide-absorption-chillers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B635_%E6%BA%B4%E5%8C%96%E9%94%82%E5%90%B8%E6%</t>
+  </si>
+  <si>
     <t>CEL - Three-Phase Permanent Magnet Synchronous Motors</t>
   </si>
   <si>
+    <t>This policy covers asynchronous, three-phase permanent magnet synchronous motors.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>GB 755-2008; GB 10068-2008; GB 10069.3-2008; GB/T 22669-2008; GB/T 22670-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-three-phase-permanent-magnet-synchronous-motors</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E6%B0%B8%E7%A3%81%E5%90%8C%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL - Variable-Frequency and Permanent Magnet Synchronous Motors for Elevators</t>
   </si>
   <si>
+    <t>This policy covers permanent magnet synchronous motors for elevators and variable-frequency, permanent magnet synchronous motors.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-variable-frequency-and-permanent-magnet-synchronous-motors-elevators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E6%B0%B8%E7%A3%81%E5%90%8C%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%</t>
+  </si>
+  <si>
     <t>CEL - Water Chillers</t>
   </si>
   <si>
+    <t>Applies to water chilling/heat pump packages using the vapor compression cycle with electric motor driven compressor.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>GB/T 18430.1 GB/T 18430.2 GB 18070</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-water-chillers</t>
   </si>
   <si>
-    <t>CEL 021-2021 Ventilators</t>
-[...5 lines deleted...]
-    <t>Entered into force, Adopted, Revised</t>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7_%E5%86%B7%E6%B0%B4%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>CEL 035-2016 Projectors</t>
+  </si>
+  <si>
+    <t>This policy contains energy labeling requirements for projectors. It applies to LCD and DLP projectors that work normally under grid voltage with projection as the main function and high-pressure mercury lamps or metal halide lamps as the light source. It is not suitable for integrated projection units consisting of a projection screen and projector, e.g., professional projectors for cinema projection.</t>
+  </si>
+  <si>
+    <t>Projectors</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
-    <t>GB 19761-2009
-[...47 lines deleted...]
-  <si>
     <t>GB/T 8170; GB 20943; SJ/T 11332; SJ/T 11346</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-035-2016-projectors</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=e59e428822a54893b571a5cf2b9b4f56</t>
+  </si>
+  <si>
     <t>CEL- Air Cleaners</t>
   </si>
   <si>
+    <t>This policy covers air cleaners.</t>
+  </si>
+  <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>GB/T 18801-2015; GB/T 18883-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-air-cleaners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E7%A9%BA%E6%B0%94%E5%87%80%E5%8C%96%E5%99%A8%E8%83%BD%E6%BA%</t>
+  </si>
+  <si>
     <t>CEL- Digital Television Adapters (Set Top Box)</t>
   </si>
   <si>
+    <t>This policy covers digital television adapters (set top box).</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB/T 2829-2002; GB/T 14857; GB/T 17700; GB/T 17975.1; GB/T 17975.2; GB/T 17975.3; GB/T 20600; GB 20943; GD/JN 01; GY/T 155; GY/T 170; IEC 62087:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-digital-television-adapters-set-top-box</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/%E6%9C%BA%E9%A1%B6%E7%9B%92.pdf</t>
+  </si>
+  <si>
     <t>CEL- Directional Integrated LED Lamps for Indoor Lighting</t>
   </si>
   <si>
+    <t>This policy covers directional integrated LED lamps.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>GB/T 29295; GB/T 29296</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-directional-integrated-led-lamps-indoor-lighting</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E</t>
+  </si>
+  <si>
     <t>CEL- Household Air Conditioning Electric Ventilating Fans</t>
   </si>
   <si>
+    <t>This policy covers household and similar purposes A.C. electric ventilating fans.</t>
+  </si>
+  <si>
     <t>Exhaust Fans</t>
   </si>
   <si>
     <t>GB/T 1236; GB/T 2828.1; GB/T 2829; GB/T 14806</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-household-air-conditioning-electric-ventilating-fans</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%</t>
+  </si>
+  <si>
     <t>CEL- LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
+    <t>This policy covers LED luminaires for road and tunnel lighting.</t>
+  </si>
+  <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-led-luminaires-road-and-tunnel-lighting</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E9%81%93%E8%B7%AF%E5%92%8C%E9%9A%A7%E9%81%93%E7%85%A7%E6%98%8</t>
+  </si>
+  <si>
     <t>CEL- LED products for indoor lighting: LED downlights</t>
   </si>
   <si>
+    <t>This policy covers LED downlights.</t>
+  </si>
+  <si>
     <t>Indoor Luminaires</t>
   </si>
   <si>
     <t>GB/T 29293; GB/T 29294</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-led-products-indoor-lighting-led-downlights</t>
   </si>
   <si>
     <t>CEL- Low Ambient Temperature Air Source Heat Pumps</t>
   </si>
   <si>
+    <t>This policy covers low ambient temperature air source heat pumps.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>GB/T 21362-2008; GB/T 25127.1-2010; GB/T 25127.2-2010; JB/T 12841-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-low-ambient-temperature-air-source-heat-pumps</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E4%BD%8E%E7%8E%AF%E5%A2%83%E6%B8%A9%E5%BA%A6%E7%A9%BA%E6%B0%</t>
+  </si>
+  <si>
     <t>CEL- Rice cookers</t>
   </si>
   <si>
+    <t>This policy covers rice cookers.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>GB 4706.1; GB 4706.19; QB/T 4099</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-rice-cookers</t>
   </si>
   <si>
-    <t>CEL-004. Unitary Air Conditioners</t>
-[...23 lines deleted...]
-    <t>Instantaneous Water Heaters</t>
+    <t>CEL-011. Multi-Connected -Heat Pump- Air Conditioner</t>
+  </si>
+  <si>
+    <t>Applies to multi-connected air conditioning -heat pump unit of T1 climate type. Does NOT apply to double or multiple cooling circulation system unit.</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>GB/T 18837</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cel-011-multi-connected-heat-pump-air-conditioner</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E5%A4%9A%E8%81%94%E5%BC%8F%E5%BC%8F%E7%A9%BA%E8%B0%83%C3%AF%C2%BC%C2%88%E7%83%AD%E6%B3%B5%C3%AF%C2%BC%C2%89%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>CEL-012. Electric Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Applies only to Electrical storage water heaters. Energy Labeling Classes: 5. The rating requirements for the label are specified on national energy standards GB 21519-2008.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>GB/T 20289-2006 GB 21519-2008</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cel-012-electric-storage-water-heaters</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E5%82%A8%E6%B0%B4%E5%BC%8F%E7%94%B5%E7%83%AD%E6%B0%B4%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>CEL-014. Computer Monitors</t>
+  </si>
+  <si>
+    <t>Applies to CRT and LCD monitors for computers working under normal electricity grid voltage and those displays with tuners and or receivers mainly used as computer monitors.</t>
+  </si>
+  <si>
+    <t>Displays</t>
+  </si>
+  <si>
+    <t>GB 21520-2008 CCEC/T23-2003 GB 20943-2013 GB 20943 SJ/T 11292</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cel-014-computer-monitors</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B616_%E8%AE%A1%E7%AE%97%E6%9C%BA%E6%98%BE%E7%A4%BA%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>CEL-021. Power Transformer</t>
+  </si>
+  <si>
+    <t>Applies to remote refrigerated display cabinets for food sales and display. Does NOT apply to refrigerated automatic vending machine or refrigerated display cabinets which are not for retail purpose.</t>
+  </si>
+  <si>
+    <t>Power Transformers</t>
+  </si>
+  <si>
+    <t>GB 1094.1-1996 GB/T 2900.15-1997 GB/T 6451-2008 GB 24790-2009</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cel-021-power-transformer</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/xzzq/display.htm?contentId=ae2f1677d59a46688deb3fdd6b01095c</t>
+  </si>
+  <si>
+    <t>CEL-034. Cooker Hood</t>
+  </si>
+  <si>
+    <t>Applies to cooker hoods with the rated voltage not exceeding 250 V and cookers stove and similar types with upper hood</t>
+  </si>
+  <si>
+    <t>Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>GB 29539-2013</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cel-034-cooker-hood</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B630_%E5%90%B8%E6%B2%B9%E7%83%9F%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>CEL-039. Commercial Gas Stoves</t>
+  </si>
+  <si>
+    <t>Applies to commercial gas-to-energy stoves with a rated thermal load of single burner not exceeding 60 kW and a nominal heat load of each burner not exceeding 80 kW and a vapor pressure not exceeding 500Pa. A nominal diameter should not be less than 600 mm.</t>
+  </si>
+  <si>
+    <t>Ovens</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
-    <t>GB 20665-2015 GB 6932 GB/T 13611 CJ/T 228</t>
-[...101 lines deleted...]
-    <t>CEL-022. Ventilators</t>
+    <t>GB/T 13611, GB 30720-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cel-039-commercial-gas-stoves</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B633_%E5%95%86%E7%94%A8%E7%87%83%E6%B0%94%E7%81%B6%E5%85%B7%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>CEL-LED products for indoor lighting: Non-directional self ballasted LED lamp</t>
+  </si>
+  <si>
+    <t>This policy covers LED products for indoor lighting: Non directional self ballasted LED lamp.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>GB/T 24908; GB/T 31112; GB/T 24824</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cel-led-products-indoor-lighting-non-directional-self-ballasted-led-lamp</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E5%93%81%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>China Water Efficiency Labeling Program (CWEL)</t>
+  </si>
+  <si>
+    <t>The Water Efficiency Labeling Programwas introduced in 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
+    <t>Toilets</t>
+  </si>
+  <si>
+    <t>January 2021</t>
+  </si>
+  <si>
+    <t>Water</t>
+  </si>
+  <si>
+    <t>National Development and Reform Commission, Ministry of Water Resources</t>
+  </si>
+  <si>
+    <t>Water Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel</t>
+  </si>
+  <si>
+    <t>http://www.cnstandards.net/index.php/resource/energy-conservation/china-water-efficiency-labeling/</t>
+  </si>
+  <si>
+    <t>The Water Efficiency Labeling Programwas introducedin 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
+    <t>Urinals</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel-0</t>
+  </si>
+  <si>
+    <t>Showers or Showerheads</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel-1</t>
+  </si>
+  <si>
+    <t>Taps or Faucets</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel-2</t>
+  </si>
+  <si>
+    <t>Squatting Toilets</t>
+  </si>
+  <si>
+    <t>GB 6952</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel-3</t>
+  </si>
+  <si>
+    <t>CQC31-371162-2020. Energy Conservation Certification Rules for Sealed Insulating Glass Unit</t>
+  </si>
+  <si>
+    <t>Apply to sealed insulating glass unit</t>
+  </si>
+  <si>
+    <t>Windows, Insulations</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>CQC 3117-2020</t>
+  </si>
+  <si>
+    <t>China Quality Certification Center (CQC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-371162-2020-energy-conservation-certification-rules-sealed-insulating-glass-unit</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-11-11/492707.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-406331-2015. Energy Conservation Certification Rules for Secondary Water Supply Equipment</t>
+  </si>
+  <si>
+    <t>Applied to secondary water supply equipment in civil bulidings</t>
+  </si>
+  <si>
+    <t>Pump Systems</t>
+  </si>
+  <si>
+    <t>CQC3153-2015</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-406331-2015-energy-conservation-certification-rules-secondary-water-supply-equipment</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-06-19/512753.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-432216-2011. Energy Conservation Certification Rules for Centrifual Corrosion Resisting Pump</t>
+  </si>
+  <si>
+    <t>Apply to centrifual corrosion resisting pump</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>CQC 3122-2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-432216-2011-energy-conservation-certification-rules-centrifual-corrosion-resisting</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492994.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-439125-2019. Energy Conservation Certification Rules for Unitary Air Conditioners for Computer and Data Processing Room</t>
+  </si>
+  <si>
+    <t>Applies to products of water-cooling type and air-cooling type</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>GB 19576-2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439125-2019-energy-conservation-certification-rules-unitary-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492735.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-439126-2014. CQC Mark Certification - Dehumidifier</t>
+  </si>
+  <si>
+    <t>Applies to whole-type or split-type dehumidifiers with a dehumidification capacity of more than 0.16 kg per h</t>
+  </si>
+  <si>
+    <t>Dehumidifiers</t>
+  </si>
+  <si>
+    <t>GB/T 19411-2003, GB/T 20109-2006</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439126-2014-cqc-mark-certification-dehumidifier</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/509967.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-439130-2019. Energy Conservation Certification Rules for Ducted Air Conditioners</t>
+  </si>
+  <si>
+    <t>Apply to ducted air conditioners</t>
+  </si>
+  <si>
+    <t>GB 37479-2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439130-2019-energy-conservation-certification-rules-ducted-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-07-31/554801.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-439132-2009. CQC Mark Certification - Refrigerant compressors used in air-conditioning applications</t>
+  </si>
+  <si>
+    <t>This policy applies to wholly-closed electric motor-compressor wholly-closed turbine type cooling compressor piston type single stage cooling compressor and screw type cooling compressor.</t>
+  </si>
+  <si>
+    <t>Refrigerant Compressors</t>
+  </si>
+  <si>
+    <t>CQC 2209-2009</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439132-2009-cqc-mark-certification-refrigerant-compressors-used-air-conditioning</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-13/492739.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-439137-2014. Mark Certification - Water-source (ground-source) heat pumps</t>
+  </si>
+  <si>
+    <t>Applies to ground source heat pumps</t>
+  </si>
+  <si>
+    <t>GB 30721-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439137-2014-mark-certification-water-source-ground-source-heat-pumps</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492749.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-439311-2009. CQC Mark Certification - Fans</t>
+  </si>
+  <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does NOT apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
   </si>
   <si>
     <t>Industrial Blowers</t>
   </si>
   <si>
     <t>GB 19761-2009 GB/T 1236 GB/T 10178 JB/T 2977 JB/T 4357 JB/T 4358 JB/T 4362 JB/T 10562 JB/T 10563</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/cel-022-ventilators</t>
-[...32 lines deleted...]
-    <t>CEL-026. Domestic solar water heating system</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439311-2009-cqc-mark-certification-fans</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=36490</t>
+  </si>
+  <si>
+    <t>CQC31-439343-2020. Energy Conservation Certification Rules for Refrigerated Beverage Vending Machines</t>
+  </si>
+  <si>
+    <t>Apply to refrigerated beverage bending machines</t>
+  </si>
+  <si>
+    <t>Refrigerated Vending Machines</t>
+  </si>
+  <si>
+    <t>GB 26920.3-2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439343-2020-energy-conservation-certification-rules-refrigerated-beverage-vending</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-10-19/556980.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-439804-2018. Energy Conservation Certification Rules for Multi-Type Low Ambient Temperature Air Source Heat Pump Air Heating Units</t>
+  </si>
+  <si>
+    <t>Apply to multi-type low ambient temperature air source heat pump air heating units</t>
+  </si>
+  <si>
+    <t>CQC 3168-2018</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439804-2018-energy-conservation-certification-rules-multi-type-low-ambient</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/554194.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-439806-2020. Energy Conservation Certification Rules for Air Source Heat Pump for Tobacco Curing Barn</t>
+  </si>
+  <si>
+    <t>Apply to air source heat pump for tobacco curing barn</t>
+  </si>
+  <si>
+    <t>CQC 3176-2020</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439806-2020-energy-conservation-certification-rules-air-source-heat-pump-tobacco</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-04-07/557156.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-442412-2020. Energy Conservation Certification Rules for Electric Welding Machines</t>
+  </si>
+  <si>
+    <t>Apply to electric welding machines</t>
+  </si>
+  <si>
+    <t>Internal Power Supply</t>
+  </si>
+  <si>
+    <t>GB 28736-2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-442412-2020-energy-conservation-certification-rules-electric-welding-machines</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-05-13/497379.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-448149-2011. CQC Mark Certification - Commercial Water Boilers</t>
+  </si>
+  <si>
+    <t>Applies to commercial water boilers. For single-phase appliances connected to a phase line and neutral line its rated voltage not exceeding 250V and other appliances' rated voltage not exceeding 450V</t>
+  </si>
+  <si>
+    <t>Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>CQC 3133-2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448149-2011-cqc-mark-certification-commercial-water-boilers</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492730.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-448174-2015. CQC Mark Certification - Water Dispenser</t>
+  </si>
+  <si>
+    <t>Applies to water dispensers, with rated voltage of not more than 250V.</t>
+  </si>
+  <si>
+    <t>Water Coolers</t>
+  </si>
+  <si>
+    <t>GB 30978-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448174-2015-cqc-mark-certification-water-dispenser</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492751.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-448314-2013. Energy Conservation Certification Rules for Solar Collectors</t>
+  </si>
+  <si>
+    <t>Apply to solar collectors</t>
+  </si>
+  <si>
+    <t>Solar Inverters</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
-    <t>GB 26969-2011</t>
-[...577 lines deleted...]
-  <si>
     <t>CQC3188-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448314-2013-energy-conservation-certification-rules-solar-collectors</t>
   </si>
   <si>
-    <t>CQC31-452421-2011. CQC Mark Certification - Server</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452421-2011-cqc-mark-certification-server</t>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/509581.shtml</t>
   </si>
   <si>
     <t>CQC31-452422-2019. Energy Conservation Certification Rules for Ethernet Switches</t>
   </si>
   <si>
+    <t>Applies to fixed port ethernet switch directly or indirectly connected to grid power. Does NOT apply to slot ethernet switch or DC-powered ethernet switch.</t>
+  </si>
+  <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>CQC 3140-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452422-2019-energy-conservation-certification-rules-ethernet-switches</t>
   </si>
   <si>
-    <t>CQC31-452611-2011. CQC Mark Certification - Scanners</t>
-[...104 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461219-2010-cqc-mark-certification-power-transformer</t>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/496852.shtml</t>
   </si>
   <si>
     <t>CQC31-461225-2012. Energy Conservation Certification Rules for Ballasts for Tubular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Apply to ballasts for tubular fluorescent lamps</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>GB 17896-2012; GB/T 15144-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461225-2012-energy-conservation-certification-rules-ballasts-tubular-fluorescent</t>
   </si>
   <si>
-    <t>CQC31-461226-2010. CQC Mark Certification - High Pressure Sodium Vapor Lamps Ballast</t>
-[...23 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461229-2014-cqc-mark-certification-ac-electronic-ballast-single-capped-electrodeless</t>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-08-24/553843.shtml</t>
   </si>
   <si>
     <t>CQC31-461234-2009. CQC Mark Certification - Uninterruptible Power Supplies (UPS)</t>
   </si>
   <si>
+    <t>This policy applies to uninterruptible power supplies.</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>CQC 3108-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461234-2009-cqc-mark-certification-uninterruptible-power-supplies-ups</t>
   </si>
   <si>
-    <t>CQC31-461235-2014. CQC Mark Certification - Switch power supply of computers</t>
-[...26 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461238-2009-cqc-mark-certification-variable-frequency-speed-regulation-devices</t>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492771.shtml</t>
   </si>
   <si>
     <t>CQC31-461281-2017 Energy Conservation Certification Rules for Electronic Control gear for LED Modules</t>
   </si>
   <si>
+    <t>Applies  to Electronic Control gear for LED Modules -specified by GB24819 with a rated supply voltage of no larger than  1000V DC or AC</t>
+  </si>
+  <si>
     <t>Lighting Controls</t>
   </si>
   <si>
     <t>CQC3146-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461281-2017-energy-conservation-certification-rules-electronic-control-gear-led</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-11-03/511032.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461289-2021 Energy Conservation Certification Rules for Low-Voltage Reactive Power Compensation Assemblies</t>
+  </si>
+  <si>
+    <t>This policy contains Energy Conservation Certification Rules for low-voltage reactive power compensation assemblies. It applies to low-voltage reactive power compensation assemblies with a rated AC voltage not exceeding 1000 V (or 1140 V) and a frequency not exceeding 1000 Hz</t>
   </si>
   <si>
     <t>Electronics, Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>GB/T 15576-2020
 ,   
                     CQC3179-2021</t>
   </si>
   <si>
+    <t>China Quality Certification Centre</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461289-2021-energy-conservation-certification-rules-low-voltage-reactive-power</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-12-17/558553.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462121-2009. CQC Mark Certification - Low voltage distribution saver</t>
   </si>
   <si>
+    <t>Applies to Low voltage distribution saver of rated voltage lower than 1000V; rated frequency of 50Hz and rated capacity no more than 2500kVA.</t>
+  </si>
+  <si>
     <t>Smart home devices</t>
   </si>
   <si>
     <t>CQC 3103-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-462121-2009-cqc-mark-certification-low-voltage-distribution-saver</t>
   </si>
   <si>
-    <t>CQC31-462121-2021. Energy Conservation Certification Rules for Step-down Power Saving Devices</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-462191-2010-cqc-mark-certification-socket-outlets-and-adaptors</t>
+    <t>https://www.cqc.com.cn/www/chinese/rootfiles/2011/08/02/1312218401953921-1312218401978593.pdf</t>
   </si>
   <si>
     <t>CQC31-462213-2015. Energy Conservation Certification Rules for Closed Insulated Busways</t>
   </si>
   <si>
+    <t>Apply to closed insulated busways</t>
+  </si>
+  <si>
     <t>CQC3131-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-462213-2015-energy-conservation-certification-rules-closed-insulated-busways</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492856.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462227-2021. Energy Conservation Certification Rules for Low-Voltage Switchgear Assemblies</t>
   </si>
   <si>
+    <t>Apply to low-voltage switchgear assemblies</t>
+  </si>
+  <si>
     <t>CQC3177-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-462227-2021-energy-conservation-certification-rules-low-voltage-switchgear</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39718</t>
+  </si>
+  <si>
     <t>CQC31-462271-2022 Energy Conservation Certification Rules for High-Voltage/Low-Voltage Prefabricated Substations</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for high-voltage/low-voltage prefabricated substations. It applies to high-voltage/low-voltage prefabricated substations with a maximum rated AC voltage of 12 kV containing one or more transformers with an operating frequency of 50 Hz and installed in places that are accessible to the public outdoors and provide personnel protection.</t>
+  </si>
+  <si>
     <t>GB/T 17467-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-462271-2022-energy-conservation-certification-rules-high-voltagelow-voltage</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2022-07-28/559154.shtml</t>
+  </si>
+  <si>
     <t>CQC31-464244-2018. Energy Conservation Certification Rules for Electric Vehicle A.C Charging System</t>
   </si>
   <si>
+    <t>Apply to electric vehicle A.C charging system</t>
+  </si>
+  <si>
     <t>EV Charging Stations</t>
   </si>
   <si>
     <t>CQC 3169-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-464244-2018-energy-conservation-certification-rules-electric-vehicle-ac-charging</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554395.shtml</t>
+  </si>
+  <si>
     <t>CQC31-464245-2018. Energy Conservation Certification Rules for Electric Vehicle Off-Board Charger</t>
   </si>
   <si>
+    <t>Apply to electric vehicle off-board charger</t>
+  </si>
+  <si>
+    <t>External Power Supply</t>
+  </si>
+  <si>
     <t>CQC 3170-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-464245-2018-energy-conservation-certification-rules-electric-vehicle-board-charger</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554396.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465131-2013. CQC Mark Certification - Fluorescent Lamps for General Lighting Service, Self-Ballasted</t>
   </si>
   <si>
+    <t>Applies to CFLs of rated voltage of 220V; rated working frequency of 50Hz and rated power lower than 60W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stablization parts are integrated.</t>
+  </si>
+  <si>
+    <t>GB/T 17263-2013 GB 19044-2013</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465131-2013-cqc-mark-certification-fluorescent-lamps-general-lighting-service-self</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492728.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465132-2013. CQC Mark Certification - Fluorescent Lamps for General Lighting Service; Double-Capped</t>
   </si>
   <si>
+    <t>Applies to double-capped fluorescent lamps for general lighting services</t>
+  </si>
+  <si>
     <t>GB/T 10682-2010 GB 19043-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465132-2013-cqc-mark-certification-fluorescent-lamps-general-lighting-service-double</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492726.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465134-2009. CQC Mark Certification - High Pressure Sodium Lamp</t>
   </si>
   <si>
+    <t>Applies to High-pressure sodium lamps with transparent glass cover for outdoor lighting service, and power ranges from 50W-1000W with matching ballasts and ignitors and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465134-2009-cqc-mark-certification-high-pressure-sodium-lamp</t>
   </si>
   <si>
-    <t>CQC31-465135-2018 Energy Conservation Certification Rules for Metal-Halide Lamps</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465135-2018-energy-conservation-certification-rules-metal-halide-lamps</t>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-04-22/492722.shtml</t>
   </si>
   <si>
     <t>CQC31-465137-2013. CQC Mark Certification. Self-ballasted LED reflector Lamps</t>
   </si>
   <si>
+    <t>Apply to self-ballasted LED reflector lamps E27; operating under the conditions of 220V 50Hz and with the rated power of 60W or below</t>
+  </si>
+  <si>
     <t>CQC 3129-2013, GB 17625.1-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465137-2013-cqc-mark-certification-self-ballasted-led-reflector-lamps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492710.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465192-2014. CQC Mark Certification. Non-directional self-ballasted LED lamps for general lighting</t>
   </si>
   <si>
+    <t>Apply to non-directional self-ballasted LED lamps used for domestic and similar general lighting purpose, having:  a rated wattage up to 60 W;  a rated voltage of up to 250 V AC; and  lamp cap according to relevant GB standards.</t>
+  </si>
+  <si>
     <t>GB/T 24908-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465192-2014-cqc-mark-certification-non-directional-self-ballasted-led-lamps-general</t>
   </si>
   <si>
-    <t>CQC31-465195-2014. CQC Mark Certification - Self-ballasted Electrodeless fluorescent lamps with general lighting service</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465197-2014-cqc-mark-certification-double-capped-led-lamps-designed-retrofit-linear</t>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/493754.shtml</t>
   </si>
   <si>
     <t>CQC31-465315-2013. CQC Mark Certification. LED Downlights</t>
   </si>
   <si>
+    <t>Applies to domestic LED Downlights operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
     <t>CQC 3128-2013 GB 17625.1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465315-2013-cqc-mark-certification-led-downlights</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492712.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465317-2020. Energy Conservation Certification Rules for LED Flat Panel Luminaires</t>
   </si>
   <si>
+    <t>Applies to LED Flat Panel Luminares with power supply not exceeding 250V</t>
+  </si>
+  <si>
     <t>GB 38450-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465317-2020-energy-conservation-certification-rules-led-flat-panel-luminaires</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-11-09/511478.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465318-2016. Energy Conservation Certification Rules for Lighting Products Used in Classrooms in Schools and Kindergartens</t>
   </si>
   <si>
+    <t>This policy applies to lighting products used in classrooms in schools and kindergartens.</t>
+  </si>
+  <si>
     <t>CQC3155-2016; GB/T 18595-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465318-2016-energy-conservation-certification-rules-lighting-products-used</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/513894.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465331-2019. Energy Conservation Certification Rules for LED Downlights</t>
   </si>
   <si>
+    <t>Apply to  LED downlights</t>
+  </si>
+  <si>
     <t>GB 30255-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465331-2019-energy-conservation-certification-rules-led-downlights</t>
   </si>
   <si>
-    <t>CQC31-465391-2018 Energy Conservation Certification Rules for Luminaries System for Road Lighting</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465391-2018-energy-conservation-certification-rules-luminaries-system-road-lighting</t>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555384.shtml</t>
   </si>
   <si>
     <t>CQC31-465392-2016. Energy Conservation Certification Rules for LED Lighting Products for Street Lighting &amp; Tunnel Lighting</t>
   </si>
   <si>
+    <t>Applies to LED Lighting Products for Street Lighting and Tunnel Lighting operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
     <t>CQC 3127-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465392-2016-energy-conservation-certification-rules-led-lighting-products-street</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492713.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465397-2019. Energy Conservation Certification Rules for LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
+    <t>Apply to LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
     <t>GB 37478-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465397-2019-energy-conservation-certification-rules-led-luminaires-road-and-tunnel</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555385.shtml</t>
+  </si>
+  <si>
     <t>CQC31-473232-2014. Energy Conservation Certification Rules for Video Recorder</t>
   </si>
   <si>
+    <t>Apply to video recorder directly or indirectly connected to grid power</t>
+  </si>
+  <si>
     <t>CQC 3149-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-473232-2014-energy-conservation-certification-rules-video-recorder</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/511496.shtml</t>
+  </si>
+  <si>
     <t>CQC31-473421-2017. Energy Conservation Certification Rules for Lottery Sales Terminal</t>
   </si>
   <si>
+    <t>Apply to lottery sales terminal</t>
+  </si>
+  <si>
     <t>CQC 3162-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-473421-2017-energy-conservation-certification-rules-lottery-sales-terminal</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/547515.shtml</t>
+  </si>
+  <si>
     <t>CQC31-482633-2017. Energy Conservation Certification Rules  for Single- Phase Static Electricity Meters</t>
   </si>
   <si>
+    <t>Apply to single-phase static electricity meters</t>
+  </si>
+  <si>
     <t>Household Meters</t>
   </si>
   <si>
     <t>CQC 3059-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-482633-2017-energy-conservation-certification-rules-single-phase-static-electricity</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2017-08-09/548591.shtml</t>
+  </si>
+  <si>
     <t>CQC31-482652-2018 Energy Conservation Certification Rules for High/Low Temperature Test Chambers</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for high/low temperature test chambers. It applies to high and low temperature test chambers with a nominal volume of not more than 1.2 m³, a temperature change rate of not more than 5°C/min, and the lowest measured temperature of no less than -25°C.</t>
+  </si>
+  <si>
     <t>CQC3166-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-482652-2018-energy-conservation-certification-rules-highlow-temperature-test</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554338.shtml</t>
+  </si>
+  <si>
     <t>CQC31-482653-2018 Energy Conservation Certification Rules for Hot Aging Test Ovens</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for hot aging test ovens. It applies to thermal hot air aging test chambers, electric heating drying ovens, and electric heat blast drying ovens with a nominal volume of not more than 1.2m³, powered by electricity and using air as the conduction medium.</t>
+  </si>
+  <si>
     <t>CQC3167-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-482653-2018-energy-conservation-certification-rules-hot-aging-test-ovens</t>
   </si>
   <si>
-    <t>CQC31-499111-2020 Energy Conservation Certification Rules for Motorcycles and Electric Bicycles</t>
-[...12 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-499111-2020-energy-conservation-certification-rules-motorcycles-and-electric</t>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554339.shtml</t>
   </si>
   <si>
     <t>CQC31-541205-2018. Energy Efficiency Certification Rules for Data Center</t>
   </si>
   <si>
+    <t>Apply to data center used in productive activities</t>
+  </si>
+  <si>
+    <t>Servers</t>
+  </si>
+  <si>
     <t>GB/T 32910.3-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-541205-2018-energy-efficiency-certification-rules-data-center</t>
   </si>
   <si>
-    <t>CQC32-353224-2013 Water Conservation Certification Rules for Liquid Fabric Detergent</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/cqc32-353224-2013-water-conservation-certification-rules-liquid-fabric-detergent</t>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-01/553498.shtml</t>
   </si>
   <si>
     <t>CQC32-369491-2021. Water Conservation Certification Rules for Shower Heads</t>
   </si>
   <si>
+    <t>Apply to shower heads</t>
+  </si>
+  <si>
     <t>GB 28378-2019; GB/T 23447-2009; GB/T 23448-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-369491-2021-water-conservation-certification-rules-shower-heads</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39493</t>
+  </si>
+  <si>
     <t>CQC32-372111-2021. Water Conservation Certification Rules for WC Pan</t>
   </si>
   <si>
+    <t>Apply to WC pan</t>
+  </si>
+  <si>
     <t>GB 25502-2017; GB 28377-2019; GB 30717-2019; GB 38448-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-372111-2021-water-conservation-certification-rules-wc-pan</t>
   </si>
   <si>
-    <t>CQC32-372121-2013 Water Conservation Certification Rules for Flush tank and Flush tank fitting</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/cqc32-372121-2013-water-conservation-certification-rules-flush-tank-and-flush-tank-fitting</t>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39491</t>
   </si>
   <si>
     <t>CQC32-429111-2021. Water Conservation Certification Rules for Shower</t>
   </si>
   <si>
+    <t>Apply to showers</t>
+  </si>
+  <si>
     <t>GB 28378-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-429111-2021-water-conservation-certification-rules-shower</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39492</t>
+  </si>
+  <si>
     <t>CQC32-432411-2016. Water Conservation Certification Rules for Flush Valve</t>
   </si>
   <si>
+    <t>Apply to flush valve</t>
+  </si>
+  <si>
     <t>GB 28379-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-432411-2016-water-conservation-certification-rules-flush-valve</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-05-30/492659.shtml</t>
+  </si>
+  <si>
     <t>CQC32-432414-2009. Water Conservation Certification Rules for Valves with Screwed Connections for Water-Heating System</t>
   </si>
   <si>
+    <t>Apply to valves with screwed connections for water-heating system</t>
+  </si>
+  <si>
     <t>GB/T 8464-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-432414-2009-water-conservation-certification-rules-valves-screwed-connections-water</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492612.shtml</t>
+  </si>
+  <si>
     <t>CQC32-432421-2021. Water Conservation Certification Rules for Faucets</t>
   </si>
   <si>
+    <t>Apply to faucets</t>
+  </si>
+  <si>
     <t>GB 25501-2019; GB 18145-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-432421-2021-water-conservation-certification-rules-faucets</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39490</t>
+  </si>
+  <si>
     <t>CQC32-439154-2016 Water Conservation Certification Rules for Household and Similar Use Reverse Osmosis Drinking Water Treatment Purifiers</t>
   </si>
   <si>
+    <t>Applies to Household and Similar Use Reverse Osmosis Drinking Water Treatment Purifiers which use centralzized water supply such as as municipal tap water as water source; and use reverse osmosis membrane as the main purification unit.</t>
+  </si>
+  <si>
     <t>GB34914-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-439154-2016-water-conservation-certification-rules-household-and-similar-use-reverse</t>
   </si>
   <si>
-    <t>CQC32-439154-2022 Water Conservation Certification Rules for Drinking Water Treatment Purifiers</t>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-07-04/529526.shtml</t>
+  </si>
+  <si>
+    <t>CQC32-482631-2013. Water Conservation Certification Rules for Integrated Circuit Card Water Meter</t>
+  </si>
+  <si>
+    <t>Apply to integrated circuit card water meter</t>
+  </si>
+  <si>
+    <t>CJ/T 133-2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc32-482631-2013-water-conservation-certification-rules-integrated-circuit-card-water</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492595.shtml</t>
+  </si>
+  <si>
+    <t>CQC61-445151-2015. CQC Mark Certification - Commercial gas cooking appliances</t>
+  </si>
+  <si>
+    <t>Applies to commercial gas-to-energy stoves with a rated thermal load of single burner not exceeding 60 kW and a nominal heat load of each burner not exceeding 80 kW. A nominal diameter should not be less than 600 mm.</t>
+  </si>
+  <si>
+    <t>GB 30531-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc61-445151-2015-cqc-mark-certification-commercial-gas-cooking-appliances</t>
+  </si>
+  <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/512311.shtml</t>
+  </si>
+  <si>
+    <t>CQC61-448262-2015 Energy Conservation and environmentally-friendly Certification rules for Domestic Gas Instantaneous Water Heater and Gas Fired Heating-hot Water Combi-boilers</t>
+  </si>
+  <si>
+    <t>Applies to gas fired Domestic Gas Instantaneous Water Heater - including condensation type- with heat load not larger than 70kW; Applies to gas fired Heaing-hot Water Combi-boilers -including ndensation type warm bath dual use boilers.</t>
+  </si>
+  <si>
+    <t>GB 20665-2015; CQC 5105-2015</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448262-2015-energy-conservation-and-environmentally-friendly-certification-rules</t>
+  </si>
+  <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-01-22/492743.shtml</t>
+  </si>
+  <si>
+    <t>CQC61-452628-2016. Energy Conservation and Environmentally-Friendly Certification Rules for Projectors</t>
+  </si>
+  <si>
+    <t>Applies to products of front projecting type with LCD and DMD</t>
+  </si>
+  <si>
+    <t>GB 32028-2015; CQC 6102-2016</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc61-452628-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-07-20/492563.shtml</t>
+  </si>
+  <si>
+    <t>CQC62-439112-2019. Certification Rules for Cooling Tower</t>
+  </si>
+  <si>
+    <t>Apply to cooling tower</t>
+  </si>
+  <si>
+    <t>GB/T 7190.1-2018; GB/T 7190.2-2018; GB/T 18870-2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc62-439112-2019-certification-rules-cooling-tower</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-05-29/494730.shtml</t>
+  </si>
+  <si>
+    <t>CQC62-448120-2020. Energy and Water Conservation  Certification Rules for Dishwashers</t>
+  </si>
+  <si>
+    <t>Apply to dishwashers</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>GB 38383-2019</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Water Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc62-448120-2020-energy-and-water-conservation-certification-rules-dishwashers</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-03-22/556507.shtml</t>
+  </si>
+  <si>
+    <t>CWL 02-2020 Intelligent toilets</t>
+  </si>
+  <si>
+    <t>This policy contains water efficiency label requirements for intelligent toilets. It applies to smart toilets installed on cold water pipelines in building facilities with a water supply pressure between 0.1~0.6 MPa.</t>
+  </si>
+  <si>
+    <t>GB 38448</t>
+  </si>
+  <si>
+    <t>National Development and Reform Commission (NDRC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cwl-02-2020-intelligent-toilets</t>
+  </si>
+  <si>
+    <t>http://www.waterlabel.org.cn/userfiles/2/files/cms/article/2020/10/%E6%99%BA%E8%83%BD%E5%9D%90%E4%BE%BF%E5%99%A8%E6%B0%B4%E6%95%88%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>CWL 02-2021 Water purifiers</t>
   </si>
   <si>
     <t>Water Fixtures</t>
   </si>
   <si>
-    <t>GB34914-2021</t>
-[...166 lines deleted...]
-  <si>
     <t>GB 34914-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cwl-02-2021-water-purifiers</t>
   </si>
   <si>
-    <t>Energy efficiency limit values ​​and energy efficiency grades for high voltage three-phase cage-type asynchronous motors</t>
+    <t>https://www.ndrc.gov.cn/xxgk/zcfb/ghxwj/202112/P020211213405201806707.pdf</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Commercial Packaged Boilers Version 1.0</t>
+  </si>
+  <si>
+    <t>Only products that meet the definitions of both a commercial boiler and packaged boiler as specified in the policy document; which are marketed for sale in the commercial market are eligible for ENERGY STAR certification under this specification.
+Commercial Boiler: A type of packaged low pressure boiler with a capacity at full load rated input of 300 000 Btu per hour or more which is distributed in commerce: for heating or space conditioning applications in commercial buildings; or for service water heating in buildings excluding those products that meet the definition of Hot Water Supply Boiler.
+Packaged Boiler: A boiler that is shipped complete with heating equipment; mechanical draft equipment and automatic controls in one or more sections but is not custom designed and or field constructed.</t>
+  </si>
+  <si>
+    <t>Canada, United States of America*</t>
+  </si>
+  <si>
+    <t>Gas, Oil</t>
+  </si>
+  <si>
+    <t>10 CFR Part 431.86; UL 795 or ANSI Z21.13-2014/CSA 4.9</t>
+  </si>
+  <si>
+    <t>ENERGY STAR</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-packaged-boilers-version-10</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/heating_cooling/commercial_boilers/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Connected Thermostats Version 1.0</t>
+  </si>
+  <si>
+    <t>Only products that meet the definition of a CT product as specified in the policy document are eligible for ENERGY STAR certification. CT products provided as part of a larger product offering such as a home security system may be certified but will be subject to specific labeling requirements.
+Connected Thermostat (CT) Product: For the purposes of this specification the CT product includes the CT device in the home with associated firmware; which is assumed to be updated during the time the CT device is used in the home; as well as a CT service supported by hardware and software outside of the home. The CT service would typically provide web and smart phone based thermostat control.</t>
+  </si>
+  <si>
+    <t>Climate Controls</t>
+  </si>
+  <si>
+    <t>IEC 62301, Ed. 2.0, 2011-01; ENERGY STAR Method to Demonstrate Connected Thermostat Field Savings V1.0</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-connected-thermostats-version-10</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/connected_thermostats/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Decorative Light Strings Version 1.5</t>
+  </si>
+  <si>
+    <t>Products that meet the definition of a Decorative Light String as specified below are eligible for ENERGY STAR qualification, with the exception of rope lighting (non-replaceable series and series/parallel connected lamps fully enclosed and sealed within a flexible polymeric tube or extrusion), and replacement lamps. ENERGY STAR qualified decorative light strings attached to decorative forms are also eligible for the ENERGY STAR.
+Decorative Light String: A string of lamps that operates on AC power in North America (120 V RMS AC; 60 Hz) or via a power adapter or controller that connects directly to AC power and is used for decorative, residential lighting purposes. The lamps may be replaceable or sealed into the lamp holder/wiring harness.</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Test Method for Decorative Light Strings, December 2011 (Annex A); CIE 084-1989; ASTM G 154 – 06; UL 588; CSA C22.2 No. 37</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-decorative-light-strings-version-15</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/lighting_fans/decorative_light_strings/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Geothermal Heat Pumps Version 3.2</t>
+  </si>
+  <si>
+    <t>Included Products: Open loop; closed loop; and DGX products that meet the definition of a Geothermal Heat Pump as specified in the policy document are eligible for ENERGY STAR qualification; with the exception of Geothermal heat pumps intended for commercial use.</t>
+  </si>
+  <si>
+    <t>ISO 13256-1-1998; ISO 13256-2-1998; ANSI/AHRI 870-2016</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-geothermal-heat-pumps-version-32</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/heating_cooling/heat_pumps_geothermal/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Lamps (Light Bulbs) Version 2.1</t>
+  </si>
+  <si>
+    <t>The ENERGY STAR Lamps specification scope includes the lamp types intended to replace incandescent lamps as outlined in Table 1. The scope of this specification is limited to lamps with: Integrated ballasts and drivers intended to be connected to the electric power grid with the following ANSI standard base types: E26, E26d, E17, E11, E12, G4, G9, GU10, GU24, GU5.3, and GX5.3; and Rated nominal operating voltages of 120, 240 or 277 VAC, or 12 or 24 VAC or VDC.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>See policy document for full list</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-lamps-light-bulbs-version-21</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/light_bulbs/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Light Commercial HVAC Version 3.1</t>
+  </si>
+  <si>
+    <t>Air-cooled, three-phase, split system (i.e., any central air conditioner or central
+air-conditioning heat pump in which one or more of the major assemblies are separate from the others) and single package (i.e., any central air conditioner or central air-conditioning heat pump in which all the major assemblies are enclosed in one cabinet) central air conditioners, heat pumps, gas/electric package units, and variable refrigerant flow (VRF) multi-split systems with capacity rated at or above 65,000 Btu/h and below 240,000 Btu/h that meet the definitions specified in the policy document are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.B.</t>
+  </si>
+  <si>
+    <t>10 CFR part 431, Subpart F 431.96</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-light-commercial-hvac-version-31</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/heating_cooling/light_commercial_heating_cooling/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Small Network Equipment Version 1.0</t>
+  </si>
+  <si>
+    <t>Products that meet the definition for Small Network Equipment (SNE) as specified herein are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2 of the policy document. In addition, SNE shall meet one of the following equipment type definitions:
+i. Broadband Modems (Cable, DSL);
+ii. Optical Network Termination Device (ONT);
+iii. Integrated Access Device (IAD);
+iv. Router;
+v. Switch; or
+vi. Access Point.</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Test Method for Small Network Equipment Rev. Aug-2013</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-small-network-equipment-version-10</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/small_network_equipment/partners</t>
+  </si>
+  <si>
+    <t>GB 19577-2024 Energy efficiency limit values ​​and energy efficiency grades for heat pumps and chillers</t>
+  </si>
+  <si>
+    <t>This policy energy efficiency limit values ​​and energy efficiency grades for heat pumps and chillers. It applies to the following products: water chilling (heat pump) packages using vapor compression, low ambient temperature air source heat pump (water chilling) packages, water-source (ground-source) heat pumps, lithium bromide absorption water chillers (heaters), water-source high-temperature heat pumps using the vapor compression cycle, indirect evaporative cooling water chillers, and integrated water chilling (heat pump) packages. It enters into force on 1 February 2025 and replaces the following standards: GB 19577-2015, GB 29540-2013, GB 30721-2014, and GB 37480-2019.</t>
+  </si>
+  <si>
+    <t>Heat Pumps, Water</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>December 2024</t>
-  </si>
-[...659 lines deleted...]
-    <t>Heat Pumps, Water</t>
   </si>
   <si>
     <t>GB/T 10870
 ,   
                     GB/T 18362
 ,   
                     GB/T 18430.1
 ,   
                     GB/T 18430.2
 ,   
                     GB/T 18431
 ,   
                     GB/T 19409
 ,   
                     GB/T 25127.1
 ,   
                     GB/T 25127.2
 ,   
                     GB/T 25861
 ,   
                     JB/T 12839
 ,   
                     JB/T 12840
 ,   
                     JB/T 14640
 ,   
                     JB/T 14642</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC) and State Administration for …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19577-2024-energy-efficiency-limit-values-and-energy-efficiency-grades-heat-pumps-and</t>
   </si>
   <si>
-    <t>GB 19761-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Fan</t>
-[...35 lines deleted...]
-    <t>GB/T 2900.65; GB/T 13434; GB/T 18661; GB 19652; GB/T 24458</t>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=C59327F9E5A3194DAD64C39B883C36C2</t>
+  </si>
+  <si>
+    <t>GB 24500-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of Industrial Boilers</t>
+  </si>
+  <si>
+    <t>Applies to fixed type of steel-made steam boiler with water as medium and rated steam volume no less than 0.1 t per h; and fixed type of steel-made hot water boiler with rated outlet water pressure bigger than 0.1 MPa. Boilers shall use coal; gasoline; or gas as fuel and have rated steam pressure bigger than 0.04 MPa but smaller than 3.8 MPa.</t>
+  </si>
+  <si>
+    <t>GB/T 10180; NB/T 47066</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-24500-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF558CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
+    <t>GB 24848-2010 Minimum allowable values of energy efficiency and energy efficiency grades for heaters of petroleum industry</t>
+  </si>
+  <si>
+    <t>This policy covers heaters of the petroleum industry.</t>
+  </si>
+  <si>
+    <t>SY/T 0540; SY/T 6381</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-20054-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
-[...139 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-24848-2010-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
-    <t>GB 24849-2017 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Household and Similar Microwave Ovens</t>
-[...60 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-269202-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7D36FD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 26920.3-2019 Minimum allowable values of energy efficiency and energy efficiency grades for commercial refrigerating appliances—Part 3: Refrigerated beverage vending machines</t>
   </si>
   <si>
+    <t>This policy covers refrigerated beverage vending machines.</t>
+  </si>
+  <si>
     <t>GB/T 21001.2; GB/T 28493; ISO 9050</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-269203-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
-    <t>GB 26969-2011 Minimum allowable values of energy efficiency and energy efficiency grades for domestic solar water heating systems</t>
-[...31 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-28378-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CAD4A5E05397BE0A0AD02D</t>
   </si>
   <si>
     <t>GB 28379-2012 Minimum allowable values of water efficiency and water efficiency grades for flush valve for water closets</t>
   </si>
   <si>
+    <t>This policy covers flush valves for water closets.</t>
+  </si>
+  <si>
     <t>GB/T 8170-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28379-2012-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-flush</t>
   </si>
   <si>
-    <t>GB 28380-2012 Minimum allowable values of energy efficiency and energy grades for microcomputers</t>
-[...6 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-28380-2012-minimum-allowable-values-energy-efficiency-and-energy-grades-microcomputers</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FBCCD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 28381-2012 Minimum allowable values of energy efficiency and evaluating values of energy conservation for centrifugal blower</t>
   </si>
   <si>
+    <t>This policy covers centrifugal blowers.</t>
+  </si>
+  <si>
     <t>JB/T 2977; JB/T 3165; JB/T 7258</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28381-2012-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E151D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 28736-2019 Minimum allowable values of energy efficiency and energy efficiency grades for welding machines</t>
   </si>
   <si>
+    <t>This policy covers welding machines.</t>
+  </si>
+  <si>
     <t>GB/T 156; GB/T 2900.22; GB/T 8118; GB/T 8366; GB/T 14549-1993; GB 15578; GB/T 15579.1; GB/T 25301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28736-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
-    <t>GB 29142-2012 Minimum allowable values of energy efficiency and energy efficiency grades for single-capped electrodeless fluorescent lamps</t>
-[...23 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-29144-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-self</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA9400FA80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 29539-2013 Minimum allowable values of energy efficiency and energy efficiency grades for range hoods</t>
   </si>
   <si>
+    <t>This policy applies to efflux-type range hood with rated voltage below 250V and installed above domestic cooktop stove or other similar devices.</t>
+  </si>
+  <si>
     <t>GB/T 17713-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29539-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E800D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29540-2013 Minimum allowable values of the energy efficiency and energy efficiency grades for lithium bromide absorption chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29540-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
-    <t>GB 29541-2013 Minimum allowable values of the energy efficiency and energy efficiency grades for heat pump water heaters</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-29541-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-heat</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E7D9D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30253-2013 Minimum allowable values of energy efficiency and energy efficiency grades for permanent magnet synchronous motors</t>
   </si>
   <si>
+    <t>This policy covers permanent magnet synchronous motors. This policy will be replaced by GB 30253-2024, which will enter into force on 1 October 2025. Click 'See More' for a link to the new policy.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30253-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E902D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30253-2024 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Permanent Magnet Synchronous Motors</t>
   </si>
   <si>
+    <t>This policy defines mandatory minimum energy performance standards and efficiency grands for synchronous permanent magnet motors. It replaces GB 30253-2013.</t>
+  </si>
+  <si>
     <t>Motors</t>
   </si>
   <si>
     <t>0013</t>
   </si>
   <si>
     <t>October 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30253-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=23EE8C718E21E8A3E06397BE0A0AC332</t>
+  </si>
+  <si>
     <t>GB 30254-2013 Minimum allowable values of energy efficiency and the energy efficiency grades for cage three-phase high voltage induction motors</t>
   </si>
   <si>
+    <t>This policy covers cage three-phase high voltage induction motors.</t>
+  </si>
+  <si>
     <t>GB 755-2008; GB/T 1032-2012; GB 10068-2008; GB 10069.3-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30254-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-cage</t>
   </si>
   <si>
-    <t>GB 30255-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED products for indoor lighting</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-30255-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E8DAD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30531-2014 Minimum allowable values of energy efficiency and energy efficiency grades for commercial gas cooking appliances</t>
   </si>
   <si>
+    <t>Applies to commercial gas-to-energy single stoves with rated thermal load of not more than 60 kW</t>
+  </si>
+  <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB / T 13611</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30531-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
-    <t>GB 30717-2019 Minimum allowable values of water efficiency and water efficiency grades for squatting pans</t>
-[...23 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-30721-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED10D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30978-2014 Minimum allowable values of the energy efficiency and energy efficiency grades for water dispensers</t>
   </si>
   <si>
+    <t>Applies to the hot or cold water dispensers with rated voltage not exceeding 250 V. Does not apply to the instant hot water dispensers with rated power of more than 4 000 W.</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB 4706.1; GB/T 22090-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30978-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
-    <t>GB 31276-2014 Minimum allowable values of energy efficiency and evaluating values of energy conservation of tungsten halogen lamp</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-31276-2014-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FF8FD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 32028-2015 Minimum allowable values of energy efficiency and energy efficiency grades for projectors</t>
   </si>
   <si>
+    <t>Applies to LCD and DLP projector used majorly for projection that have High Pressure Mercury Lamp and or metal halide lamp as lighting source. This can serve as reference for solid state lighting projector and projectors with LCOS as display parts.</t>
+  </si>
+  <si>
     <t>GB-T8170 GB20943 SJ-T11332 SJ-T11346</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32028-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
-    <t>GB 32029-2015 Minimum allowable values of energy efficiency and energy efficiency grades for small-size submersible motor-pumps</t>
-[...23 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-32031-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80950D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 32049-2015 Minimum allowable values of energy efficiency and energy efficiency grades for household and similar purposes A.C. electric ventilating fans</t>
   </si>
   <si>
+    <t>This policy applies to AC motor-driven ventilating fans whose single-phase rated voltage is smaller than 250V rated input is smaller than 500V and impeller diameter is no larger than 500mm.</t>
+  </si>
+  <si>
     <t>GB-T1236 GB-T2828.1 GB-T2829 GB-T14806</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32049-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
-    <t>GB 32284-2015 Minimum allowable values of energy efficiency and energy efficiency grades for petrochemical centrifugal pumps</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-32284-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80B41D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 32311-2015 Minimum allowable values of energy efficiency and energy efficiency grades for hydrogen producing systems by water electrolysis</t>
   </si>
   <si>
+    <t>This policy covers hydrogen producing systems.</t>
+  </si>
+  <si>
     <t>GB/T 19774; GB/T 24499</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32311-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
-    <t>GB 34914-2021 Minimum allowable values of water efficiency and water efficiency grades for water purifiers</t>
-[...9 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-34914-2021-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-water</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F02D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 35971-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for hermetic motor-compressor in room air conditioners</t>
   </si>
   <si>
+    <t>This policy covers hermetic motor-compressors in room air conditioners.</t>
+  </si>
+  <si>
     <t>GB/T 5773; GB/T 15765-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-35971-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
-    <t>GB 36893-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for air cleaners</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-36893-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D82889D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 37478-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED luminaires for road and tunnel lighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37478-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBB0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37479-2019 Minimum allowable values of energy efficiency and energy efficiency grades for ducted air conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37479-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBA0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37480-2019 Minimum allowable values of energy efficiency and energy efficiency grades for low ambient temperature air source heat pumps (water chiller) packages</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37480-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-low</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB80E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37483-2019 Minimum allowable values of energy efficiency and energy efficiency grades for rotary aerator in wastewater treatment</t>
   </si>
   <si>
+    <t>This policy covers rotary aerators in wastewater treatment.</t>
+  </si>
+  <si>
     <t>GB 18613; JB/T 12579</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37483-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB60E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37484-2019 Minimum allowable values of energy efficiency and energy efficiency grades for precipitators</t>
   </si>
   <si>
+    <t>This policy covers precipitators.</t>
+  </si>
+  <si>
     <t>GB/T 6719; GB/T 13931; GB 19153; GB/T 32154</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37484-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBD0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37485-2019 Minimum allowable values of energy efficiency and energy efficiency grades for submersible mixers of wastewater</t>
   </si>
   <si>
+    <t>This policy covers submersible mixers of wastewater.</t>
+  </si>
+  <si>
     <t>GB 18163; GB/T 33566</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37485-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB90E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 38383-2019 The minimum allowable values of the energy, water consumption, and grades for dishwashers</t>
   </si>
   <si>
+    <t>This policy covers dishwashers.</t>
+  </si>
+  <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>GB/T 20290-2016; QB/T 1520-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38383-2019-minimum-allowable-values-energy-water-consumption-and-grades-dishwashers</t>
   </si>
   <si>
-    <t>GB 38383-2025 Minimum Allowable Values and Grades of the Energy Efficiency and Water Efficiency for Dishwashers</t>
-[...7 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-38383-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CCD4A5E05397BE0A0AD02D</t>
   </si>
   <si>
     <t>GB 38448-2019 Minimum allowable values and grades of the energy efficiency and water efficiency for smart water closets</t>
   </si>
   <si>
+    <t>This policy covers smart water closets.</t>
+  </si>
+  <si>
+    <t>New, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>GB/T 6952; GB/T 9195; GB/T 20810; GB 25502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38448-2019-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
-    <t>GB 38448-2025 Minimum allowable values and grades of the energy efficiency and water efficiency for smart toilets</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-38448-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency-0</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFFA80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 38449-2019 Minimum allowable values of energy efficiency and energy efficiency grade of regenerative rolling reheating furnace</t>
   </si>
   <si>
+    <t>This policy covers regenerative rolling reheating furnaces.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38449-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grade</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFEA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 38450-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED flat panel luminaires</t>
   </si>
   <si>
+    <t>This policy covers LED flat panel luminaires.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38450-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94000A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 39177-2020 Minimum allowable values of energy efficiency and energy efficiency grades for electric pressure cookers</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency grades, MEPS, and test methods for electric pressure cookers. It applies to electric pressure cookers heated by electric heating elements or electromagnetic induction, with a rated power of not more than 2000 W, rated volume of no more than 10 L, and a rated cooking pressure of 40 kPa–140 kPa.</t>
+  </si>
+  <si>
     <t>Kitchen</t>
   </si>
   <si>
     <t>GB 39177-2020</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-39177-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+    <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-39177-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-0</t>
   </si>
   <si>
-    <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EF23FD1E05397BE0A0A98CA</t>
   </si>
   <si>
     <t>GB/T 35606-2017 Green product assessment-Solar water heating system</t>
   </si>
   <si>
+    <t>Green product standard for solar water heating system.</t>
+  </si>
+  <si>
     <t>Water, Water Heating</t>
   </si>
   <si>
     <t>GB/T 35606-2017, GB 26969</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt-35606-2017-green-product-assessment-solar-water-heating-system</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=FA9296E42AAB4BC2E38DCE34C6EDE596</t>
+  </si>
+  <si>
     <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
   </si>
   <si>
+    <t>Green product standard for household appliances of refrigerators, air conditioners and washing machines.</t>
+  </si>
+  <si>
     <t>Laundry, Washing Machines, Space Heating and Space Cooling, Air Conditioning, Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021, GB/T 32355.1-2015,GB/T 32355.2-2015, GB/T35758-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt-397611-2021-green-product-assessment-household-electric-appliances-part-1</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=D055E567F29672FD38B65A479656CA26</t>
+  </si>
+  <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
+  </si>
+  <si>
+    <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
+  </si>
+  <si>
+    <t>Air Compressors</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
-    <t>GB19043-2013 Minimum allowable values of energy efficiency grades of double-capped fluorescent lamps for general lighting service</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
   <si>
     <t>IEC TS 62258-9-8:2020</t>
   </si>
   <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
   </si>
   <si>
+    <t>Quality Standard</t>
+  </si>
+  <si>
     <t>August 2022</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iec-ts-62258-9-82020</t>
   </si>
   <si>
+    <t>https://item.jd.com/10054560130198.html</t>
+  </si>
+  <si>
     <t>Water Conservation Certification</t>
   </si>
   <si>
+    <t>China resource conservation certification is carried out to encourage consumers to consume energy conservation products, and to guide popularizing energy conservation product and advanced technology. The Certification covers more than 7000 water-using products, including water closet, faucets, and showers and it is a voluntary endorsement labeling scheme.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-conservation-certification</t>
+  </si>
+  <si>
+    <t>http://www.sqi.com.cn/SQI_Web/English/SQI_EN_Introduction_Details.aspx?NGUID=f5285f6931894565bc9efdc15eecfbcf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -3722,14181 +2602,6362 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N326"/>
+  <dimension ref="A1:P130"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="244" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="209.949" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="805.66" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="136.681" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="175.671" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="369.196" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2010</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...2 lines deleted...]
-      <c r="L2" t="s">
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2017</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...7 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N3" t="s">
+        <v>34</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2020</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>34</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2008</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>34</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>39</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>51</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>34</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>58</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>34</v>
+      </c>
+      <c r="O7" t="s">
+        <v>59</v>
+      </c>
+      <c r="P7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>61</v>
+      </c>
+      <c r="B8" t="s">
+        <v>62</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>63</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>58</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>34</v>
+      </c>
+      <c r="O8" t="s">
+        <v>64</v>
+      </c>
+      <c r="P8" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>68</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2008</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>69</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>34</v>
+      </c>
+      <c r="O9" t="s">
+        <v>70</v>
+      </c>
+      <c r="P9" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>72</v>
+      </c>
+      <c r="B10" t="s">
+        <v>73</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>74</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>75</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>76</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>34</v>
+      </c>
+      <c r="O10" t="s">
+        <v>77</v>
+      </c>
+      <c r="P10" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>79</v>
+      </c>
+      <c r="B11" t="s">
+        <v>80</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>81</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2019</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>82</v>
+      </c>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>34</v>
+      </c>
+      <c r="O11" t="s">
+        <v>83</v>
+      </c>
+      <c r="P11" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>85</v>
+      </c>
+      <c r="B12" t="s">
+        <v>86</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>87</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2011</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>88</v>
+      </c>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>34</v>
+      </c>
+      <c r="O12" t="s">
+        <v>89</v>
+      </c>
+      <c r="P12" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>91</v>
+      </c>
+      <c r="B13" t="s">
+        <v>92</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>93</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2020</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>94</v>
+      </c>
+      <c r="M13" t="s">
+        <v>26</v>
+      </c>
+      <c r="N13" t="s">
+        <v>34</v>
+      </c>
+      <c r="O13" t="s">
+        <v>95</v>
+      </c>
+      <c r="P13" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>97</v>
+      </c>
+      <c r="B14" t="s">
+        <v>98</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>99</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2016</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>100</v>
+      </c>
+      <c r="M14" t="s">
+        <v>26</v>
+      </c>
+      <c r="N14" t="s">
+        <v>34</v>
+      </c>
+      <c r="O14" t="s">
+        <v>101</v>
+      </c>
+      <c r="P14" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>103</v>
+      </c>
+      <c r="B15" t="s">
+        <v>104</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>45</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2020</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>105</v>
+      </c>
+      <c r="M15" t="s">
+        <v>26</v>
+      </c>
+      <c r="N15" t="s">
+        <v>34</v>
+      </c>
+      <c r="O15" t="s">
+        <v>106</v>
+      </c>
+      <c r="P15" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>108</v>
+      </c>
+      <c r="B16" t="s">
+        <v>109</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>110</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2020</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>51</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>111</v>
+      </c>
+      <c r="M16" t="s">
+        <v>26</v>
+      </c>
+      <c r="N16" t="s">
+        <v>34</v>
+      </c>
+      <c r="O16" t="s">
+        <v>112</v>
+      </c>
+      <c r="P16" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>113</v>
+      </c>
+      <c r="B17" t="s">
+        <v>114</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>115</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2020</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>23</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>116</v>
+      </c>
+      <c r="M17" t="s">
+        <v>26</v>
+      </c>
+      <c r="N17" t="s">
+        <v>34</v>
+      </c>
+      <c r="O17" t="s">
+        <v>117</v>
+      </c>
+      <c r="P17" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>119</v>
+      </c>
+      <c r="B18" t="s">
+        <v>120</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>121</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2018</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>23</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>122</v>
+      </c>
+      <c r="M18" t="s">
+        <v>26</v>
+      </c>
+      <c r="N18" t="s">
+        <v>34</v>
+      </c>
+      <c r="O18" t="s">
+        <v>123</v>
+      </c>
+      <c r="P18" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>124</v>
+      </c>
+      <c r="B19" t="s">
+        <v>125</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>39</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2009</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>126</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>127</v>
+      </c>
+      <c r="M19" t="s">
+        <v>26</v>
+      </c>
+      <c r="N19" t="s">
+        <v>34</v>
+      </c>
+      <c r="O19" t="s">
+        <v>128</v>
+      </c>
+      <c r="P19" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>130</v>
+      </c>
+      <c r="B20" t="s">
+        <v>131</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>132</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2009</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>23</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>133</v>
+      </c>
+      <c r="M20" t="s">
+        <v>26</v>
+      </c>
+      <c r="N20" t="s">
+        <v>34</v>
+      </c>
+      <c r="O20" t="s">
+        <v>134</v>
+      </c>
+      <c r="P20" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>136</v>
+      </c>
+      <c r="B21" t="s">
+        <v>137</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>138</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2009</v>
+      </c>
+      <c r="I21">
+        <v>2015</v>
+      </c>
+      <c r="J21" t="s">
+        <v>23</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>139</v>
+      </c>
+      <c r="M21" t="s">
+        <v>26</v>
+      </c>
+      <c r="N21" t="s">
+        <v>34</v>
+      </c>
+      <c r="O21" t="s">
+        <v>140</v>
+      </c>
+      <c r="P21" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>142</v>
+      </c>
+      <c r="B22" t="s">
+        <v>143</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>144</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2010</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>23</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>145</v>
+      </c>
+      <c r="M22" t="s">
+        <v>26</v>
+      </c>
+      <c r="N22" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...12 lines deleted...]
-      <c r="I3" t="s">
+      <c r="O22" t="s">
+        <v>146</v>
+      </c>
+      <c r="P22" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>148</v>
+      </c>
+      <c r="B23" t="s">
+        <v>149</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>150</v>
+      </c>
+      <c r="E23" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F23" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...2 lines deleted...]
-      <c r="L3" t="s">
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2015</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
         <v>23</v>
       </c>
-      <c r="M3" t="s">
-[...25 lines deleted...]
-      <c r="G4">
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>151</v>
+      </c>
+      <c r="M23" t="s">
+        <v>26</v>
+      </c>
+      <c r="N23" t="s">
+        <v>34</v>
+      </c>
+      <c r="O23" t="s">
+        <v>152</v>
+      </c>
+      <c r="P23" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>154</v>
+      </c>
+      <c r="B24" t="s">
+        <v>155</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>156</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2015</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>23</v>
+      </c>
+      <c r="K24" t="s">
+        <v>157</v>
+      </c>
+      <c r="L24" t="s">
+        <v>158</v>
+      </c>
+      <c r="M24" t="s">
+        <v>26</v>
+      </c>
+      <c r="N24" t="s">
+        <v>34</v>
+      </c>
+      <c r="O24" t="s">
+        <v>159</v>
+      </c>
+      <c r="P24" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>161</v>
+      </c>
+      <c r="B25" t="s">
+        <v>162</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>163</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
         <v>2020</v>
       </c>
-      <c r="H4"/>
-      <c r="I4" t="s">
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>23</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>164</v>
+      </c>
+      <c r="M25" t="s">
+        <v>26</v>
+      </c>
+      <c r="N25" t="s">
+        <v>34</v>
+      </c>
+      <c r="O25" t="s">
+        <v>165</v>
+      </c>
+      <c r="P25" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>167</v>
+      </c>
+      <c r="B26" t="s">
+        <v>168</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>169</v>
+      </c>
+      <c r="E26" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
+      <c r="F26" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...2 lines deleted...]
-      <c r="L4" t="s">
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2018</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>170</v>
+      </c>
+      <c r="K26" t="s">
+        <v>171</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>172</v>
+      </c>
+      <c r="N26" t="s">
+        <v>173</v>
+      </c>
+      <c r="O26" t="s">
+        <v>174</v>
+      </c>
+      <c r="P26" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>167</v>
+      </c>
+      <c r="B27" t="s">
+        <v>176</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>177</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2021</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>170</v>
+      </c>
+      <c r="K27" t="s">
+        <v>171</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>172</v>
+      </c>
+      <c r="N27" t="s">
+        <v>173</v>
+      </c>
+      <c r="O27" t="s">
+        <v>178</v>
+      </c>
+      <c r="P27" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>167</v>
+      </c>
+      <c r="B28" t="s">
+        <v>176</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>179</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2021</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>170</v>
+      </c>
+      <c r="K28" t="s">
+        <v>171</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>172</v>
+      </c>
+      <c r="N28" t="s">
+        <v>173</v>
+      </c>
+      <c r="O28" t="s">
+        <v>180</v>
+      </c>
+      <c r="P28" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>167</v>
+      </c>
+      <c r="B29" t="s">
+        <v>176</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>181</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2021</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>170</v>
+      </c>
+      <c r="K29" t="s">
+        <v>171</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>172</v>
+      </c>
+      <c r="N29" t="s">
+        <v>173</v>
+      </c>
+      <c r="O29" t="s">
+        <v>182</v>
+      </c>
+      <c r="P29" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>167</v>
+      </c>
+      <c r="B30" t="s">
+        <v>183</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>169</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2021</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>170</v>
+      </c>
+      <c r="K30" t="s">
+        <v>171</v>
+      </c>
+      <c r="L30" t="s">
+        <v>184</v>
+      </c>
+      <c r="M30" t="s">
+        <v>172</v>
+      </c>
+      <c r="N30" t="s">
+        <v>173</v>
+      </c>
+      <c r="O30" t="s">
+        <v>185</v>
+      </c>
+      <c r="P30" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>186</v>
+      </c>
+      <c r="B31" t="s">
+        <v>187</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>188</v>
+      </c>
+      <c r="E31" t="s">
+        <v>189</v>
+      </c>
+      <c r="F31" t="s">
+        <v>190</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2020</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
         <v>23</v>
       </c>
-      <c r="M4" t="s">
-[...1148 lines deleted...]
-      </c>
       <c r="K31" t="s">
-        <v>140</v>
+        <v>191</v>
       </c>
       <c r="L31" t="s">
-        <v>23</v>
+        <v>192</v>
       </c>
       <c r="M31" t="s">
-        <v>29</v>
+        <v>193</v>
       </c>
       <c r="N31" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:14">
+        <v>34</v>
+      </c>
+      <c r="O31" t="s">
+        <v>194</v>
+      </c>
+      <c r="P31" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>142</v>
+        <v>196</v>
       </c>
       <c r="B32" t="s">
-        <v>15</v>
+        <v>197</v>
       </c>
       <c r="C32" t="s">
-        <v>143</v>
+        <v>18</v>
       </c>
       <c r="D32" t="s">
-        <v>17</v>
+        <v>198</v>
       </c>
       <c r="E32" t="s">
-        <v>18</v>
+        <v>189</v>
       </c>
       <c r="F32" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>2005</v>
+        <v>190</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
       </c>
       <c r="H32">
         <v>2015</v>
       </c>
-      <c r="I32" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I32"/>
       <c r="J32" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K32" t="s">
-        <v>144</v>
+        <v>24</v>
       </c>
       <c r="L32" t="s">
+        <v>199</v>
+      </c>
+      <c r="M32" t="s">
+        <v>193</v>
+      </c>
+      <c r="N32" t="s">
+        <v>34</v>
+      </c>
+      <c r="O32" t="s">
+        <v>200</v>
+      </c>
+      <c r="P32" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>202</v>
+      </c>
+      <c r="B33" t="s">
+        <v>203</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>204</v>
+      </c>
+      <c r="E33" t="s">
+        <v>189</v>
+      </c>
+      <c r="F33" t="s">
+        <v>190</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2011</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
         <v>23</v>
       </c>
-      <c r="M32" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="K33" t="s">
-        <v>148</v>
+        <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>23</v>
+        <v>205</v>
       </c>
       <c r="M33" t="s">
-        <v>24</v>
+        <v>193</v>
       </c>
       <c r="N33" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:14">
+        <v>34</v>
+      </c>
+      <c r="O33" t="s">
+        <v>206</v>
+      </c>
+      <c r="P33" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>150</v>
+        <v>208</v>
       </c>
       <c r="B34" t="s">
-        <v>15</v>
+        <v>209</v>
       </c>
       <c r="C34" t="s">
-        <v>151</v>
+        <v>18</v>
       </c>
       <c r="D34" t="s">
-        <v>17</v>
+        <v>210</v>
       </c>
       <c r="E34" t="s">
-        <v>18</v>
+        <v>189</v>
       </c>
       <c r="F34" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>190</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
       </c>
       <c r="H34">
         <v>2010</v>
       </c>
-      <c r="I34" t="s">
-        <v>20</v>
+      <c r="I34">
+        <v>2019</v>
       </c>
       <c r="J34" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K34" t="s">
-        <v>152</v>
+        <v>24</v>
       </c>
       <c r="L34" t="s">
+        <v>211</v>
+      </c>
+      <c r="M34" t="s">
+        <v>193</v>
+      </c>
+      <c r="N34" t="s">
+        <v>34</v>
+      </c>
+      <c r="O34" t="s">
+        <v>212</v>
+      </c>
+      <c r="P34" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>214</v>
+      </c>
+      <c r="B35" t="s">
+        <v>215</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>216</v>
+      </c>
+      <c r="E35" t="s">
+        <v>189</v>
+      </c>
+      <c r="F35" t="s">
+        <v>190</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2014</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>51</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>217</v>
+      </c>
+      <c r="M35" t="s">
+        <v>193</v>
+      </c>
+      <c r="N35" t="s">
+        <v>34</v>
+      </c>
+      <c r="O35" t="s">
+        <v>218</v>
+      </c>
+      <c r="P35" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>220</v>
+      </c>
+      <c r="B36" t="s">
+        <v>221</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
+        <v>39</v>
+      </c>
+      <c r="E36" t="s">
+        <v>189</v>
+      </c>
+      <c r="F36" t="s">
+        <v>190</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2019</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
         <v>23</v>
       </c>
-      <c r="M34" t="s">
-[...40 lines deleted...]
-      <c r="L35" t="s">
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>222</v>
+      </c>
+      <c r="M36" t="s">
+        <v>193</v>
+      </c>
+      <c r="N36" t="s">
+        <v>34</v>
+      </c>
+      <c r="O36" t="s">
+        <v>223</v>
+      </c>
+      <c r="P36" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>225</v>
+      </c>
+      <c r="B37" t="s">
+        <v>226</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>227</v>
+      </c>
+      <c r="E37" t="s">
+        <v>189</v>
+      </c>
+      <c r="F37" t="s">
+        <v>190</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2009</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>51</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>228</v>
+      </c>
+      <c r="M37" t="s">
+        <v>193</v>
+      </c>
+      <c r="N37" t="s">
+        <v>34</v>
+      </c>
+      <c r="O37" t="s">
+        <v>229</v>
+      </c>
+      <c r="P37" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>231</v>
+      </c>
+      <c r="B38" t="s">
+        <v>232</v>
+      </c>
+      <c r="C38" t="s">
+        <v>18</v>
+      </c>
+      <c r="D38" t="s">
+        <v>198</v>
+      </c>
+      <c r="E38" t="s">
+        <v>189</v>
+      </c>
+      <c r="F38" t="s">
+        <v>190</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2014</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>51</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>233</v>
+      </c>
+      <c r="M38" t="s">
+        <v>193</v>
+      </c>
+      <c r="N38" t="s">
+        <v>34</v>
+      </c>
+      <c r="O38" t="s">
+        <v>234</v>
+      </c>
+      <c r="P38" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>236</v>
+      </c>
+      <c r="B39" t="s">
+        <v>237</v>
+      </c>
+      <c r="C39" t="s">
+        <v>18</v>
+      </c>
+      <c r="D39" t="s">
+        <v>238</v>
+      </c>
+      <c r="E39" t="s">
+        <v>189</v>
+      </c>
+      <c r="F39" t="s">
+        <v>190</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2009</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>51</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>239</v>
+      </c>
+      <c r="M39" t="s">
+        <v>193</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>240</v>
+      </c>
+      <c r="P39" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>242</v>
+      </c>
+      <c r="B40" t="s">
+        <v>243</v>
+      </c>
+      <c r="C40" t="s">
+        <v>18</v>
+      </c>
+      <c r="D40" t="s">
+        <v>244</v>
+      </c>
+      <c r="E40" t="s">
+        <v>189</v>
+      </c>
+      <c r="F40" t="s">
+        <v>190</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2020</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
         <v>23</v>
       </c>
-      <c r="M35" t="s">
-[...25 lines deleted...]
-      <c r="G36">
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>245</v>
+      </c>
+      <c r="M40" t="s">
+        <v>193</v>
+      </c>
+      <c r="N40" t="s">
+        <v>34</v>
+      </c>
+      <c r="O40" t="s">
+        <v>246</v>
+      </c>
+      <c r="P40" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>248</v>
+      </c>
+      <c r="B41" t="s">
+        <v>249</v>
+      </c>
+      <c r="C41" t="s">
+        <v>18</v>
+      </c>
+      <c r="D41" t="s">
+        <v>115</v>
+      </c>
+      <c r="E41" t="s">
+        <v>189</v>
+      </c>
+      <c r="F41" t="s">
+        <v>190</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2018</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>23</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>250</v>
+      </c>
+      <c r="M41" t="s">
+        <v>193</v>
+      </c>
+      <c r="N41" t="s">
+        <v>34</v>
+      </c>
+      <c r="O41" t="s">
+        <v>251</v>
+      </c>
+      <c r="P41" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>253</v>
+      </c>
+      <c r="B42" t="s">
+        <v>254</v>
+      </c>
+      <c r="C42" t="s">
+        <v>18</v>
+      </c>
+      <c r="D42" t="s">
+        <v>115</v>
+      </c>
+      <c r="E42" t="s">
+        <v>189</v>
+      </c>
+      <c r="F42" t="s">
+        <v>190</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2020</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>23</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>255</v>
+      </c>
+      <c r="M42" t="s">
+        <v>193</v>
+      </c>
+      <c r="N42" t="s">
+        <v>34</v>
+      </c>
+      <c r="O42" t="s">
+        <v>256</v>
+      </c>
+      <c r="P42" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>258</v>
+      </c>
+      <c r="B43" t="s">
+        <v>259</v>
+      </c>
+      <c r="C43" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43" t="s">
+        <v>260</v>
+      </c>
+      <c r="E43" t="s">
+        <v>189</v>
+      </c>
+      <c r="F43" t="s">
+        <v>190</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2020</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>23</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>261</v>
+      </c>
+      <c r="M43" t="s">
+        <v>193</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>262</v>
+      </c>
+      <c r="P43" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>264</v>
+      </c>
+      <c r="B44" t="s">
+        <v>265</v>
+      </c>
+      <c r="C44" t="s">
+        <v>18</v>
+      </c>
+      <c r="D44" t="s">
+        <v>266</v>
+      </c>
+      <c r="E44" t="s">
+        <v>189</v>
+      </c>
+      <c r="F44" t="s">
+        <v>190</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
         <v>2011</v>
       </c>
-      <c r="H36">
-[...354 lines deleted...]
-      </c>
+      <c r="I44"/>
       <c r="J44" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>267</v>
+      </c>
+      <c r="M44" t="s">
+        <v>193</v>
+      </c>
+      <c r="N44" t="s">
+        <v>34</v>
+      </c>
+      <c r="O44" t="s">
+        <v>268</v>
+      </c>
+      <c r="P44" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>270</v>
+      </c>
+      <c r="B45" t="s">
+        <v>271</v>
+      </c>
+      <c r="C45" t="s">
+        <v>18</v>
+      </c>
+      <c r="D45" t="s">
+        <v>272</v>
+      </c>
+      <c r="E45" t="s">
         <v>189</v>
       </c>
-      <c r="L44" t="s">
-[...5 lines deleted...]
-      <c r="N44" t="s">
+      <c r="F45" t="s">
         <v>190</v>
       </c>
-    </row>
-[...20 lines deleted...]
-        <v>2008</v>
+      <c r="G45" t="s">
+        <v>22</v>
       </c>
       <c r="H45">
         <v>2015</v>
       </c>
-      <c r="I45" t="s">
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>51</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>273</v>
+      </c>
+      <c r="M45" t="s">
+        <v>193</v>
+      </c>
+      <c r="N45" t="s">
+        <v>34</v>
+      </c>
+      <c r="O45" t="s">
+        <v>274</v>
+      </c>
+      <c r="P45" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>276</v>
+      </c>
+      <c r="B46" t="s">
+        <v>277</v>
+      </c>
+      <c r="C46" t="s">
+        <v>18</v>
+      </c>
+      <c r="D46" t="s">
+        <v>278</v>
+      </c>
+      <c r="E46" t="s">
+        <v>189</v>
+      </c>
+      <c r="F46" t="s">
+        <v>190</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2013</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>23</v>
+      </c>
+      <c r="K46" t="s">
+        <v>279</v>
+      </c>
+      <c r="L46" t="s">
+        <v>280</v>
+      </c>
+      <c r="M46" t="s">
+        <v>193</v>
+      </c>
+      <c r="N46" t="s">
+        <v>34</v>
+      </c>
+      <c r="O46" t="s">
+        <v>281</v>
+      </c>
+      <c r="P46" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>283</v>
+      </c>
+      <c r="B47" t="s">
+        <v>284</v>
+      </c>
+      <c r="C47" t="s">
+        <v>18</v>
+      </c>
+      <c r="D47" t="s">
+        <v>285</v>
+      </c>
+      <c r="E47" t="s">
+        <v>189</v>
+      </c>
+      <c r="F47" t="s">
+        <v>190</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2013</v>
+      </c>
+      <c r="I47">
+        <v>2019</v>
+      </c>
+      <c r="J47" t="s">
+        <v>23</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>286</v>
+      </c>
+      <c r="M47" t="s">
+        <v>193</v>
+      </c>
+      <c r="N47" t="s">
+        <v>34</v>
+      </c>
+      <c r="O47" t="s">
+        <v>287</v>
+      </c>
+      <c r="P47" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>289</v>
+      </c>
+      <c r="B48" t="s">
+        <v>290</v>
+      </c>
+      <c r="C48" t="s">
+        <v>18</v>
+      </c>
+      <c r="D48" t="s">
+        <v>291</v>
+      </c>
+      <c r="E48" t="s">
+        <v>189</v>
+      </c>
+      <c r="F48" t="s">
+        <v>190</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2012</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>23</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>292</v>
+      </c>
+      <c r="M48" t="s">
+        <v>193</v>
+      </c>
+      <c r="N48" t="s">
+        <v>34</v>
+      </c>
+      <c r="O48" t="s">
+        <v>293</v>
+      </c>
+      <c r="P48" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>295</v>
+      </c>
+      <c r="B49" t="s">
+        <v>296</v>
+      </c>
+      <c r="C49" t="s">
+        <v>18</v>
+      </c>
+      <c r="D49" t="s">
+        <v>297</v>
+      </c>
+      <c r="E49" t="s">
+        <v>189</v>
+      </c>
+      <c r="F49" t="s">
+        <v>190</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2009</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>51</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>298</v>
+      </c>
+      <c r="M49" t="s">
+        <v>193</v>
+      </c>
+      <c r="N49" t="s">
+        <v>34</v>
+      </c>
+      <c r="O49" t="s">
+        <v>299</v>
+      </c>
+      <c r="P49" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>301</v>
+      </c>
+      <c r="B50" t="s">
+        <v>302</v>
+      </c>
+      <c r="C50" t="s">
+        <v>18</v>
+      </c>
+      <c r="D50" t="s">
+        <v>303</v>
+      </c>
+      <c r="E50" t="s">
+        <v>189</v>
+      </c>
+      <c r="F50" t="s">
+        <v>190</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2017</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>51</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>304</v>
+      </c>
+      <c r="M50" t="s">
+        <v>193</v>
+      </c>
+      <c r="N50" t="s">
+        <v>34</v>
+      </c>
+      <c r="O50" t="s">
+        <v>305</v>
+      </c>
+      <c r="P50" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>307</v>
+      </c>
+      <c r="B51" t="s">
+        <v>308</v>
+      </c>
+      <c r="C51" t="s">
+        <v>18</v>
+      </c>
+      <c r="D51" t="s">
+        <v>309</v>
+      </c>
+      <c r="E51" t="s">
+        <v>189</v>
+      </c>
+      <c r="F51" t="s">
+        <v>190</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2021</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>75</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51" t="s">
+        <v>310</v>
+      </c>
+      <c r="M51" t="s">
+        <v>311</v>
+      </c>
+      <c r="N51" t="s">
+        <v>34</v>
+      </c>
+      <c r="O51" t="s">
+        <v>312</v>
+      </c>
+      <c r="P51" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>314</v>
+      </c>
+      <c r="B52" t="s">
+        <v>315</v>
+      </c>
+      <c r="C52" t="s">
+        <v>18</v>
+      </c>
+      <c r="D52" t="s">
+        <v>316</v>
+      </c>
+      <c r="E52" t="s">
+        <v>189</v>
+      </c>
+      <c r="F52" t="s">
+        <v>190</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2009</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>51</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>317</v>
+      </c>
+      <c r="M52" t="s">
+        <v>193</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>318</v>
+      </c>
+      <c r="P52" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>320</v>
+      </c>
+      <c r="B53" t="s">
+        <v>321</v>
+      </c>
+      <c r="C53" t="s">
+        <v>18</v>
+      </c>
+      <c r="D53" t="s">
+        <v>260</v>
+      </c>
+      <c r="E53" t="s">
+        <v>189</v>
+      </c>
+      <c r="F53" t="s">
+        <v>190</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2015</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>23</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
+        <v>322</v>
+      </c>
+      <c r="M53" t="s">
+        <v>193</v>
+      </c>
+      <c r="N53" t="s">
+        <v>34</v>
+      </c>
+      <c r="O53" t="s">
+        <v>323</v>
+      </c>
+      <c r="P53" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>325</v>
+      </c>
+      <c r="B54" t="s">
+        <v>326</v>
+      </c>
+      <c r="C54" t="s">
+        <v>18</v>
+      </c>
+      <c r="D54" t="s">
+        <v>260</v>
+      </c>
+      <c r="E54" t="s">
+        <v>189</v>
+      </c>
+      <c r="F54" t="s">
+        <v>190</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2021</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>23</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>327</v>
+      </c>
+      <c r="M54" t="s">
+        <v>193</v>
+      </c>
+      <c r="N54" t="s">
+        <v>34</v>
+      </c>
+      <c r="O54" t="s">
+        <v>328</v>
+      </c>
+      <c r="P54" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>330</v>
+      </c>
+      <c r="B55" t="s">
+        <v>331</v>
+      </c>
+      <c r="C55" t="s">
+        <v>18</v>
+      </c>
+      <c r="D55" t="s">
+        <v>144</v>
+      </c>
+      <c r="E55" t="s">
+        <v>189</v>
+      </c>
+      <c r="F55" t="s">
+        <v>190</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2022</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>75</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>332</v>
+      </c>
+      <c r="M55" t="s">
+        <v>311</v>
+      </c>
+      <c r="N55" t="s">
+        <v>34</v>
+      </c>
+      <c r="O55" t="s">
+        <v>333</v>
+      </c>
+      <c r="P55" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>335</v>
+      </c>
+      <c r="B56" t="s">
+        <v>336</v>
+      </c>
+      <c r="C56" t="s">
+        <v>18</v>
+      </c>
+      <c r="D56" t="s">
+        <v>337</v>
+      </c>
+      <c r="E56" t="s">
+        <v>189</v>
+      </c>
+      <c r="F56" t="s">
+        <v>190</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2018</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>23</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>338</v>
+      </c>
+      <c r="M56" t="s">
+        <v>193</v>
+      </c>
+      <c r="N56" t="s">
+        <v>34</v>
+      </c>
+      <c r="O56" t="s">
+        <v>339</v>
+      </c>
+      <c r="P56" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>341</v>
+      </c>
+      <c r="B57" t="s">
+        <v>342</v>
+      </c>
+      <c r="C57" t="s">
+        <v>18</v>
+      </c>
+      <c r="D57" t="s">
+        <v>343</v>
+      </c>
+      <c r="E57" t="s">
+        <v>189</v>
+      </c>
+      <c r="F57" t="s">
+        <v>190</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2018</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>23</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" t="s">
+        <v>344</v>
+      </c>
+      <c r="M57" t="s">
+        <v>193</v>
+      </c>
+      <c r="N57" t="s">
+        <v>34</v>
+      </c>
+      <c r="O57" t="s">
+        <v>345</v>
+      </c>
+      <c r="P57" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>347</v>
+      </c>
+      <c r="B58" t="s">
+        <v>348</v>
+      </c>
+      <c r="C58" t="s">
+        <v>18</v>
+      </c>
+      <c r="D58" t="s">
+        <v>163</v>
+      </c>
+      <c r="E58" t="s">
+        <v>189</v>
+      </c>
+      <c r="F58" t="s">
+        <v>190</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2013</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>51</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58" t="s">
+        <v>349</v>
+      </c>
+      <c r="M58" t="s">
+        <v>193</v>
+      </c>
+      <c r="N58" t="s">
+        <v>34</v>
+      </c>
+      <c r="O58" t="s">
+        <v>350</v>
+      </c>
+      <c r="P58" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>352</v>
+      </c>
+      <c r="B59" t="s">
+        <v>353</v>
+      </c>
+      <c r="C59" t="s">
+        <v>18</v>
+      </c>
+      <c r="D59" t="s">
+        <v>291</v>
+      </c>
+      <c r="E59" t="s">
+        <v>189</v>
+      </c>
+      <c r="F59" t="s">
+        <v>190</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2013</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>51</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>354</v>
+      </c>
+      <c r="M59" t="s">
+        <v>193</v>
+      </c>
+      <c r="N59" t="s">
+        <v>34</v>
+      </c>
+      <c r="O59" t="s">
+        <v>355</v>
+      </c>
+      <c r="P59" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>357</v>
+      </c>
+      <c r="B60" t="s">
+        <v>358</v>
+      </c>
+      <c r="C60" t="s">
+        <v>18</v>
+      </c>
+      <c r="D60" t="s">
+        <v>45</v>
+      </c>
+      <c r="E60" t="s">
+        <v>189</v>
+      </c>
+      <c r="F60" t="s">
+        <v>190</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2009</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>51</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" t="s">
+        <v>46</v>
+      </c>
+      <c r="M60" t="s">
+        <v>193</v>
+      </c>
+      <c r="N60" t="s">
+        <v>34</v>
+      </c>
+      <c r="O60" t="s">
+        <v>359</v>
+      </c>
+      <c r="P60" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>361</v>
+      </c>
+      <c r="B61" t="s">
+        <v>362</v>
+      </c>
+      <c r="C61" t="s">
+        <v>18</v>
+      </c>
+      <c r="D61" t="s">
+        <v>93</v>
+      </c>
+      <c r="E61" t="s">
+        <v>189</v>
+      </c>
+      <c r="F61" t="s">
+        <v>190</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2014</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>51</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" t="s">
+        <v>363</v>
+      </c>
+      <c r="M61" t="s">
+        <v>193</v>
+      </c>
+      <c r="N61" t="s">
+        <v>34</v>
+      </c>
+      <c r="O61" t="s">
+        <v>364</v>
+      </c>
+      <c r="P61" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>366</v>
+      </c>
+      <c r="B62" t="s">
+        <v>367</v>
+      </c>
+      <c r="C62" t="s">
+        <v>18</v>
+      </c>
+      <c r="D62" t="s">
+        <v>163</v>
+      </c>
+      <c r="E62" t="s">
+        <v>189</v>
+      </c>
+      <c r="F62" t="s">
+        <v>190</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2014</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>51</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" t="s">
+        <v>368</v>
+      </c>
+      <c r="M62" t="s">
+        <v>193</v>
+      </c>
+      <c r="N62" t="s">
+        <v>34</v>
+      </c>
+      <c r="O62" t="s">
+        <v>369</v>
+      </c>
+      <c r="P62" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>371</v>
+      </c>
+      <c r="B63" t="s">
+        <v>372</v>
+      </c>
+      <c r="C63" t="s">
+        <v>18</v>
+      </c>
+      <c r="D63" t="s">
+        <v>110</v>
+      </c>
+      <c r="E63" t="s">
+        <v>189</v>
+      </c>
+      <c r="F63" t="s">
+        <v>190</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2014</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>51</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63" t="s">
+        <v>373</v>
+      </c>
+      <c r="M63" t="s">
+        <v>193</v>
+      </c>
+      <c r="N63" t="s">
+        <v>34</v>
+      </c>
+      <c r="O63" t="s">
+        <v>374</v>
+      </c>
+      <c r="P63" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>376</v>
+      </c>
+      <c r="B64" t="s">
+        <v>377</v>
+      </c>
+      <c r="C64" t="s">
+        <v>18</v>
+      </c>
+      <c r="D64" t="s">
+        <v>163</v>
+      </c>
+      <c r="E64" t="s">
+        <v>189</v>
+      </c>
+      <c r="F64" t="s">
+        <v>190</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2014</v>
+      </c>
+      <c r="I64">
+        <v>2020</v>
+      </c>
+      <c r="J64" t="s">
+        <v>23</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64" t="s">
+        <v>378</v>
+      </c>
+      <c r="M64" t="s">
+        <v>193</v>
+      </c>
+      <c r="N64" t="s">
+        <v>34</v>
+      </c>
+      <c r="O64" t="s">
+        <v>379</v>
+      </c>
+      <c r="P64" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>381</v>
+      </c>
+      <c r="B65" t="s">
+        <v>382</v>
+      </c>
+      <c r="C65" t="s">
+        <v>18</v>
+      </c>
+      <c r="D65" t="s">
+        <v>110</v>
+      </c>
+      <c r="E65" t="s">
+        <v>189</v>
+      </c>
+      <c r="F65" t="s">
+        <v>190</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2016</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>23</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65" t="s">
+        <v>383</v>
+      </c>
+      <c r="M65" t="s">
+        <v>193</v>
+      </c>
+      <c r="N65" t="s">
+        <v>34</v>
+      </c>
+      <c r="O65" t="s">
+        <v>384</v>
+      </c>
+      <c r="P65" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>386</v>
+      </c>
+      <c r="B66" t="s">
+        <v>387</v>
+      </c>
+      <c r="C66" t="s">
+        <v>18</v>
+      </c>
+      <c r="D66" t="s">
+        <v>110</v>
+      </c>
+      <c r="E66" t="s">
+        <v>189</v>
+      </c>
+      <c r="F66" t="s">
+        <v>190</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2019</v>
+      </c>
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>51</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66" t="s">
+        <v>388</v>
+      </c>
+      <c r="M66" t="s">
+        <v>193</v>
+      </c>
+      <c r="N66" t="s">
+        <v>34</v>
+      </c>
+      <c r="O66" t="s">
+        <v>389</v>
+      </c>
+      <c r="P66" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>391</v>
+      </c>
+      <c r="B67" t="s">
+        <v>392</v>
+      </c>
+      <c r="C67" t="s">
+        <v>18</v>
+      </c>
+      <c r="D67" t="s">
+        <v>45</v>
+      </c>
+      <c r="E67" t="s">
+        <v>189</v>
+      </c>
+      <c r="F67" t="s">
+        <v>190</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2014</v>
+      </c>
+      <c r="I67">
+        <v>2017</v>
+      </c>
+      <c r="J67" t="s">
+        <v>23</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67" t="s">
+        <v>393</v>
+      </c>
+      <c r="M67" t="s">
+        <v>193</v>
+      </c>
+      <c r="N67" t="s">
+        <v>34</v>
+      </c>
+      <c r="O67" t="s">
+        <v>394</v>
+      </c>
+      <c r="P67" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>396</v>
+      </c>
+      <c r="B68" t="s">
+        <v>397</v>
+      </c>
+      <c r="C68" t="s">
+        <v>18</v>
+      </c>
+      <c r="D68" t="s">
+        <v>45</v>
+      </c>
+      <c r="E68" t="s">
+        <v>189</v>
+      </c>
+      <c r="F68" t="s">
+        <v>190</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2019</v>
+      </c>
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>23</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68" t="s">
+        <v>398</v>
+      </c>
+      <c r="M68" t="s">
+        <v>193</v>
+      </c>
+      <c r="N68" t="s">
+        <v>34</v>
+      </c>
+      <c r="O68" t="s">
+        <v>399</v>
+      </c>
+      <c r="P68" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>401</v>
+      </c>
+      <c r="B69" t="s">
+        <v>402</v>
+      </c>
+      <c r="C69" t="s">
+        <v>18</v>
+      </c>
+      <c r="D69" t="s">
+        <v>285</v>
+      </c>
+      <c r="E69" t="s">
+        <v>189</v>
+      </c>
+      <c r="F69" t="s">
+        <v>190</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2014</v>
+      </c>
+      <c r="I69"/>
+      <c r="J69" t="s">
+        <v>23</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69" t="s">
+        <v>403</v>
+      </c>
+      <c r="M69" t="s">
+        <v>193</v>
+      </c>
+      <c r="N69" t="s">
+        <v>34</v>
+      </c>
+      <c r="O69" t="s">
+        <v>404</v>
+      </c>
+      <c r="P69" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>406</v>
+      </c>
+      <c r="B70" t="s">
+        <v>407</v>
+      </c>
+      <c r="C70" t="s">
+        <v>18</v>
+      </c>
+      <c r="D70" t="s">
+        <v>285</v>
+      </c>
+      <c r="E70" t="s">
+        <v>189</v>
+      </c>
+      <c r="F70" t="s">
+        <v>190</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2017</v>
+      </c>
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>23</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70" t="s">
+        <v>408</v>
+      </c>
+      <c r="M70" t="s">
+        <v>193</v>
+      </c>
+      <c r="N70" t="s">
+        <v>34</v>
+      </c>
+      <c r="O70" t="s">
+        <v>409</v>
+      </c>
+      <c r="P70" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>411</v>
+      </c>
+      <c r="B71" t="s">
+        <v>412</v>
+      </c>
+      <c r="C71" t="s">
+        <v>18</v>
+      </c>
+      <c r="D71" t="s">
+        <v>413</v>
+      </c>
+      <c r="E71" t="s">
+        <v>189</v>
+      </c>
+      <c r="F71" t="s">
+        <v>190</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2017</v>
+      </c>
+      <c r="I71"/>
+      <c r="J71" t="s">
+        <v>23</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71" t="s">
+        <v>414</v>
+      </c>
+      <c r="M71" t="s">
+        <v>193</v>
+      </c>
+      <c r="N71" t="s">
+        <v>34</v>
+      </c>
+      <c r="O71" t="s">
+        <v>415</v>
+      </c>
+      <c r="P71" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>417</v>
+      </c>
+      <c r="B72" t="s">
+        <v>418</v>
+      </c>
+      <c r="C72" t="s">
+        <v>18</v>
+      </c>
+      <c r="D72" t="s">
+        <v>191</v>
+      </c>
+      <c r="E72" t="s">
+        <v>189</v>
+      </c>
+      <c r="F72" t="s">
+        <v>190</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>2018</v>
+      </c>
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>75</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72" t="s">
+        <v>419</v>
+      </c>
+      <c r="M72" t="s">
+        <v>311</v>
+      </c>
+      <c r="N72" t="s">
+        <v>34</v>
+      </c>
+      <c r="O72" t="s">
+        <v>420</v>
+      </c>
+      <c r="P72" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>422</v>
+      </c>
+      <c r="B73" t="s">
+        <v>423</v>
+      </c>
+      <c r="C73" t="s">
+        <v>18</v>
+      </c>
+      <c r="D73" t="s">
+        <v>191</v>
+      </c>
+      <c r="E73" t="s">
+        <v>189</v>
+      </c>
+      <c r="F73" t="s">
+        <v>190</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2018</v>
+      </c>
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>75</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73" t="s">
+        <v>424</v>
+      </c>
+      <c r="M73" t="s">
+        <v>311</v>
+      </c>
+      <c r="N73" t="s">
+        <v>34</v>
+      </c>
+      <c r="O73" t="s">
+        <v>425</v>
+      </c>
+      <c r="P73" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>427</v>
+      </c>
+      <c r="B74" t="s">
+        <v>428</v>
+      </c>
+      <c r="C74" t="s">
+        <v>18</v>
+      </c>
+      <c r="D74" t="s">
+        <v>429</v>
+      </c>
+      <c r="E74" t="s">
+        <v>189</v>
+      </c>
+      <c r="F74" t="s">
+        <v>190</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>2018</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>23</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74" t="s">
+        <v>430</v>
+      </c>
+      <c r="M74" t="s">
+        <v>193</v>
+      </c>
+      <c r="N74" t="s">
+        <v>34</v>
+      </c>
+      <c r="O74" t="s">
+        <v>431</v>
+      </c>
+      <c r="P74" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>433</v>
+      </c>
+      <c r="B75" t="s">
+        <v>434</v>
+      </c>
+      <c r="C75" t="s">
+        <v>18</v>
+      </c>
+      <c r="D75" t="s">
+        <v>179</v>
+      </c>
+      <c r="E75" t="s">
+        <v>189</v>
+      </c>
+      <c r="F75" t="s">
+        <v>190</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2021</v>
+      </c>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>23</v>
+      </c>
+      <c r="K75" t="s">
+        <v>191</v>
+      </c>
+      <c r="L75" t="s">
+        <v>435</v>
+      </c>
+      <c r="M75" t="s">
+        <v>193</v>
+      </c>
+      <c r="N75" t="s">
+        <v>173</v>
+      </c>
+      <c r="O75" t="s">
+        <v>436</v>
+      </c>
+      <c r="P75" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>438</v>
+      </c>
+      <c r="B76" t="s">
+        <v>439</v>
+      </c>
+      <c r="C76" t="s">
+        <v>18</v>
+      </c>
+      <c r="D76" t="s">
+        <v>169</v>
+      </c>
+      <c r="E76" t="s">
+        <v>189</v>
+      </c>
+      <c r="F76" t="s">
+        <v>190</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2021</v>
+      </c>
+      <c r="I76"/>
+      <c r="J76" t="s">
+        <v>23</v>
+      </c>
+      <c r="K76" t="s">
+        <v>191</v>
+      </c>
+      <c r="L76" t="s">
+        <v>440</v>
+      </c>
+      <c r="M76" t="s">
+        <v>193</v>
+      </c>
+      <c r="N76" t="s">
+        <v>173</v>
+      </c>
+      <c r="O76" t="s">
+        <v>441</v>
+      </c>
+      <c r="P76" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>443</v>
+      </c>
+      <c r="B77" t="s">
+        <v>444</v>
+      </c>
+      <c r="C77" t="s">
+        <v>18</v>
+      </c>
+      <c r="D77" t="s">
+        <v>179</v>
+      </c>
+      <c r="E77" t="s">
+        <v>189</v>
+      </c>
+      <c r="F77" t="s">
+        <v>190</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>2021</v>
+      </c>
+      <c r="I77"/>
+      <c r="J77" t="s">
+        <v>23</v>
+      </c>
+      <c r="K77" t="s">
+        <v>191</v>
+      </c>
+      <c r="L77" t="s">
+        <v>445</v>
+      </c>
+      <c r="M77" t="s">
+        <v>193</v>
+      </c>
+      <c r="N77" t="s">
+        <v>173</v>
+      </c>
+      <c r="O77" t="s">
+        <v>446</v>
+      </c>
+      <c r="P77" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>448</v>
+      </c>
+      <c r="B78" t="s">
+        <v>449</v>
+      </c>
+      <c r="C78" t="s">
+        <v>18</v>
+      </c>
+      <c r="D78" t="s">
+        <v>181</v>
+      </c>
+      <c r="E78" t="s">
+        <v>189</v>
+      </c>
+      <c r="F78" t="s">
+        <v>190</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>2016</v>
+      </c>
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>23</v>
+      </c>
+      <c r="K78" t="s">
+        <v>191</v>
+      </c>
+      <c r="L78" t="s">
+        <v>450</v>
+      </c>
+      <c r="M78" t="s">
+        <v>193</v>
+      </c>
+      <c r="N78" t="s">
+        <v>173</v>
+      </c>
+      <c r="O78" t="s">
+        <v>451</v>
+      </c>
+      <c r="P78" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>453</v>
+      </c>
+      <c r="B79" t="s">
+        <v>454</v>
+      </c>
+      <c r="C79" t="s">
+        <v>18</v>
+      </c>
+      <c r="D79" t="s">
+        <v>181</v>
+      </c>
+      <c r="E79" t="s">
+        <v>189</v>
+      </c>
+      <c r="F79" t="s">
+        <v>190</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>2009</v>
+      </c>
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>23</v>
+      </c>
+      <c r="K79" t="s">
+        <v>191</v>
+      </c>
+      <c r="L79" t="s">
+        <v>455</v>
+      </c>
+      <c r="M79" t="s">
+        <v>193</v>
+      </c>
+      <c r="N79" t="s">
+        <v>173</v>
+      </c>
+      <c r="O79" t="s">
+        <v>456</v>
+      </c>
+      <c r="P79" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>458</v>
+      </c>
+      <c r="B80" t="s">
+        <v>459</v>
+      </c>
+      <c r="C80" t="s">
+        <v>18</v>
+      </c>
+      <c r="D80" t="s">
+        <v>181</v>
+      </c>
+      <c r="E80" t="s">
+        <v>189</v>
+      </c>
+      <c r="F80" t="s">
+        <v>190</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>2021</v>
+      </c>
+      <c r="I80"/>
+      <c r="J80" t="s">
+        <v>23</v>
+      </c>
+      <c r="K80" t="s">
+        <v>191</v>
+      </c>
+      <c r="L80" t="s">
+        <v>460</v>
+      </c>
+      <c r="M80" t="s">
+        <v>193</v>
+      </c>
+      <c r="N80" t="s">
+        <v>173</v>
+      </c>
+      <c r="O80" t="s">
+        <v>461</v>
+      </c>
+      <c r="P80" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>463</v>
+      </c>
+      <c r="B81" t="s">
+        <v>464</v>
+      </c>
+      <c r="C81" t="s">
+        <v>18</v>
+      </c>
+      <c r="D81" t="s">
+        <v>272</v>
+      </c>
+      <c r="E81" t="s">
+        <v>189</v>
+      </c>
+      <c r="F81" t="s">
+        <v>190</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>2016</v>
+      </c>
+      <c r="I81"/>
+      <c r="J81" t="s">
+        <v>51</v>
+      </c>
+      <c r="K81" t="s">
+        <v>24</v>
+      </c>
+      <c r="L81" t="s">
+        <v>465</v>
+      </c>
+      <c r="M81" t="s">
+        <v>193</v>
+      </c>
+      <c r="N81" t="s">
+        <v>34</v>
+      </c>
+      <c r="O81" t="s">
+        <v>466</v>
+      </c>
+      <c r="P81" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>468</v>
+      </c>
+      <c r="B82" t="s">
+        <v>469</v>
+      </c>
+      <c r="C82" t="s">
+        <v>18</v>
+      </c>
+      <c r="D82" t="s">
+        <v>413</v>
+      </c>
+      <c r="E82" t="s">
+        <v>189</v>
+      </c>
+      <c r="F82" t="s">
+        <v>190</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82">
+        <v>2013</v>
+      </c>
+      <c r="I82"/>
+      <c r="J82" t="s">
+        <v>23</v>
+      </c>
+      <c r="K82" t="s">
+        <v>24</v>
+      </c>
+      <c r="L82" t="s">
+        <v>470</v>
+      </c>
+      <c r="M82" t="s">
+        <v>193</v>
+      </c>
+      <c r="N82" t="s">
+        <v>173</v>
+      </c>
+      <c r="O82" t="s">
+        <v>471</v>
+      </c>
+      <c r="P82" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>473</v>
+      </c>
+      <c r="B83" t="s">
+        <v>474</v>
+      </c>
+      <c r="C83" t="s">
+        <v>18</v>
+      </c>
+      <c r="D83" t="s">
+        <v>150</v>
+      </c>
+      <c r="E83" t="s">
+        <v>189</v>
+      </c>
+      <c r="F83" t="s">
+        <v>190</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
+        <v>2015</v>
+      </c>
+      <c r="I83"/>
+      <c r="J83" t="s">
+        <v>51</v>
+      </c>
+      <c r="K83" t="s">
+        <v>157</v>
+      </c>
+      <c r="L83" t="s">
+        <v>475</v>
+      </c>
+      <c r="M83" t="s">
+        <v>193</v>
+      </c>
+      <c r="N83" t="s">
+        <v>34</v>
+      </c>
+      <c r="O83" t="s">
+        <v>476</v>
+      </c>
+      <c r="P83" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>478</v>
+      </c>
+      <c r="B84" t="s">
+        <v>479</v>
+      </c>
+      <c r="C84" t="s">
+        <v>18</v>
+      </c>
+      <c r="D84" t="s">
+        <v>266</v>
+      </c>
+      <c r="E84" t="s">
+        <v>189</v>
+      </c>
+      <c r="F84" t="s">
+        <v>190</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
+        <v>2015</v>
+      </c>
+      <c r="I84"/>
+      <c r="J84" t="s">
+        <v>51</v>
+      </c>
+      <c r="K84" t="s">
+        <v>157</v>
+      </c>
+      <c r="L84" t="s">
+        <v>480</v>
+      </c>
+      <c r="M84" t="s">
+        <v>193</v>
+      </c>
+      <c r="N84" t="s">
+        <v>34</v>
+      </c>
+      <c r="O84" t="s">
+        <v>481</v>
+      </c>
+      <c r="P84" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>483</v>
+      </c>
+      <c r="B85" t="s">
+        <v>484</v>
+      </c>
+      <c r="C85" t="s">
+        <v>18</v>
+      </c>
+      <c r="D85" t="s">
+        <v>74</v>
+      </c>
+      <c r="E85" t="s">
+        <v>189</v>
+      </c>
+      <c r="F85" t="s">
+        <v>190</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
+        <v>2009</v>
+      </c>
+      <c r="I85">
+        <v>2016</v>
+      </c>
+      <c r="J85" t="s">
+        <v>23</v>
+      </c>
+      <c r="K85" t="s">
+        <v>24</v>
+      </c>
+      <c r="L85" t="s">
+        <v>485</v>
+      </c>
+      <c r="M85" t="s">
+        <v>193</v>
+      </c>
+      <c r="N85" t="s">
+        <v>34</v>
+      </c>
+      <c r="O85" t="s">
+        <v>486</v>
+      </c>
+      <c r="P85" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>488</v>
+      </c>
+      <c r="B86" t="s">
+        <v>489</v>
+      </c>
+      <c r="C86" t="s">
+        <v>18</v>
+      </c>
+      <c r="D86" t="s">
+        <v>68</v>
+      </c>
+      <c r="E86" t="s">
+        <v>189</v>
+      </c>
+      <c r="F86" t="s">
+        <v>190</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>2019</v>
+      </c>
+      <c r="I86"/>
+      <c r="J86" t="s">
+        <v>23</v>
+      </c>
+      <c r="K86" t="s">
+        <v>24</v>
+      </c>
+      <c r="L86" t="s">
+        <v>490</v>
+      </c>
+      <c r="M86" t="s">
+        <v>193</v>
+      </c>
+      <c r="N86" t="s">
+        <v>34</v>
+      </c>
+      <c r="O86" t="s">
+        <v>491</v>
+      </c>
+      <c r="P86" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>493</v>
+      </c>
+      <c r="B87" t="s">
+        <v>494</v>
+      </c>
+      <c r="C87" t="s">
+        <v>18</v>
+      </c>
+      <c r="D87" t="s">
+        <v>495</v>
+      </c>
+      <c r="E87" t="s">
+        <v>189</v>
+      </c>
+      <c r="F87" t="s">
+        <v>190</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H87">
+        <v>2020</v>
+      </c>
+      <c r="I87"/>
+      <c r="J87" t="s">
+        <v>23</v>
+      </c>
+      <c r="K87" t="s">
+        <v>24</v>
+      </c>
+      <c r="L87" t="s">
+        <v>496</v>
+      </c>
+      <c r="M87" t="s">
+        <v>193</v>
+      </c>
+      <c r="N87" t="s">
+        <v>497</v>
+      </c>
+      <c r="O87" t="s">
+        <v>498</v>
+      </c>
+      <c r="P87" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>500</v>
+      </c>
+      <c r="B88" t="s">
+        <v>501</v>
+      </c>
+      <c r="C88" t="s">
+        <v>18</v>
+      </c>
+      <c r="D88" t="s">
+        <v>169</v>
+      </c>
+      <c r="E88" t="s">
         <v>20</v>
       </c>
-      <c r="J45" t="s">
+      <c r="F88" t="s">
         <v>21</v>
       </c>
-      <c r="K45" t="s">
-[...37 lines deleted...]
-      <c r="I46" t="s">
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
+        <v>2020</v>
+      </c>
+      <c r="I88"/>
+      <c r="J88" t="s">
+        <v>75</v>
+      </c>
+      <c r="K88" t="s">
+        <v>171</v>
+      </c>
+      <c r="L88" t="s">
+        <v>502</v>
+      </c>
+      <c r="M88" t="s">
+        <v>503</v>
+      </c>
+      <c r="N88" t="s">
+        <v>173</v>
+      </c>
+      <c r="O88" t="s">
+        <v>504</v>
+      </c>
+      <c r="P88" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>506</v>
+      </c>
+      <c r="B89"/>
+      <c r="C89" t="s">
+        <v>18</v>
+      </c>
+      <c r="D89" t="s">
+        <v>507</v>
+      </c>
+      <c r="E89" t="s">
         <v>20</v>
       </c>
-      <c r="J46" t="s">
+      <c r="F89" t="s">
         <v>21</v>
       </c>
-      <c r="K46" t="s">
-[...117 lines deleted...]
-      <c r="G49">
+      <c r="G89" t="s">
+        <v>22</v>
+      </c>
+      <c r="H89">
+        <v>2021</v>
+      </c>
+      <c r="I89"/>
+      <c r="J89" t="s">
+        <v>75</v>
+      </c>
+      <c r="K89" t="s">
+        <v>171</v>
+      </c>
+      <c r="L89" t="s">
+        <v>508</v>
+      </c>
+      <c r="M89" t="s">
+        <v>503</v>
+      </c>
+      <c r="N89" t="s">
+        <v>173</v>
+      </c>
+      <c r="O89" t="s">
+        <v>509</v>
+      </c>
+      <c r="P89" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>511</v>
+      </c>
+      <c r="B90" t="s">
+        <v>512</v>
+      </c>
+      <c r="C90" t="s">
+        <v>513</v>
+      </c>
+      <c r="D90" t="s">
+        <v>266</v>
+      </c>
+      <c r="E90" t="s">
+        <v>189</v>
+      </c>
+      <c r="F90" t="s">
+        <v>190</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
+        <v>2016</v>
+      </c>
+      <c r="I90"/>
+      <c r="J90" t="s">
+        <v>51</v>
+      </c>
+      <c r="K90" t="s">
+        <v>514</v>
+      </c>
+      <c r="L90" t="s">
+        <v>515</v>
+      </c>
+      <c r="M90" t="s">
+        <v>516</v>
+      </c>
+      <c r="N90" t="s">
+        <v>34</v>
+      </c>
+      <c r="O90" t="s">
+        <v>517</v>
+      </c>
+      <c r="P90" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>519</v>
+      </c>
+      <c r="B91" t="s">
+        <v>520</v>
+      </c>
+      <c r="C91" t="s">
+        <v>513</v>
+      </c>
+      <c r="D91" t="s">
+        <v>521</v>
+      </c>
+      <c r="E91" t="s">
+        <v>189</v>
+      </c>
+      <c r="F91" t="s">
+        <v>190</v>
+      </c>
+      <c r="G91" t="s">
+        <v>22</v>
+      </c>
+      <c r="H91">
+        <v>2016</v>
+      </c>
+      <c r="I91"/>
+      <c r="J91" t="s">
+        <v>51</v>
+      </c>
+      <c r="K91" t="s">
+        <v>24</v>
+      </c>
+      <c r="L91" t="s">
+        <v>522</v>
+      </c>
+      <c r="M91" t="s">
+        <v>516</v>
+      </c>
+      <c r="N91" t="s">
+        <v>34</v>
+      </c>
+      <c r="O91" t="s">
+        <v>523</v>
+      </c>
+      <c r="P91" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>525</v>
+      </c>
+      <c r="B92" t="s">
+        <v>526</v>
+      </c>
+      <c r="C92" t="s">
+        <v>513</v>
+      </c>
+      <c r="D92" t="s">
+        <v>163</v>
+      </c>
+      <c r="E92" t="s">
+        <v>189</v>
+      </c>
+      <c r="F92" t="s">
+        <v>190</v>
+      </c>
+      <c r="G92" t="s">
+        <v>22</v>
+      </c>
+      <c r="H92">
+        <v>2007</v>
+      </c>
+      <c r="I92">
         <v>2008</v>
       </c>
-      <c r="H49">
-[...375 lines deleted...]
-      <c r="H58">
+      <c r="J92" t="s">
+        <v>51</v>
+      </c>
+      <c r="K92" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92" t="s">
+        <v>527</v>
+      </c>
+      <c r="M92" t="s">
+        <v>516</v>
+      </c>
+      <c r="N92" t="s">
+        <v>34</v>
+      </c>
+      <c r="O92" t="s">
+        <v>528</v>
+      </c>
+      <c r="P92" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>530</v>
+      </c>
+      <c r="B93" t="s">
+        <v>531</v>
+      </c>
+      <c r="C93" t="s">
+        <v>513</v>
+      </c>
+      <c r="D93" t="s">
+        <v>39</v>
+      </c>
+      <c r="E93" t="s">
+        <v>189</v>
+      </c>
+      <c r="F93" t="s">
+        <v>190</v>
+      </c>
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
+        <v>2001</v>
+      </c>
+      <c r="I93">
         <v>2012</v>
       </c>
-      <c r="I58" t="s">
-[...631 lines deleted...]
-      <c r="C73" t="s">
+      <c r="J93" t="s">
         <v>51</v>
       </c>
-      <c r="D73" t="s">
-[...106 lines deleted...]
-      <c r="K75" t="s">
+      <c r="K93" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93" t="s">
+        <v>532</v>
+      </c>
+      <c r="M93" t="s">
+        <v>516</v>
+      </c>
+      <c r="N93" t="s">
+        <v>34</v>
+      </c>
+      <c r="O93" t="s">
+        <v>533</v>
+      </c>
+      <c r="P93" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>535</v>
+      </c>
+      <c r="B94" t="s">
+        <v>536</v>
+      </c>
+      <c r="C94" t="s">
+        <v>513</v>
+      </c>
+      <c r="D94" t="s">
+        <v>537</v>
+      </c>
+      <c r="E94" t="s">
         <v>189</v>
       </c>
-      <c r="L75" t="s">
-[...800 lines deleted...]
-      </c>
       <c r="F94" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>190</v>
+      </c>
+      <c r="G94" t="s">
+        <v>22</v>
       </c>
       <c r="H94">
         <v>2017</v>
       </c>
-      <c r="I94" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I94"/>
       <c r="J94" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="K94" t="s">
-        <v>355</v>
+        <v>24</v>
       </c>
       <c r="L94" t="s">
-        <v>233</v>
+        <v>538</v>
       </c>
       <c r="M94" t="s">
-        <v>29</v>
+        <v>516</v>
       </c>
       <c r="N94" t="s">
-        <v>356</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:14">
+        <v>34</v>
+      </c>
+      <c r="O94" t="s">
+        <v>539</v>
+      </c>
+      <c r="P94" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>357</v>
+        <v>541</v>
       </c>
       <c r="B95" t="s">
-        <v>15</v>
+        <v>542</v>
       </c>
       <c r="C95" t="s">
-        <v>358</v>
+        <v>513</v>
       </c>
       <c r="D95" t="s">
-        <v>229</v>
+        <v>39</v>
       </c>
       <c r="E95" t="s">
-        <v>230</v>
+        <v>189</v>
       </c>
       <c r="F95" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G95">
+        <v>190</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
+        <v>2001</v>
+      </c>
+      <c r="I95">
+        <v>2018</v>
+      </c>
+      <c r="J95" t="s">
+        <v>51</v>
+      </c>
+      <c r="K95" t="s">
+        <v>24</v>
+      </c>
+      <c r="L95" t="s">
+        <v>543</v>
+      </c>
+      <c r="M95" t="s">
+        <v>516</v>
+      </c>
+      <c r="N95" t="s">
+        <v>34</v>
+      </c>
+      <c r="O95" t="s">
+        <v>544</v>
+      </c>
+      <c r="P95" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>546</v>
+      </c>
+      <c r="B96" t="s">
+        <v>547</v>
+      </c>
+      <c r="C96" t="s">
+        <v>513</v>
+      </c>
+      <c r="D96" t="s">
+        <v>285</v>
+      </c>
+      <c r="E96" t="s">
+        <v>189</v>
+      </c>
+      <c r="F96" t="s">
+        <v>190</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
         <v>2013</v>
       </c>
-      <c r="H95"/>
-      <c r="I95" t="s">
+      <c r="I96"/>
+      <c r="J96" t="s">
+        <v>51</v>
+      </c>
+      <c r="K96" t="s">
+        <v>24</v>
+      </c>
+      <c r="L96" t="s">
+        <v>548</v>
+      </c>
+      <c r="M96" t="s">
+        <v>516</v>
+      </c>
+      <c r="N96" t="s">
+        <v>34</v>
+      </c>
+      <c r="O96" t="s">
+        <v>549</v>
+      </c>
+      <c r="P96" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>551</v>
+      </c>
+      <c r="B97" t="s">
+        <v>552</v>
+      </c>
+      <c r="C97" t="s">
+        <v>18</v>
+      </c>
+      <c r="D97" t="s">
+        <v>553</v>
+      </c>
+      <c r="E97" t="s">
         <v>20</v>
       </c>
-      <c r="J95" t="s">
-[...74 lines deleted...]
-      </c>
       <c r="F97" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2013</v>
+        <v>554</v>
+      </c>
+      <c r="G97" t="s">
+        <v>555</v>
       </c>
       <c r="H97">
-        <v>2019</v>
-[...1 lines deleted...]
-      <c r="I97" t="s">
+        <v>2024</v>
+      </c>
+      <c r="I97"/>
+      <c r="J97" t="s">
+        <v>556</v>
+      </c>
+      <c r="K97" t="s">
+        <v>24</v>
+      </c>
+      <c r="L97" t="s">
+        <v>557</v>
+      </c>
+      <c r="M97" t="s">
+        <v>558</v>
+      </c>
+      <c r="N97" t="s">
+        <v>34</v>
+      </c>
+      <c r="O97" t="s">
+        <v>559</v>
+      </c>
+      <c r="P97" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>561</v>
+      </c>
+      <c r="B98" t="s">
+        <v>562</v>
+      </c>
+      <c r="C98" t="s">
+        <v>18</v>
+      </c>
+      <c r="D98" t="s">
+        <v>266</v>
+      </c>
+      <c r="E98" t="s">
         <v>20</v>
       </c>
-      <c r="J97" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="F98" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>2003</v>
+        <v>554</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
       </c>
       <c r="H98">
-        <v>2011</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>2010</v>
+      </c>
+      <c r="I98">
+        <v>2021</v>
       </c>
       <c r="J98" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K98" t="s">
-        <v>370</v>
+        <v>157</v>
       </c>
       <c r="L98" t="s">
-        <v>233</v>
+        <v>563</v>
       </c>
       <c r="M98" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="N98" t="s">
-        <v>371</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>564</v>
+      </c>
+      <c r="P98" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>372</v>
+        <v>566</v>
       </c>
       <c r="B99" t="s">
-        <v>15</v>
+        <v>567</v>
       </c>
       <c r="C99" t="s">
-        <v>195</v>
+        <v>18</v>
       </c>
       <c r="D99" t="s">
-        <v>229</v>
+        <v>266</v>
       </c>
       <c r="E99" t="s">
-        <v>230</v>
+        <v>20</v>
       </c>
       <c r="F99" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>2003</v>
+        <v>554</v>
+      </c>
+      <c r="G99" t="s">
+        <v>22</v>
       </c>
       <c r="H99">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2010</v>
+      </c>
+      <c r="I99"/>
       <c r="J99" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="K99" t="s">
-        <v>373</v>
+        <v>24</v>
       </c>
       <c r="L99" t="s">
-        <v>233</v>
+        <v>568</v>
       </c>
       <c r="M99" t="s">
-        <v>29</v>
+        <v>569</v>
       </c>
       <c r="N99" t="s">
-        <v>374</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>570</v>
+      </c>
+      <c r="P99" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>375</v>
+        <v>572</v>
       </c>
       <c r="B100" t="s">
-        <v>15</v>
+        <v>573</v>
       </c>
       <c r="C100" t="s">
-        <v>127</v>
+        <v>18</v>
       </c>
       <c r="D100" t="s">
-        <v>229</v>
+        <v>244</v>
       </c>
       <c r="E100" t="s">
-        <v>230</v>
+        <v>20</v>
       </c>
       <c r="F100" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>2003</v>
+        <v>554</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
       </c>
       <c r="H100">
-        <v>2016</v>
-[...1 lines deleted...]
-      <c r="I100" t="s">
+        <v>2021</v>
+      </c>
+      <c r="I100"/>
+      <c r="J100" t="s">
+        <v>23</v>
+      </c>
+      <c r="K100" t="s">
+        <v>24</v>
+      </c>
+      <c r="L100" t="s">
+        <v>574</v>
+      </c>
+      <c r="M100" t="s">
+        <v>569</v>
+      </c>
+      <c r="N100" t="s">
+        <v>34</v>
+      </c>
+      <c r="O100" t="s">
+        <v>575</v>
+      </c>
+      <c r="P100" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>577</v>
+      </c>
+      <c r="B101" t="s">
+        <v>578</v>
+      </c>
+      <c r="C101" t="s">
+        <v>18</v>
+      </c>
+      <c r="D101" t="s">
+        <v>169</v>
+      </c>
+      <c r="E101" t="s">
         <v>20</v>
       </c>
-      <c r="J100" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="F101" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>554</v>
+      </c>
+      <c r="G101" t="s">
+        <v>22</v>
       </c>
       <c r="H101">
         <v>2013</v>
       </c>
-      <c r="I101" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I101"/>
       <c r="J101" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K101" t="s">
+        <v>171</v>
+      </c>
+      <c r="L101" t="s">
+        <v>579</v>
+      </c>
+      <c r="M101" t="s">
+        <v>569</v>
+      </c>
+      <c r="N101" t="s">
+        <v>173</v>
+      </c>
+      <c r="O101" t="s">
+        <v>580</v>
+      </c>
+      <c r="P101" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>582</v>
+      </c>
+      <c r="B102" t="s">
+        <v>583</v>
+      </c>
+      <c r="C102" t="s">
+        <v>18</v>
+      </c>
+      <c r="D102" t="s">
+        <v>238</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>554</v>
+      </c>
+      <c r="G102" t="s">
+        <v>22</v>
+      </c>
+      <c r="H102">
+        <v>2012</v>
+      </c>
+      <c r="I102"/>
+      <c r="J102" t="s">
+        <v>23</v>
+      </c>
+      <c r="K102" t="s">
+        <v>24</v>
+      </c>
+      <c r="L102" t="s">
+        <v>584</v>
+      </c>
+      <c r="M102" t="s">
+        <v>569</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>585</v>
+      </c>
+      <c r="P102" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>587</v>
+      </c>
+      <c r="B103" t="s">
+        <v>588</v>
+      </c>
+      <c r="C103" t="s">
+        <v>18</v>
+      </c>
+      <c r="D103" t="s">
+        <v>191</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>554</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
+        <v>2020</v>
+      </c>
+      <c r="I103"/>
+      <c r="J103" t="s">
+        <v>23</v>
+      </c>
+      <c r="K103" t="s">
+        <v>24</v>
+      </c>
+      <c r="L103" t="s">
+        <v>589</v>
+      </c>
+      <c r="M103" t="s">
+        <v>569</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>590</v>
+      </c>
+      <c r="P103" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>592</v>
+      </c>
+      <c r="B104" t="s">
+        <v>593</v>
+      </c>
+      <c r="C104" t="s">
+        <v>18</v>
+      </c>
+      <c r="D104" t="s">
+        <v>150</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>554</v>
+      </c>
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
+        <v>2013</v>
+      </c>
+      <c r="I104"/>
+      <c r="J104" t="s">
+        <v>51</v>
+      </c>
+      <c r="K104" t="s">
+        <v>24</v>
+      </c>
+      <c r="L104" t="s">
+        <v>594</v>
+      </c>
+      <c r="M104" t="s">
+        <v>26</v>
+      </c>
+      <c r="N104" t="s">
+        <v>34</v>
+      </c>
+      <c r="O104" t="s">
+        <v>595</v>
+      </c>
+      <c r="P104" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>597</v>
+      </c>
+      <c r="B105" t="s">
+        <v>50</v>
+      </c>
+      <c r="C105" t="s">
+        <v>18</v>
+      </c>
+      <c r="D105" t="s">
+        <v>68</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>554</v>
+      </c>
+      <c r="G105" t="s">
+        <v>22</v>
+      </c>
+      <c r="H105">
+        <v>2013</v>
+      </c>
+      <c r="I105"/>
+      <c r="J105" t="s">
+        <v>23</v>
+      </c>
+      <c r="K105" t="s">
+        <v>24</v>
+      </c>
+      <c r="L105" t="s">
+        <v>52</v>
+      </c>
+      <c r="M105" t="s">
+        <v>569</v>
+      </c>
+      <c r="N105" t="s">
+        <v>34</v>
+      </c>
+      <c r="O105" t="s">
+        <v>598</v>
+      </c>
+      <c r="P105" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>600</v>
+      </c>
+      <c r="B106" t="s">
+        <v>601</v>
+      </c>
+      <c r="C106" t="s">
+        <v>18</v>
+      </c>
+      <c r="D106" t="s">
         <v>63</v>
       </c>
-      <c r="L101" t="s">
-[...166 lines deleted...]
-      <c r="I105" t="s">
+      <c r="E106" t="s">
         <v>20</v>
       </c>
-      <c r="J105" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="F106" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>2001</v>
+        <v>554</v>
+      </c>
+      <c r="G106" t="s">
+        <v>22</v>
       </c>
       <c r="H106">
         <v>2014</v>
       </c>
-      <c r="I106" t="s">
+      <c r="I106"/>
+      <c r="J106" t="s">
+        <v>51</v>
+      </c>
+      <c r="K106" t="s">
+        <v>24</v>
+      </c>
+      <c r="L106" t="s">
+        <v>58</v>
+      </c>
+      <c r="M106" t="s">
+        <v>569</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>602</v>
+      </c>
+      <c r="P106" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>604</v>
+      </c>
+      <c r="B107" t="s">
+        <v>605</v>
+      </c>
+      <c r="C107" t="s">
+        <v>18</v>
+      </c>
+      <c r="D107" t="s">
+        <v>606</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>554</v>
+      </c>
+      <c r="G107" t="s">
+        <v>555</v>
+      </c>
+      <c r="H107" t="s">
+        <v>607</v>
+      </c>
+      <c r="I107">
+        <v>2024</v>
+      </c>
+      <c r="J107" t="s">
+        <v>608</v>
+      </c>
+      <c r="K107" t="s">
+        <v>24</v>
+      </c>
+      <c r="L107"/>
+      <c r="M107" t="s">
+        <v>569</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>609</v>
+      </c>
+      <c r="P107" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>611</v>
+      </c>
+      <c r="B108" t="s">
+        <v>612</v>
+      </c>
+      <c r="C108" t="s">
+        <v>18</v>
+      </c>
+      <c r="D108" t="s">
+        <v>57</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>554</v>
+      </c>
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
+        <v>2014</v>
+      </c>
+      <c r="I108"/>
+      <c r="J108" t="s">
+        <v>51</v>
+      </c>
+      <c r="K108" t="s">
+        <v>24</v>
+      </c>
+      <c r="L108" t="s">
+        <v>613</v>
+      </c>
+      <c r="M108" t="s">
+        <v>569</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>614</v>
+      </c>
+      <c r="P108" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>616</v>
+      </c>
+      <c r="B109" t="s">
+        <v>617</v>
+      </c>
+      <c r="C109" t="s">
+        <v>18</v>
+      </c>
+      <c r="D109" t="s">
+        <v>156</v>
+      </c>
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
+        <v>554</v>
+      </c>
+      <c r="G109" t="s">
+        <v>618</v>
+      </c>
+      <c r="H109">
+        <v>2014</v>
+      </c>
+      <c r="I109">
+        <v>2015</v>
+      </c>
+      <c r="J109" t="s">
+        <v>51</v>
+      </c>
+      <c r="K109" t="s">
+        <v>157</v>
+      </c>
+      <c r="L109" t="s">
+        <v>619</v>
+      </c>
+      <c r="M109" t="s">
+        <v>26</v>
+      </c>
+      <c r="N109" t="s">
+        <v>34</v>
+      </c>
+      <c r="O109" t="s">
+        <v>620</v>
+      </c>
+      <c r="P109" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>622</v>
+      </c>
+      <c r="B110" t="s">
+        <v>623</v>
+      </c>
+      <c r="C110" t="s">
+        <v>18</v>
+      </c>
+      <c r="D110" t="s">
+        <v>272</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
+        <v>554</v>
+      </c>
+      <c r="G110" t="s">
+        <v>22</v>
+      </c>
+      <c r="H110">
+        <v>2015</v>
+      </c>
+      <c r="I110"/>
+      <c r="J110" t="s">
+        <v>51</v>
+      </c>
+      <c r="K110" t="s">
+        <v>24</v>
+      </c>
+      <c r="L110" t="s">
+        <v>624</v>
+      </c>
+      <c r="M110" t="s">
+        <v>26</v>
+      </c>
+      <c r="N110" t="s">
+        <v>34</v>
+      </c>
+      <c r="O110" t="s">
+        <v>625</v>
+      </c>
+      <c r="P110" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>627</v>
+      </c>
+      <c r="B111" t="s">
+        <v>628</v>
+      </c>
+      <c r="C111" t="s">
+        <v>18</v>
+      </c>
+      <c r="D111" t="s">
+        <v>74</v>
+      </c>
+      <c r="E111" t="s">
+        <v>20</v>
+      </c>
+      <c r="F111" t="s">
+        <v>554</v>
+      </c>
+      <c r="G111" t="s">
+        <v>22</v>
+      </c>
+      <c r="H111">
+        <v>2016</v>
+      </c>
+      <c r="I111"/>
+      <c r="J111" t="s">
+        <v>51</v>
+      </c>
+      <c r="K111" t="s">
+        <v>24</v>
+      </c>
+      <c r="L111" t="s">
+        <v>629</v>
+      </c>
+      <c r="M111" t="s">
+        <v>569</v>
+      </c>
+      <c r="N111" t="s">
+        <v>34</v>
+      </c>
+      <c r="O111" t="s">
+        <v>630</v>
+      </c>
+      <c r="P111" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>632</v>
+      </c>
+      <c r="B112" t="s">
+        <v>633</v>
+      </c>
+      <c r="C112" t="s">
+        <v>18</v>
+      </c>
+      <c r="D112" t="s">
+        <v>99</v>
+      </c>
+      <c r="E112" t="s">
+        <v>20</v>
+      </c>
+      <c r="F112" t="s">
+        <v>554</v>
+      </c>
+      <c r="G112" t="s">
+        <v>22</v>
+      </c>
+      <c r="H112">
+        <v>2016</v>
+      </c>
+      <c r="I112"/>
+      <c r="J112" t="s">
+        <v>51</v>
+      </c>
+      <c r="K112" t="s">
+        <v>24</v>
+      </c>
+      <c r="L112" t="s">
+        <v>634</v>
+      </c>
+      <c r="M112" t="s">
+        <v>569</v>
+      </c>
+      <c r="N112" t="s">
+        <v>34</v>
+      </c>
+      <c r="O112" t="s">
+        <v>635</v>
+      </c>
+      <c r="P112" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>637</v>
+      </c>
+      <c r="B113" t="s">
+        <v>638</v>
+      </c>
+      <c r="C113" t="s">
+        <v>18</v>
+      </c>
+      <c r="D113" t="s">
+        <v>191</v>
+      </c>
+      <c r="E113" t="s">
+        <v>20</v>
+      </c>
+      <c r="F113" t="s">
+        <v>554</v>
+      </c>
+      <c r="G113" t="s">
+        <v>22</v>
+      </c>
+      <c r="H113">
+        <v>2017</v>
+      </c>
+      <c r="I113"/>
+      <c r="J113" t="s">
+        <v>51</v>
+      </c>
+      <c r="K113" t="s">
+        <v>24</v>
+      </c>
+      <c r="L113" t="s">
+        <v>639</v>
+      </c>
+      <c r="M113" t="s">
+        <v>569</v>
+      </c>
+      <c r="N113" t="s">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>640</v>
+      </c>
+      <c r="P113" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>642</v>
+      </c>
+      <c r="B114" t="s">
+        <v>643</v>
+      </c>
+      <c r="C114" t="s">
+        <v>18</v>
+      </c>
+      <c r="D114" t="s">
+        <v>227</v>
+      </c>
+      <c r="E114" t="s">
+        <v>20</v>
+      </c>
+      <c r="F114" t="s">
+        <v>554</v>
+      </c>
+      <c r="G114" t="s">
+        <v>22</v>
+      </c>
+      <c r="H114">
+        <v>2019</v>
+      </c>
+      <c r="I114"/>
+      <c r="J114" t="s">
+        <v>23</v>
+      </c>
+      <c r="K114" t="s">
+        <v>24</v>
+      </c>
+      <c r="L114" t="s">
+        <v>644</v>
+      </c>
+      <c r="M114" t="s">
+        <v>569</v>
+      </c>
+      <c r="N114" t="s">
+        <v>34</v>
+      </c>
+      <c r="O114" t="s">
+        <v>645</v>
+      </c>
+      <c r="P114" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>647</v>
+      </c>
+      <c r="B115" t="s">
+        <v>104</v>
+      </c>
+      <c r="C115" t="s">
+        <v>18</v>
+      </c>
+      <c r="D115" t="s">
+        <v>45</v>
+      </c>
+      <c r="E115" t="s">
+        <v>20</v>
+      </c>
+      <c r="F115" t="s">
+        <v>554</v>
+      </c>
+      <c r="G115" t="s">
+        <v>618</v>
+      </c>
+      <c r="H115">
+        <v>2020</v>
+      </c>
+      <c r="I115"/>
+      <c r="J115" t="s">
+        <v>23</v>
+      </c>
+      <c r="K115" t="s">
+        <v>24</v>
+      </c>
+      <c r="L115" t="s">
+        <v>105</v>
+      </c>
+      <c r="M115" t="s">
+        <v>569</v>
+      </c>
+      <c r="N115" t="s">
+        <v>34</v>
+      </c>
+      <c r="O115" t="s">
+        <v>648</v>
+      </c>
+      <c r="P115" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>650</v>
+      </c>
+      <c r="B116" t="s">
+        <v>38</v>
+      </c>
+      <c r="C116" t="s">
+        <v>18</v>
+      </c>
+      <c r="D116" t="s">
+        <v>39</v>
+      </c>
+      <c r="E116" t="s">
+        <v>20</v>
+      </c>
+      <c r="F116" t="s">
+        <v>554</v>
+      </c>
+      <c r="G116" t="s">
+        <v>22</v>
+      </c>
+      <c r="H116">
+        <v>2020</v>
+      </c>
+      <c r="I116"/>
+      <c r="J116" t="s">
+        <v>23</v>
+      </c>
+      <c r="K116" t="s">
+        <v>24</v>
+      </c>
+      <c r="L116" t="s">
         <v>40</v>
       </c>
-      <c r="J106" t="s">
-[...81 lines deleted...]
-      <c r="H108">
+      <c r="M116" t="s">
+        <v>569</v>
+      </c>
+      <c r="N116" t="s">
+        <v>34</v>
+      </c>
+      <c r="O116" t="s">
+        <v>651</v>
+      </c>
+      <c r="P116" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>653</v>
+      </c>
+      <c r="B117" t="s">
+        <v>114</v>
+      </c>
+      <c r="C117" t="s">
+        <v>18</v>
+      </c>
+      <c r="D117" t="s">
+        <v>115</v>
+      </c>
+      <c r="E117" t="s">
+        <v>20</v>
+      </c>
+      <c r="F117" t="s">
+        <v>554</v>
+      </c>
+      <c r="G117" t="s">
+        <v>22</v>
+      </c>
+      <c r="H117">
         <v>2020</v>
       </c>
-      <c r="I108" t="s">
+      <c r="I117"/>
+      <c r="J117" t="s">
+        <v>23</v>
+      </c>
+      <c r="K117" t="s">
+        <v>24</v>
+      </c>
+      <c r="L117" t="s">
+        <v>116</v>
+      </c>
+      <c r="M117" t="s">
+        <v>569</v>
+      </c>
+      <c r="N117" t="s">
+        <v>34</v>
+      </c>
+      <c r="O117" t="s">
+        <v>654</v>
+      </c>
+      <c r="P117" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>656</v>
+      </c>
+      <c r="B118" t="s">
+        <v>657</v>
+      </c>
+      <c r="C118" t="s">
+        <v>18</v>
+      </c>
+      <c r="D118" t="s">
+        <v>204</v>
+      </c>
+      <c r="E118" t="s">
         <v>20</v>
       </c>
-      <c r="J108" t="s">
-[...82 lines deleted...]
-      <c r="I110" t="s">
+      <c r="F118" t="s">
+        <v>554</v>
+      </c>
+      <c r="G118" t="s">
+        <v>22</v>
+      </c>
+      <c r="H118">
+        <v>2020</v>
+      </c>
+      <c r="I118"/>
+      <c r="J118" t="s">
+        <v>23</v>
+      </c>
+      <c r="K118" t="s">
+        <v>24</v>
+      </c>
+      <c r="L118" t="s">
+        <v>658</v>
+      </c>
+      <c r="M118" t="s">
+        <v>569</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>659</v>
+      </c>
+      <c r="P118" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>661</v>
+      </c>
+      <c r="B119" t="s">
+        <v>662</v>
+      </c>
+      <c r="C119" t="s">
+        <v>18</v>
+      </c>
+      <c r="D119" t="s">
+        <v>81</v>
+      </c>
+      <c r="E119" t="s">
         <v>20</v>
       </c>
-      <c r="J110" t="s">
-[...378 lines deleted...]
-      </c>
       <c r="F119" t="s">
-        <v>19</v>
-[...7 lines deleted...]
-      </c>
+        <v>554</v>
+      </c>
+      <c r="G119" t="s">
+        <v>22</v>
+      </c>
+      <c r="H119">
+        <v>2020</v>
+      </c>
+      <c r="I119"/>
       <c r="J119" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K119" t="s">
-        <v>438</v>
+        <v>24</v>
       </c>
       <c r="L119" t="s">
-        <v>383</v>
+        <v>663</v>
       </c>
       <c r="M119" t="s">
-        <v>29</v>
+        <v>569</v>
       </c>
       <c r="N119" t="s">
-        <v>439</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>664</v>
+      </c>
+      <c r="P119" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>440</v>
+        <v>666</v>
       </c>
       <c r="B120" t="s">
-        <v>15</v>
+        <v>667</v>
       </c>
       <c r="C120" t="s">
-        <v>441</v>
+        <v>18</v>
       </c>
       <c r="D120" t="s">
-        <v>229</v>
+        <v>204</v>
       </c>
       <c r="E120" t="s">
-        <v>230</v>
+        <v>20</v>
       </c>
       <c r="F120" t="s">
-        <v>19</v>
-[...7 lines deleted...]
-      </c>
+        <v>554</v>
+      </c>
+      <c r="G120" t="s">
+        <v>22</v>
+      </c>
+      <c r="H120">
+        <v>2020</v>
+      </c>
+      <c r="I120"/>
       <c r="J120" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K120" t="s">
-        <v>442</v>
+        <v>24</v>
       </c>
       <c r="L120" t="s">
-        <v>233</v>
+        <v>668</v>
       </c>
       <c r="M120" t="s">
-        <v>24</v>
+        <v>569</v>
       </c>
       <c r="N120" t="s">
-        <v>443</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:14">
+        <v>34</v>
+      </c>
+      <c r="O120" t="s">
+        <v>669</v>
+      </c>
+      <c r="P120" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>444</v>
+        <v>671</v>
       </c>
       <c r="B121" t="s">
-        <v>15</v>
+        <v>672</v>
       </c>
       <c r="C121" t="s">
-        <v>437</v>
+        <v>18</v>
       </c>
       <c r="D121" t="s">
-        <v>229</v>
+        <v>495</v>
       </c>
       <c r="E121" t="s">
-        <v>230</v>
+        <v>20</v>
       </c>
       <c r="F121" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>2009</v>
+        <v>554</v>
+      </c>
+      <c r="G121" t="s">
+        <v>618</v>
       </c>
       <c r="H121">
         <v>2021</v>
       </c>
-      <c r="I121" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I121"/>
       <c r="J121" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K121" t="s">
-        <v>442</v>
+        <v>673</v>
       </c>
       <c r="L121" t="s">
-        <v>383</v>
+        <v>674</v>
       </c>
       <c r="M121" t="s">
-        <v>29</v>
+        <v>569</v>
       </c>
       <c r="N121" t="s">
-        <v>445</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:14">
+        <v>497</v>
+      </c>
+      <c r="O121" t="s">
+        <v>675</v>
+      </c>
+      <c r="P121" t="s">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>446</v>
+        <v>677</v>
       </c>
       <c r="B122" t="s">
-        <v>15</v>
+        <v>678</v>
       </c>
       <c r="C122" t="s">
-        <v>447</v>
+        <v>18</v>
       </c>
       <c r="D122" t="s">
-        <v>229</v>
+        <v>169</v>
       </c>
       <c r="E122" t="s">
-        <v>230</v>
+        <v>20</v>
       </c>
       <c r="F122" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>554</v>
+      </c>
+      <c r="G122" t="s">
+        <v>679</v>
       </c>
       <c r="H122">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="I122"/>
       <c r="J122" t="s">
-        <v>21</v>
+        <v>680</v>
       </c>
       <c r="K122" t="s">
-        <v>448</v>
+        <v>171</v>
       </c>
       <c r="L122" t="s">
-        <v>233</v>
+        <v>681</v>
       </c>
       <c r="M122" t="s">
-        <v>29</v>
+        <v>569</v>
       </c>
       <c r="N122" t="s">
-        <v>449</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:14">
+        <v>173</v>
+      </c>
+      <c r="O122" t="s">
+        <v>682</v>
+      </c>
+      <c r="P122" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>450</v>
+        <v>684</v>
       </c>
       <c r="B123" t="s">
-        <v>15</v>
+        <v>685</v>
       </c>
       <c r="C123" t="s">
-        <v>332</v>
+        <v>18</v>
       </c>
       <c r="D123" t="s">
-        <v>229</v>
+        <v>266</v>
       </c>
       <c r="E123" t="s">
-        <v>230</v>
+        <v>20</v>
       </c>
       <c r="F123" t="s">
-        <v>19</v>
-[...5 lines deleted...]
-      <c r="I123" t="s">
+        <v>554</v>
+      </c>
+      <c r="G123" t="s">
+        <v>22</v>
+      </c>
+      <c r="H123">
+        <v>2020</v>
+      </c>
+      <c r="I123"/>
+      <c r="J123" t="s">
+        <v>23</v>
+      </c>
+      <c r="K123" t="s">
+        <v>24</v>
+      </c>
+      <c r="L123" t="s">
+        <v>105</v>
+      </c>
+      <c r="M123" t="s">
+        <v>569</v>
+      </c>
+      <c r="N123" t="s">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>686</v>
+      </c>
+      <c r="P123" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>688</v>
+      </c>
+      <c r="B124" t="s">
+        <v>689</v>
+      </c>
+      <c r="C124" t="s">
+        <v>18</v>
+      </c>
+      <c r="D124" t="s">
+        <v>110</v>
+      </c>
+      <c r="E124" t="s">
         <v>20</v>
       </c>
-      <c r="J123" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="F124" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G124">
+        <v>554</v>
+      </c>
+      <c r="G124" t="s">
+        <v>22</v>
+      </c>
+      <c r="H124">
         <v>2021</v>
       </c>
-      <c r="H124"/>
-      <c r="I124" t="s">
+      <c r="I124"/>
+      <c r="J124" t="s">
+        <v>23</v>
+      </c>
+      <c r="K124" t="s">
+        <v>24</v>
+      </c>
+      <c r="L124" t="s">
+        <v>105</v>
+      </c>
+      <c r="M124" t="s">
+        <v>569</v>
+      </c>
+      <c r="N124" t="s">
+        <v>34</v>
+      </c>
+      <c r="O124" t="s">
+        <v>690</v>
+      </c>
+      <c r="P124" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>692</v>
+      </c>
+      <c r="B125" t="s">
+        <v>693</v>
+      </c>
+      <c r="C125" t="s">
+        <v>18</v>
+      </c>
+      <c r="D125" t="s">
+        <v>694</v>
+      </c>
+      <c r="E125" t="s">
         <v>20</v>
       </c>
-      <c r="J124" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="F125" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G125">
+        <v>554</v>
+      </c>
+      <c r="G125" t="s">
+        <v>22</v>
+      </c>
+      <c r="H125">
+        <v>2021</v>
+      </c>
+      <c r="I125"/>
+      <c r="J125" t="s">
+        <v>75</v>
+      </c>
+      <c r="K125" t="s">
+        <v>24</v>
+      </c>
+      <c r="L125" t="s">
+        <v>695</v>
+      </c>
+      <c r="M125" t="s">
+        <v>696</v>
+      </c>
+      <c r="N125" t="s">
+        <v>34</v>
+      </c>
+      <c r="O125" t="s">
+        <v>697</v>
+      </c>
+      <c r="P125" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>699</v>
+      </c>
+      <c r="B126" t="s">
+        <v>700</v>
+      </c>
+      <c r="C126" t="s">
+        <v>18</v>
+      </c>
+      <c r="D126" t="s">
+        <v>701</v>
+      </c>
+      <c r="E126" t="s">
+        <v>189</v>
+      </c>
+      <c r="F126" t="s">
+        <v>190</v>
+      </c>
+      <c r="G126" t="s">
+        <v>22</v>
+      </c>
+      <c r="H126">
+        <v>2018</v>
+      </c>
+      <c r="I126"/>
+      <c r="J126" t="s">
+        <v>75</v>
+      </c>
+      <c r="K126" t="s">
+        <v>279</v>
+      </c>
+      <c r="L126" t="s">
+        <v>702</v>
+      </c>
+      <c r="M126" t="s">
+        <v>703</v>
+      </c>
+      <c r="N126" t="s">
+        <v>34</v>
+      </c>
+      <c r="O126" t="s">
+        <v>704</v>
+      </c>
+      <c r="P126" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>706</v>
+      </c>
+      <c r="B127" t="s">
+        <v>707</v>
+      </c>
+      <c r="C127" t="s">
+        <v>18</v>
+      </c>
+      <c r="D127" t="s">
+        <v>708</v>
+      </c>
+      <c r="E127" t="s">
+        <v>189</v>
+      </c>
+      <c r="F127" t="s">
+        <v>190</v>
+      </c>
+      <c r="G127" t="s">
+        <v>22</v>
+      </c>
+      <c r="H127">
+        <v>2021</v>
+      </c>
+      <c r="I127"/>
+      <c r="J127" t="s">
+        <v>75</v>
+      </c>
+      <c r="K127" t="s">
+        <v>24</v>
+      </c>
+      <c r="L127" t="s">
+        <v>709</v>
+      </c>
+      <c r="M127" t="s">
+        <v>703</v>
+      </c>
+      <c r="N127" t="s">
+        <v>34</v>
+      </c>
+      <c r="O127" t="s">
+        <v>710</v>
+      </c>
+      <c r="P127" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>712</v>
+      </c>
+      <c r="B128" t="s">
+        <v>713</v>
+      </c>
+      <c r="C128" t="s">
+        <v>18</v>
+      </c>
+      <c r="D128" t="s">
+        <v>714</v>
+      </c>
+      <c r="E128" t="s">
+        <v>189</v>
+      </c>
+      <c r="F128" t="s">
+        <v>554</v>
+      </c>
+      <c r="G128" t="s">
+        <v>555</v>
+      </c>
+      <c r="H128">
+        <v>2025</v>
+      </c>
+      <c r="I128"/>
+      <c r="J128" t="s">
+        <v>715</v>
+      </c>
+      <c r="K128" t="s">
+        <v>24</v>
+      </c>
+      <c r="L128" t="s">
+        <v>716</v>
+      </c>
+      <c r="M128" t="s">
+        <v>717</v>
+      </c>
+      <c r="N128" t="s">
+        <v>34</v>
+      </c>
+      <c r="O128" t="s">
+        <v>718</v>
+      </c>
+      <c r="P128" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>720</v>
+      </c>
+      <c r="B129" t="s">
+        <v>721</v>
+      </c>
+      <c r="C129" t="s">
+        <v>18</v>
+      </c>
+      <c r="D129" t="s">
+        <v>722</v>
+      </c>
+      <c r="E129" t="s">
+        <v>189</v>
+      </c>
+      <c r="F129" t="s">
+        <v>723</v>
+      </c>
+      <c r="G129" t="s">
+        <v>22</v>
+      </c>
+      <c r="H129">
         <v>2022</v>
       </c>
-      <c r="H125"/>
-[...170 lines deleted...]
-      </c>
+      <c r="I129"/>
       <c r="J129" t="s">
-        <v>21</v>
+        <v>724</v>
       </c>
       <c r="K129" t="s">
-        <v>469</v>
+        <v>279</v>
       </c>
       <c r="L129" t="s">
-        <v>233</v>
+        <v>725</v>
       </c>
       <c r="M129" t="s">
-        <v>29</v>
+        <v>726</v>
       </c>
       <c r="N129" t="s">
-        <v>470</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:14">
+        <v>727</v>
+      </c>
+      <c r="O129" t="s">
+        <v>728</v>
+      </c>
+      <c r="P129" t="s">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>471</v>
+        <v>730</v>
       </c>
       <c r="B130" t="s">
-        <v>15</v>
+        <v>731</v>
       </c>
       <c r="C130" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="D130" t="s">
-        <v>229</v>
+        <v>732</v>
       </c>
       <c r="E130" t="s">
-        <v>230</v>
+        <v>189</v>
       </c>
       <c r="F130" t="s">
-        <v>19</v>
-[...7 lines deleted...]
-      </c>
+        <v>190</v>
+      </c>
+      <c r="G130" t="s">
+        <v>22</v>
+      </c>
+      <c r="H130">
+        <v>2017</v>
+      </c>
+      <c r="I130"/>
       <c r="J130" t="s">
-        <v>21</v>
+        <v>170</v>
       </c>
       <c r="K130" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>171</v>
+      </c>
+      <c r="L130"/>
       <c r="M130" t="s">
-        <v>29</v>
+        <v>193</v>
       </c>
       <c r="N130" t="s">
-        <v>472</v>
-[...3322 lines deleted...]
-      <c r="N207" t="s">
+        <v>173</v>
+      </c>
+      <c r="O130" t="s">
         <v>733</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A208" t="s">
+      <c r="P130" t="s">
         <v>734</v>
       </c>
-      <c r="B208" t="s">
-[...5143 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>