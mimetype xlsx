--- v0 (2025-12-04)
+++ v1 (2026-02-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -314,50 +314,53 @@
     <t>Portable Fans</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
   </si>
   <si>
     <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>SNI 8557-1:2018 IEC 62552-1:2015
 ,   
                     SNI IEC 62552-2:2016
 ,   
                     SNI 8557-3:2018 IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-0</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124138_113KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_LEMARI_PENDINGIN.PDF</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Rice Cooker</t>
   </si>
   <si>
     <t>The document specifies the MEPS and labeling requirements for cover rice cookers with rice cooking capacity not exceeding 3 L and voltage up to 250 V, excluding pressure cookers (HS code: 8516.60.10).</t>
   </si>
   <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>SNI IEC 60335-1
@@ -723,51 +726,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="181.527" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="713.683" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="101.404" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="159.104" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="180.385" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1333,170 +1336,170 @@
       </c>
       <c r="P12" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>94</v>
       </c>
       <c r="B13" t="s">
         <v>95</v>
       </c>
       <c r="C13" t="s">
         <v>68</v>
       </c>
       <c r="D13" t="s">
         <v>96</v>
       </c>
       <c r="E13" t="s">
         <v>70</v>
       </c>
       <c r="F13" t="s">
         <v>71</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>97</v>
       </c>
       <c r="H13">
         <v>2021</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
         <v>89</v>
       </c>
       <c r="K13" t="s">
         <v>33</v>
       </c>
       <c r="L13" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="M13" t="s">
         <v>91</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="P13" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B14" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C14" t="s">
         <v>68</v>
       </c>
       <c r="D14" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E14" t="s">
         <v>70</v>
       </c>
       <c r="F14" t="s">
         <v>71</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2021</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
         <v>89</v>
       </c>
       <c r="K14" t="s">
         <v>33</v>
       </c>
       <c r="L14" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="M14" t="s">
         <v>91</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="P14" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B15" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C15" t="s">
         <v>68</v>
       </c>
       <c r="D15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E15" t="s">
         <v>70</v>
       </c>
       <c r="F15" t="s">
         <v>71</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2021</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
         <v>89</v>
       </c>
       <c r="K15" t="s">
         <v>33</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
         <v>73</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="P15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">