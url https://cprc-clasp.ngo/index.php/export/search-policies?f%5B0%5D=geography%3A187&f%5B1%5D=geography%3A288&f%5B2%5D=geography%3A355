--- v0 (2025-12-11)
+++ v1 (2026-02-23)
@@ -4917,51 +4917,51 @@
       </c>
       <c r="P61" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
         <v>382</v>
       </c>
       <c r="B62" t="s">
         <v>383</v>
       </c>
       <c r="C62" t="s">
         <v>43</v>
       </c>
       <c r="D62" t="s">
         <v>384</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
         <v>59</v>
       </c>
       <c r="G62" t="s">
-        <v>45</v>
+        <v>8</v>
       </c>
       <c r="H62">
         <v>2021</v>
       </c>
       <c r="I62">
         <v>2024</v>
       </c>
       <c r="J62" t="s">
         <v>385</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62" t="s">
         <v>386</v>
       </c>
       <c r="M62" t="s">
         <v>47</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
         <v>387</v>
       </c>