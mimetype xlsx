--- v0 (2025-12-15)
+++ v1 (2026-02-25)
@@ -5741,51 +5741,51 @@
       </c>
       <c r="P72" t="s">
         <v>449</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
         <v>450</v>
       </c>
       <c r="B73" t="s">
         <v>451</v>
       </c>
       <c r="C73" t="s">
         <v>31</v>
       </c>
       <c r="D73" t="s">
         <v>345</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
         <v>49</v>
       </c>
       <c r="G73" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="H73">
         <v>2021</v>
       </c>
       <c r="I73">
         <v>2024</v>
       </c>
       <c r="J73" t="s">
         <v>452</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
       <c r="L73" t="s">
         <v>453</v>
       </c>
       <c r="M73" t="s">
         <v>36</v>
       </c>
       <c r="N73" t="s">
         <v>37</v>
       </c>
       <c r="O73" t="s">
         <v>454</v>
       </c>