--- v0 (2025-12-11)
+++ v1 (2026-02-21)
@@ -11273,51 +11273,51 @@
       </c>
       <c r="P155" t="s">
         <v>823</v>
       </c>
     </row>
     <row r="156" spans="1:16">
       <c r="A156" t="s">
         <v>824</v>
       </c>
       <c r="B156" t="s">
         <v>825</v>
       </c>
       <c r="C156" t="s">
         <v>50</v>
       </c>
       <c r="D156" t="s">
         <v>826</v>
       </c>
       <c r="E156" t="s">
         <v>34</v>
       </c>
       <c r="F156" t="s">
         <v>317</v>
       </c>
       <c r="G156" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H156">
         <v>2021</v>
       </c>
       <c r="I156">
         <v>2024</v>
       </c>
       <c r="J156" t="s">
         <v>827</v>
       </c>
       <c r="K156" t="s">
         <v>24</v>
       </c>
       <c r="L156" t="s">
         <v>828</v>
       </c>
       <c r="M156" t="s">
         <v>53</v>
       </c>
       <c r="N156" t="s">
         <v>27</v>
       </c>
       <c r="O156" t="s">
         <v>829</v>
       </c>