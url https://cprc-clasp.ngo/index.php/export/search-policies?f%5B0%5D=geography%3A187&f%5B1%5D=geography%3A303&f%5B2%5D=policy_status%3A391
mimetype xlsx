--- v0 (2025-10-14)
+++ v1 (2025-12-05)
@@ -12,1188 +12,1719 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="343">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="507">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Air Purifiers</t>
   </si>
   <si>
+    <t>This program covers split-type air purifiers such as mechanical air cleaners, ionic air cleaners, and Combined Air Purifiers</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ANSI/AHAM AC-3-2009 for evaluating the performance of air cleaners</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-air-purifiers</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/#.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Cooktop</t>
+  </si>
+  <si>
+    <t>This program covers an electric induction cooker with 1 – 4 heads and the diameter of the cooker does not exceed 220 mm. Covers Portable type and built-in type all sizes (watts), single-phase AC, rated frequency 50 Hz and rated voltage does not exceed 250 V, manufactured locally or imported for sale in Thailand, and must not be a product that does not pass the random test of electric efficiency of the program within 1 year from the notification of the random test result.</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2589-2556 (2013)
 ,   
                     IEC 61817
 ,   
                     IEC 60350-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-cooktop</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/stove.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Electric Stoves</t>
   </si>
   <si>
+    <t>This program covers shallow bottoms pan type: heating type integrated with pan, separate heating with the pan.</t>
+  </si>
+  <si>
     <t>TIS 2673-2559 (2016)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-electric-stoves</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/pan.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Irons</t>
   </si>
   <si>
+    <t>This program covers electric irons types: dry types, steam types, and steam iron system types.</t>
+  </si>
+  <si>
     <t>Irons</t>
   </si>
   <si>
     <t>IEC 60311 Edition 4.1:2006-02</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-irons</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/iron.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for LEDs</t>
+  </si>
+  <si>
+    <t>This program covers all LED lamp types, including dimmable LEDs.</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>IES LM-79-08
 ,   
                     IEC 62612: 2013
 ,   
                     IEC 62722-2-1: 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-leds</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/led.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Microwaves</t>
   </si>
   <si>
+    <t>This program covers microwave oven types: single and multi-functions</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>IEC 60705</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-microwaves</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/microwave.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Refrigerated Cabinet</t>
   </si>
   <si>
+    <t>This program covers vertical glass door type refrigerated cabinets. It defines efficiency levels for refrigerated cabinets with a net volume of 140L to 1,650L. The labeling criteria (Efficiency cost [unit/day]) are as followed: 
+-number5: 2.6767+0.0034V
+-number5*: 2.1414+0.0027V
+-number5**: 1.6060+0.0020V
+-number5***: 1.0707+0.0014V</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>TIS 1235 – 2556</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-refrigerated-cabinet</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/refd.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for TVs</t>
+  </si>
+  <si>
+    <t>This program covers TV screen types: LCD, EDGE LED, FULL LED, DIRECT LED, OLED, UHD 4K, Plasma, etc.</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301 Ed 2.0 (2011-01)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-tvs</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/tv.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Washing Machines</t>
   </si>
   <si>
+    <t>This program covers the following washing machine types: top load, twin tub, and front load.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>TIS 2537-2562 (or IEC 60456 : 2010)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-washing-machines</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wash.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Water Dispenser</t>
   </si>
   <si>
+    <t>This program covers hot and cold water dispensers with water tanks and drinking water coolers with water tanks.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>TIS 2746-2559</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-water-dispenser</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wv.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Water Pump</t>
   </si>
   <si>
+    <t>This program covers automatic electric water pumps - sprocket and normal blades types.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>TIS 2618-2557</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-water-pump</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/pump.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Audio/Video Version 3.0</t>
   </si>
   <si>
+    <t>To be eligible for ENERGY STAR qualification under this specification a product must meet the definition of an AV Product or Dedicated Audio DSP Device. AV Product is a mains-connected product that offers audio amplification and or optical disc drive functions. A Dedicated Audio DSP Device is a device that: provides audio digital signal processing as its primary function; provides support for RS-232; Ethernet; WiFi; IEEE-1394 FireWire or similar protocol for hard-wired or wireless remote control; and does not provide audio amplification.</t>
+  </si>
+  <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Audio/Video, Rev. July-2012</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-audiovideo-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/audiovideo_specification_version_3_0_pd</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Clothes Dryers Version 1.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Electric Clothes Dryer or Gas Clothes Dryer, and the definition of a consumer product, as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of: Commercial Clothes Dryers, Water-Cooled Ventless Clothes Dryers, Combination Allin-One Washer-Dryers, and Residential Clothes Washers with an Optional Dry Cycle.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430, Subpart B, Appendix D2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-clothes-dryers-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/clothes_dryers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Clothes Washers Version 8.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Clothes Washer or Commercial Clothes Washer as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of:
+i) products with a clothes container volume of less than 1.6 cubic feet,
+ii) products configured in any way other than a front- or top-loading design,
+iii) Combination All-in-One Washer-Dryers,
+iv) Residential Clothes Washers with an Optional Dry Cycle, and
+v) Commercial Clothes Washers with a clothes container volume larger than 6.0 cubic feet</t>
+  </si>
+  <si>
     <t>10 CFR 430, Subpart B, Appendix J2; 10 CFR 430, Subpart B, Appendix J1</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-clothes-washers-version-81</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/clothes_washers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Coffee Brewer Version 1.1</t>
   </si>
   <si>
+    <t>Products, that meet the definitions of Type II* Commercial Coffee Brewers as specified in the policy document, including Satellite Coffee Brewers without a heated docking station, are eligible for ENERGY STAR certification.
+Type II: A batch commercial coffee brewer designed to use loose, ground coffee and a re-usable or single-use coffee filter, and has a standard brew volume of &gt;24 to 384 fluid ounces per brew event. Type II brewers shall not use disposable packages of pre-ground coffee.</t>
+  </si>
+  <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>ASTM F-2990-12</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-coffee-brewer-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/sites/default/files/Commercial%20Coffee%20Brewers%20Version%201.1%20Specification_2.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Fryers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Open Deep-Fat Fryer that are countertop; floor type; or drop-in designe are eligible for ENERGY STAR certification under this specification; with the exception of Fryers with vats measuring less than 12 inches wide or greater tan 24 inches wide.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Fryers</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ASTM Standard F1361-07 (2013); ASTM Standard F2144-09</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-fryers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_fryers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Griddles Version 1.2</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Single-Sided and Double-Sided Commercial Griddle are eligible for ENERGY STAR qualification; with the exception of Griddles with manual controls and fry-top ranges.</t>
+  </si>
+  <si>
     <t>Griddles</t>
   </si>
   <si>
     <t>ASTM F1275-14; ASTM F1605-14</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-griddles-version-12</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_griddles/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Hot Food Holding Cabinets Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Hot Food Holding Cabinet as specified in the policy document are eligible for ENERGY STAR qualification under this specification. Dual function equipment (e.g., cook-and-hold and proofing units), heated transparent merchandising cabinets, and drawer warmers are not eligible for ENERGY STAR.</t>
+  </si>
+  <si>
     <t>Hot Food Holding Cabinets</t>
   </si>
   <si>
     <t>ASTM Standard F2140-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-hot-food-holding-cabinets-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_hot_food_holding_cabinets/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Ice Makers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Automatic Commercial Ice Maker as specified in the policy document that are air-cooled batch or continuous type, and of IMH, RCU, or SCU design, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. Air-cooled RCUs designed for connection to remote rack compressors that are alternately sold (with the same model number) with a dedicated remote condensing unit are also eligible for ENERGY STAR qualification (based on measured performance with the associated dedicated condensing unit).</t>
+  </si>
+  <si>
     <t>Ice Machines</t>
   </si>
   <si>
     <t>10 CFR Part 431.134</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-ice-makers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_ice_makers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Ovens Version 2.2</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Commercial Oven and Convection Oven, Combination Oven, or Rack Oven as specified in the specification document are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. The following sub-types are eligible:
+a. Full-size gas and half- and full-size electric convection ovens,
+b. Half- and full-size gas combination ovens with a pan capacity ≥ 6,
+c. Half- and full-size electric combination ovens with a pan capacity ≥ 5 and ≤ 20, and
+d. Single and double gas rack ovens</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>ASTM F1496-13; ASTM F2861-14; ASTM F2093-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-ovens-version-22</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_ovens/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Refrigerators and Freezers Version 4.0</t>
   </si>
   <si>
+    <t>Products that (1) meet the definitions of a Commercial Refrigerator, Freezer, and Refrigerator-Freezer, or Commercial Hybrid; and (2) fall under the eligible equipment class designations in Section 2.A.a-h, or a combination of equipment classes in the policy document, are eligible for ENERGY STAR certification. Examples of product types that are eligible for qualification include: reach-in, roll-in, or passthrough units; merchandisers; under-counter units; hybrid units; milk coolers; back bar coolers; bottle coolers; glass frosters; deep well units; beer-dispensing or direct draw units; and bunker freezers.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>10 CFR Part 431 Subpart C, 10 CFR Part 431.64, and 10 CFR Part 431.66(d)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-refrigerators-and-freezers-version-40</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_refrigerators_freezers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Steam Cookers Version 1.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Steam Cooker are eligible for ENERGY STAR. Also referred to as a “compartment steamer,” a device with one or more food steaming compartments in which the energy in the steam is transferred to the food by direct contact. May include countertop models, wall-mounted models and floor-models mounted on a stand, pedestal or cabinet-style base.</t>
+  </si>
+  <si>
     <t>Steam Cookers</t>
   </si>
   <si>
     <t>ASTM Standard F1484-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-steam-cookers-version-12</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_steam_cookers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Water Heaters Version 2.0</t>
   </si>
   <si>
+    <t>Only products that meet the definition of a commercial water heater as specified in the policy document and which are marketed for sale in the commercial market are eligible for ENERGY STAR certification. The following products are not eligible for certification under this specification: oil fired water heaters, combined heating/cooling and hot water systems, and storage water heaters with greater than 140 gallons of capacity (heat pump water heaters designed to operate in conjunction with tanks or storage type water heaters are exempt from this exclusion).</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>10 CFR 431.106</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-water-heaters-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/water_heaters/commercial_water_heaters/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computer Servers Version 3.0</t>
   </si>
   <si>
+    <t>A product must meet the definition of a Computer Server provided in Section 1 of the policy document
+to be eligible for ENERGY STAR certification under this specification. Eligibility under Version 3.0
+is limited to Blade-, Multi-node, Rack-mounted, or Pedestal form factor computer servers with no
+more than four processor sockets in the computer server (or per blade or node in the case of
+blade or multi-node servers).</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan</t>
   </si>
   <si>
     <t>Servers</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computer Servers (Rev. Sept-2018); SPEC most current SERT</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computer-servers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/enterprise_servers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Data Center Storage Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet all of the following conditions are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2:
+i. meet the definition of a Storage Product provided in Section 1 of the policy document;
+ii. are comprised of one or more SKUs and be able to be purchased in a single order from a storage product vendor;
+iii. are characterized within the Disk Set Online categories 2, 3, or 4 and NVSS Set Disk Access categories Online 2, 3 or 4 with the following additional criteria:
+   a) contain a controller with advanced data recovery capability
+   b) support Block I/O and/or File I/O storage functions; and
+   c) implement scale-up or scale-out storage.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Data Center Storage Equipment, Rev. May 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-data-center-storage-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/data_center_storage/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Dehumidifiers Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a dehumidifier as specified in the policy document, including standalone and whole house units, are eligible for ENERGY STAR qualification. Dehumidifiers with daily water-removal capacities greater than 185 U.S. pints/87.5 liters are not eligible.</t>
+  </si>
+  <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>10 CFR Appendix X to Subpart B of Part 430</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-dehumidifiers-version-50</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/appliances/dehumidifiers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Displays Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Display and are powered directly from AC mains; an External Power Supply; or Standard DC are eligible for ENERGY STAR certification. Typical products that would be eligible for certification under this specification include: Monitors; Signage Displays; and Signage Displays and Monitors with Plug-in Modules.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China</t>
   </si>
   <si>
     <t>Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Determining Display Energy Rev. Sep-2015; ICDM Information Display Measurements Standard Version 1.03; CTA-2037-A; VESA High performance Monitor and Display Compliance Test Specification (DisplayHDR CTS) Version 1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-displays-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/displays/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Furnaces Version 4.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Furnace as specified in the policy document are eligible for ENERGY STAR certification, with the exception of Furnaces intended only for commercial installation and/or with a rating of 225 000 Btu per hour energy or higher. Only non-weatherized furnaces approved for residential installation are eligible.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>10 CFR Part 430 Appendix N; ANSI/ASHRAE 193-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-furnaces-version-41</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/furnaces/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Laboratory Grade Refrigerators and Freezers Version 1.1</t>
   </si>
   <si>
+    <t>Products that meet the definitions Laboratory Grade Refrigerator; Laboratory Grade Freezer; and Ultra-Low-Temperature Laboratory Grade Freezer are eligible for ENERGY STAR certification under this standard. This may include refrigerators and freezers that operate without a compressor. Products that are covered under other ENERGY STAR product specifications are not eligible for qualification under this specification.</t>
+  </si>
+  <si>
     <t>Lab Grade Refrigerators and Freezers</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Laboratory Grade Refrigerators, Freezers, and Ultra-Low Temperature Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-laboratory-grade-refrigerators-and-freezers-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/other/laboratory_grade_refrigerators_and_freezers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Large Network Equipment Version 1.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of Large Network Equipment, a device whose primary function is to pass Internet Protocol traffic among various network interfaces/ports, are eligible for ENERGY STAR certification under this specification. Products explicitly excluded from Version 1.1 are products that contain greater than four Physical Network Ports that have 100 Gb/s or higher link rate capability, as well as the following products:
+i. Small Network Equipment;
+ii. Computer Servers, including blade switches sold within a Blade Server configuration;
+iii. Storage Products, including Blade Storage;
+iv. Storage Networking Products;
+v. Security Appliances;
+vi. Access Point Controllers;
+vii. DSLAM/CMTS equipment;
+viii. Network Caching Devices; and
+ix. Load Balancing Devices.</t>
+  </si>
+  <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Large Network Equipment (Rev. December-2015)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-large-network-equipment-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/large_network_equipment/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Luminaires Version 2.2</t>
   </si>
   <si>
+    <t>The ENERGY STAR Luminaires specification is limited to residential type lighting products; however to the extent that products that fall under the scope of this specification are sold into the commercial market; they may be included and listed appropriately for the applicable end user. Certification is limited to luminaires below a total input power of 250 watts intended to be connected directly to the electric power grid. Among the included products: inseparable SSL Luminaires; Accent Lights; Cove Mount and Under Cabinet Lights; Downlights; Outdoor Lighting; Portable Desk Task Lights; wall sconces and retrofits; ceiling mount and retrofits; etc.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>See policy document for full list</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-luminaires-version-22</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/lighting_fans/light_fixtures/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Pool Pumps Version 3.1</t>
   </si>
   <si>
+    <t>Products, with the exception of products listed in Section 2.2 Excluded Products, that are single phase with a Rated Hydraulic Horsepower (hhp) of &gt;0 and</t>
+  </si>
+  <si>
     <t>Pool Pumps</t>
   </si>
   <si>
     <t>10 CFR 431.464(b); Section 6.3 of ENERGY STAR Pool Pumps Test Method (Rev. Jan-2013); ENERGY STAR Pool Pumps Test Method to Validate Demand Response (Rev. May-2021)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-pool-pumps-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/pool_pumps_specification_version_2_0_pd</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Refrigerated Beverage Vending Machines Version 4.0</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Refrigerated Beverage Vending Machine and Class A, Class B, Combination A, or Combination B, including new and rebuilt, as specified in the policy document are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.B.</t>
+  </si>
+  <si>
     <t>Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>10 CFR Part 431 Subpart Q, Appendix B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-refrigerated-beverage-vending-machines-version-40</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/other/vending_machines/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Air Source Heat Pump (ASHPs) and Central Air Conditioner Equipment Version 5.0</t>
   </si>
   <si>
+    <t>Single package, split system, and gas/electric package units that meet the definitions of an ASHP or central air conditioner as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. Units may be intended for installation into a duct system, or may be ductless. Three phase central air conditioners and ASHPs, and products rated at 65,000 Btu/h or above are not eligible for ENERGY STAR.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>10 CFR part 430 Subpart B, Appendix M</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-air-source-heat-pump-ashps-and-central-air</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/air_conditioning_central/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Boilers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a residential boiler and combination space-heating and water heating appliance as specified in the policy document are eligible for ENERGY STAR certification. 
+Residential Boiler: A self-contained fuel burning appliance, with input less than 300 000 Btu per hour and operating at or below 160 psig water pressure and 250F water temperature, to supply low pressure steam or hot water for space heating applications. A heating unit that meets this definition and also provides hot water for domestic or other use is considered a combination space-heating and water heating appliance for purposes of this agreement.</t>
+  </si>
+  <si>
     <t>10 CFR part 430 Subpart B, Appendix N</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-boilers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/boilers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Ceiling Fans and Ceiling Fan Light Kits Version 4.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Ceiling Fan, Low Mount High-Speed Small-Diameter Ceiling Fan, or Ceiling Fan Light Kit as specified in the policy document are eligible for ENERGY STAR certification.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>See policy document for list</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-ceiling-fans-and-ceiling-fan-light-kits</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/lighting_fans/ceiling_fans/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Dishwashers Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a dishwasher and are a consumer product as specified in the policy document are eligible for ENERGY STAR certification, with the exception of commercial dishwashers.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B Appendix C11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-dishwashers-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/dishwashers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Refrigerators and Freezers Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of (i) an Electric Refrigerator, Electric Refrigerator-Freezer, or Freezer, including compact and built-in products, as specified in the policy document and (ii) the definition of a consumer product as specified in 10 CFR § 430.2 are eligible for ENERGY STAR qualification. Wine refrigerators or other products that do not meet the definition of an Electric Refrigerator or Electric Refrigerator-Freezer are not eligible for qualification under this specification.</t>
+  </si>
+  <si>
     <t>10 CFR 430, Subpart B, Appendix A &amp; B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-refrigerators-and-freezers-version-50</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/refrigerators/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Ventilating Fans Version 4.1</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Residential Ventilating Fan as specified in the policy document and are intended for residential household use only are eligible for ENERGY STAR certification. The following product types are eligible: range hoods; in-line single and multi-port; bathroom; and utility room fans- including ducted and direct-discharge models. Ventilating fans with sensors and timers may certify under this specification. Residential ventilating fans that certify under this specification may also be appropriate for some light commercial applications such as the bathroom of a restaurant.</t>
+  </si>
+  <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>ANSI/AMCA 210-16; ANSI/AMCA 300-14</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-ventilating-fans-version-41</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/fans_ventilating/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Water Heaters Version 3.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Water Heater as specified in the policy document are eligible for ENERGY STAR certification, with exception of: electric resistance water heaters, add-on heat pump units, products intended only for commercial applications, and combination space-heating and water-heating appliances.</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Solar</t>
   </si>
   <si>
     <t>10 CFR Part 430 Subpart B Appendix E; 10 CFR Part 431 Subpart G; SRCC OG-300</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-water-heaters-version-32</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/water_heaters_partners/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Room Air Cleaners Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Room Air Cleaner as specified in the policy document are eligible for ENERGY STAR qualification; with the exception of Combination products and ozone generators. Qualifying air cleaner models shall produce a minimum 50 CADR for Dust to be considered under this specification.</t>
+  </si>
+  <si>
     <t>ANSI/AHAM AC-1-2006; UL 867 Ed. 4.0; IEC 62301 Ed. 1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-room-air-cleaners-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/appliances/air_purifiers_cleaners/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Room Air Conditioners Version 4.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a room air conditioner as specified in the policy document are eligible for ENERGY STAR certification, with the exception of those products listed in Section 2.B. PTACs, portable air conditioners, and room air conditioner models with electric resistance heat as the primary heat source are not eligible for ENERGY STAR certification under this specification. Products that are covered under other ENERGY STAR product specifications, e.g., dehumidifiers, are not eligible for certification under this specification.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>10 CFR 430, Subpart B, Appendix F</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-room-air-conditioners-version-42</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/air_conditioning_room/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Set-Top Boxes Version 5.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of Set-top Box and a Set-top Box Base Type as specified herein are eligible for ENERGY STAR certification.  Set-top Box: A device with the primary purpose of receiving digital television services from a coaxial; hybrid fiber coaxial; or fiber-to-the-home distribution system; from satellites; or encapsulated in IP packets from managed IP distribution networks; decrypting or descrambling these signals; and decoding|decompressing for delivery to residential consumer displays and or recording devices; and or one or more other Set-Top Boxes; including Thin Clients; in a residential multi-room architecture. STBs that incorporate common LAN functionality as a secondary function are considered STBs for this specification. Base Type: The means of access to video content for a STB; includes: cable; sattelliete; cable digital transport adapter; internet protocol; and thin-client|remote.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Set-Top Boxes (Rev. May-2016)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-set-top-boxes-version-51</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/set_top_boxes_cable_boxes/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Telephony Version 3.0</t>
   </si>
   <si>
+    <t>Telephony products are categorized by two independent characteristics: Sound Transmission Mechanism and Configuration. Products that meet the definition of Telephone as specified in the policy document and transmit sound via Analog, VoIP, or a Hybrid of Analog and VoIP are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Telephony Rev. November-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-telephony-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/cordless_phones/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Televisions Version 8.0</t>
   </si>
   <si>
+    <t>With the exception of products listed in Section 2.2 of the policy document, products that are: 1) marketed to the consumer as a TV/HTD (i.e., TV/HTD is the primary function); 2) capable of being powered from a wall outlet or with an external power supply; and 3) meet one of the following product type definitions, are eligible for ENERGY STAR certification:
+i. TVs
+ii. Hospitality TV/HTDs
+iii. Home Theater Displays</t>
+  </si>
+  <si>
     <t>10 CFR Part 430</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-televisions-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/televisions/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Uninterruptible Power Supplies (UPSs) Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Uninterruptible Power Supply (UPS) as specified in the policy document, including Static and Rotary UPSs and Ac-output UPSs and Dc-output UPSs/Rectifiers, are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2. Eligible products include:</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Uninterruptible Power Supplies Rev. Dec-2017; 10 CFR 430, Section 4, Subpart B, Appendix Y</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-uninterruptible-power-supplies-upss-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/uninterruptible_power_supplies/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Water Coolers Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a water cooler, a freestanding device that consumes energy to cool and/or heat potable water, are eligible for ENERGY STAR qualification. This includes cold only units, hot and cold units, and cook and cold units. Units that provide pressurized water and are not free standing (i.e., wall mounted, under sink, or otherwise building integrated) are not eligible for ENERGY STAR. AirSource units and units with a water source other than bottled or tap water (POU) are not eligible.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Water Coolers (Rev. May-2013)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-water-coolers-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/other/water_coolers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Technical Specification for Residential Heat-Recovery Ventilators and Energy-Recovery Ventilators (H/ERVs) sold in Canada Version 2.2</t>
   </si>
   <si>
+    <t>A product model must meet the definition of a residential H/ERV as defined in Section 1A or 1B as specified in the policy document, comply with the testing and minimum performance requirements provided in this specification and have a capacity of no greater than 500 CFM (236 L/s) to be eligible for ENERGY STAR certification under this specification. H/ERVs with electric resistance heaters are not eligible for ENERGY STAR certification.</t>
+  </si>
+  <si>
     <t>Duct Fans</t>
   </si>
   <si>
     <t>CAN/CSA C439–18</t>
   </si>
   <si>
     <t>ENERGY STAR Canada</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-technical-specification-residential-heat-recovery-ventilators-and-energy</t>
   </si>
   <si>
+    <t>https://www.nrcan.gc.ca/energy-efficiency/energy-star-canada/about/participant-resources/technical-specifications/heatenergy-recovery-ventilators-hrvs-and-ervs/13695</t>
+  </si>
+  <si>
     <t>ENERGY STAR Technical Specification for Residential Windows, Doors, and Skylights Sold in Canada Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential window, door, or skylight as specified in the policy document are eligible for ENERGY STAR certification. Excluded products include products that are assembled onsite, including but not limited to sash packs or sash kits; windows, doors, or skylights that are intended for installation in non-residential buildings; and window, door, or skylight attachments that are not included in a product’s certified energy performance rating.</t>
+  </si>
+  <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-technical-specification-residential-windows-doors-and-skylights-sold-canada</t>
   </si>
   <si>
+    <t>https://www.nrcan.gc.ca/energy-efficiency/energy-star-canada/about/participant-resources/technical-specifications/windows-doors-and-skylights-energy-starr-canada-proposed-technical-specification-draf/20950</t>
+  </si>
+  <si>
     <t>Green Label Scheme - TGL-23-R2-12 Electronic Ballasts</t>
   </si>
   <si>
+    <t>Electronic ballasts for fluorescent lamps</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>TIS 1506-2542; TIS 1449; TIS 623; CIE No. 25</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/green-label-scheme-tgl-23-r2-12-electronic-ballasts</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/application-electric.html</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Clothes Washing Machines for Household Use TGL-13-R2-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to washing machines for residential and similar applications with AC power supply characteristics.</t>
+  </si>
+  <si>
     <t>TIS 1462-2540</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-clothes-washing-machines-household-use-tgl-13-r2-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-13-R2-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Computer TGL-12-R2-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to personal computers (PC) and computers that can be portable and can be divided into 4 types.</t>
   </si>
   <si>
     <t>TIS 1561
 ,   
                     TIS 1956
 ,   
                     TIS 1448
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-computer-tgl-12-r2-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-12-R2-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Digital Projectors TGL-81-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to digital projectors with display technology such as Liquid Crystal Display (LCD), Digital Light Processing (DLP), Liquid Crystal on Silicon (LCOS), or Silicon X‐tal Reflective Display (SXRD).</t>
   </si>
   <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>TIS 1195
 ,   
                     TIS 1956 (or CISPR 32, EN 55032)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-digital-projectors-tgl-81-r1-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-81-R1-17.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Facsimile machine TGL-36-R1-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to a stand-alone fax machine, a combined printer/facsimile, a multi-purpose fax machine. (multifunctional units).</t>
   </si>
   <si>
     <t>IEC 60950-1 (or TIS 1561)
 ,   
                     CISPR 22 (or TIS 1956, EN 55022)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-facsimile-machine-tgl-36-r1-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-36-R1-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Faucets and water saving equipment TGL-11-R3-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to faucets and water-saving equipment including faucets for sinks, faucets for washbasins, self-closing faucets for washbasins, automatic faucets for sanitary wares, shower units, rinsing sprays, flush valves for urinals, and flush valves for toilets.</t>
   </si>
   <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>TIS 2067, TIS 1277 (faucets for sinks)
 ,   
                     TIS 2067, TIS 1278 (faucets for wash basins)
 ,   
                     TIS 2067, TIS 1377 (self-closing faucets for wash basins)
 ,   
                     TIS 2147 (automatic faucets for sanitary wares)
 ,   
                     TIS 2066, TIS 1187 (shower units)
 ,   
                     TIS 1497 (rinsing sprays)
 ,   
                     TIS 1094 (flush valves for urinals)
 ,   
                     TIS 1093 (flush valves for toilets)</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-faucets-and-water-saving-equipment-tgl-11-r3-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-11-R3-17.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Fluorescent Lamps TGL-2-R4-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to fluorescent lamps consisting of single-capped fluorescent lamps, double-capped fluorescent lamps, and self-ballasted lamps for general lighting purposes.</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>Double–capped fluorescent lamps: TIS 236, TIS 956, TIS 2309, TIS 2310
 ,   
                     Single–capped fluorescent lamps: TIS 1713, TIS 2235, TIS 2334 ,TIS 2310</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-fluorescent-lamps-tgl-2-r4-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-02-R4-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Heat Pumps TGL-57-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to heat pumps for residential use including heat pumps operated at a rated voltage up to 250 V for single-phase appliances and not more than 600 V for three-phase appliances.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Space Heating, Heat Pumps</t>
   </si>
   <si>
     <t>TIS 1529
 ,   
                     BS EN 255-4
 ,   
                     TIS 2368</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-heat-pumps-tgl-57-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-57-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - LED lighting TGL-86-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to LED lamps and LED luminaires for general lighting purposes.</t>
   </si>
   <si>
     <t>TIS 1955
 ,   
                     TIS 2624 P2 (1) (or IEC 62722-2-1)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-led-lighting-tgl-86-r1-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-86-R1-17.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Microwave oven TGL-38-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to microwave ovens that use electromagnetic energy in one or more ISM (industrial sciences medicine) frequency bands between 300 MHz and 30 GHz for heating food and beverages.</t>
   </si>
   <si>
     <t>TIS 1773
 ,   
                     TIS 2238 (or IEC 62301)
 ,   
                     IEC 60705
 ,   
                     TIS 2368</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-microwave-oven-tgl-38-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-38-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Refrigerated display cabinet TGL-85-R2-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to refrigerated display cabinets with vertical glass door types.</t>
+  </si>
+  <si>
     <t>TIS 1235 (or ISO 23953-2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-refrigerated-display-cabinet-tgl-85-r2-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-85-R2-20.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Refrigerators TGL-3-R4-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to refrigerators and fridge freezers for residential use.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>TIS 2214</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-refrigerators-tgl-3-r4-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-03-R4-20.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Room Air Conditioner TGL-7-R4-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to air conditioning products (including motor-compressor) with a rated voltage of up to 250 V for single-phase air conditioners and 600 V for multi-phase air conditioners with a total cooling capacity of not more than 18,000 watts.</t>
+  </si>
+  <si>
     <t>TIS 1529</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-room-air-conditioner-tgl-7-r4-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-07-R4-20.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Televisions TGL-34-R1-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to a television set that is powered by the mains power and is a device that serves to receive displays images and sounds transmission (e.g. analogue or digital), with display methods such as Liquid Crystal Display (LCD), Plasma Display Panel (PDP), Light-emitting-diode (LED), or LED-backdrop LCD or Organic Light-Emitting Devices (OLED), excluding Cathode Ray Tube (CRT) display systems and battery-operated portable television set.</t>
+  </si>
+  <si>
     <t>TIS 1195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-televisions-tgl-34-r1-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-34-R1-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Water Dispenser TGL-97-R1-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to hot and cold water dispensers and compressed cold water dispensers (compression type) with a cold water tank capacity of no more than 6 liters, a hot water tank capacity of no more than 5 liters, and voltage that does not exceed 250 V.</t>
+  </si>
+  <si>
     <t>TIS 2461</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-water-dispenser-tgl-97-r1-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-97-R1-20.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency for No. 5 Label for CFLs</t>
+  </si>
+  <si>
+    <t>This program covers compact fluorescent lamp - screw cap type (E27), internal electronic ballast with a lifetime of 6,000 hours.</t>
   </si>
   <si>
     <t>TIS 2233-2548
 ,   
                     TIS 2310-2556
 ,   
                     TIS 1955-2551</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-no-5-label-cfls</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/cfl.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Air Conditioners</t>
+  </si>
+  <si>
+    <t>This program covers split type air conditioners - floor/ceiling type, wall type, concealed/duct type, cassette type, and floor standing type.</t>
   </si>
   <si>
     <t>TIS 2710–2015 or ISO 5151 : 2010
 ,   
                     TIS 2711-2015 or ISO 13253 : 2011
 ,   
                     TIS 2714, Volume 1–2015 or ISO 16358-1 : 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-air-conditioners</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/wp-content/uploads/2022/11/short_air.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Electric Kettle</t>
   </si>
   <si>
+    <t>This program covers electric kettles with internal or external heating types, single-phase alternating current</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>TIS 2588-2556</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-electric-kettle</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ele_kettle.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for electric water heaters</t>
+  </si>
+  <si>
+    <t>This program covers electric water heater types: instantaneous water heaters -- single point, and multipoint.</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>TIS 1693-2547
 ,   
                     TIS 1375-2547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-electric-water-heaters</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wh.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for fans</t>
+  </si>
+  <si>
+    <t>This program covers the following fan types: table fans, floor fans, wall fans, orbit fans, and ventilation fans.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>TIS 92 - 2536 (Table Fans and Wall Fans)
 ,   
                     TIS 127 - 2536 (Floor Fans)
 ,   
                     TIS 572 - 2528 (Orbit Fans)
 ,   
                     TIS 710 - 2530 (Ventilating Fans)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-fans</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/fan.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Refrigerators</t>
+  </si>
+  <si>
+    <t>This program covers refrigerators and refrigerators with freezer compartments. The policy contains energy efficiency criteria and labeling requirements for the following products: refrigerators with a calibrated volume of less than 100L, refrigerators with a calibrated volume of greater than or equal to 100L, refrigerator-freezers with a calibrated volume of less than 450L and refrigerator-freezers with a calibrated volume of greater than or equal to 450L.</t>
   </si>
   <si>
     <t>TIS 455 Lem. 1-2017
 ,   
                     TIS 455 Volume 3-2017
 ,   
                     TIS 2186-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-refrigerators</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ref.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for rice cooker</t>
+  </si>
+  <si>
+    <t>This program covers the following rice cooker types: normal rice cookers (rice cooker), cook/warm rice cookers (jar type), digital rice cookers (computerized)</t>
   </si>
   <si>
     <t>Electric Hot Pots</t>
   </si>
   <si>
     <t>TIS 2545-2555
 ,   
                     TIS 1039 - 2547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-rice-cooker</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ek.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Rice Cookers</t>
   </si>
   <si>
+    <t>This program covers electric thermos pot types (classified by the operation of work) - normal type and auto warm.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>JIS C 9213-1988</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-rice-cookers</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/rc.pdf</t>
+  </si>
+  <si>
     <t>TIS 1462-2562 (2019) Clothes washing machines for household use - Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines the minimum energy efficiency requirements of clothes washing machines for household and similar purposes with a rated voltage not exceeding 250 V for single-phase AC supply, with or without heating devices, and for cold and/or hot water supply, and having standard washing capacity not exceeding 30 kg.</t>
+  </si>
+  <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-1462-2562-2019-clothes-washing-machines-household-use-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS1462-2562p.pdf</t>
+  </si>
+  <si>
     <t>TIS 2134-2553 Thai Industrial Standard for Room Air Conditioners</t>
   </si>
   <si>
+    <t>This standard defines minimum energy efficiency requirements of split-type room air conditioners that use alternating current single phase at a frequency of 50 Hz, with a cooling capacity of less than 12000 W. This standard also covers condenser units and/or fan-coil units.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2134-2553-thai-industrial-standard-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-2134-2553m.pdf</t>
+  </si>
+  <si>
     <t>TIS 2186-2561 (2018) :  Household Refrigerators and Refrigerator-Freezer: Environmental Requirements : Energy Ffficiency</t>
   </si>
   <si>
+    <t>The standard mandates energy efficiency of compression-type refrigerators for household and similar use. Covers only compression type.</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2186-2561-2018-household-refrigerators-and-refrigerator-freezer-environmental</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/fulltext/TIS2186-2561p.pdf</t>
+  </si>
+  <si>
     <t>TIS 23-2521 Thai Industrial Standard for Ballast for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This standard specifies safety requirements for ballasts, excluding resistance types, for use on A.C. supplies up to 1000 V at 50 Hz or 60 Hz, associated with fluorescent lamps with or without pre-heated cathodes operated with or without a starter or starting device and having rated wattages, dimensions and characteristics.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-23-2521-thai-industrial-standard-ballast-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-23-2558p.pdf</t>
+  </si>
+  <si>
     <t>TIS 2334-2556 (2013) single - capped fluorescent lamps : energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements and the measurement of the power consumption of ballasts for fluorescent lamps and determines the energy efficiency index, which is generally shown on the ballast. 
+This standard also specifies the minimum energy performance standards (MEPS) requirements of ballasts for fluorescent lamps. The ballasts covered by this standard are the ferromagnetic or electronic types used with fluorescent lamps with a rated lamp power from 10 W to 70 W, for use on 50 Hz supplies of 220/230/240 V. This standard covers ballasts that are supplied as separate components or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Lighting, Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2334-2556-2013-single-capped-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/65.PDF</t>
+  </si>
+  <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
+    <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
+  </si>
+  <si>
+    <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1457,3695 +1988,4190 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N82"/>
+  <dimension ref="A1:P82"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="172" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="172.101" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1088.734" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="287.787" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="242.941" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2021</v>
+      </c>
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2014</v>
+      </c>
+      <c r="I3">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
-[...2 lines deleted...]
-      <c r="J2" t="s">
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...2 lines deleted...]
-      <c r="L2" t="s">
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...7 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M4" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3">
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2012</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>45</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2012</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>33</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>51</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>52</v>
+      </c>
+      <c r="P6" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>56</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
         <v>2014</v>
       </c>
-      <c r="H3">
+      <c r="I7">
         <v>2019</v>
       </c>
-      <c r="I3" t="s">
-[...2 lines deleted...]
-      <c r="J3" t="s">
+      <c r="J7" t="s">
+        <v>33</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>57</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>62</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...2 lines deleted...]
-      <c r="L3" t="s">
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
+        <v>33</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>63</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>64</v>
+      </c>
+      <c r="P8" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>68</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
         <v>23</v>
       </c>
-      <c r="M3" t="s">
-[...19 lines deleted...]
-      <c r="E4" t="s">
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>69</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>70</v>
+      </c>
+      <c r="P9" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>72</v>
+      </c>
+      <c r="B10" t="s">
+        <v>73</v>
+      </c>
+      <c r="C10" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4">
+      <c r="D10" t="s">
+        <v>74</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10">
+        <v>2019</v>
+      </c>
+      <c r="J10" t="s">
+        <v>33</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>75</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>76</v>
+      </c>
+      <c r="P10" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>78</v>
+      </c>
+      <c r="B11" t="s">
+        <v>79</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>80</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2017</v>
+      </c>
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
+        <v>33</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>81</v>
+      </c>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>82</v>
+      </c>
+      <c r="P11" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>84</v>
+      </c>
+      <c r="B12" t="s">
+        <v>85</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>86</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2016</v>
+      </c>
+      <c r="I12">
+        <v>2019</v>
+      </c>
+      <c r="J12" t="s">
+        <v>33</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>87</v>
+      </c>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>88</v>
+      </c>
+      <c r="P12" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>90</v>
+      </c>
+      <c r="B13" t="s">
+        <v>91</v>
+      </c>
+      <c r="C13" t="s">
+        <v>92</v>
+      </c>
+      <c r="D13" t="s">
+        <v>93</v>
+      </c>
+      <c r="E13" t="s">
+        <v>94</v>
+      </c>
+      <c r="F13" t="s">
+        <v>95</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2016</v>
+      </c>
+      <c r="I13">
+        <v>2019</v>
+      </c>
+      <c r="J13" t="s">
+        <v>96</v>
+      </c>
+      <c r="K13" t="s">
+        <v>97</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>98</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>99</v>
+      </c>
+      <c r="P13" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>101</v>
+      </c>
+      <c r="B14" t="s">
+        <v>102</v>
+      </c>
+      <c r="C14" t="s">
+        <v>103</v>
+      </c>
+      <c r="D14" t="s">
+        <v>104</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>105</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2002</v>
+      </c>
+      <c r="I14">
+        <v>2014</v>
+      </c>
+      <c r="J14" t="s">
+        <v>96</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>106</v>
+      </c>
+      <c r="M14" t="s">
+        <v>107</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>108</v>
+      </c>
+      <c r="P14" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>110</v>
+      </c>
+      <c r="B15" t="s">
+        <v>111</v>
+      </c>
+      <c r="C15" t="s">
+        <v>103</v>
+      </c>
+      <c r="D15" t="s">
+        <v>112</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>105</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2014</v>
+      </c>
+      <c r="I15">
+        <v>2017</v>
+      </c>
+      <c r="J15" t="s">
+        <v>96</v>
+      </c>
+      <c r="K15" t="s">
+        <v>113</v>
+      </c>
+      <c r="L15" t="s">
+        <v>114</v>
+      </c>
+      <c r="M15" t="s">
+        <v>107</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>115</v>
+      </c>
+      <c r="P15" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>117</v>
+      </c>
+      <c r="B16" t="s">
+        <v>118</v>
+      </c>
+      <c r="C16" t="s">
+        <v>103</v>
+      </c>
+      <c r="D16" t="s">
+        <v>74</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>105</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>1997</v>
+      </c>
+      <c r="I16">
+        <v>2018</v>
+      </c>
+      <c r="J16" t="s">
+        <v>96</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>119</v>
+      </c>
+      <c r="M16" t="s">
+        <v>107</v>
+      </c>
+      <c r="N16" t="s">
+        <v>120</v>
+      </c>
+      <c r="O16" t="s">
+        <v>121</v>
+      </c>
+      <c r="P16" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>123</v>
+      </c>
+      <c r="B17" t="s">
+        <v>124</v>
+      </c>
+      <c r="C17" t="s">
+        <v>103</v>
+      </c>
+      <c r="D17" t="s">
+        <v>125</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>105</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2016</v>
+      </c>
+      <c r="I17">
+        <v>2018</v>
+      </c>
+      <c r="J17" t="s">
+        <v>96</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>126</v>
+      </c>
+      <c r="M17" t="s">
+        <v>107</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>127</v>
+      </c>
+      <c r="P17" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>129</v>
+      </c>
+      <c r="B18" t="s">
+        <v>130</v>
+      </c>
+      <c r="C18" t="s">
+        <v>131</v>
+      </c>
+      <c r="D18" t="s">
+        <v>132</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>105</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2011</v>
+      </c>
+      <c r="I18">
+        <v>2016</v>
+      </c>
+      <c r="J18" t="s">
+        <v>133</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>134</v>
+      </c>
+      <c r="M18" t="s">
+        <v>107</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>135</v>
+      </c>
+      <c r="P18" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>137</v>
+      </c>
+      <c r="B19" t="s">
+        <v>138</v>
+      </c>
+      <c r="C19" t="s">
+        <v>131</v>
+      </c>
+      <c r="D19" t="s">
+        <v>139</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>105</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2009</v>
+      </c>
+      <c r="I19">
+        <v>2020</v>
+      </c>
+      <c r="J19" t="s">
+        <v>133</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>140</v>
+      </c>
+      <c r="M19" t="s">
+        <v>107</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>141</v>
+      </c>
+      <c r="P19" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>143</v>
+      </c>
+      <c r="B20" t="s">
+        <v>144</v>
+      </c>
+      <c r="C20" t="s">
+        <v>131</v>
+      </c>
+      <c r="D20" t="s">
+        <v>145</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>105</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2003</v>
+      </c>
+      <c r="I20">
+        <v>2011</v>
+      </c>
+      <c r="J20" t="s">
+        <v>133</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>146</v>
+      </c>
+      <c r="M20" t="s">
+        <v>107</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>147</v>
+      </c>
+      <c r="P20" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>149</v>
+      </c>
+      <c r="B21" t="s">
+        <v>150</v>
+      </c>
+      <c r="C21" t="s">
+        <v>131</v>
+      </c>
+      <c r="D21" t="s">
+        <v>151</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>105</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2008</v>
+      </c>
+      <c r="I21">
+        <v>2018</v>
+      </c>
+      <c r="J21" t="s">
+        <v>133</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>152</v>
+      </c>
+      <c r="M21" t="s">
+        <v>107</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>153</v>
+      </c>
+      <c r="P21" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>155</v>
+      </c>
+      <c r="B22" t="s">
+        <v>156</v>
+      </c>
+      <c r="C22" t="s">
+        <v>131</v>
+      </c>
+      <c r="D22" t="s">
+        <v>157</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>105</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2009</v>
+      </c>
+      <c r="I22">
         <v>2015</v>
       </c>
-      <c r="H4">
-[...260 lines deleted...]
-      <c r="G10">
+      <c r="J22" t="s">
+        <v>133</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>158</v>
+      </c>
+      <c r="M22" t="s">
+        <v>107</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>159</v>
+      </c>
+      <c r="P22" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>161</v>
+      </c>
+      <c r="B23" t="s">
+        <v>162</v>
+      </c>
+      <c r="C23" t="s">
+        <v>131</v>
+      </c>
+      <c r="D23" t="s">
+        <v>163</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>105</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2001</v>
+      </c>
+      <c r="I23">
         <v>2013</v>
       </c>
-      <c r="H10">
-[...261 lines deleted...]
-      <c r="H16">
+      <c r="J23" t="s">
+        <v>133</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>164</v>
+      </c>
+      <c r="M23" t="s">
+        <v>107</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>165</v>
+      </c>
+      <c r="P23" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>167</v>
+      </c>
+      <c r="B24" t="s">
+        <v>168</v>
+      </c>
+      <c r="C24" t="s">
+        <v>131</v>
+      </c>
+      <c r="D24" t="s">
+        <v>169</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>105</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2003</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>133</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>170</v>
+      </c>
+      <c r="M24" t="s">
+        <v>107</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>171</v>
+      </c>
+      <c r="P24" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>173</v>
+      </c>
+      <c r="B25" t="s">
+        <v>174</v>
+      </c>
+      <c r="C25" t="s">
+        <v>131</v>
+      </c>
+      <c r="D25" t="s">
+        <v>175</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>105</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2013</v>
+      </c>
+      <c r="I25">
         <v>2018</v>
       </c>
-      <c r="I16" t="s">
-[...128 lines deleted...]
-      <c r="H19">
+      <c r="J25" t="s">
+        <v>133</v>
+      </c>
+      <c r="K25" t="s">
+        <v>113</v>
+      </c>
+      <c r="L25" t="s">
+        <v>176</v>
+      </c>
+      <c r="M25" t="s">
+        <v>107</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>177</v>
+      </c>
+      <c r="P25" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>179</v>
+      </c>
+      <c r="B26" t="s">
+        <v>180</v>
+      </c>
+      <c r="C26" t="s">
+        <v>181</v>
+      </c>
+      <c r="D26" t="s">
+        <v>182</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>105</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2013</v>
+      </c>
+      <c r="I26">
         <v>2020</v>
       </c>
-      <c r="I19" t="s">
-[...19 lines deleted...]
-      <c r="A20" t="s">
+      <c r="J26" t="s">
+        <v>133</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>183</v>
+      </c>
+      <c r="M26" t="s">
+        <v>107</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>184</v>
+      </c>
+      <c r="P26" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>186</v>
+      </c>
+      <c r="B27" t="s">
+        <v>187</v>
+      </c>
+      <c r="C27" t="s">
+        <v>188</v>
+      </c>
+      <c r="D27" t="s">
+        <v>189</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
         <v>105</v>
       </c>
-      <c r="B20" t="s">
-[...26 lines deleted...]
-      <c r="K20" t="s">
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>1994</v>
+      </c>
+      <c r="I27">
+        <v>2020</v>
+      </c>
+      <c r="J27" t="s">
+        <v>133</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>190</v>
+      </c>
+      <c r="M27" t="s">
         <v>107</v>
       </c>
-      <c r="L20" t="s">
-[...310 lines deleted...]
-      </c>
       <c r="N27" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>191</v>
+      </c>
+      <c r="P27" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>139</v>
+        <v>193</v>
       </c>
       <c r="B28" t="s">
-        <v>96</v>
+        <v>194</v>
       </c>
       <c r="C28" t="s">
         <v>131</v>
       </c>
       <c r="D28" t="s">
-        <v>17</v>
+        <v>182</v>
       </c>
       <c r="E28" t="s">
-        <v>78</v>
+        <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G28">
+        <v>105</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
         <v>2009</v>
       </c>
-      <c r="H28">
+      <c r="I28">
         <v>2018</v>
       </c>
-      <c r="I28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J28" t="s">
-        <v>21</v>
+        <v>133</v>
       </c>
       <c r="K28" t="s">
-        <v>140</v>
+        <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>80</v>
+        <v>195</v>
       </c>
       <c r="M28" t="s">
-        <v>24</v>
+        <v>107</v>
       </c>
       <c r="N28" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>196</v>
+      </c>
+      <c r="P28" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>142</v>
+        <v>198</v>
       </c>
       <c r="B29" t="s">
-        <v>96</v>
+        <v>199</v>
       </c>
       <c r="C29" t="s">
-        <v>143</v>
+        <v>131</v>
       </c>
       <c r="D29" t="s">
-        <v>17</v>
+        <v>200</v>
       </c>
       <c r="E29" t="s">
-        <v>78</v>
+        <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G29">
+        <v>105</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
         <v>2012</v>
       </c>
-      <c r="H29">
+      <c r="I29">
         <v>2019</v>
       </c>
-      <c r="I29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J29" t="s">
-        <v>21</v>
+        <v>133</v>
       </c>
       <c r="K29" t="s">
-        <v>144</v>
+        <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>80</v>
+        <v>201</v>
       </c>
       <c r="M29" t="s">
-        <v>24</v>
+        <v>107</v>
       </c>
       <c r="N29" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>202</v>
+      </c>
+      <c r="P29" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>146</v>
+        <v>204</v>
       </c>
       <c r="B30" t="s">
-        <v>147</v>
+        <v>205</v>
       </c>
       <c r="C30" t="s">
-        <v>148</v>
+        <v>206</v>
       </c>
       <c r="D30" t="s">
-        <v>17</v>
+        <v>207</v>
       </c>
       <c r="E30" t="s">
-        <v>78</v>
+        <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G30">
+        <v>105</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
         <v>1992</v>
       </c>
-      <c r="H30">
+      <c r="I30">
         <v>2020</v>
       </c>
-      <c r="I30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J30" t="s">
-        <v>21</v>
+        <v>133</v>
       </c>
       <c r="K30" t="s">
-        <v>149</v>
+        <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>80</v>
+        <v>208</v>
       </c>
       <c r="M30" t="s">
-        <v>24</v>
+        <v>107</v>
       </c>
       <c r="N30" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>209</v>
+      </c>
+      <c r="P30" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>151</v>
+        <v>211</v>
       </c>
       <c r="B31" t="s">
-        <v>96</v>
+        <v>212</v>
       </c>
       <c r="C31" t="s">
-        <v>152</v>
+        <v>131</v>
       </c>
       <c r="D31" t="s">
-        <v>17</v>
+        <v>213</v>
       </c>
       <c r="E31" t="s">
-        <v>78</v>
+        <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G31">
+        <v>105</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
         <v>1995</v>
       </c>
-      <c r="H31">
+      <c r="I31">
         <v>2013</v>
       </c>
-      <c r="I31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J31" t="s">
-        <v>153</v>
+        <v>133</v>
       </c>
       <c r="K31" t="s">
-        <v>154</v>
+        <v>214</v>
       </c>
       <c r="L31" t="s">
-        <v>80</v>
+        <v>215</v>
       </c>
       <c r="M31" t="s">
-        <v>24</v>
+        <v>107</v>
       </c>
       <c r="N31" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>216</v>
+      </c>
+      <c r="P31" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>156</v>
+        <v>218</v>
       </c>
       <c r="B32" t="s">
-        <v>135</v>
+        <v>219</v>
       </c>
       <c r="C32" t="s">
-        <v>157</v>
+        <v>188</v>
       </c>
       <c r="D32" t="s">
-        <v>17</v>
+        <v>220</v>
       </c>
       <c r="E32" t="s">
-        <v>78</v>
+        <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G32">
+        <v>105</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
         <v>2001</v>
       </c>
-      <c r="H32">
+      <c r="I32">
         <v>2019</v>
       </c>
-      <c r="I32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J32" t="s">
-        <v>21</v>
+        <v>133</v>
       </c>
       <c r="K32" t="s">
-        <v>158</v>
+        <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>80</v>
+        <v>221</v>
       </c>
       <c r="M32" t="s">
-        <v>24</v>
+        <v>107</v>
       </c>
       <c r="N32" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>222</v>
+      </c>
+      <c r="P32" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>160</v>
+        <v>224</v>
       </c>
       <c r="B33" t="s">
-        <v>96</v>
+        <v>225</v>
       </c>
       <c r="C33" t="s">
-        <v>161</v>
+        <v>131</v>
       </c>
       <c r="D33" t="s">
-        <v>17</v>
+        <v>226</v>
       </c>
       <c r="E33" t="s">
-        <v>78</v>
+        <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>105</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
       </c>
       <c r="H33">
         <v>2016</v>
       </c>
-      <c r="I33" t="s">
-        <v>98</v>
+      <c r="I33">
+        <v>2016</v>
       </c>
       <c r="J33" t="s">
-        <v>21</v>
+        <v>133</v>
       </c>
       <c r="K33" t="s">
-        <v>162</v>
+        <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>80</v>
+        <v>227</v>
       </c>
       <c r="M33" t="s">
-        <v>24</v>
+        <v>107</v>
       </c>
       <c r="N33" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>228</v>
+      </c>
+      <c r="P33" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>164</v>
+        <v>230</v>
       </c>
       <c r="B34" t="s">
-        <v>96</v>
+        <v>231</v>
       </c>
       <c r="C34" t="s">
-        <v>165</v>
+        <v>131</v>
       </c>
       <c r="D34" t="s">
-        <v>17</v>
+        <v>232</v>
       </c>
       <c r="E34" t="s">
-        <v>78</v>
+        <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>105</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
       </c>
       <c r="H34">
         <v>2016</v>
       </c>
-      <c r="I34" t="s">
-        <v>98</v>
+      <c r="I34">
+        <v>2016</v>
       </c>
       <c r="J34" t="s">
+        <v>133</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>233</v>
+      </c>
+      <c r="M34" t="s">
+        <v>107</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>234</v>
+      </c>
+      <c r="P34" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>236</v>
+      </c>
+      <c r="B35" t="s">
+        <v>237</v>
+      </c>
+      <c r="C35" t="s">
+        <v>131</v>
+      </c>
+      <c r="D35" t="s">
+        <v>238</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>105</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2012</v>
+      </c>
+      <c r="I35">
+        <v>2019</v>
+      </c>
+      <c r="J35" t="s">
+        <v>133</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>239</v>
+      </c>
+      <c r="M35" t="s">
+        <v>107</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>240</v>
+      </c>
+      <c r="P35" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>242</v>
+      </c>
+      <c r="B36" t="s">
+        <v>243</v>
+      </c>
+      <c r="C36" t="s">
+        <v>131</v>
+      </c>
+      <c r="D36" t="s">
+        <v>244</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>105</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2014</v>
+      </c>
+      <c r="I36">
+        <v>2021</v>
+      </c>
+      <c r="J36" t="s">
+        <v>133</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>245</v>
+      </c>
+      <c r="M36" t="s">
+        <v>107</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>246</v>
+      </c>
+      <c r="P36" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>248</v>
+      </c>
+      <c r="B37" t="s">
+        <v>249</v>
+      </c>
+      <c r="C37" t="s">
+        <v>131</v>
+      </c>
+      <c r="D37" t="s">
+        <v>250</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>105</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2004</v>
+      </c>
+      <c r="I37">
+        <v>2020</v>
+      </c>
+      <c r="J37" t="s">
+        <v>133</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>251</v>
+      </c>
+      <c r="M37" t="s">
+        <v>107</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>252</v>
+      </c>
+      <c r="P37" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>254</v>
+      </c>
+      <c r="B38" t="s">
+        <v>255</v>
+      </c>
+      <c r="C38" t="s">
+        <v>131</v>
+      </c>
+      <c r="D38" t="s">
+        <v>256</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>105</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>1995</v>
+      </c>
+      <c r="I38">
+        <v>2015</v>
+      </c>
+      <c r="J38" t="s">
+        <v>133</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>257</v>
+      </c>
+      <c r="M38" t="s">
+        <v>107</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>258</v>
+      </c>
+      <c r="P38" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>260</v>
+      </c>
+      <c r="B39" t="s">
+        <v>261</v>
+      </c>
+      <c r="C39" t="s">
+        <v>131</v>
+      </c>
+      <c r="D39" t="s">
+        <v>213</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>105</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>1996</v>
+      </c>
+      <c r="I39">
+        <v>2014</v>
+      </c>
+      <c r="J39" t="s">
+        <v>133</v>
+      </c>
+      <c r="K39" t="s">
+        <v>214</v>
+      </c>
+      <c r="L39" t="s">
+        <v>262</v>
+      </c>
+      <c r="M39" t="s">
+        <v>107</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>263</v>
+      </c>
+      <c r="P39" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>265</v>
+      </c>
+      <c r="B40" t="s">
+        <v>266</v>
+      </c>
+      <c r="C40" t="s">
+        <v>131</v>
+      </c>
+      <c r="D40" t="s">
+        <v>267</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>105</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2001</v>
+      </c>
+      <c r="I40">
+        <v>2018</v>
+      </c>
+      <c r="J40" t="s">
+        <v>133</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>268</v>
+      </c>
+      <c r="M40" t="s">
+        <v>107</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>269</v>
+      </c>
+      <c r="P40" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>271</v>
+      </c>
+      <c r="B41" t="s">
+        <v>272</v>
+      </c>
+      <c r="C41" t="s">
+        <v>131</v>
+      </c>
+      <c r="D41" t="s">
+        <v>273</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>105</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>1996</v>
+      </c>
+      <c r="I41">
+        <v>2016</v>
+      </c>
+      <c r="J41" t="s">
+        <v>133</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>274</v>
+      </c>
+      <c r="M41" t="s">
+        <v>107</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>275</v>
+      </c>
+      <c r="P41" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>277</v>
+      </c>
+      <c r="B42" t="s">
+        <v>278</v>
+      </c>
+      <c r="C42" t="s">
+        <v>131</v>
+      </c>
+      <c r="D42" t="s">
+        <v>163</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>105</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2001</v>
+      </c>
+      <c r="I42">
+        <v>2014</v>
+      </c>
+      <c r="J42" t="s">
+        <v>133</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>279</v>
+      </c>
+      <c r="M42" t="s">
+        <v>107</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>280</v>
+      </c>
+      <c r="P42" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>282</v>
+      </c>
+      <c r="B43" t="s">
+        <v>283</v>
+      </c>
+      <c r="C43" t="s">
+        <v>131</v>
+      </c>
+      <c r="D43" t="s">
+        <v>284</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>105</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2012</v>
+      </c>
+      <c r="I43">
+        <v>2015</v>
+      </c>
+      <c r="J43" t="s">
+        <v>133</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>285</v>
+      </c>
+      <c r="M43" t="s">
+        <v>107</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>286</v>
+      </c>
+      <c r="P43" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>288</v>
+      </c>
+      <c r="B44" t="s">
+        <v>289</v>
+      </c>
+      <c r="C44" t="s">
+        <v>131</v>
+      </c>
+      <c r="D44" t="s">
+        <v>175</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>105</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2009</v>
+      </c>
+      <c r="I44">
+        <v>2015</v>
+      </c>
+      <c r="J44" t="s">
+        <v>133</v>
+      </c>
+      <c r="K44" t="s">
+        <v>290</v>
+      </c>
+      <c r="L44" t="s">
+        <v>291</v>
+      </c>
+      <c r="M44" t="s">
+        <v>107</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>292</v>
+      </c>
+      <c r="P44" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>294</v>
+      </c>
+      <c r="B45" t="s">
+        <v>295</v>
+      </c>
+      <c r="C45" t="s">
+        <v>131</v>
+      </c>
+      <c r="D45" t="s">
+        <v>19</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>105</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2004</v>
+      </c>
+      <c r="I45">
+        <v>2020</v>
+      </c>
+      <c r="J45" t="s">
+        <v>133</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>296</v>
+      </c>
+      <c r="M45" t="s">
+        <v>107</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>297</v>
+      </c>
+      <c r="P45" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>299</v>
+      </c>
+      <c r="B46" t="s">
+        <v>300</v>
+      </c>
+      <c r="C46" t="s">
+        <v>131</v>
+      </c>
+      <c r="D46" t="s">
+        <v>301</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>105</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>1996</v>
+      </c>
+      <c r="I46">
+        <v>2015</v>
+      </c>
+      <c r="J46" t="s">
+        <v>133</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>302</v>
+      </c>
+      <c r="M46" t="s">
+        <v>107</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>303</v>
+      </c>
+      <c r="P46" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>305</v>
+      </c>
+      <c r="B47" t="s">
+        <v>306</v>
+      </c>
+      <c r="C47" t="s">
+        <v>131</v>
+      </c>
+      <c r="D47" t="s">
+        <v>307</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>105</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2001</v>
+      </c>
+      <c r="I47">
+        <v>2018</v>
+      </c>
+      <c r="J47" t="s">
+        <v>133</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>308</v>
+      </c>
+      <c r="M47" t="s">
+        <v>107</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>309</v>
+      </c>
+      <c r="P47" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>311</v>
+      </c>
+      <c r="B48" t="s">
+        <v>312</v>
+      </c>
+      <c r="C48" t="s">
+        <v>131</v>
+      </c>
+      <c r="D48" t="s">
+        <v>313</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>105</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2004</v>
+      </c>
+      <c r="I48">
+        <v>2014</v>
+      </c>
+      <c r="J48" t="s">
+        <v>133</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>314</v>
+      </c>
+      <c r="M48" t="s">
+        <v>107</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>315</v>
+      </c>
+      <c r="P48" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>317</v>
+      </c>
+      <c r="B49" t="s">
+        <v>318</v>
+      </c>
+      <c r="C49" t="s">
+        <v>131</v>
+      </c>
+      <c r="D49" t="s">
+        <v>68</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>105</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>1998</v>
+      </c>
+      <c r="I49">
+        <v>2019</v>
+      </c>
+      <c r="J49" t="s">
+        <v>133</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>319</v>
+      </c>
+      <c r="M49" t="s">
+        <v>107</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>320</v>
+      </c>
+      <c r="P49" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>322</v>
+      </c>
+      <c r="B50" t="s">
+        <v>323</v>
+      </c>
+      <c r="C50" t="s">
+        <v>131</v>
+      </c>
+      <c r="D50" t="s">
+        <v>324</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>105</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2012</v>
+      </c>
+      <c r="I50">
+        <v>2019</v>
+      </c>
+      <c r="J50" t="s">
+        <v>133</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>325</v>
+      </c>
+      <c r="M50" t="s">
+        <v>107</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>326</v>
+      </c>
+      <c r="P50" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>328</v>
+      </c>
+      <c r="B51" t="s">
+        <v>329</v>
+      </c>
+      <c r="C51" t="s">
+        <v>131</v>
+      </c>
+      <c r="D51" t="s">
+        <v>80</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>105</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2010</v>
+      </c>
+      <c r="I51">
+        <v>2014</v>
+      </c>
+      <c r="J51" t="s">
+        <v>133</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51" t="s">
+        <v>330</v>
+      </c>
+      <c r="M51" t="s">
+        <v>107</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>331</v>
+      </c>
+      <c r="P51" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>333</v>
+      </c>
+      <c r="B52" t="s">
+        <v>334</v>
+      </c>
+      <c r="C52" t="s">
+        <v>92</v>
+      </c>
+      <c r="D52" t="s">
+        <v>335</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>105</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2009</v>
+      </c>
+      <c r="I52">
+        <v>2020</v>
+      </c>
+      <c r="J52" t="s">
+        <v>133</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>336</v>
+      </c>
+      <c r="M52" t="s">
+        <v>337</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>338</v>
+      </c>
+      <c r="P52" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>340</v>
+      </c>
+      <c r="B53" t="s">
+        <v>341</v>
+      </c>
+      <c r="C53" t="s">
+        <v>92</v>
+      </c>
+      <c r="D53" t="s">
+        <v>342</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>105</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2018</v>
+      </c>
+      <c r="I53">
+        <v>2020</v>
+      </c>
+      <c r="J53" t="s">
+        <v>133</v>
+      </c>
+      <c r="K53" t="s">
+        <v>343</v>
+      </c>
+      <c r="L53" t="s">
+        <v>239</v>
+      </c>
+      <c r="M53" t="s">
+        <v>337</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>344</v>
+      </c>
+      <c r="P53" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>346</v>
+      </c>
+      <c r="B54" t="s">
+        <v>347</v>
+      </c>
+      <c r="C54" t="s">
+        <v>18</v>
+      </c>
+      <c r="D54" t="s">
+        <v>348</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>105</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2003</v>
+      </c>
+      <c r="I54">
+        <v>2012</v>
+      </c>
+      <c r="J54" t="s">
+        <v>349</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>350</v>
+      </c>
+      <c r="M54" t="s">
+        <v>351</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>352</v>
+      </c>
+      <c r="P54" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>354</v>
+      </c>
+      <c r="B55" t="s">
+        <v>355</v>
+      </c>
+      <c r="C55" t="s">
+        <v>18</v>
+      </c>
+      <c r="D55" t="s">
+        <v>74</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>105</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2007</v>
+      </c>
+      <c r="I55">
+        <v>2012</v>
+      </c>
+      <c r="J55" t="s">
+        <v>23</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>356</v>
+      </c>
+      <c r="M55" t="s">
+        <v>351</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>357</v>
+      </c>
+      <c r="P55" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>359</v>
+      </c>
+      <c r="B56" t="s">
+        <v>360</v>
+      </c>
+      <c r="C56" t="s">
+        <v>18</v>
+      </c>
+      <c r="D56" t="s">
+        <v>189</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>105</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>1997</v>
+      </c>
+      <c r="I56">
+        <v>2015</v>
+      </c>
+      <c r="J56" t="s">
+        <v>349</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>361</v>
+      </c>
+      <c r="M56" t="s">
+        <v>351</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>362</v>
+      </c>
+      <c r="P56" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>364</v>
+      </c>
+      <c r="B57" t="s">
+        <v>365</v>
+      </c>
+      <c r="C57" t="s">
+        <v>18</v>
+      </c>
+      <c r="D57" t="s">
+        <v>366</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>105</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2013</v>
+      </c>
+      <c r="I57">
+        <v>2018</v>
+      </c>
+      <c r="J57" t="s">
+        <v>23</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" t="s">
+        <v>367</v>
+      </c>
+      <c r="M57" t="s">
+        <v>351</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>368</v>
+      </c>
+      <c r="P57" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>370</v>
+      </c>
+      <c r="B58" t="s">
+        <v>371</v>
+      </c>
+      <c r="C58" t="s">
+        <v>18</v>
+      </c>
+      <c r="D58" t="s">
+        <v>220</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>105</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2003</v>
+      </c>
+      <c r="I58">
+        <v>2012</v>
+      </c>
+      <c r="J58" t="s">
+        <v>23</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58" t="s">
+        <v>372</v>
+      </c>
+      <c r="M58" t="s">
+        <v>351</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>373</v>
+      </c>
+      <c r="P58" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>375</v>
+      </c>
+      <c r="B59" t="s">
+        <v>376</v>
+      </c>
+      <c r="C59" t="s">
+        <v>18</v>
+      </c>
+      <c r="D59" t="s">
+        <v>377</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>105</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2011</v>
+      </c>
+      <c r="I59">
+        <v>2017</v>
+      </c>
+      <c r="J59" t="s">
+        <v>23</v>
+      </c>
+      <c r="K59" t="s">
+        <v>378</v>
+      </c>
+      <c r="L59" t="s">
+        <v>379</v>
+      </c>
+      <c r="M59" t="s">
+        <v>351</v>
+      </c>
+      <c r="N59" t="s">
+        <v>380</v>
+      </c>
+      <c r="O59" t="s">
+        <v>381</v>
+      </c>
+      <c r="P59" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>383</v>
+      </c>
+      <c r="B60" t="s">
+        <v>384</v>
+      </c>
+      <c r="C60" t="s">
+        <v>18</v>
+      </c>
+      <c r="D60" t="s">
+        <v>385</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>105</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2002</v>
+      </c>
+      <c r="I60">
+        <v>2015</v>
+      </c>
+      <c r="J60" t="s">
+        <v>23</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" t="s">
+        <v>386</v>
+      </c>
+      <c r="M60" t="s">
+        <v>351</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>387</v>
+      </c>
+      <c r="P60" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>389</v>
+      </c>
+      <c r="B61" t="s">
+        <v>390</v>
+      </c>
+      <c r="C61" t="s">
+        <v>18</v>
+      </c>
+      <c r="D61" t="s">
+        <v>391</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>105</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2001</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>23</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" t="s">
+        <v>392</v>
+      </c>
+      <c r="M61" t="s">
+        <v>351</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>393</v>
+      </c>
+      <c r="P61" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>395</v>
+      </c>
+      <c r="B62" t="s">
+        <v>396</v>
+      </c>
+      <c r="C62" t="s">
+        <v>18</v>
+      </c>
+      <c r="D62" t="s">
+        <v>50</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>105</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2013</v>
+      </c>
+      <c r="I62">
+        <v>2017</v>
+      </c>
+      <c r="J62" t="s">
+        <v>23</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" t="s">
+        <v>397</v>
+      </c>
+      <c r="M62" t="s">
+        <v>351</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>398</v>
+      </c>
+      <c r="P62" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>400</v>
+      </c>
+      <c r="B63" t="s">
+        <v>401</v>
+      </c>
+      <c r="C63" t="s">
+        <v>18</v>
+      </c>
+      <c r="D63" t="s">
+        <v>56</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>105</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2011</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>23</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63" t="s">
+        <v>402</v>
+      </c>
+      <c r="M63" t="s">
+        <v>351</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>403</v>
+      </c>
+      <c r="P63" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>405</v>
+      </c>
+      <c r="B64" t="s">
+        <v>406</v>
+      </c>
+      <c r="C64" t="s">
+        <v>18</v>
+      </c>
+      <c r="D64" t="s">
+        <v>62</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>105</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2013</v>
+      </c>
+      <c r="I64">
+        <v>2021</v>
+      </c>
+      <c r="J64" t="s">
+        <v>23</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64" t="s">
+        <v>407</v>
+      </c>
+      <c r="M64" t="s">
+        <v>351</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>408</v>
+      </c>
+      <c r="P64" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>410</v>
+      </c>
+      <c r="B65" t="s">
+        <v>411</v>
+      </c>
+      <c r="C65" t="s">
+        <v>18</v>
+      </c>
+      <c r="D65" t="s">
+        <v>412</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>105</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2002</v>
+      </c>
+      <c r="I65">
+        <v>2021</v>
+      </c>
+      <c r="J65" t="s">
+        <v>23</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65" t="s">
+        <v>413</v>
+      </c>
+      <c r="M65" t="s">
+        <v>351</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>414</v>
+      </c>
+      <c r="P65" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>416</v>
+      </c>
+      <c r="B66" t="s">
+        <v>417</v>
+      </c>
+      <c r="C66" t="s">
+        <v>18</v>
+      </c>
+      <c r="D66" t="s">
+        <v>301</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>105</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2003</v>
+      </c>
+      <c r="I66">
+        <v>2021</v>
+      </c>
+      <c r="J66" t="s">
+        <v>23</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66" t="s">
+        <v>418</v>
+      </c>
+      <c r="M66" t="s">
+        <v>351</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>419</v>
+      </c>
+      <c r="P66" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>421</v>
+      </c>
+      <c r="B67" t="s">
+        <v>422</v>
+      </c>
+      <c r="C67" t="s">
+        <v>18</v>
+      </c>
+      <c r="D67" t="s">
+        <v>68</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>105</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2004</v>
+      </c>
+      <c r="I67">
+        <v>2012</v>
+      </c>
+      <c r="J67" t="s">
+        <v>23</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67" t="s">
+        <v>423</v>
+      </c>
+      <c r="M67" t="s">
+        <v>351</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>424</v>
+      </c>
+      <c r="P67" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>426</v>
+      </c>
+      <c r="B68" t="s">
+        <v>427</v>
+      </c>
+      <c r="C68" t="s">
+        <v>18</v>
+      </c>
+      <c r="D68" t="s">
+        <v>80</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>105</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2015</v>
+      </c>
+      <c r="I68">
+        <v>2021</v>
+      </c>
+      <c r="J68" t="s">
+        <v>23</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68" t="s">
+        <v>428</v>
+      </c>
+      <c r="M68" t="s">
+        <v>351</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>429</v>
+      </c>
+      <c r="P68" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>431</v>
+      </c>
+      <c r="B69" t="s">
+        <v>432</v>
+      </c>
+      <c r="C69" t="s">
+        <v>18</v>
+      </c>
+      <c r="D69" t="s">
+        <v>50</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
         <v>21</v>
       </c>
-      <c r="K34" t="s">
-[...31 lines deleted...]
-      <c r="G35">
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2001</v>
+      </c>
+      <c r="I69">
+        <v>2019</v>
+      </c>
+      <c r="J69" t="s">
+        <v>23</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69" t="s">
+        <v>433</v>
+      </c>
+      <c r="M69" t="s">
+        <v>26</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>434</v>
+      </c>
+      <c r="P69" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>436</v>
+      </c>
+      <c r="B70" t="s">
+        <v>437</v>
+      </c>
+      <c r="C70" t="s">
+        <v>18</v>
+      </c>
+      <c r="D70" t="s">
+        <v>301</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>21</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>1995</v>
+      </c>
+      <c r="I70">
+        <v>2019</v>
+      </c>
+      <c r="J70" t="s">
+        <v>33</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70" t="s">
+        <v>438</v>
+      </c>
+      <c r="M70" t="s">
+        <v>26</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>439</v>
+      </c>
+      <c r="P70" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>441</v>
+      </c>
+      <c r="B71" t="s">
+        <v>442</v>
+      </c>
+      <c r="C71" t="s">
+        <v>18</v>
+      </c>
+      <c r="D71" t="s">
+        <v>443</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>21</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2014</v>
+      </c>
+      <c r="I71">
+        <v>2019</v>
+      </c>
+      <c r="J71" t="s">
+        <v>33</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71" t="s">
+        <v>444</v>
+      </c>
+      <c r="M71" t="s">
+        <v>26</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>445</v>
+      </c>
+      <c r="P71" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>447</v>
+      </c>
+      <c r="B72" t="s">
+        <v>448</v>
+      </c>
+      <c r="C72" t="s">
+        <v>18</v>
+      </c>
+      <c r="D72" t="s">
+        <v>449</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>21</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
         <v>2012</v>
       </c>
-      <c r="H35">
+      <c r="I72">
         <v>2019</v>
       </c>
-      <c r="I35" t="s">
-[...2 lines deleted...]
-      <c r="J35" t="s">
+      <c r="J72" t="s">
+        <v>450</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72" t="s">
+        <v>451</v>
+      </c>
+      <c r="M72" t="s">
+        <v>26</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>452</v>
+      </c>
+      <c r="P72" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>454</v>
+      </c>
+      <c r="B73" t="s">
+        <v>455</v>
+      </c>
+      <c r="C73" t="s">
+        <v>18</v>
+      </c>
+      <c r="D73" t="s">
+        <v>456</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
         <v>21</v>
       </c>
-      <c r="K35" t="s">
-[...31 lines deleted...]
-      <c r="G36">
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2001</v>
+      </c>
+      <c r="I73">
+        <v>2019</v>
+      </c>
+      <c r="J73" t="s">
+        <v>33</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73" t="s">
+        <v>457</v>
+      </c>
+      <c r="M73" t="s">
+        <v>26</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>458</v>
+      </c>
+      <c r="P73" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>460</v>
+      </c>
+      <c r="B74" t="s">
+        <v>461</v>
+      </c>
+      <c r="C74" t="s">
+        <v>18</v>
+      </c>
+      <c r="D74" t="s">
+        <v>412</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>21</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>1995</v>
+      </c>
+      <c r="I74">
+        <v>2019</v>
+      </c>
+      <c r="J74" t="s">
+        <v>33</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74" t="s">
+        <v>462</v>
+      </c>
+      <c r="M74" t="s">
+        <v>26</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>463</v>
+      </c>
+      <c r="P74" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>465</v>
+      </c>
+      <c r="B75" t="s">
+        <v>466</v>
+      </c>
+      <c r="C75" t="s">
+        <v>18</v>
+      </c>
+      <c r="D75" t="s">
+        <v>467</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>21</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2004</v>
+      </c>
+      <c r="I75">
+        <v>2019</v>
+      </c>
+      <c r="J75" t="s">
+        <v>33</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75" t="s">
+        <v>468</v>
+      </c>
+      <c r="M75" t="s">
+        <v>26</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>469</v>
+      </c>
+      <c r="P75" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>471</v>
+      </c>
+      <c r="B76" t="s">
+        <v>472</v>
+      </c>
+      <c r="C76" t="s">
+        <v>18</v>
+      </c>
+      <c r="D76" t="s">
+        <v>473</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>21</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2011</v>
+      </c>
+      <c r="I76">
+        <v>2019</v>
+      </c>
+      <c r="J76" t="s">
+        <v>33</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76" t="s">
+        <v>474</v>
+      </c>
+      <c r="M76" t="s">
+        <v>26</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>475</v>
+      </c>
+      <c r="P76" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>477</v>
+      </c>
+      <c r="B77" t="s">
+        <v>478</v>
+      </c>
+      <c r="C77" t="s">
+        <v>18</v>
+      </c>
+      <c r="D77" t="s">
+        <v>479</v>
+      </c>
+      <c r="E77" t="s">
+        <v>94</v>
+      </c>
+      <c r="F77" t="s">
+        <v>480</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>1997</v>
+      </c>
+      <c r="I77">
+        <v>2022</v>
+      </c>
+      <c r="J77" t="s">
+        <v>33</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77"/>
+      <c r="M77" t="s">
+        <v>481</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>482</v>
+      </c>
+      <c r="P77" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>484</v>
+      </c>
+      <c r="B78" t="s">
+        <v>485</v>
+      </c>
+      <c r="C78" t="s">
+        <v>18</v>
+      </c>
+      <c r="D78" t="s">
+        <v>301</v>
+      </c>
+      <c r="E78" t="s">
+        <v>94</v>
+      </c>
+      <c r="F78" t="s">
+        <v>480</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>2003</v>
+      </c>
+      <c r="I78">
+        <v>2013</v>
+      </c>
+      <c r="J78" t="s">
+        <v>23</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78"/>
+      <c r="M78" t="s">
+        <v>481</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>486</v>
+      </c>
+      <c r="P78" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>488</v>
+      </c>
+      <c r="B79" t="s">
+        <v>489</v>
+      </c>
+      <c r="C79" t="s">
+        <v>18</v>
+      </c>
+      <c r="D79" t="s">
+        <v>412</v>
+      </c>
+      <c r="E79" t="s">
+        <v>94</v>
+      </c>
+      <c r="F79" t="s">
+        <v>95</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>2004</v>
+      </c>
+      <c r="I79">
+        <v>2021</v>
+      </c>
+      <c r="J79" t="s">
+        <v>490</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79"/>
+      <c r="M79" t="s">
+        <v>481</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>491</v>
+      </c>
+      <c r="P79" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>493</v>
+      </c>
+      <c r="B80" t="s">
+        <v>494</v>
+      </c>
+      <c r="C80" t="s">
+        <v>18</v>
+      </c>
+      <c r="D80" t="s">
+        <v>348</v>
+      </c>
+      <c r="E80" t="s">
+        <v>94</v>
+      </c>
+      <c r="F80" t="s">
+        <v>480</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>1978</v>
+      </c>
+      <c r="I80">
+        <v>2017</v>
+      </c>
+      <c r="J80" t="s">
+        <v>33</v>
+      </c>
+      <c r="K80" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80"/>
+      <c r="M80" t="s">
+        <v>481</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>495</v>
+      </c>
+      <c r="P80" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>497</v>
+      </c>
+      <c r="B81" t="s">
+        <v>498</v>
+      </c>
+      <c r="C81" t="s">
+        <v>18</v>
+      </c>
+      <c r="D81" t="s">
+        <v>499</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>480</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>2007</v>
+      </c>
+      <c r="I81">
         <v>2014</v>
       </c>
-      <c r="H36">
-[...131 lines deleted...]
-      <c r="H39">
+      <c r="J81" t="s">
+        <v>500</v>
+      </c>
+      <c r="K81" t="s">
+        <v>24</v>
+      </c>
+      <c r="L81"/>
+      <c r="M81" t="s">
+        <v>481</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>501</v>
+      </c>
+      <c r="P81" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>503</v>
+      </c>
+      <c r="B82" t="s">
+        <v>504</v>
+      </c>
+      <c r="C82" t="s">
+        <v>18</v>
+      </c>
+      <c r="D82" t="s">
+        <v>44</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>480</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82">
         <v>2014</v>
       </c>
-      <c r="I39" t="s">
-[...1874 lines deleted...]
-      <c r="H82">
+      <c r="I82">
         <v>2024</v>
       </c>
-      <c r="I82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J82" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>490</v>
+      </c>
+      <c r="K82" t="s">
+        <v>24</v>
+      </c>
+      <c r="L82"/>
       <c r="M82" t="s">
-        <v>24</v>
+        <v>481</v>
       </c>
       <c r="N82" t="s">
-        <v>342</v>
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>505</v>
+      </c>
+      <c r="P82" t="s">
+        <v>506</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>