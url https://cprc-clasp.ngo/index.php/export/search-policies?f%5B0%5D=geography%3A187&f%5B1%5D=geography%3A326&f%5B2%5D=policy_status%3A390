--- v0 (2025-10-15)
+++ v1 (2025-12-06)
@@ -12,800 +12,377 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="237">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of household air-conditioners</t>
   </si>
   <si>
+    <t>Air conditioners for domestic use with a cooling capacity less than 12kW. Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-household-air</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/-arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_climatiseurs_a_usage_domestique_5b69515a43778.pdf</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential lamps</t>
   </si>
   <si>
+    <t>Incandescent lamps and integrated ballast fluorescent lamps intended to be directly powered by the mains electrical grid.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-residential</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_lampes_domestiques_5b695196e4dec.pdf</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential refrigerators, freezers, and combined equipment</t>
   </si>
   <si>
+    <t>Refrigerators, freezers and combined appliances for domestic usage that run on electricity</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-residential-0</t>
   </si>
   <si>
-    <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
-[...32 lines deleted...]
-    <t>Home Theater Equipment</t>
+    <t>https://www.energy.gov.dz/Media/galerie/arrete_du_21_fevrier_2009_etiquetage_appareils_usage_domestique_soumis_aux_regles_efficacite_energetique_5b6950da0ecc4.pdf</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Commercial Packaged Boilers Version 1.0</t>
+  </si>
+  <si>
+    <t>Only products that meet the definitions of both a commercial boiler and packaged boiler as specified in the policy document; which are marketed for sale in the commercial market are eligible for ENERGY STAR certification under this specification.
+Commercial Boiler: A type of packaged low pressure boiler with a capacity at full load rated input of 300 000 Btu per hour or more which is distributed in commerce: for heating or space conditioning applications in commercial buildings; or for service water heating in buildings excluding those products that meet the definition of Hot Water Supply Boiler.
+Packaged Boiler: A boiler that is shipped complete with heating equipment; mechanical draft equipment and automatic controls in one or more sections but is not custom designed and or field constructed.</t>
+  </si>
+  <si>
+    <t>Canada, United States of America*</t>
+  </si>
+  <si>
+    <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>ENERGY STAR Test Method for Audio/Video, Rev. July-2012</t>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>Gas, Oil</t>
+  </si>
+  <si>
+    <t>10 CFR Part 431.86; UL 795 or ANSI Z21.13-2014/CSA 4.9</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-audiovideo-version-30</t>
-[...121 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-packaged-boilers-version-10</t>
   </si>
   <si>
-    <t>ENERGY STAR Program Requirements for Commercial Refrigerators and Freezers Version 4.0</t>
-[...59 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computers-version-80</t>
+    <t>https://www.energystar.gov/products/heating_cooling/commercial_boilers/partners</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Connected Thermostats Version 1.0</t>
   </si>
   <si>
+    <t>Only products that meet the definition of a CT product as specified in the policy document are eligible for ENERGY STAR certification. CT products provided as part of a larger product offering such as a home security system may be certified but will be subject to specific labeling requirements.
+Connected Thermostat (CT) Product: For the purposes of this specification the CT product includes the CT device in the home with associated firmware; which is assumed to be updated during the time the CT device is used in the home; as well as a CT service supported by hardware and software outside of the home. The CT service would typically provide web and smart phone based thermostat control.</t>
+  </si>
+  <si>
     <t>Climate Controls</t>
   </si>
   <si>
     <t>IEC 62301, Ed. 2.0, 2011-01; ENERGY STAR Method to Demonstrate Connected Thermostat Field Savings V1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-connected-thermostats-version-10</t>
   </si>
   <si>
-    <t>ENERGY STAR Program Requirements for Data Center Storage Version 2.0</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-data-center-storage-version-20</t>
+    <t>https://www.energystar.gov/products/connected_thermostats/partners</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Decorative Light Strings Version 1.5</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Decorative Light String as specified below are eligible for ENERGY STAR qualification, with the exception of rope lighting (non-replaceable series and series/parallel connected lamps fully enclosed and sealed within a flexible polymeric tube or extrusion), and replacement lamps. ENERGY STAR qualified decorative light strings attached to decorative forms are also eligible for the ENERGY STAR.
+Decorative Light String: A string of lamps that operates on AC power in North America (120 V RMS AC; 60 Hz) or via a power adapter or controller that connects directly to AC power and is used for decorative, residential lighting purposes. The lamps may be replaceable or sealed into the lamp holder/wiring harness.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Decorative Light Strings, December 2011 (Annex A); CIE 084-1989; ASTM G 154 – 06; UL 588; CSA C22.2 No. 37</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-decorative-light-strings-version-15</t>
   </si>
   <si>
-    <t>ENERGY STAR Program Requirements for Dehumidifiers Version 5.0</t>
-[...32 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-furnaces-version-41</t>
+    <t>https://www.energystar.gov/products/lighting_fans/decorative_light_strings/partners</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Geothermal Heat Pumps Version 3.2</t>
   </si>
   <si>
+    <t>Included Products: Open loop; closed loop; and DGX products that meet the definition of a Geothermal Heat Pump as specified in the policy document are eligible for ENERGY STAR qualification; with the exception of Geothermal heat pumps intended for commercial use.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ISO 13256-1-1998; ISO 13256-2-1998; ANSI/AHRI 870-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-geothermal-heat-pumps-version-32</t>
   </si>
   <si>
-    <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
-[...20 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-laboratory-grade-refrigerators-and-freezers-version-11</t>
+    <t>https://www.energystar.gov/products/heating_cooling/heat_pumps_geothermal/partners</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Lamps (Light Bulbs) Version 2.1</t>
   </si>
   <si>
+    <t>The ENERGY STAR Lamps specification scope includes the lamp types intended to replace incandescent lamps as outlined in Table 1. The scope of this specification is limited to lamps with: Integrated ballasts and drivers intended to be connected to the electric power grid with the following ANSI standard base types: E26, E26d, E17, E11, E12, G4, G9, GU10, GU24, GU5.3, and GX5.3; and Rated nominal operating voltages of 120, 240 or 277 VAC, or 12 or 24 VAC or VDC.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>See policy document for full list</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-lamps-light-bulbs-version-21</t>
   </si>
   <si>
-    <t>ENERGY STAR Program Requirements for Large Network Equipment Version 1.1</t>
+    <t>https://www.energystar.gov/products/light_bulbs/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Light Commercial HVAC Version 3.1</t>
+  </si>
+  <si>
+    <t>Air-cooled, three-phase, split system (i.e., any central air conditioner or central
+air-conditioning heat pump in which one or more of the major assemblies are separate from the others) and single package (i.e., any central air conditioner or central air-conditioning heat pump in which all the major assemblies are enclosed in one cabinet) central air conditioners, heat pumps, gas/electric package units, and variable refrigerant flow (VRF) multi-split systems with capacity rated at or above 65,000 Btu/h and below 240,000 Btu/h that meet the definitions specified in the policy document are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.B.</t>
+  </si>
+  <si>
+    <t>10 CFR part 431, Subpart F 431.96</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-light-commercial-hvac-version-31</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/heating_cooling/light_commercial_heating_cooling/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Small Network Equipment Version 1.0</t>
+  </si>
+  <si>
+    <t>Products that meet the definition for Small Network Equipment (SNE) as specified herein are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2 of the policy document. In addition, SNE shall meet one of the following equipment type definitions:
+i. Broadband Modems (Cable, DSL);
+ii. Optical Network Termination Device (ONT);
+iii. Integrated Access Device (IAD);
+iv. Router;
+v. Switch; or
+vi. Access Point.</t>
   </si>
   <si>
     <t>Networking Equipment</t>
   </si>
   <si>
-    <t>ENERGY STAR Test Method for Large Network Equipment (Rev. December-2015)</t>
-[...157 lines deleted...]
-  <si>
     <t>ENERGY STAR Test Method for Small Network Equipment Rev. Aug-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-small-network-equipment-version-10</t>
   </si>
   <si>
-    <t>ENERGY STAR Program Requirements for Telephony Version 3.0</t>
-[...71 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-technical-specification-residential-windows-doors-and-skylights-sold-canada</t>
+    <t>https://www.energystar.gov/products/data_center_equipment/small_network_equipment/partners</t>
   </si>
   <si>
     <t>MEPS for air conditioners</t>
   </si>
   <si>
+    <t>Air conditioners for domestic use , with a cooling capacity less than 12kW.   Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-air-conditioners-0</t>
   </si>
   <si>
-    <t>MEPS for lighting products</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-lighting-products</t>
+    <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
   </si>
   <si>
     <t>MEPS for refrigerators, freezers and combined equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-freezers-and-combined-equipment</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1069,2493 +646,732 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N55"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="178" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="178.099" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="713.683" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="159.104" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="192.239" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2010</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>36</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>37</v>
+      </c>
+      <c r="P4" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>39</v>
+      </c>
+      <c r="B5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C5" t="s">
+        <v>41</v>
+      </c>
+      <c r="D5" t="s">
+        <v>42</v>
+      </c>
+      <c r="E5" t="s">
+        <v>43</v>
+      </c>
+      <c r="F5" t="s">
+        <v>44</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2016</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>45</v>
+      </c>
+      <c r="K5" t="s">
+        <v>46</v>
+      </c>
+      <c r="L5" t="s">
+        <v>47</v>
+      </c>
+      <c r="M5" t="s">
+        <v>48</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>41</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>43</v>
+      </c>
+      <c r="F6" t="s">
+        <v>44</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2016</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>45</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>54</v>
+      </c>
+      <c r="M6" t="s">
+        <v>48</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>41</v>
+      </c>
+      <c r="D7" t="s">
+        <v>31</v>
+      </c>
+      <c r="E7" t="s">
+        <v>43</v>
+      </c>
+      <c r="F7" t="s">
+        <v>44</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2007</v>
+      </c>
+      <c r="I7">
+        <v>2008</v>
+      </c>
+      <c r="J7" t="s">
+        <v>45</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>59</v>
+      </c>
+      <c r="M7" t="s">
+        <v>48</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>41</v>
+      </c>
+      <c r="D8" t="s">
+        <v>64</v>
+      </c>
+      <c r="E8" t="s">
+        <v>43</v>
+      </c>
+      <c r="F8" t="s">
+        <v>44</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2001</v>
+      </c>
+      <c r="I8">
+        <v>2012</v>
+      </c>
+      <c r="J8" t="s">
+        <v>45</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>65</v>
+      </c>
+      <c r="M8" t="s">
+        <v>48</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>66</v>
+      </c>
+      <c r="P8" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>68</v>
+      </c>
+      <c r="B9" t="s">
+        <v>69</v>
+      </c>
+      <c r="C9" t="s">
+        <v>41</v>
+      </c>
+      <c r="D9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E9" t="s">
+        <v>43</v>
+      </c>
+      <c r="F9" t="s">
+        <v>44</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2017</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>45</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>71</v>
+      </c>
+      <c r="M9" t="s">
+        <v>48</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>72</v>
+      </c>
+      <c r="P9" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" t="s">
+        <v>41</v>
+      </c>
+      <c r="D10" t="s">
+        <v>64</v>
+      </c>
+      <c r="E10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F10" t="s">
+        <v>44</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2001</v>
+      </c>
+      <c r="I10">
+        <v>2018</v>
+      </c>
+      <c r="J10" t="s">
+        <v>45</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>76</v>
+      </c>
+      <c r="M10" t="s">
+        <v>48</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>77</v>
+      </c>
+      <c r="P10" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>79</v>
+      </c>
+      <c r="B11" t="s">
+        <v>80</v>
+      </c>
+      <c r="C11" t="s">
+        <v>41</v>
+      </c>
+      <c r="D11" t="s">
+        <v>81</v>
+      </c>
+      <c r="E11" t="s">
+        <v>43</v>
+      </c>
+      <c r="F11" t="s">
+        <v>44</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>45</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>82</v>
+      </c>
+      <c r="M11" t="s">
+        <v>48</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>83</v>
+      </c>
+      <c r="P11" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>85</v>
+      </c>
+      <c r="B12" t="s">
+        <v>86</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>87</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
         <v>2010</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>25</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>88</v>
+      </c>
+      <c r="P12" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>90</v>
+      </c>
+      <c r="B13" t="s">
+        <v>35</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>36</v>
+      </c>
+      <c r="E13" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F13" t="s">
+        <v>87</v>
+      </c>
+      <c r="G13" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H13">
+        <v>2010</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K13" t="s">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L13"/>
+      <c r="M13" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N13" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...550 lines deleted...]
-      <c r="A16" t="s">
+      <c r="O13" t="s">
+        <v>91</v>
+      </c>
+      <c r="P13" t="s">
         <v>89</v>
-      </c>
-[...1735 lines deleted...]
-        <v>236</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>