--- v0 (2025-12-12)
+++ v1 (2026-02-23)
@@ -4510,51 +4510,51 @@
       </c>
       <c r="P54" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
         <v>354</v>
       </c>
       <c r="B55" t="s">
         <v>355</v>
       </c>
       <c r="C55" t="s">
         <v>31</v>
       </c>
       <c r="D55" t="s">
         <v>356</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>55</v>
       </c>
       <c r="G55" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="H55">
         <v>2021</v>
       </c>
       <c r="I55">
         <v>2024</v>
       </c>
       <c r="J55" t="s">
         <v>357</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55" t="s">
         <v>358</v>
       </c>
       <c r="M55" t="s">
         <v>36</v>
       </c>
       <c r="N55" t="s">
         <v>37</v>
       </c>
       <c r="O55" t="s">
         <v>359</v>
       </c>