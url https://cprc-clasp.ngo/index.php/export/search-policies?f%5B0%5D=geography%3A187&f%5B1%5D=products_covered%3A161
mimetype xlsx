--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,215 +12,247 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Decorative Light Strings Version 1.5</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Decorative Light String as specified below are eligible for ENERGY STAR qualification, with the exception of rope lighting (non-replaceable series and series/parallel connected lamps fully enclosed and sealed within a flexible polymeric tube or extrusion), and replacement lamps. ENERGY STAR qualified decorative light strings attached to decorative forms are also eligible for the ENERGY STAR.
+Decorative Light String: A string of lamps that operates on AC power in North America (120 V RMS AC; 60 Hz) or via a power adapter or controller that connects directly to AC power and is used for decorative, residential lighting purposes. The lamps may be replaceable or sealed into the lamp holder/wiring harness.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Decorative Light Strings, December 2011 (Annex A); CIE 084-1989; ASTM G 154 – 06; UL 588; CSA C22.2 No. 37</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-decorative-light-strings-version-15</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/lighting_fans/decorative_light_strings/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Lamps (Light Bulbs) Version 2.1</t>
   </si>
   <si>
+    <t>The ENERGY STAR Lamps specification scope includes the lamp types intended to replace incandescent lamps as outlined in Table 1. The scope of this specification is limited to lamps with: Integrated ballasts and drivers intended to be connected to the electric power grid with the following ANSI standard base types: E26, E26d, E17, E11, E12, G4, G9, GU10, GU24, GU5.3, and GX5.3; and Rated nominal operating voltages of 120, 240 or 277 VAC, or 12 or 24 VAC or VDC.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>See policy document for full list</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-lamps-light-bulbs-version-21</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/light_bulbs/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Luminaires Version 2.2</t>
   </si>
   <si>
+    <t>The ENERGY STAR Luminaires specification is limited to residential type lighting products; however to the extent that products that fall under the scope of this specification are sold into the commercial market; they may be included and listed appropriately for the applicable end user. Certification is limited to luminaires below a total input power of 250 watts intended to be connected directly to the electric power grid. Among the included products: inseparable SSL Luminaires; Accent Lights; Cove Mount and Under Cabinet Lights; Downlights; Outdoor Lighting; Portable Desk Task Lights; wall sconces and retrofits; ceiling mount and retrofits; etc.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-luminaires-version-22</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/lighting_fans/light_fixtures/partners</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -484,323 +516,356 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="87" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="130" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="87.122" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="772.669" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="159.104" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="130.825" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="98.976" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2016</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J2" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2007</v>
+      </c>
+      <c r="I3">
+        <v>2008</v>
+      </c>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2017</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>36</v>
+      </c>
+      <c r="K4" t="s">
+        <v>37</v>
+      </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>39</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...10 lines deleted...]
-      <c r="B3" t="s">
+      <c r="H5">
+        <v>2012</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>36</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5" t="s">
+        <v>45</v>
+      </c>
+      <c r="M5" t="s">
+        <v>39</v>
+      </c>
+      <c r="N5" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...119 lines deleted...]
-        <v>41</v>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>