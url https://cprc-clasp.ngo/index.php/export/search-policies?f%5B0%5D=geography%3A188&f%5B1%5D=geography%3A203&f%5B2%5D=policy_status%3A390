--- v0 (2025-10-11)
+++ v1 (2026-02-09)
@@ -12,353 +12,432 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>PE No 1/26/2</t>
   </si>
   <si>
+    <t>This protocol provides specifications for single phase air conditioners, of the direct expansion refrigeration type, single or multi-split units, non-ducted, up to a cooling capacity of 12 kW (42000 Btu/h) and condensation by air.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>NCh 3081: 2007</t>
   </si>
   <si>
     <t>Superintendencia de Electricidad y Combustibles (SEC) -Fuel and Electricity Sup…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pe-no-1262</t>
   </si>
   <si>
-    <t>Resolution No. 10/2020 - Minimum Efficiency Standard for Interior Lighting</t>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_ELECTRICIDAD/PE_1-26-2.PDF</t>
+  </si>
+  <si>
+    <t>Resolution No. 1334 - Minimum Efficiency Standard for Domestic Refrigerators and Freezers</t>
+  </si>
+  <si>
+    <t>This policy provides specifications for energy efficiency performance and labeling for refrigerators, freezers and refrigerators-freezers. It originally covered lighting products, which now have their own separate policy.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>PE Nº 5/06/2</t>
+  </si>
+  <si>
+    <t>Ministry of Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-1334-minimum-efficiency-standard-domestic-refrigerators-and-freezers</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=254060</t>
+  </si>
+  <si>
+    <t>Resolution No. 3199 - Labeling for Electronics in Standby Mode</t>
+  </si>
+  <si>
+    <t>Specifies labeling requirements for the following products in standby mode: microwave ovens, televisions, decoder (translation: decodificador), DVD player, Blu-ray player, and music equipment (mini and micro components).</t>
+  </si>
+  <si>
+    <t>Stand-by and networked devices</t>
+  </si>
+  <si>
+    <t>NCh3107.Of2008 / IEC 62301:2005</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-3199-labeling-electronics-standby-mode</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1167667</t>
+  </si>
+  <si>
+    <t>Resolution No. 4 - Minimum Efficiency Standard for Air Conditioners</t>
+  </si>
+  <si>
+    <t>This policy covers the minimum energy performance standard (MEPS) for air conditioners.</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>ISO 5151:1994</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-4-minimum-efficiency-standard-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1115032</t>
+  </si>
+  <si>
+    <t>Resolution No. 54 - Labeling for Instantaneous Gas Water Heaters</t>
+  </si>
+  <si>
+    <t>This policy applies to instantaneous gas water heaters.</t>
+  </si>
+  <si>
+    <t>Instantaneous Water Heaters</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>SEC PC N° 6/1-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-54-labeling-instantaneous-gas-water-heaters</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1104856&amp;f=2017-07-04</t>
+  </si>
+  <si>
+    <t>Resolution No. 6 - Labeling for Clothes Dryers</t>
+  </si>
+  <si>
+    <t>This policy specifies labeling requirements for clothes dryers.</t>
+  </si>
+  <si>
+    <t>Clothes Dryers</t>
+  </si>
+  <si>
+    <t>IEC 61121:2012-04</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-6-labeling-clothes-dryers</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100325</t>
+  </si>
+  <si>
+    <t>Resolution No. 69 - Labeling for Gas Cooking Appliances</t>
+  </si>
+  <si>
+    <t>Labeling for gas cooking appliances.</t>
+  </si>
+  <si>
+    <t>Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>SEC PC Nº7/1-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-69-labeling-gas-cooking-appliances</t>
+  </si>
+  <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_COMBUSTIBLES/PC_7-1_2.PDF</t>
+  </si>
+  <si>
+    <t>Resolution No. 7 - Labeling for Televisions</t>
+  </si>
+  <si>
+    <t>This policy specifies labeling requirements for televisions.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>IEC 62087</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-7-labeling-televisions</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100326</t>
+  </si>
+  <si>
+    <t>Resolution No. 70 - Labeling for Clothes Washers</t>
+  </si>
+  <si>
+    <t>This protocol provides specifications for certifying efficiency of clothes washers for domestic use, with or without heating devices, operating with cold or hot water.</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>SEC PE Nº1/06/2 / UNIT 1171:2010 / UNIT 1171:2010 / IRAM 2141-3 (2010)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-70-labeling-clothes-washers</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073368</t>
+  </si>
+  <si>
+    <t>Resolution No. 71 - Labeling for Tungsten Halogen Lamps</t>
+  </si>
+  <si>
+    <t>This protocol provides specifications for energy efficiency labeling for tungsten halogen lamps.</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
-    <t>Minimum Performance Standard</t>
-[...115 lines deleted...]
-  <si>
     <t>IEC 60357:2002-11 / IEC 60357 Amend. 1:2006-04 / IEC 60357 Amend. 2:2008-10</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-71-labeling-tungsten-halogen-lamps</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073369</t>
+  </si>
+  <si>
     <t>Resolution No. 74 - Minimum Efficiency Standard for Domestic Refrigerators</t>
   </si>
   <si>
+    <t>This policy covers the minimum energy performance standard (MEPS) for domestic refrigerators.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>NCh3000.Of2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-74-minimum-efficiency-standard-domestic-refrigerators</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1073371&amp;f=2015-01-10&amp;p=</t>
+  </si>
+  <si>
     <t>Resolution No. 8 - Labeling for Dishwashers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for electric dishwashers.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IEC 60436:2012-04</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-8-labeling-dishwashers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100327</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
+  </si>
+  <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -622,781 +701,830 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N16"/>
+  <dimension ref="A1:P15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="128" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="149" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="128.54" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="451.747" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="346.773" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="89.55" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="176.814" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2011</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2007</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>33</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>35</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>46</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2018</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>47</v>
+      </c>
+      <c r="M5" t="s">
+        <v>35</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2017</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>33</v>
+      </c>
+      <c r="K6" t="s">
+        <v>53</v>
+      </c>
+      <c r="L6" t="s">
+        <v>54</v>
+      </c>
+      <c r="M6" t="s">
+        <v>35</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2017</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>33</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>60</v>
+      </c>
+      <c r="M7" t="s">
+        <v>35</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>65</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>33</v>
+      </c>
+      <c r="K8" t="s">
+        <v>53</v>
+      </c>
+      <c r="L8" t="s">
+        <v>66</v>
+      </c>
+      <c r="M8" t="s">
+        <v>35</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>67</v>
+      </c>
+      <c r="P8" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>69</v>
+      </c>
+      <c r="B9" t="s">
+        <v>70</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>71</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2017</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>33</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>72</v>
+      </c>
+      <c r="M9" t="s">
+        <v>35</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>73</v>
+      </c>
+      <c r="P9" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>75</v>
+      </c>
+      <c r="B10" t="s">
+        <v>76</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>77</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>33</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M10" t="s">
+        <v>35</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>83</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2011</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I11">
+        <v>2015</v>
+      </c>
+      <c r="J11" t="s">
+        <v>33</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>84</v>
+      </c>
+      <c r="M11" t="s">
+        <v>35</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>85</v>
+      </c>
+      <c r="P11" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>87</v>
+      </c>
+      <c r="B12" t="s">
+        <v>88</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>89</v>
+      </c>
+      <c r="E12" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F12" t="s">
+        <v>46</v>
+      </c>
+      <c r="G12" t="s">
         <v>22</v>
-      </c>
-[...410 lines deleted...]
-        <v>2011</v>
       </c>
       <c r="H12">
         <v>2015</v>
       </c>
-      <c r="I12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
+        <v>33</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>90</v>
+      </c>
+      <c r="M12" t="s">
+        <v>35</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>91</v>
+      </c>
+      <c r="P12" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>93</v>
+      </c>
+      <c r="B13" t="s">
+        <v>94</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>95</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
         <v>21</v>
       </c>
-      <c r="K12" t="s">
-[...5 lines deleted...]
-      <c r="M12" t="s">
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2017</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>33</v>
+      </c>
+      <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="N12" t="s">
-        <v>68</v>
+      <c r="L13" t="s">
+        <v>96</v>
+      </c>
+      <c r="M13" t="s">
+        <v>35</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>97</v>
+      </c>
+      <c r="P13" t="s">
+        <v>98</v>
       </c>
     </row>
-    <row r="13" spans="1:14">
-[...25 lines deleted...]
-      <c r="J13" t="s">
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>99</v>
+      </c>
+      <c r="B14" t="s">
+        <v>100</v>
+      </c>
+      <c r="C14" t="s">
+        <v>101</v>
+      </c>
+      <c r="D14" t="s">
+        <v>102</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>46</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2016</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>103</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>104</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>105</v>
+      </c>
+      <c r="P14" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>107</v>
+      </c>
+      <c r="B15" t="s">
+        <v>108</v>
+      </c>
+      <c r="C15" t="s">
+        <v>101</v>
+      </c>
+      <c r="D15" t="s">
+        <v>109</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
         <v>21</v>
       </c>
-      <c r="K13" t="s">
-[...31 lines deleted...]
-      <c r="G14">
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
         <v>2017</v>
       </c>
-      <c r="H14"/>
-[...44 lines deleted...]
-      </c>
+      <c r="I15"/>
       <c r="J15" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>103</v>
+      </c>
+      <c r="K15" t="s">
+        <v>110</v>
+      </c>
+      <c r="L15"/>
       <c r="M15" t="s">
-        <v>24</v>
+        <v>104</v>
       </c>
       <c r="N15" t="s">
-        <v>82</v>
-[...39 lines deleted...]
-        <v>87</v>
+        <v>111</v>
+      </c>
+      <c r="O15" t="s">
+        <v>112</v>
+      </c>
+      <c r="P15" t="s">
+        <v>113</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>