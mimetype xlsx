--- v0 (2025-10-13)
+++ v1 (2025-12-12)
@@ -12,467 +12,619 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="175">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Climate Emergency – Bylaw Updates Applicable to Existing Detached Homes</t>
   </si>
   <si>
+    <t>This policy requires that all permanently installed new air conditioning systems in existing detached homes must function to provide both low-carbon heating and cooling, effective January 1, 2023. 
+Policy text: “8) In a building containing not more than two principal dwelling units, heat pumps that provide space cooling must also be able to provide space heating.”</t>
+  </si>
+  <si>
     <t>Americas, British Columbia</t>
   </si>
   <si>
     <t>Heat Pumps, Air Conditioning</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>City of Vancouver</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/climate-emergency-bylaw-updates-applicable-existing-detached-homes</t>
   </si>
   <si>
+    <t>https://council.vancouver.ca/20220517/documents/R1b.pdf</t>
+  </si>
+  <si>
     <t>Labeling for Domestic Lighting</t>
   </si>
   <si>
+    <t>This policy is under development and will cover labeling requirements for domestic lighting.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/labeling-domestic-lighting</t>
   </si>
   <si>
+    <t>https://energia.gob.cl/consultas-publicas/especificaciones-tecnicas-para-el-diseno-de-la-etiqueta-de-eficiencia-energetica-para-lamparas-de-uso-domestico</t>
+  </si>
+  <si>
     <t>PE No 1/26/2</t>
   </si>
   <si>
+    <t>This protocol provides specifications for single phase air conditioners, of the direct expansion refrigeration type, single or multi-split units, non-ducted, up to a cooling capacity of 12 kW (42000 Btu/h) and condensation by air.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NCh 3081: 2007</t>
   </si>
   <si>
     <t>Superintendencia de Electricidad y Combustibles (SEC) -Fuel and Electricity Sup…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pe-no-1262</t>
   </si>
   <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_ELECTRICIDAD/PE_1-26-2.PDF</t>
+  </si>
+  <si>
     <t>Resolution No. 10/2020 - Minimum Efficiency Standard for Interior Lighting</t>
   </si>
   <si>
+    <t>Minimum energy performance standard for general lighting.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>IEC 60064/2005 /  IEC 60969 (2001) /  IEC 60081 (2002) / IEC 60901 (2001) / IEC 60357:2002-11 / IEC 62612:2018-08</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-102020-minimum-efficiency-standard-interior-lighting</t>
   </si>
   <si>
+    <t>https://www.ingcer.cl/wp-content/uploads/2020/08/FIJA-EST%C3%81NDAR-M%C3%8DNIMO-DE-EFICIENCIAE.pdf</t>
+  </si>
+  <si>
     <t>Resolution No. 1334 - Minimum Efficiency Standard for Domestic Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This policy provides specifications for energy efficiency performance and labeling for refrigerators, freezers and refrigerators-freezers. It originally covered lighting products, which now have their own separate policy.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>PE Nº 5/06/2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-1334-minimum-efficiency-standard-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=254060</t>
+  </si>
+  <si>
     <t>Resolution No. 3199 - Labeling for Electronics in Standby Mode</t>
   </si>
   <si>
+    <t>Specifies labeling requirements for the following products in standby mode: microwave ovens, televisions, decoder (translation: decodificador), DVD player, Blu-ray player, and music equipment (mini and micro components).</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>NCh3107.Of2008 / IEC 62301:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-3199-labeling-electronics-standby-mode</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1167667</t>
+  </si>
+  <si>
     <t>Resolution No. 4 - Minimum Efficiency Standard for Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers the minimum energy performance standard (MEPS) for air conditioners.</t>
+  </si>
+  <si>
     <t>ISO 5151:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-4-minimum-efficiency-standard-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1115032</t>
+  </si>
+  <si>
     <t>Resolution No. 54 - Labeling for Instantaneous Gas Water Heaters</t>
   </si>
   <si>
+    <t>This policy applies to instantaneous gas water heaters.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>SEC PC N° 6/1-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-54-labeling-instantaneous-gas-water-heaters</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1104856&amp;f=2017-07-04</t>
+  </si>
+  <si>
     <t>Resolution No. 6 - Labeling for Clothes Dryers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for clothes dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>IEC 61121:2012-04</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-6-labeling-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100325</t>
+  </si>
+  <si>
     <t>Resolution No. 69 - Labeling for Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>Labeling for gas cooking appliances.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>SEC PC Nº7/1-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-69-labeling-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_COMBUSTIBLES/PC_7-1_2.PDF</t>
+  </si>
+  <si>
     <t>Resolution No. 7 - Labeling for Televisions</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for televisions.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-7-labeling-televisions</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100326</t>
+  </si>
+  <si>
     <t>Resolution No. 70 - Labeling for Clothes Washers</t>
   </si>
   <si>
+    <t>This protocol provides specifications for certifying efficiency of clothes washers for domestic use, with or without heating devices, operating with cold or hot water.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>SEC PE Nº1/06/2 / UNIT 1171:2010 / UNIT 1171:2010 / IRAM 2141-3 (2010)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-70-labeling-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073368</t>
+  </si>
+  <si>
     <t>Resolution No. 71 - Labeling for Tungsten Halogen Lamps</t>
   </si>
   <si>
+    <t>This protocol provides specifications for energy efficiency labeling for tungsten halogen lamps.</t>
+  </si>
+  <si>
     <t>IEC 60357:2002-11 / IEC 60357 Amend. 1:2006-04 / IEC 60357 Amend. 2:2008-10</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-71-labeling-tungsten-halogen-lamps</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073369</t>
+  </si>
+  <si>
     <t>Resolution No. 74 - Minimum Efficiency Standard for Domestic Refrigerators</t>
   </si>
   <si>
+    <t>This policy covers the minimum energy performance standard (MEPS) for domestic refrigerators.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>NCh3000.Of2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-74-minimum-efficiency-standard-domestic-refrigerators</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1073371&amp;f=2015-01-10&amp;p=</t>
+  </si>
+  <si>
     <t>Resolution No. 8 - Labeling for Dishwashers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for electric dishwashers.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IEC 60436:2012-04</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-8-labeling-dishwashers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100327</t>
+  </si>
+  <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
+  </si>
+  <si>
     <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
+  </si>
+  <si>
     <t>UNIT 1157:2011 Electric storage water heaters for domestic use - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of storage electric water heaters for domestic use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>UNIT-IEC 60379:1987, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-electric-storage-water-heaters-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/doc/etiquetado/unit/UNIT%201157%20-%20Eficiencia%20Energ%C3%A9tica.%20Calentadores%20de%20agua%20el%C3%A9ctricos%20de%20acumulaci%C3%B3n.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1159:2007 Eficiencia energética - Lámparas incandescentes de uso doméstico y similares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for incandescent lamps.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>UNIT 1155:2007, IEC 60064</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11592007-eficiencia-energetica-lamparas-incandescentes-de-uso-domestico-y-similares</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1159+-+Eficiencia+Energetica.+Lamparas+incandescentes+de+uso+domestico+y+similares+-+Especificaciones+etiquetado.pdf/7e86af5f-cb55-4c99-a3f1-1aaed79498db</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Compact, circular and tubular fluorescent lamps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of compact, circular and tubular fluorescent lamps according to their energy efficiency, the test method and the characteristics of the energy efficiency label. This standard applies to circular and tubular compact fluorescent lamps, integrated or not, with electromagnetic or electronic ballast, which have:
+-Rated power between 5 W and 110 W inclusive;
+-Nominal mains voltage for compact fluorescent lamps with ballast between 100 V and 250 V;
+-Sockets for compact lamps with integrated ballast E26, E27 and E40.</t>
+  </si>
+  <si>
     <t>UNIT 1155:2007, IEC 60081, IEC 60901, IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11602007-compact-circular-and-tubular-fluorescent-lamps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1160+-+Eficiencia+Energetica.+Lamparas+fluorescentes+compactas%2C+circulares+y+tubulares.+Especificaciones+y+etiquetado.pdf/0de30c77-9758-48ed-b393-3085dcf6af48</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Eficiencia energética - Lámparas fluorescentes compactas, circulares y tubulares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for compact, circular, and tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11602007-eficiencia-energetica-lamparas-fluorescentes-compactas-circulares-y</t>
   </si>
   <si>
     <t>UNIT 1170: 2009 Air conditioners and heat pumps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of air conditioners and heat pumps for domestic or similar use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>UNIT-ISO 5151, UNIT-IEC 60335-1:1992, IEC 60335-2-40</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-1170-2009-air-conditioners-and-heat-pumps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1170+-+Eficiencia+Energetica.+Acondicionadores+de+aire+y+bombas+de+calor.+Especificaciones+y+etiquetado.pdf/26a59c64-d828-496f-ae33-a4f07eadacf7</t>
+  </si>
+  <si>
     <t>UNIT 1170: 2009 Eficiencia Energética - Acondicionadores de aire y bombas de calor - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for air conditioners and heat pumps for domestic use. It applies to air conditioners and heat pumps that have a capacity of up to 12kW and are included in the scope of UNIT-ISO 5151.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-1170-2009-eficiencia-energetica-acondicionadores-de-aire-y-bombas-de-calor</t>
   </si>
   <si>
     <t>UNIT 1218:2018 Eficiencia energética ̶ Lámparas LED ̶ Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for LED lamps with built-in ballast.</t>
+  </si>
+  <si>
     <t>UNIT 1155:2007, UNIT-IEC 62560:2011, UNIT-IEC 62612:2013,  IEC 61000-3-2:2014, IEC/TS 62504:2011, EN 13032-4, IES LM 79</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-12182018-eficiencia-energetica-lamparas-led-especificaciones-y-etiquetado</t>
+  </si>
+  <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1218_2018.pdf/fd67f6b2-764b-4c96-988a-ae621dc022d0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -736,1205 +888,1364 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N26"/>
+  <dimension ref="A1:P26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="157" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="157.961" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="504.877" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="267.649" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2"/>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
       <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-    </row>
-[...30 lines deleted...]
-      </c>
+      <c r="L3"/>
       <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
         <v>31</v>
       </c>
-      <c r="N3" t="s">
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>36</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
         <v>32</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>50</v>
+      </c>
+      <c r="G5" t="s">
+        <v>51</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5">
+        <v>2020</v>
+      </c>
+      <c r="J5" t="s">
+        <v>34</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>35</v>
+      </c>
+      <c r="N5" t="s">
+        <v>36</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>57</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>33</v>
       </c>
-      <c r="B4" t="s">
-[...2 lines deleted...]
-      <c r="C4" t="s">
+      <c r="G6" t="s">
+        <v>42</v>
+      </c>
+      <c r="H6">
+        <v>2007</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
         <v>34</v>
       </c>
-      <c r="D4" t="s">
-[...5 lines deleted...]
-      <c r="F4" t="s">
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
         <v>35</v>
       </c>
-      <c r="G4">
+      <c r="N6" t="s">
+        <v>36</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" t="s">
+        <v>63</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>33</v>
+      </c>
+      <c r="G7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H7">
         <v>2011</v>
       </c>
-      <c r="H4"/>
-[...12 lines deleted...]
-      <c r="M4" t="s">
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>34</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>64</v>
+      </c>
+      <c r="M7" t="s">
+        <v>35</v>
+      </c>
+      <c r="N7" t="s">
+        <v>36</v>
+      </c>
+      <c r="O7" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" t="s">
         <v>31</v>
       </c>
-      <c r="N4" t="s">
-[...16 lines deleted...]
-      <c r="E5" t="s">
+      <c r="D8" t="s">
         <v>41</v>
       </c>
-      <c r="F5" t="s">
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>50</v>
+      </c>
+      <c r="G8" t="s">
         <v>42</v>
       </c>
-      <c r="G5">
-[...17 lines deleted...]
-      <c r="M5" t="s">
+      <c r="H8">
+        <v>2018</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>34</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>69</v>
+      </c>
+      <c r="M8" t="s">
+        <v>35</v>
+      </c>
+      <c r="N8" t="s">
+        <v>36</v>
+      </c>
+      <c r="O8" t="s">
+        <v>70</v>
+      </c>
+      <c r="P8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>72</v>
+      </c>
+      <c r="B9" t="s">
+        <v>73</v>
+      </c>
+      <c r="C9" t="s">
         <v>31</v>
       </c>
-      <c r="N5" t="s">
-[...19 lines deleted...]
-      <c r="F6" t="s">
+      <c r="D9" t="s">
+        <v>74</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>33</v>
+      </c>
+      <c r="G9" t="s">
+        <v>42</v>
+      </c>
+      <c r="H9">
+        <v>2017</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>34</v>
+      </c>
+      <c r="K9" t="s">
+        <v>75</v>
+      </c>
+      <c r="L9" t="s">
+        <v>76</v>
+      </c>
+      <c r="M9" t="s">
         <v>35</v>
       </c>
-      <c r="G6">
+      <c r="N9" t="s">
+        <v>36</v>
+      </c>
+      <c r="O9" t="s">
+        <v>77</v>
+      </c>
+      <c r="P9" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C10" t="s">
+        <v>31</v>
+      </c>
+      <c r="D10" t="s">
+        <v>81</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>33</v>
+      </c>
+      <c r="G10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H10">
+        <v>2017</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>82</v>
+      </c>
+      <c r="M10" t="s">
+        <v>35</v>
+      </c>
+      <c r="N10" t="s">
+        <v>36</v>
+      </c>
+      <c r="O10" t="s">
+        <v>83</v>
+      </c>
+      <c r="P10" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>85</v>
+      </c>
+      <c r="B11" t="s">
+        <v>86</v>
+      </c>
+      <c r="C11" t="s">
+        <v>31</v>
+      </c>
+      <c r="D11" t="s">
+        <v>87</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>33</v>
+      </c>
+      <c r="G11" t="s">
+        <v>42</v>
+      </c>
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>34</v>
+      </c>
+      <c r="K11" t="s">
+        <v>75</v>
+      </c>
+      <c r="L11" t="s">
+        <v>88</v>
+      </c>
+      <c r="M11" t="s">
+        <v>35</v>
+      </c>
+      <c r="N11" t="s">
+        <v>36</v>
+      </c>
+      <c r="O11" t="s">
+        <v>89</v>
+      </c>
+      <c r="P11" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>91</v>
+      </c>
+      <c r="B12" t="s">
+        <v>92</v>
+      </c>
+      <c r="C12" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" t="s">
+        <v>93</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>33</v>
+      </c>
+      <c r="G12" t="s">
+        <v>42</v>
+      </c>
+      <c r="H12">
+        <v>2017</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>34</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>94</v>
+      </c>
+      <c r="M12" t="s">
+        <v>35</v>
+      </c>
+      <c r="N12" t="s">
+        <v>36</v>
+      </c>
+      <c r="O12" t="s">
+        <v>95</v>
+      </c>
+      <c r="P12" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>97</v>
+      </c>
+      <c r="B13" t="s">
+        <v>98</v>
+      </c>
+      <c r="C13" t="s">
+        <v>31</v>
+      </c>
+      <c r="D13" t="s">
+        <v>99</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>33</v>
+      </c>
+      <c r="G13" t="s">
+        <v>42</v>
+      </c>
+      <c r="H13">
+        <v>2015</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>34</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>100</v>
+      </c>
+      <c r="M13" t="s">
+        <v>35</v>
+      </c>
+      <c r="N13" t="s">
+        <v>36</v>
+      </c>
+      <c r="O13" t="s">
+        <v>101</v>
+      </c>
+      <c r="P13" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>103</v>
+      </c>
+      <c r="B14" t="s">
+        <v>104</v>
+      </c>
+      <c r="C14" t="s">
+        <v>31</v>
+      </c>
+      <c r="D14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>33</v>
+      </c>
+      <c r="G14" t="s">
+        <v>42</v>
+      </c>
+      <c r="H14">
+        <v>2011</v>
+      </c>
+      <c r="I14">
+        <v>2015</v>
+      </c>
+      <c r="J14" t="s">
+        <v>34</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>105</v>
+      </c>
+      <c r="M14" t="s">
+        <v>35</v>
+      </c>
+      <c r="N14" t="s">
+        <v>36</v>
+      </c>
+      <c r="O14" t="s">
+        <v>106</v>
+      </c>
+      <c r="P14" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>108</v>
+      </c>
+      <c r="B15" t="s">
+        <v>109</v>
+      </c>
+      <c r="C15" t="s">
+        <v>31</v>
+      </c>
+      <c r="D15" t="s">
+        <v>110</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>50</v>
+      </c>
+      <c r="G15" t="s">
+        <v>42</v>
+      </c>
+      <c r="H15">
+        <v>2015</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>111</v>
+      </c>
+      <c r="M15" t="s">
+        <v>35</v>
+      </c>
+      <c r="N15" t="s">
+        <v>36</v>
+      </c>
+      <c r="O15" t="s">
+        <v>112</v>
+      </c>
+      <c r="P15" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>114</v>
+      </c>
+      <c r="B16" t="s">
+        <v>115</v>
+      </c>
+      <c r="C16" t="s">
+        <v>31</v>
+      </c>
+      <c r="D16" t="s">
+        <v>116</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>33</v>
+      </c>
+      <c r="G16" t="s">
+        <v>42</v>
+      </c>
+      <c r="H16">
+        <v>2017</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>34</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>117</v>
+      </c>
+      <c r="M16" t="s">
+        <v>35</v>
+      </c>
+      <c r="N16" t="s">
+        <v>36</v>
+      </c>
+      <c r="O16" t="s">
+        <v>118</v>
+      </c>
+      <c r="P16" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>120</v>
+      </c>
+      <c r="B17" t="s">
+        <v>121</v>
+      </c>
+      <c r="C17" t="s">
+        <v>122</v>
+      </c>
+      <c r="D17" t="s">
+        <v>57</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>50</v>
+      </c>
+      <c r="G17" t="s">
+        <v>42</v>
+      </c>
+      <c r="H17">
+        <v>2011</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>123</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>124</v>
+      </c>
+      <c r="M17" t="s">
+        <v>125</v>
+      </c>
+      <c r="N17" t="s">
+        <v>36</v>
+      </c>
+      <c r="O17" t="s">
+        <v>126</v>
+      </c>
+      <c r="P17" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>128</v>
+      </c>
+      <c r="B18" t="s">
+        <v>129</v>
+      </c>
+      <c r="C18" t="s">
+        <v>122</v>
+      </c>
+      <c r="D18" t="s">
+        <v>57</v>
+      </c>
+      <c r="E18" t="s">
+        <v>130</v>
+      </c>
+      <c r="F18" t="s">
+        <v>33</v>
+      </c>
+      <c r="G18" t="s">
+        <v>51</v>
+      </c>
+      <c r="H18">
+        <v>2008</v>
+      </c>
+      <c r="I18">
+        <v>2011</v>
+      </c>
+      <c r="J18" t="s">
+        <v>131</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>132</v>
+      </c>
+      <c r="M18" t="s">
+        <v>125</v>
+      </c>
+      <c r="N18" t="s">
+        <v>36</v>
+      </c>
+      <c r="O18" t="s">
+        <v>133</v>
+      </c>
+      <c r="P18" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>134</v>
+      </c>
+      <c r="B19" t="s">
+        <v>135</v>
+      </c>
+      <c r="C19" t="s">
+        <v>122</v>
+      </c>
+      <c r="D19" t="s">
+        <v>136</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>50</v>
+      </c>
+      <c r="G19" t="s">
+        <v>51</v>
+      </c>
+      <c r="H19">
+        <v>2009</v>
+      </c>
+      <c r="I19">
+        <v>2011</v>
+      </c>
+      <c r="J19" t="s">
+        <v>123</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>137</v>
+      </c>
+      <c r="M19" t="s">
+        <v>125</v>
+      </c>
+      <c r="N19" t="s">
+        <v>36</v>
+      </c>
+      <c r="O19" t="s">
+        <v>138</v>
+      </c>
+      <c r="P19" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>140</v>
+      </c>
+      <c r="B20" t="s">
+        <v>141</v>
+      </c>
+      <c r="C20" t="s">
+        <v>122</v>
+      </c>
+      <c r="D20" t="s">
+        <v>136</v>
+      </c>
+      <c r="E20" t="s">
+        <v>130</v>
+      </c>
+      <c r="F20" t="s">
+        <v>33</v>
+      </c>
+      <c r="G20" t="s">
+        <v>51</v>
+      </c>
+      <c r="H20">
         <v>2007</v>
       </c>
-      <c r="H6"/>
-[...26 lines deleted...]
-      <c r="C7" t="s">
+      <c r="I20">
+        <v>2011</v>
+      </c>
+      <c r="J20" t="s">
+        <v>131</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>142</v>
+      </c>
+      <c r="M20" t="s">
+        <v>125</v>
+      </c>
+      <c r="N20" t="s">
+        <v>36</v>
+      </c>
+      <c r="O20" t="s">
+        <v>143</v>
+      </c>
+      <c r="P20" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>145</v>
+      </c>
+      <c r="B21" t="s">
+        <v>146</v>
+      </c>
+      <c r="C21" t="s">
+        <v>122</v>
+      </c>
+      <c r="D21" t="s">
+        <v>147</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>148</v>
+      </c>
+      <c r="G21" t="s">
+        <v>42</v>
+      </c>
+      <c r="H21">
+        <v>2007</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>123</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>149</v>
+      </c>
+      <c r="M21" t="s">
+        <v>125</v>
+      </c>
+      <c r="N21" t="s">
+        <v>36</v>
+      </c>
+      <c r="O21" t="s">
+        <v>150</v>
+      </c>
+      <c r="P21" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>152</v>
+      </c>
+      <c r="B22" t="s">
+        <v>153</v>
+      </c>
+      <c r="C22" t="s">
+        <v>122</v>
+      </c>
+      <c r="D22" t="s">
+        <v>32</v>
+      </c>
+      <c r="E22" t="s">
+        <v>130</v>
+      </c>
+      <c r="F22" t="s">
+        <v>33</v>
+      </c>
+      <c r="G22" t="s">
+        <v>42</v>
+      </c>
+      <c r="H22">
+        <v>2007</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>131</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>154</v>
+      </c>
+      <c r="M22" t="s">
+        <v>125</v>
+      </c>
+      <c r="N22" t="s">
+        <v>36</v>
+      </c>
+      <c r="O22" t="s">
+        <v>155</v>
+      </c>
+      <c r="P22" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>157</v>
+      </c>
+      <c r="B23" t="s">
+        <v>158</v>
+      </c>
+      <c r="C23" t="s">
+        <v>122</v>
+      </c>
+      <c r="D23" t="s">
+        <v>159</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
         <v>50</v>
       </c>
-      <c r="D7" t="s">
-[...18 lines deleted...]
-      <c r="K7" t="s">
+      <c r="G23" t="s">
+        <v>42</v>
+      </c>
+      <c r="H23">
+        <v>2007</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>123</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>154</v>
+      </c>
+      <c r="M23" t="s">
+        <v>125</v>
+      </c>
+      <c r="N23" t="s">
+        <v>36</v>
+      </c>
+      <c r="O23" t="s">
+        <v>160</v>
+      </c>
+      <c r="P23" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>161</v>
+      </c>
+      <c r="B24" t="s">
+        <v>162</v>
+      </c>
+      <c r="C24" t="s">
+        <v>122</v>
+      </c>
+      <c r="D24" t="s">
+        <v>163</v>
+      </c>
+      <c r="E24" t="s">
+        <v>130</v>
+      </c>
+      <c r="F24" t="s">
+        <v>33</v>
+      </c>
+      <c r="G24" t="s">
+        <v>42</v>
+      </c>
+      <c r="H24">
+        <v>2009</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>131</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>164</v>
+      </c>
+      <c r="M24" t="s">
+        <v>125</v>
+      </c>
+      <c r="N24" t="s">
+        <v>36</v>
+      </c>
+      <c r="O24" t="s">
+        <v>165</v>
+      </c>
+      <c r="P24" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>167</v>
+      </c>
+      <c r="B25" t="s">
+        <v>168</v>
+      </c>
+      <c r="C25" t="s">
+        <v>122</v>
+      </c>
+      <c r="D25" t="s">
+        <v>41</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>50</v>
+      </c>
+      <c r="G25" t="s">
+        <v>42</v>
+      </c>
+      <c r="H25">
+        <v>2009</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>123</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>164</v>
+      </c>
+      <c r="M25" t="s">
+        <v>125</v>
+      </c>
+      <c r="N25" t="s">
+        <v>36</v>
+      </c>
+      <c r="O25" t="s">
+        <v>169</v>
+      </c>
+      <c r="P25" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>170</v>
+      </c>
+      <c r="B26" t="s">
+        <v>171</v>
+      </c>
+      <c r="C26" t="s">
+        <v>122</v>
+      </c>
+      <c r="D26" t="s">
+        <v>147</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>50</v>
+      </c>
+      <c r="G26" t="s">
         <v>51</v>
       </c>
-      <c r="L7" t="s">
-[...28 lines deleted...]
-      <c r="G8">
+      <c r="H26">
+        <v>2014</v>
+      </c>
+      <c r="I26">
         <v>2018</v>
       </c>
-      <c r="H8"/>
-[...742 lines deleted...]
-      <c r="A26" t="s">
+      <c r="J26" t="s">
         <v>123</v>
       </c>
-      <c r="B26" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="K26" t="s">
-        <v>124</v>
+        <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>92</v>
+        <v>172</v>
       </c>
       <c r="M26" t="s">
-        <v>31</v>
+        <v>125</v>
       </c>
       <c r="N26" t="s">
-        <v>125</v>
+        <v>36</v>
+      </c>
+      <c r="O26" t="s">
+        <v>173</v>
+      </c>
+      <c r="P26" t="s">
+        <v>174</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>