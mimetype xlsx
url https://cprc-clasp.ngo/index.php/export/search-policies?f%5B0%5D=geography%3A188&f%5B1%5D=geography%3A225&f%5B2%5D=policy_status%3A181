--- v0 (2025-10-13)
+++ v1 (2026-02-13)
@@ -12,428 +12,561 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="157">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>PE No 1/26/2</t>
   </si>
   <si>
+    <t>This protocol provides specifications for single phase air conditioners, of the direct expansion refrigeration type, single or multi-split units, non-ducted, up to a cooling capacity of 12 kW (42000 Btu/h) and condensation by air.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>NCh 3081: 2007</t>
   </si>
   <si>
     <t>Superintendencia de Electricidad y Combustibles (SEC) -Fuel and Electricity Sup…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pe-no-1262</t>
   </si>
   <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_ELECTRICIDAD/PE_1-26-2.PDF</t>
+  </si>
+  <si>
     <t>Resolution No. 10/2020 - Minimum Efficiency Standard for Interior Lighting</t>
   </si>
   <si>
+    <t>Minimum energy performance standard for general lighting.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IEC 60064/2005 /  IEC 60969 (2001) /  IEC 60081 (2002) / IEC 60901 (2001) / IEC 60357:2002-11 / IEC 62612:2018-08</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-102020-minimum-efficiency-standard-interior-lighting</t>
   </si>
   <si>
+    <t>https://www.ingcer.cl/wp-content/uploads/2020/08/FIJA-EST%C3%81NDAR-M%C3%8DNIMO-DE-EFICIENCIAE.pdf</t>
+  </si>
+  <si>
     <t>Resolution No. 1334 - Minimum Efficiency Standard for Domestic Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This policy provides specifications for energy efficiency performance and labeling for refrigerators, freezers and refrigerators-freezers. It originally covered lighting products, which now have their own separate policy.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>PE Nº 5/06/2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-1334-minimum-efficiency-standard-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=254060</t>
+  </si>
+  <si>
     <t>Resolution No. 3199 - Labeling for Electronics in Standby Mode</t>
   </si>
   <si>
+    <t>Specifies labeling requirements for the following products in standby mode: microwave ovens, televisions, decoder (translation: decodificador), DVD player, Blu-ray player, and music equipment (mini and micro components).</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>NCh3107.Of2008 / IEC 62301:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-3199-labeling-electronics-standby-mode</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1167667</t>
+  </si>
+  <si>
     <t>Resolution No. 4 - Minimum Efficiency Standard for Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers the minimum energy performance standard (MEPS) for air conditioners.</t>
+  </si>
+  <si>
     <t>ISO 5151:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-4-minimum-efficiency-standard-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1115032</t>
+  </si>
+  <si>
     <t>Resolution No. 54 - Labeling for Instantaneous Gas Water Heaters</t>
   </si>
   <si>
+    <t>This policy applies to instantaneous gas water heaters.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>SEC PC N° 6/1-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-54-labeling-instantaneous-gas-water-heaters</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1104856&amp;f=2017-07-04</t>
+  </si>
+  <si>
     <t>Resolution No. 6 - Labeling for Clothes Dryers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for clothes dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>IEC 61121:2012-04</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-6-labeling-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100325</t>
+  </si>
+  <si>
     <t>Resolution No. 69 - Labeling for Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>Labeling for gas cooking appliances.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>SEC PC Nº7/1-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-69-labeling-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_COMBUSTIBLES/PC_7-1_2.PDF</t>
+  </si>
+  <si>
     <t>Resolution No. 7 - Labeling for Televisions</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for televisions.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-7-labeling-televisions</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100326</t>
+  </si>
+  <si>
     <t>Resolution No. 70 - Labeling for Clothes Washers</t>
   </si>
   <si>
+    <t>This protocol provides specifications for certifying efficiency of clothes washers for domestic use, with or without heating devices, operating with cold or hot water.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>SEC PE Nº1/06/2 / UNIT 1171:2010 / UNIT 1171:2010 / IRAM 2141-3 (2010)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-70-labeling-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073368</t>
+  </si>
+  <si>
     <t>Resolution No. 71 - Labeling for Tungsten Halogen Lamps</t>
   </si>
   <si>
+    <t>This protocol provides specifications for energy efficiency labeling for tungsten halogen lamps.</t>
+  </si>
+  <si>
     <t>IEC 60357:2002-11 / IEC 60357 Amend. 1:2006-04 / IEC 60357 Amend. 2:2008-10</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-71-labeling-tungsten-halogen-lamps</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073369</t>
+  </si>
+  <si>
     <t>Resolution No. 74 - Minimum Efficiency Standard for Domestic Refrigerators</t>
   </si>
   <si>
+    <t>This policy covers the minimum energy performance standard (MEPS) for domestic refrigerators.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>NCh3000.Of2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-74-minimum-efficiency-standard-domestic-refrigerators</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1073371&amp;f=2015-01-10&amp;p=</t>
+  </si>
+  <si>
     <t>Resolution No. 8 - Labeling for Dishwashers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for electric dishwashers.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IEC 60436:2012-04</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-8-labeling-dishwashers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100327</t>
+  </si>
+  <si>
     <t>US 761: 2019, household biomass stoves requirement( 2nd edition)</t>
   </si>
   <si>
+    <t>This Uganda standard specifies the classification,technical requirements, performance requirements, safety requirements and test methods of biomass cookstoves intended for use in households. This standard is applicable to cookstoves using solid biomass</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-761-2019-household-biomass-stoves-requirement-2nd-edition</t>
   </si>
   <si>
+    <t>https://unbs.go.ug/attachments/menus/27/Uganda-Standards-Catalogue-as-at-31-March-2019.pdf</t>
+  </si>
+  <si>
     <t>US 901: 2011 Non-ducted air conditioners - Testing and rating for performance</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the standard conditions on which the ratings of single-package and split-system non-ducted air conditioners employing air cooled condensers are based and the test methods to be applied for determination of the various ratings. This standard is limited to systems utilizing a single refrigeration circuit and having one evaporator and one condenser.</t>
+  </si>
+  <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-901-2011-non-ducted-air-conditioners-testing-and-rating-performance</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=1759&amp;preview</t>
+  </si>
+  <si>
     <t>US 902:2011 Self-ballasted lamps for General Lighting Services - Performance requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the performance requirements; together with the test methods and conditions required to show compliance of tubular fluorescent and other gas-discharge lamps with integrated means for controlling starting and stable operation -self-ballasted lamps; intended for domestic and similar general lighting purposes.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-9022011-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=540&amp;preview</t>
+  </si>
+  <si>
     <t>US 903-1:2011 Double-capped fluorescent lamps-performance specifications</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies Minimum Energy Performance Standard (MEPS) requirements for double-capped tubular fluorescent lamps with a nominal length of 550 mm to 1500 mm and having nominal lamp wattage of 16 watts or more. This standard covers lamps for general illumination purposes, for use in luminaires and with lamp ballasts connected to a 240 V 50 Hz single phase or similar mains supply.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-903-12011-double-capped-fluorescent-lamps-performance-specifications</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=541&amp;preview</t>
+  </si>
+  <si>
     <t>US 904-1:2011 Performance of electrical lighting equipment-ballasts for fluorescent lamps - Part 1: Energy labeling and Minimum Energy Performance Standards requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies requirements for the classification of ballasts for a range of fluorescent lamp types according to their Energy Efficiency Index -EEI- and the form of labeling of the EEI; which is generally shown on the ballast rating plate</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-904-12011-performance-electrical-lighting-equipment-ballasts-fluorescent-lamps-part-1</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=543&amp;preview</t>
+  </si>
+  <si>
     <t>US 905-1:2011 Rotating electrical machines - General requirements - Part 1: Three phase cage induction motors - High efficiency and Minimum Energy Performance Standards requirement</t>
   </si>
   <si>
+    <t>This Uganda Standard applies to three-phase cage induction motors with ratings from 0.73 kW and up to but not including 185 kW. The scope covers motors of rated voltages up to 1100 V a.c</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-905-12011-rotating-electrical-machines-general-requirements-part-1-three-phase-cage</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=1760&amp;preview</t>
+  </si>
+  <si>
     <t>US IEC 62257-9-8: 2020</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-iec-62257-9-8-2020</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug//store.php?src=4427&amp;preview</t>
+  </si>
+  <si>
     <t>US900-1-2011 Performance of household electrical appliances refrigerating appliances- Part 1 Energy labeling and MEPs requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the energy labeling and Minimum Energy Performance Standard requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of US 900-2. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
     <t>US900-2:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us900-1-2011-performance-household-electrical-appliances-refrigerating-appliances-part-1</t>
+  </si>
+  <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=539&amp;preview</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -697,1025 +830,1160 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N22"/>
+  <dimension ref="A1:P22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="213" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="213.377" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="470.599" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="134.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="117.828" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2011</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3">
+        <v>2020</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2007</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2011</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>37</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2018</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>35</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>54</v>
+      </c>
+      <c r="M6" t="s">
+        <v>37</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2017</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>35</v>
+      </c>
+      <c r="K7" t="s">
+        <v>60</v>
+      </c>
+      <c r="L7" t="s">
+        <v>61</v>
+      </c>
+      <c r="M7" t="s">
+        <v>37</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>66</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2017</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>35</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>67</v>
+      </c>
+      <c r="M8" t="s">
+        <v>37</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>68</v>
+      </c>
+      <c r="P8" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>72</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>35</v>
+      </c>
+      <c r="K9" t="s">
+        <v>60</v>
+      </c>
+      <c r="L9" t="s">
+        <v>73</v>
+      </c>
+      <c r="M9" t="s">
+        <v>37</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>74</v>
+      </c>
+      <c r="P9" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>76</v>
+      </c>
+      <c r="B10" t="s">
+        <v>77</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>78</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2017</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>35</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>79</v>
+      </c>
+      <c r="M10" t="s">
+        <v>37</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>80</v>
+      </c>
+      <c r="P10" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>82</v>
+      </c>
+      <c r="B11" t="s">
+        <v>83</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>84</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2015</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>35</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>85</v>
+      </c>
+      <c r="M11" t="s">
+        <v>37</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>86</v>
+      </c>
+      <c r="P11" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>88</v>
+      </c>
+      <c r="B12" t="s">
+        <v>89</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>32</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
         <v>2011</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I12">
+        <v>2015</v>
+      </c>
+      <c r="J12" t="s">
+        <v>35</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>90</v>
+      </c>
+      <c r="M12" t="s">
+        <v>37</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>91</v>
+      </c>
+      <c r="P12" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>93</v>
+      </c>
+      <c r="B13" t="s">
+        <v>94</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>95</v>
+      </c>
+      <c r="E13" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F13" t="s">
+        <v>33</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2015</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>35</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>96</v>
+      </c>
+      <c r="M13" t="s">
+        <v>37</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>97</v>
+      </c>
+      <c r="P13" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>99</v>
+      </c>
+      <c r="B14" t="s">
+        <v>100</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>101</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G14" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H14">
+        <v>2017</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>35</v>
+      </c>
+      <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...10 lines deleted...]
-      <c r="C3" t="s">
+      <c r="L14" t="s">
+        <v>102</v>
+      </c>
+      <c r="M14" t="s">
+        <v>37</v>
+      </c>
+      <c r="N14" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...26 lines deleted...]
-      <c r="M3" t="s">
+      <c r="O14" t="s">
+        <v>103</v>
+      </c>
+      <c r="P14" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>105</v>
+      </c>
+      <c r="B15" t="s">
+        <v>106</v>
+      </c>
+      <c r="C15" t="s">
+        <v>107</v>
+      </c>
+      <c r="D15" t="s">
+        <v>108</v>
+      </c>
+      <c r="E15" t="s">
+        <v>109</v>
+      </c>
+      <c r="F15" t="s">
+        <v>110</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2019</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>111</v>
+      </c>
+      <c r="K15" t="s">
+        <v>112</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>113</v>
+      </c>
+      <c r="N15" t="s">
+        <v>114</v>
+      </c>
+      <c r="O15" t="s">
+        <v>115</v>
+      </c>
+      <c r="P15" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>117</v>
+      </c>
+      <c r="B16" t="s">
+        <v>118</v>
+      </c>
+      <c r="C16" t="s">
+        <v>107</v>
+      </c>
+      <c r="D16" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" t="s">
+        <v>109</v>
+      </c>
+      <c r="F16" t="s">
+        <v>33</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2011</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>119</v>
+      </c>
+      <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>113</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>120</v>
+      </c>
+      <c r="P16" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>122</v>
+      </c>
+      <c r="B17" t="s">
+        <v>123</v>
+      </c>
+      <c r="C17" t="s">
+        <v>107</v>
+      </c>
+      <c r="D17" t="s">
+        <v>124</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
         <v>33</v>
       </c>
-    </row>
-[...35 lines deleted...]
-      <c r="M4" t="s">
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2011</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>119</v>
+      </c>
+      <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...22 lines deleted...]
-      <c r="G5">
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>113</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>125</v>
+      </c>
+      <c r="P17" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>127</v>
+      </c>
+      <c r="B18" t="s">
+        <v>128</v>
+      </c>
+      <c r="C18" t="s">
+        <v>107</v>
+      </c>
+      <c r="D18" t="s">
+        <v>124</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>33</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
         <v>2011</v>
       </c>
-      <c r="H5"/>
-[...12 lines deleted...]
-      <c r="M5" t="s">
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>119</v>
+      </c>
+      <c r="K18" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
-[...4 lines deleted...]
-      <c r="A6" t="s">
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>113</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>129</v>
+      </c>
+      <c r="P18" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>131</v>
+      </c>
+      <c r="B19" t="s">
+        <v>132</v>
+      </c>
+      <c r="C19" t="s">
+        <v>107</v>
+      </c>
+      <c r="D19" t="s">
+        <v>133</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>134</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2011</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>119</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>113</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>135</v>
+      </c>
+      <c r="P19" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>137</v>
+      </c>
+      <c r="B20" t="s">
+        <v>138</v>
+      </c>
+      <c r="C20" t="s">
+        <v>107</v>
+      </c>
+      <c r="D20" t="s">
+        <v>139</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>33</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2011</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>111</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>113</v>
+      </c>
+      <c r="N20" t="s">
+        <v>140</v>
+      </c>
+      <c r="O20" t="s">
+        <v>141</v>
+      </c>
+      <c r="P20" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>143</v>
+      </c>
+      <c r="B21" t="s">
+        <v>144</v>
+      </c>
+      <c r="C21" t="s">
+        <v>107</v>
+      </c>
+      <c r="D21" t="s">
+        <v>145</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>110</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2021</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>146</v>
+      </c>
+      <c r="K21" t="s">
+        <v>147</v>
+      </c>
+      <c r="L21" t="s">
+        <v>148</v>
+      </c>
+      <c r="M21" t="s">
+        <v>113</v>
+      </c>
+      <c r="N21" t="s">
+        <v>149</v>
+      </c>
+      <c r="O21" t="s">
+        <v>150</v>
+      </c>
+      <c r="P21" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>152</v>
+      </c>
+      <c r="B22" t="s">
+        <v>153</v>
+      </c>
+      <c r="C22" t="s">
+        <v>107</v>
+      </c>
+      <c r="D22" t="s">
         <v>42</v>
       </c>
-      <c r="B6" t="s">
-[...30 lines deleted...]
-      <c r="M6" t="s">
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>134</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2011</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>111</v>
+      </c>
+      <c r="K22" t="s">
         <v>24</v>
       </c>
-      <c r="N6" t="s">
-[...654 lines deleted...]
-      </c>
       <c r="L22" t="s">
-        <v>84</v>
+        <v>154</v>
       </c>
       <c r="M22" t="s">
-        <v>101</v>
+        <v>113</v>
       </c>
       <c r="N22" t="s">
-        <v>112</v>
+        <v>140</v>
+      </c>
+      <c r="O22" t="s">
+        <v>155</v>
+      </c>
+      <c r="P22" t="s">
+        <v>156</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>