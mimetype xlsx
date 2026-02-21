--- v0 (2025-10-12)
+++ v1 (2026-02-21)
@@ -12,425 +12,519 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="143">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>ECOSTAND 053: 2016</t>
   </si>
   <si>
+    <t>This policy applies to all networked lighting lamps.</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-053-2016</t>
   </si>
   <si>
+    <t>http://www.ecowrex.org/system/files/notif-ecostand-053-2016-fdhs-on-grid-lighting-fr-specifications-techniques-pour-des-lampes-de-service-declairage-en-reseau.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND 054: 2015</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Minimum performance requirements  and quality standards based on Lighting Global Quality Standards</t>
+  </si>
+  <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-054-2015</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/presentation_ecreee_may_2019_v2.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
+    <t>This standard covers requirements for AC powered refrigerating appliances with a storage volume up to 1500 litres which are manufactured, assembled, imported or sold in any of the ECOWAS countries. It includes the following categories:</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating-products</t>
   </si>
   <si>
     <t>ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources. ECOWAS countries include Benin, Burkina Faso, Cabo Verde, Côte d'Ivoire, the Gambia, Ghana, Guinea, Guinea Bissau, Liberia, Mali, Niger, Nigeria, Senegal, Sierra Leone, and Togo.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning-products</t>
   </si>
   <si>
     <t>ECOSTAND IEC TS 62257-9-8:2020</t>
   </si>
   <si>
+    <t>ECOWAS regional quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Quality Standard</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>April 2023</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-6</t>
   </si>
   <si>
     <t>ECOWAQ</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-iec-ts-62257-9-82020</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/news/ecowas-industry-ministers-adopt-regional-standards-standalone-solar-systems-and-solar-pv-mini#:~:text=ABOUT%20ECREEE-,ECOWAS%20Industry%20Ministers%20adopt%20regional%20Standards%20on%20standalone%20solar%20systems,6)%20Standards%20on%20solar%20energy.</t>
+  </si>
+  <si>
     <t>FDNIS ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552-1:2015, IEC 62552-2:2015, IEC 62552-3:2015, IEC 60335-1:2010+AMD1:2013, IEC 60335-2-24:2010+AMD1:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating</t>
   </si>
   <si>
     <t>PE No 1/26/2</t>
   </si>
   <si>
+    <t>This protocol provides specifications for single phase air conditioners, of the direct expansion refrigeration type, single or multi-split units, non-ducted, up to a cooling capacity of 12 kW (42000 Btu/h) and condensation by air.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NCh 3081: 2007</t>
   </si>
   <si>
     <t>Superintendencia de Electricidad y Combustibles (SEC) -Fuel and Electricity Sup…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pe-no-1262</t>
   </si>
   <si>
-    <t>Resolution No. 10/2020 - Minimum Efficiency Standard for Interior Lighting</t>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_ELECTRICIDAD/PE_1-26-2.PDF</t>
+  </si>
+  <si>
+    <t>Resolution No. 1334 - Minimum Efficiency Standard for Domestic Refrigerators and Freezers</t>
+  </si>
+  <si>
+    <t>This policy provides specifications for energy efficiency performance and labeling for refrigerators, freezers and refrigerators-freezers. It originally covered lighting products, which now have their own separate policy.</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>PE Nº 5/06/2</t>
+  </si>
+  <si>
+    <t>Ministry of Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-1334-minimum-efficiency-standard-domestic-refrigerators-and-freezers</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=254060</t>
+  </si>
+  <si>
+    <t>Resolution No. 3199 - Labeling for Electronics in Standby Mode</t>
+  </si>
+  <si>
+    <t>Specifies labeling requirements for the following products in standby mode: microwave ovens, televisions, decoder (translation: decodificador), DVD player, Blu-ray player, and music equipment (mini and micro components).</t>
+  </si>
+  <si>
+    <t>Stand-by and networked devices</t>
+  </si>
+  <si>
+    <t>NCh3107.Of2008 / IEC 62301:2005</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-3199-labeling-electronics-standby-mode</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1167667</t>
+  </si>
+  <si>
+    <t>Resolution No. 4 - Minimum Efficiency Standard for Air Conditioners</t>
+  </si>
+  <si>
+    <t>This policy covers the minimum energy performance standard (MEPS) for air conditioners.</t>
+  </si>
+  <si>
+    <t>ISO 5151:1994</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-4-minimum-efficiency-standard-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1115032</t>
+  </si>
+  <si>
+    <t>Resolution No. 54 - Labeling for Instantaneous Gas Water Heaters</t>
+  </si>
+  <si>
+    <t>This policy applies to instantaneous gas water heaters.</t>
+  </si>
+  <si>
+    <t>Instantaneous Water Heaters</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>SEC PC N° 6/1-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-54-labeling-instantaneous-gas-water-heaters</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1104856&amp;f=2017-07-04</t>
+  </si>
+  <si>
+    <t>Resolution No. 6 - Labeling for Clothes Dryers</t>
+  </si>
+  <si>
+    <t>This policy specifies labeling requirements for clothes dryers.</t>
+  </si>
+  <si>
+    <t>Clothes Dryers</t>
+  </si>
+  <si>
+    <t>IEC 61121:2012-04</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-6-labeling-clothes-dryers</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100325</t>
+  </si>
+  <si>
+    <t>Resolution No. 69 - Labeling for Gas Cooking Appliances</t>
+  </si>
+  <si>
+    <t>Labeling for gas cooking appliances.</t>
+  </si>
+  <si>
+    <t>Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>SEC PC Nº7/1-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-69-labeling-gas-cooking-appliances</t>
+  </si>
+  <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_COMBUSTIBLES/PC_7-1_2.PDF</t>
+  </si>
+  <si>
+    <t>Resolution No. 7 - Labeling for Televisions</t>
+  </si>
+  <si>
+    <t>This policy specifies labeling requirements for televisions.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>IEC 62087</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-7-labeling-televisions</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100326</t>
+  </si>
+  <si>
+    <t>Resolution No. 70 - Labeling for Clothes Washers</t>
+  </si>
+  <si>
+    <t>This protocol provides specifications for certifying efficiency of clothes washers for domestic use, with or without heating devices, operating with cold or hot water.</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>SEC PE Nº1/06/2 / UNIT 1171:2010 / UNIT 1171:2010 / IRAM 2141-3 (2010)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-70-labeling-clothes-washers</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073368</t>
+  </si>
+  <si>
+    <t>Resolution No. 71 - Labeling for Tungsten Halogen Lamps</t>
+  </si>
+  <si>
+    <t>This protocol provides specifications for energy efficiency labeling for tungsten halogen lamps.</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...109 lines deleted...]
-  <si>
     <t>IEC 60357:2002-11 / IEC 60357 Amend. 1:2006-04 / IEC 60357 Amend. 2:2008-10</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-71-labeling-tungsten-halogen-lamps</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073369</t>
+  </si>
+  <si>
     <t>Resolution No. 74 - Minimum Efficiency Standard for Domestic Refrigerators</t>
   </si>
   <si>
+    <t>This policy covers the minimum energy performance standard (MEPS) for domestic refrigerators.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>NCh3000.Of2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-74-minimum-efficiency-standard-domestic-refrigerators</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1073371&amp;f=2015-01-10&amp;p=</t>
+  </si>
+  <si>
     <t>Resolution No. 8 - Labeling for Dishwashers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for electric dishwashers.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IEC 60436:2012-04</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-8-labeling-dishwashers</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100327</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -694,949 +788,1016 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N20"/>
+  <dimension ref="A1:P19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="114" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="114.258" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="897.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="131.968" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="330.205" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2016</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2015</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>35</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>37</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H4">
+        <v>2017</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4"/>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>48</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2017</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>43</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N5" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...8 lines deleted...]
-      <c r="G3">
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5"/>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>53</v>
+      </c>
+      <c r="G6" t="s">
+        <v>54</v>
+      </c>
+      <c r="H6">
+        <v>2023</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
+        <v>56</v>
+      </c>
+      <c r="L6" t="s">
+        <v>57</v>
+      </c>
+      <c r="M6" t="s">
+        <v>58</v>
+      </c>
+      <c r="N6" t="s">
+        <v>59</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>41</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>63</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>48</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2017</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>43</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>64</v>
+      </c>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7"/>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" t="s">
+        <v>68</v>
+      </c>
+      <c r="D8" t="s">
+        <v>69</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>70</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2011</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>71</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>72</v>
+      </c>
+      <c r="M8" t="s">
+        <v>73</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>74</v>
+      </c>
+      <c r="P8" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>76</v>
+      </c>
+      <c r="B9" t="s">
+        <v>77</v>
+      </c>
+      <c r="C9" t="s">
+        <v>68</v>
+      </c>
+      <c r="D9" t="s">
+        <v>42</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>70</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2007</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>78</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>79</v>
+      </c>
+      <c r="M9" t="s">
+        <v>80</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>81</v>
+      </c>
+      <c r="P9" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>83</v>
+      </c>
+      <c r="B10" t="s">
+        <v>84</v>
+      </c>
+      <c r="C10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D10" t="s">
+        <v>85</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>70</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2011</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>78</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>86</v>
+      </c>
+      <c r="M10" t="s">
+        <v>80</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>87</v>
+      </c>
+      <c r="P10" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>89</v>
+      </c>
+      <c r="B11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" t="s">
+        <v>68</v>
+      </c>
+      <c r="D11" t="s">
+        <v>69</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2018</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>78</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>91</v>
+      </c>
+      <c r="M11" t="s">
+        <v>80</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>92</v>
+      </c>
+      <c r="P11" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>94</v>
+      </c>
+      <c r="B12" t="s">
+        <v>95</v>
+      </c>
+      <c r="C12" t="s">
+        <v>68</v>
+      </c>
+      <c r="D12" t="s">
+        <v>96</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>70</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2017</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>78</v>
+      </c>
+      <c r="K12" t="s">
+        <v>97</v>
+      </c>
+      <c r="L12" t="s">
+        <v>98</v>
+      </c>
+      <c r="M12" t="s">
+        <v>80</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>99</v>
+      </c>
+      <c r="P12" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>101</v>
+      </c>
+      <c r="B13" t="s">
+        <v>102</v>
+      </c>
+      <c r="C13" t="s">
+        <v>68</v>
+      </c>
+      <c r="D13" t="s">
+        <v>103</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>70</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2017</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>78</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>104</v>
+      </c>
+      <c r="M13" t="s">
+        <v>80</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>105</v>
+      </c>
+      <c r="P13" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>107</v>
+      </c>
+      <c r="B14" t="s">
+        <v>108</v>
+      </c>
+      <c r="C14" t="s">
+        <v>68</v>
+      </c>
+      <c r="D14" t="s">
+        <v>109</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>70</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2014</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>78</v>
+      </c>
+      <c r="K14" t="s">
+        <v>97</v>
+      </c>
+      <c r="L14" t="s">
+        <v>110</v>
+      </c>
+      <c r="M14" t="s">
+        <v>80</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>111</v>
+      </c>
+      <c r="P14" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>113</v>
+      </c>
+      <c r="B15" t="s">
+        <v>114</v>
+      </c>
+      <c r="C15" t="s">
+        <v>68</v>
+      </c>
+      <c r="D15" t="s">
+        <v>115</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>70</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2017</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>78</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>116</v>
+      </c>
+      <c r="M15" t="s">
+        <v>80</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>117</v>
+      </c>
+      <c r="P15" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>119</v>
+      </c>
+      <c r="B16" t="s">
+        <v>120</v>
+      </c>
+      <c r="C16" t="s">
+        <v>68</v>
+      </c>
+      <c r="D16" t="s">
+        <v>121</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>70</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
         <v>2015</v>
       </c>
-      <c r="H3"/>
-[...9 lines deleted...]
-      <c r="L3" t="s">
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>78</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>122</v>
+      </c>
+      <c r="M16" t="s">
+        <v>80</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>123</v>
+      </c>
+      <c r="P16" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>125</v>
+      </c>
+      <c r="B17" t="s">
+        <v>126</v>
+      </c>
+      <c r="C17" t="s">
+        <v>68</v>
+      </c>
+      <c r="D17" t="s">
+        <v>127</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>70</v>
+      </c>
+      <c r="G17" t="s">
         <v>22</v>
       </c>
-      <c r="M3" t="s">
-[...3 lines deleted...]
-        <v>33</v>
+      <c r="H17">
+        <v>2011</v>
+      </c>
+      <c r="I17">
+        <v>2015</v>
+      </c>
+      <c r="J17" t="s">
+        <v>78</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>128</v>
+      </c>
+      <c r="M17" t="s">
+        <v>80</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>129</v>
+      </c>
+      <c r="P17" t="s">
+        <v>130</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...25 lines deleted...]
-      <c r="J4" t="s">
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>131</v>
+      </c>
+      <c r="B18" t="s">
+        <v>132</v>
+      </c>
+      <c r="C18" t="s">
+        <v>68</v>
+      </c>
+      <c r="D18" t="s">
+        <v>133</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-      <c r="L4" t="s">
+      <c r="G18" t="s">
         <v>22</v>
-      </c>
-[...575 lines deleted...]
-        <v>2011</v>
       </c>
       <c r="H18">
         <v>2015</v>
       </c>
-      <c r="I18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I18"/>
       <c r="J18" t="s">
-        <v>21</v>
+        <v>78</v>
       </c>
       <c r="K18" t="s">
-        <v>102</v>
+        <v>24</v>
       </c>
       <c r="L18" t="s">
+        <v>134</v>
+      </c>
+      <c r="M18" t="s">
+        <v>80</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>135</v>
+      </c>
+      <c r="P18" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>137</v>
+      </c>
+      <c r="B19" t="s">
+        <v>138</v>
+      </c>
+      <c r="C19" t="s">
         <v>68</v>
       </c>
-      <c r="M18" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D19" t="s">
-        <v>17</v>
+        <v>139</v>
       </c>
       <c r="E19" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>19</v>
-[...7 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2017</v>
+      </c>
+      <c r="I19"/>
       <c r="J19" t="s">
-        <v>21</v>
+        <v>78</v>
       </c>
       <c r="K19" t="s">
-        <v>106</v>
+        <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>68</v>
+        <v>140</v>
       </c>
       <c r="M19" t="s">
-        <v>23</v>
+        <v>80</v>
       </c>
       <c r="N19" t="s">
-        <v>107</v>
-[...41 lines deleted...]
-        <v>111</v>
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>141</v>
+      </c>
+      <c r="P19" t="s">
+        <v>142</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>