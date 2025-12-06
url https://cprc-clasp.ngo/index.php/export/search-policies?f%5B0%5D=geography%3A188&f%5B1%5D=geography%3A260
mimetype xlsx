--- v0 (2025-10-14)
+++ v1 (2025-12-06)
@@ -12,440 +12,576 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="162">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Labeling for Domestic Lighting</t>
   </si>
   <si>
+    <t>This policy is under development and will cover labeling requirements for domestic lighting.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/labeling-domestic-lighting</t>
   </si>
   <si>
+    <t>https://energia.gob.cl/consultas-publicas/especificaciones-tecnicas-para-el-diseno-de-la-etiqueta-de-eficiencia-energetica-para-lamparas-de-uso-domestico</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 003 White Goods</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered dishwashers within the scope of EU Ecodesign Regulation 1016-2010-EC and Energy Labelling Regulation 1059-2010-EC.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
+    <t>This product group covers electric, mains powered washing machines within the scope of EU Ecodesign Regulation 1015-2010-EC and Energy Labelling Regulation 1061-2010-EC.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods-0</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered refrigerator and freezers within the scope of EU Ecodesign Regulation 643-2009-EC and Energy Labelling Regulation 1060-2010-EC.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods-1</t>
   </si>
   <si>
     <t>Nordic Ecolabel 015 Imaging Equipment</t>
   </si>
   <si>
+    <t>Copiers, digital duplicators, facsimile machines, multifunction devices MFD, printers and scanners are eligible for a Nordic Ecolabel. The machines may be equipped with external or internal scanners. In this document we collect all of these products under the name imaging equipment.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>RAL-UZ 122 Version June 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-015-imaging-equipment</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=9</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 040 Machines for Parks and Gardens</t>
   </si>
   <si>
+    <t>Working machines used for the care of parks and gardens, both privately and commercially, can be Nordic Ecolabelled. The following manual, electric and combustion engine driven machines can be awarded a Nordic Ecolabel: Lawnmowers; Lawn Trimmers and lawn edge trimmers; Brush cutters; Chainsaws; Leaf collectors and leaf blowers for professional use; Hedge trimmers; Compost shredders; Rotary cultivators; Riding lawn tractors and mowers; Snow blowers.   Only machines with a nominal engine rating of less than or equal to 19 kW can be Nordic Ecolabelled. Engine operated machines must also be covered by the EU's Machinery Directive: 2006-42-EC.  Combustion engine operated machines include air-cooled or liquid-cooled two stroke or four-stroke engines. Petrol, diesel, ethanol or other renewable fuels may be used. The engine shall be new and adapted to the fuel types for which it is intended.   Electrically powered machines may be corded or battery or solar cell operated. The product group machines for parks and gardens does not include agricultural or forestry tractors, nor terrain vehicles, i.e. All Terrain Vehicles.</t>
+  </si>
+  <si>
     <t>Outdoor Tools &amp; Equipment</t>
   </si>
   <si>
     <t>Electricity, Oil</t>
   </si>
   <si>
     <t>ISO 8178, CEC RF-08-A-85</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-040-machines-parks-and-gardens</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=21</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 048 Computers</t>
   </si>
   <si>
     <t>Computers, Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Computer Program Requirements Version 6</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-048-computers</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=25</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 059 Heat Pumps</t>
   </si>
   <si>
+    <t>1. For heating water up to 70 kW:</t>
+  </si>
+  <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
     <t>EN 14511</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-059-heat-pumps</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=31</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 062 Windows and Exterior Doors</t>
   </si>
   <si>
+    <t>Nordic Ecolabelled products are windows and exterior doors between open and enclosed, constantly heated spaces, i.e. between an outdoor climate and an indoor climate. There are various other types of exterior doors that can be subject to various function requirements.</t>
+  </si>
+  <si>
     <t>Doors, Windows</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>EN 14351-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-062-windows-and-exterior-doors</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=33</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 071 TV and Projector</t>
   </si>
   <si>
+    <t>In order to be awarded the Nordic Ecolabel the product must fall within product categories listed here: Televisions-sets|TV-sets; Projectors</t>
+  </si>
+  <si>
     <t>Televisions, Projectors</t>
   </si>
   <si>
     <t>IEC 62087, ver. 2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-071-tv-and-projector</t>
   </si>
   <si>
+    <t>https://www.svanen.se/en/how-to-apply/criteria-application/tv-and-projectors-071/</t>
+  </si>
+  <si>
     <t>PE No 1/26/2</t>
   </si>
   <si>
+    <t>This protocol provides specifications for single phase air conditioners, of the direct expansion refrigeration type, single or multi-split units, non-ducted, up to a cooling capacity of 12 kW (42000 Btu/h) and condensation by air.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NCh 3081: 2007</t>
   </si>
   <si>
     <t>Superintendencia de Electricidad y Combustibles (SEC) -Fuel and Electricity Sup…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pe-no-1262</t>
   </si>
   <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_ELECTRICIDAD/PE_1-26-2.PDF</t>
+  </si>
+  <si>
     <t>Resolution No. 10/2020 - Minimum Efficiency Standard for Interior Lighting</t>
   </si>
   <si>
+    <t>Minimum energy performance standard for general lighting.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>IEC 60064/2005 /  IEC 60969 (2001) /  IEC 60081 (2002) / IEC 60901 (2001) / IEC 60357:2002-11 / IEC 62612:2018-08</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-102020-minimum-efficiency-standard-interior-lighting</t>
   </si>
   <si>
+    <t>https://www.ingcer.cl/wp-content/uploads/2020/08/FIJA-EST%C3%81NDAR-M%C3%8DNIMO-DE-EFICIENCIAE.pdf</t>
+  </si>
+  <si>
     <t>Resolution No. 1334 - Minimum Efficiency Standard for Domestic Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This policy provides specifications for energy efficiency performance and labeling for refrigerators, freezers and refrigerators-freezers. It originally covered lighting products, which now have their own separate policy.</t>
+  </si>
+  <si>
     <t>PE Nº 5/06/2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-1334-minimum-efficiency-standard-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=254060</t>
+  </si>
+  <si>
     <t>Resolution No. 3199 - Labeling for Electronics in Standby Mode</t>
   </si>
   <si>
+    <t>Specifies labeling requirements for the following products in standby mode: microwave ovens, televisions, decoder (translation: decodificador), DVD player, Blu-ray player, and music equipment (mini and micro components).</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>NCh3107.Of2008 / IEC 62301:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-3199-labeling-electronics-standby-mode</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1167667</t>
+  </si>
+  <si>
     <t>Resolution No. 4 - Minimum Efficiency Standard for Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers the minimum energy performance standard (MEPS) for air conditioners.</t>
+  </si>
+  <si>
     <t>ISO 5151:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-4-minimum-efficiency-standard-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1115032</t>
+  </si>
+  <si>
     <t>Resolution No. 54 - Labeling for Instantaneous Gas Water Heaters</t>
   </si>
   <si>
+    <t>This policy applies to instantaneous gas water heaters.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>SEC PC N° 6/1-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-54-labeling-instantaneous-gas-water-heaters</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1104856&amp;f=2017-07-04</t>
+  </si>
+  <si>
     <t>Resolution No. 6 - Labeling for Clothes Dryers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for clothes dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>IEC 61121:2012-04</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-6-labeling-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100325</t>
+  </si>
+  <si>
     <t>Resolution No. 69 - Labeling for Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>Labeling for gas cooking appliances.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>SEC PC Nº7/1-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-69-labeling-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_COMBUSTIBLES/PC_7-1_2.PDF</t>
+  </si>
+  <si>
     <t>Resolution No. 7 - Labeling for Televisions</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for televisions.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-7-labeling-televisions</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100326</t>
+  </si>
+  <si>
     <t>Resolution No. 70 - Labeling for Clothes Washers</t>
   </si>
   <si>
+    <t>This protocol provides specifications for certifying efficiency of clothes washers for domestic use, with or without heating devices, operating with cold or hot water.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>SEC PE Nº1/06/2 / UNIT 1171:2010 / UNIT 1171:2010 / IRAM 2141-3 (2010)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-70-labeling-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073368</t>
+  </si>
+  <si>
     <t>Resolution No. 71 - Labeling for Tungsten Halogen Lamps</t>
   </si>
   <si>
+    <t>This protocol provides specifications for energy efficiency labeling for tungsten halogen lamps.</t>
+  </si>
+  <si>
     <t>IEC 60357:2002-11 / IEC 60357 Amend. 1:2006-04 / IEC 60357 Amend. 2:2008-10</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-71-labeling-tungsten-halogen-lamps</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073369</t>
+  </si>
+  <si>
     <t>Resolution No. 74 - Minimum Efficiency Standard for Domestic Refrigerators</t>
   </si>
   <si>
+    <t>This policy covers the minimum energy performance standard (MEPS) for domestic refrigerators.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>NCh3000.Of2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-74-minimum-efficiency-standard-domestic-refrigerators</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1073371&amp;f=2015-01-10&amp;p=</t>
+  </si>
+  <si>
     <t>Resolution No. 8 - Labeling for Dishwashers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for electric dishwashers.</t>
+  </si>
+  <si>
     <t>IEC 60436:2012-04</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-8-labeling-dishwashers</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100327</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -709,1113 +845,1260 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N24"/>
+  <dimension ref="A1:P24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="106" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="147" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="106.117" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1330.675" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="134.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="147.393" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="181.527" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2"/>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2014</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>36</v>
+      </c>
+      <c r="K4" t="s">
+        <v>42</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>29</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>36</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>37</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>50</v>
+      </c>
+      <c r="H6">
+        <v>2006</v>
+      </c>
+      <c r="I6">
+        <v>2015</v>
+      </c>
+      <c r="J6" t="s">
+        <v>36</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>51</v>
+      </c>
+      <c r="M6" t="s">
+        <v>37</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>52</v>
+      </c>
+      <c r="P6" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" t="s">
+        <v>56</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>36</v>
+      </c>
+      <c r="K7" t="s">
+        <v>57</v>
+      </c>
+      <c r="L7" t="s">
+        <v>58</v>
+      </c>
+      <c r="M7" t="s">
+        <v>37</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>59</v>
+      </c>
+      <c r="P7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>61</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
+        <v>31</v>
+      </c>
+      <c r="D8" t="s">
+        <v>62</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>36</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>63</v>
+      </c>
+      <c r="M8" t="s">
+        <v>37</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>64</v>
+      </c>
+      <c r="P8" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C9" t="s">
+        <v>31</v>
+      </c>
+      <c r="D9" t="s">
+        <v>68</v>
+      </c>
+      <c r="E9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>35</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>36</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>69</v>
+      </c>
+      <c r="M9" t="s">
+        <v>37</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>70</v>
+      </c>
+      <c r="P9" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>72</v>
+      </c>
+      <c r="B10" t="s">
+        <v>73</v>
+      </c>
+      <c r="C10" t="s">
+        <v>31</v>
+      </c>
+      <c r="D10" t="s">
+        <v>74</v>
+      </c>
+      <c r="E10" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>36</v>
+      </c>
+      <c r="K10" t="s">
+        <v>75</v>
+      </c>
+      <c r="L10" t="s">
+        <v>76</v>
+      </c>
+      <c r="M10" t="s">
+        <v>37</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>77</v>
+      </c>
+      <c r="P10" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>79</v>
+      </c>
+      <c r="B11" t="s">
+        <v>80</v>
+      </c>
+      <c r="C11" t="s">
+        <v>31</v>
+      </c>
+      <c r="D11" t="s">
+        <v>81</v>
+      </c>
+      <c r="E11" t="s">
+        <v>33</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>35</v>
+      </c>
+      <c r="H11">
+        <v>2015</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>36</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>82</v>
+      </c>
+      <c r="M11" t="s">
+        <v>37</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>83</v>
+      </c>
+      <c r="P11" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>85</v>
+      </c>
+      <c r="B12" t="s">
+        <v>86</v>
+      </c>
+      <c r="C12" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D12" t="s">
+        <v>87</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>35</v>
+      </c>
+      <c r="H12">
+        <v>2011</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>88</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>89</v>
+      </c>
+      <c r="M12" t="s">
+        <v>90</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>91</v>
+      </c>
+      <c r="P12" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>93</v>
+      </c>
+      <c r="B13" t="s">
+        <v>94</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
         <v>19</v>
       </c>
-      <c r="G2"/>
-[...1 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E13" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F13" t="s">
+        <v>95</v>
+      </c>
+      <c r="G13" t="s">
+        <v>50</v>
+      </c>
+      <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13">
+        <v>2020</v>
+      </c>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>96</v>
+      </c>
+      <c r="M13" t="s">
+        <v>25</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>97</v>
+      </c>
+      <c r="P13" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>99</v>
+      </c>
+      <c r="B14" t="s">
+        <v>100</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>45</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...3 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G14" t="s">
+        <v>35</v>
+      </c>
+      <c r="H14">
+        <v>2007</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K14" t="s">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L14" t="s">
+        <v>101</v>
+      </c>
+      <c r="M14" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...14 lines deleted...]
-      <c r="G3">
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>102</v>
+      </c>
+      <c r="P14" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>104</v>
+      </c>
+      <c r="B15" t="s">
+        <v>105</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>106</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>35</v>
+      </c>
+      <c r="H15">
+        <v>2011</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>107</v>
+      </c>
+      <c r="M15" t="s">
+        <v>25</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>108</v>
+      </c>
+      <c r="P15" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>110</v>
+      </c>
+      <c r="B16" t="s">
+        <v>111</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>87</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>95</v>
+      </c>
+      <c r="G16" t="s">
+        <v>35</v>
+      </c>
+      <c r="H16">
+        <v>2018</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>23</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>112</v>
+      </c>
+      <c r="M16" t="s">
+        <v>25</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>113</v>
+      </c>
+      <c r="P16" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>115</v>
+      </c>
+      <c r="B17" t="s">
+        <v>116</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>117</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>35</v>
+      </c>
+      <c r="H17">
+        <v>2017</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>23</v>
+      </c>
+      <c r="K17" t="s">
+        <v>118</v>
+      </c>
+      <c r="L17" t="s">
+        <v>119</v>
+      </c>
+      <c r="M17" t="s">
+        <v>25</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>120</v>
+      </c>
+      <c r="P17" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>122</v>
+      </c>
+      <c r="B18" t="s">
+        <v>123</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>124</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>35</v>
+      </c>
+      <c r="H18">
+        <v>2017</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>23</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>125</v>
+      </c>
+      <c r="M18" t="s">
+        <v>25</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>126</v>
+      </c>
+      <c r="P18" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>128</v>
+      </c>
+      <c r="B19" t="s">
+        <v>129</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>130</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>35</v>
+      </c>
+      <c r="H19">
         <v>2014</v>
       </c>
-      <c r="H3"/>
-[...3 lines deleted...]
-      <c r="J3" t="s">
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>23</v>
+      </c>
+      <c r="K19" t="s">
+        <v>118</v>
+      </c>
+      <c r="L19" t="s">
+        <v>131</v>
+      </c>
+      <c r="M19" t="s">
+        <v>25</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>132</v>
+      </c>
+      <c r="P19" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>134</v>
+      </c>
+      <c r="B20" t="s">
+        <v>135</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>136</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-      <c r="L3" t="s">
+      <c r="G20" t="s">
+        <v>35</v>
+      </c>
+      <c r="H20">
+        <v>2017</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>23</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>137</v>
+      </c>
+      <c r="M20" t="s">
+        <v>25</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>138</v>
+      </c>
+      <c r="P20" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>140</v>
+      </c>
+      <c r="B21" t="s">
+        <v>141</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>142</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>35</v>
+      </c>
+      <c r="H21">
+        <v>2015</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>23</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>143</v>
+      </c>
+      <c r="M21" t="s">
+        <v>25</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>144</v>
+      </c>
+      <c r="P21" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>146</v>
+      </c>
+      <c r="B22" t="s">
+        <v>147</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>19</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>35</v>
+      </c>
+      <c r="H22">
+        <v>2011</v>
+      </c>
+      <c r="I22">
+        <v>2015</v>
+      </c>
+      <c r="J22" t="s">
+        <v>23</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>148</v>
+      </c>
+      <c r="M22" t="s">
+        <v>25</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>149</v>
+      </c>
+      <c r="P22" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>151</v>
+      </c>
+      <c r="B23" t="s">
+        <v>152</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>153</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>95</v>
+      </c>
+      <c r="G23" t="s">
+        <v>35</v>
+      </c>
+      <c r="H23">
+        <v>2015</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>23</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>154</v>
+      </c>
+      <c r="M23" t="s">
+        <v>25</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>155</v>
+      </c>
+      <c r="P23" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>157</v>
+      </c>
+      <c r="B24" t="s">
+        <v>158</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
         <v>32</v>
       </c>
-      <c r="M3" t="s">
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>35</v>
+      </c>
+      <c r="H24">
+        <v>2017</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
         <v>23</v>
       </c>
-      <c r="N3" t="s">
-[...4 lines deleted...]
-      <c r="A4" t="s">
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>159</v>
+      </c>
+      <c r="M24" t="s">
         <v>25</v>
       </c>
-      <c r="B4" t="s">
-[...874 lines deleted...]
-      </c>
       <c r="N24" t="s">
-        <v>116</v>
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>160</v>
+      </c>
+      <c r="P24" t="s">
+        <v>161</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>