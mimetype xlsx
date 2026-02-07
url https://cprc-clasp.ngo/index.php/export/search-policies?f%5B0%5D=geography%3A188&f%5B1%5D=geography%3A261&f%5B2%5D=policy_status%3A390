--- v0 (2025-10-15)
+++ v1 (2026-02-07)
@@ -12,773 +12,991 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="228">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="289">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1094/contents/adopted</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015</t>
   </si>
   <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.</t>
+  </si>
+  <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151186-24-april-2015-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1186/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council</t>
   </si>
   <si>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of solid fuel boilers and packages of a solid fuel boiler, supplementary heaters, temperature controls and solar devices</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151187-27-april-2015-supplementing-directive-0</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu-0</t>
+    <t>https://www.legislation.gov.uk/eur/2015/1187/contents/2015-04-27</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2014 of 11 March 2019</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
     <t>Washer and Dryers, Washing Machines</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192014-11-march-2019</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2014/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2016 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated.</t>
+  </si>
+  <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>EN 153</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192016-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2019/2017 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household dishwashers</t>
+    <t>https://www.legislation.gov.uk/eur/2019/2016/contents</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances with a direct sales function</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs.</t>
+  </si>
+  <si>
+    <t>Refrigerated Vending Machines</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192018-11-march-2019-supplementing-regulation-eu-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) No 1254/2014 of 11 July 2014 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of residential ventilation units</t>
+  </si>
+  <si>
+    <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.</t>
+  </si>
+  <si>
+    <t>Exhaust Fans</t>
+  </si>
+  <si>
+    <t>EN 308:1997</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-12542014-11-july-2014-supplementing-directive-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2014/1254/contents</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) No 812/2013 of 18 February 2013 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of water heaters, hot water storage tanks and packages</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for labelling of and providing supplementary product information on electrical lamps.</t>
+  </si>
+  <si>
+    <t>Instantaneous Water Heaters, Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Electricity, Gas, Oil, Solar</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-8122013-18-february-2013-supplementing-directive-0</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) No 626/2011 of 4 May 2011 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of air conditioners</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating, if the product has no cooling function.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2011/626/contents</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation EU No 811-2013 of 18 February 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of space heaters; combination heaters</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.</t>
+  </si>
+  <si>
+    <t>Heat Pumps, Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/811/contents</t>
+  </si>
+  <si>
+    <t>Commission regulation (EC) No 641/2009 of 22 July 2009</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of glandless standalone circulators and glandless circulators integrated in products. This Regulation shall not apply to: a. drinking water circulators; except as regards information requirements; b. circulators integrated in products and placed on the market not later than 1 January 2020 as replacement for identical circulators integrated in products and placed on the market no later than 1 August 2015.</t>
+  </si>
+  <si>
+    <t>Building Circulator Pumps</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-6412009-22-july-2009</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2009/641/introduction</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2015/1188 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for local space heaters</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less.</t>
+  </si>
+  <si>
+    <t>Electricity, Gas, Solid Fuel</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20151188-28-april-2015-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20151189-28-april-2015-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1189/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2016/2281 of 30 November 2016</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Chillers - Cooler Towers, Industrial Process Chillers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20162281-30-november-2016-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2016/2281/contents/2020-01-31</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.</t>
+  </si>
+  <si>
+    <t>Computers, Servers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-1</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2019/424/contents/2019-03-15</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
+    <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 1253/2014 of 7 July 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for ventilation units</t>
+  </si>
+  <si>
+    <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2014/1253/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 206/2012 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W.</t>
+  </si>
+  <si>
+    <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2012/206/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 327/2011 of 30 March 2011 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or putting into service of fans  -driven by motors with an electric input power between 125 W and 500 kW; including those integrated in other energy-related products as covered by Directive 2009-125-EC. The Regulation shall not apply to fans integrated in: products with a sole electric motor of 3 kW or less where the fan is fixed on the same shaft used for driving the main functionality; laundry and washer dryers 3 kW maximum electrical input power; kitchen hoods 280 W total maximum electrical input power attributable to the fans. This Regulation shall not apply to fans which are designed to operate under certain specified conditions; potentially explosive atmospheres; emergency use only; extreme operating temperatures; high supply voltage; etc.   These types of fans can be found in commercial and industrial buildings.</t>
+  </si>
+  <si>
+    <t>Industrial Fans</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2011/327/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 547/2012 of 25 June 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water pumps</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of rotodynamic water pumps for pumping clean water; including where integrated in other products.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-5472012-25-june-2012-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2012/547/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 66/2014 of 14 January 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for domestic ovens, hobs and range hoods</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
+    <t>Ovens, Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>Electricity, Gas</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2014/66</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 666/2013 of 8 July 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for vacuum cleaners</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
+    <t>Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/666/contents/2013-07-08</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 814/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water heaters and hot water storage tanks</t>
+  </si>
+  <si>
+    <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
+  </si>
+  <si>
+    <t>10 CFR 430 Subpart B</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/814/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 932/2012 of 3 October 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble driers</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.</t>
+  </si>
+  <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
+    <t>Clothes Dryers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-9322012-3-october-2012-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2012/932/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC -with regard to ecodesign requirements for simple set-top boxes</t>
+  </si>
+  <si>
+    <t>The Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC of the European Parliament and of the Council with regard to ecodesign requirements for simple set-top boxes; sets minimum energy performance requirements for simple set top boxes -SSTB.</t>
+  </si>
+  <si>
+    <t>Set Top Boxes (STB)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-107-2009-4-february-2009-implementing-directive-2005-32-ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2009/107/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation EU 2015-1095 of 5 May 2015</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed.</t>
+  </si>
+  <si>
+    <t>Refrigerated Cabinets, Industrial Process Chillers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2015-1095-5-may-2015</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1095/contents</t>
+  </si>
+  <si>
+    <t>Energy Saving Trust Endorsed Products</t>
+  </si>
+  <si>
+    <t>insulation</t>
+  </si>
+  <si>
+    <t>Insulations</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>August 2019</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>Energy Saving Trust</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products</t>
+  </si>
+  <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
+    <t>Windows</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-0</t>
+  </si>
+  <si>
+    <t>Natural gas and LPG boilers</t>
+  </si>
+  <si>
+    <t>Gas, Oil</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-1</t>
+  </si>
+  <si>
+    <t>Heating controls products</t>
+  </si>
+  <si>
+    <t>Climate Controls</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-2</t>
+  </si>
+  <si>
+    <t>PE No 1/26/2</t>
+  </si>
+  <si>
+    <t>This protocol provides specifications for single phase air conditioners, of the direct expansion refrigeration type, single or multi-split units, non-ducted, up to a cooling capacity of 12 kW (42000 Btu/h) and condensation by air.</t>
+  </si>
+  <si>
+    <t>Chile</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>NCh 3081: 2007</t>
+  </si>
+  <si>
+    <t>Superintendencia de Electricidad y Combustibles (SEC) -Fuel and Electricity Sup…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/pe-no-1262</t>
+  </si>
+  <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_ELECTRICIDAD/PE_1-26-2.PDF</t>
+  </si>
+  <si>
+    <t>Resolution No. 1334 - Minimum Efficiency Standard for Domestic Refrigerators and Freezers</t>
+  </si>
+  <si>
+    <t>This policy provides specifications for energy efficiency performance and labeling for refrigerators, freezers and refrigerators-freezers. It originally covered lighting products, which now have their own separate policy.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>PE Nº 5/06/2</t>
+  </si>
+  <si>
+    <t>Ministry of Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-1334-minimum-efficiency-standard-domestic-refrigerators-and-freezers</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=254060</t>
+  </si>
+  <si>
+    <t>Resolution No. 3199 - Labeling for Electronics in Standby Mode</t>
+  </si>
+  <si>
+    <t>Specifies labeling requirements for the following products in standby mode: microwave ovens, televisions, decoder (translation: decodificador), DVD player, Blu-ray player, and music equipment (mini and micro components).</t>
+  </si>
+  <si>
+    <t>Stand-by and networked devices</t>
+  </si>
+  <si>
+    <t>NCh3107.Of2008 / IEC 62301:2005</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-3199-labeling-electronics-standby-mode</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1167667</t>
+  </si>
+  <si>
+    <t>Resolution No. 4 - Minimum Efficiency Standard for Air Conditioners</t>
+  </si>
+  <si>
+    <t>This policy covers the minimum energy performance standard (MEPS) for air conditioners.</t>
+  </si>
+  <si>
+    <t>ISO 5151:1994</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-4-minimum-efficiency-standard-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1115032</t>
+  </si>
+  <si>
+    <t>Resolution No. 54 - Labeling for Instantaneous Gas Water Heaters</t>
+  </si>
+  <si>
+    <t>This policy applies to instantaneous gas water heaters.</t>
+  </si>
+  <si>
+    <t>Instantaneous Water Heaters</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>SEC PC N° 6/1-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-54-labeling-instantaneous-gas-water-heaters</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1104856&amp;f=2017-07-04</t>
+  </si>
+  <si>
+    <t>Resolution No. 6 - Labeling for Clothes Dryers</t>
+  </si>
+  <si>
+    <t>This policy specifies labeling requirements for clothes dryers.</t>
+  </si>
+  <si>
+    <t>IEC 61121:2012-04</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-6-labeling-clothes-dryers</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100325</t>
+  </si>
+  <si>
+    <t>Resolution No. 69 - Labeling for Gas Cooking Appliances</t>
+  </si>
+  <si>
+    <t>Labeling for gas cooking appliances.</t>
+  </si>
+  <si>
+    <t>Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>SEC PC Nº7/1-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-69-labeling-gas-cooking-appliances</t>
+  </si>
+  <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_COMBUSTIBLES/PC_7-1_2.PDF</t>
+  </si>
+  <si>
+    <t>Resolution No. 7 - Labeling for Televisions</t>
+  </si>
+  <si>
+    <t>This policy specifies labeling requirements for televisions.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>IEC 62087</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-7-labeling-televisions</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100326</t>
+  </si>
+  <si>
+    <t>Resolution No. 70 - Labeling for Clothes Washers</t>
+  </si>
+  <si>
+    <t>This protocol provides specifications for certifying efficiency of clothes washers for domestic use, with or without heating devices, operating with cold or hot water.</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>SEC PE Nº1/06/2 / UNIT 1171:2010 / UNIT 1171:2010 / IRAM 2141-3 (2010)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-70-labeling-clothes-washers</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073368</t>
+  </si>
+  <si>
+    <t>Resolution No. 71 - Labeling for Tungsten Halogen Lamps</t>
+  </si>
+  <si>
+    <t>This protocol provides specifications for energy efficiency labeling for tungsten halogen lamps.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>IEC 60357:2002-11 / IEC 60357 Amend. 1:2006-04 / IEC 60357 Amend. 2:2008-10</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-71-labeling-tungsten-halogen-lamps</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073369</t>
+  </si>
+  <si>
+    <t>Resolution No. 74 - Minimum Efficiency Standard for Domestic Refrigerators</t>
+  </si>
+  <si>
+    <t>This policy covers the minimum energy performance standard (MEPS) for domestic refrigerators.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>NCh3000.Of2006</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-74-minimum-efficiency-standard-domestic-refrigerators</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1073371&amp;f=2015-01-10&amp;p=</t>
+  </si>
+  <si>
+    <t>Resolution No. 8 - Labeling for Dishwashers</t>
+  </si>
+  <si>
+    <t>This policy specifies labeling requirements for electric dishwashers.</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu-0</t>
-[...472 lines deleted...]
-  <si>
     <t>IEC 60436:2012-04</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-8-labeling-dishwashers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100327</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information (Lighting Products) Regulations 2021</t>
   </si>
   <si>
+    <t>This regulation applies to light sources placed on the market, with or without integrated control gears, and includes light sources placed on the market in a containing product.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/part/2/chapter/3/made</t>
+  </si>
+  <si>
+    <t>In these Regulations “light source” means, an electricallyU operated product—
+(a) intended to emit light; or
+(b) in the case of a non-incandescent light source, intended to be possibly tuned to emit light; or
+(c) intended to do both (a) and (b); 
+This Policy is under development by the UK government with public consultation having taken place in 2023.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/contents/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021 (UK regulation): Electronic Displays including Televisions</t>
   </si>
   <si>
+    <t>This policy applies to electronic displays, including televisions, monitors, and digital signage displays.</t>
+  </si>
+  <si>
     <t>Televisions, Projectors, Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-uk-regulation</t>
   </si>
   <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Electric Motors and Variable Speed Drives</t>
   </si>
   <si>
+    <t>This Policy applies to:
+(a) induction electric motors without brushes, commutators, slip rings or electrical connections to the rotor, which are rated for operation on a 50 Hz, 60 Hz or 50/60 Hz sinusoidal voltage and—
+(i) have two, four, six or eight poles;
+(ii) have a rated voltage (“UN”) above 50 V and up to and including 1,000 V;
+(iii) have a rated power output (“PN”) from 0.12 kilowatts (kW) up to and including 1,000 kW;
+(iv) are rated on the basis of continuous duty operation; and
+(v) are rated for direct on-line operation;
+(b) variable speed drives with 3 phase input which:
+(i) are rated for operating with a motor falling within sub-paragraph (a), within the 0.12 kW-1,000 kW motor rated output range;
+(ii) have a rated voltage above 100 V and up to and including 1,000 V AC; and
+(iii) have only one AC voltage output.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-electric-motors</t>
   </si>
   <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Household Dishwashers</t>
   </si>
   <si>
+    <t>(1) Subject to paragraph (2), this Chapter applies to electric mains-operated household dishwashers, including—
+(a) built-in dishwashers; and
+(b) dishwashers that can also be powered by batteries.
+(2) Nothing in this Chapter applies to—
+(a) dishwashers in the scope of the Supply of Machinery (Safety) Regulations 2008(1);
+(b) battery-operated household dishwashers that can be connected to the mains through an AC/DC converter purchased separately.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-household</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/3/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Refrigerating Appliances</t>
   </si>
   <si>
+    <t>This regulation applies to electric mains-operated refrigerating appliances with a total volume of—
+(a) more than 10 litres; and
+(b) less than or equal to 1,500 litres.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-refrigerating</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/5/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Refrigerating appliances with a direct sales function</t>
   </si>
   <si>
+    <t>This regulation applies to electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-refrigerating-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/2/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Washing Machines and Washer-Dryers</t>
   </si>
   <si>
+    <t>Applies to electric mains-operated household washing machines and household washer-dryers, including—
+(a) built-in washing machines and washer-dryers; and
+(b) machines that can also be powered by batteries.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-washing-machines</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/4/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Welding Equipment</t>
+  </si>
+  <si>
+    <t>This regulation applies to welding equipment using one or more of the following welding processes—
+(a) flux cored arc welding;
+(b) manual metal arc welding;
+(c) metal active gas and metal inert gas welding;
+(d) plasma arc cutting;
+(e) self-shielded flux-cored welding;
+(f) shielded metal arc welding;
+(g) tungsten inert gas welding.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-welding</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1042,2707 +1260,2476 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N65"/>
+  <dimension ref="A1:P52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1075.737" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="89.55" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="117.828" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2015</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2"/>
+      <c r="N2" t="s">
+        <v>25</v>
+      </c>
+      <c r="O2" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2015</v>
       </c>
-      <c r="H2"/>
-[...3 lines deleted...]
-      <c r="J2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>31</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>32</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...4 lines deleted...]
-      <c r="N2" t="s">
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="E3" t="s">
+      <c r="K4" t="s">
+        <v>31</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>32</v>
+      </c>
+      <c r="O4" t="s">
+        <v>38</v>
+      </c>
+      <c r="P4" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C5" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...68 lines deleted...]
-      </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
       </c>
       <c r="H5">
         <v>2019</v>
       </c>
-      <c r="I5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>43</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>44</v>
+      </c>
+      <c r="O5" t="s">
+        <v>45</v>
+      </c>
+      <c r="P5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
-[...11 lines deleted...]
-      <c r="A6" t="s">
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2019</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>50</v>
+      </c>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>32</v>
+      </c>
+      <c r="O6" t="s">
+        <v>51</v>
+      </c>
+      <c r="P6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2019</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7"/>
+      <c r="N7" t="s">
+        <v>25</v>
+      </c>
+      <c r="O7" t="s">
+        <v>56</v>
+      </c>
+      <c r="P7" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>58</v>
+      </c>
+      <c r="B8" t="s">
+        <v>59</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>60</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>61</v>
+      </c>
+      <c r="M8"/>
+      <c r="N8" t="s">
+        <v>32</v>
+      </c>
+      <c r="O8" t="s">
+        <v>62</v>
+      </c>
+      <c r="P8" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>64</v>
+      </c>
+      <c r="B9" t="s">
+        <v>65</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>66</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>67</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9"/>
+      <c r="N9" t="s">
+        <v>32</v>
+      </c>
+      <c r="O9" t="s">
+        <v>68</v>
+      </c>
+      <c r="P9"/>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>69</v>
+      </c>
+      <c r="B10" t="s">
+        <v>70</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>71</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2011</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10"/>
+      <c r="N10" t="s">
+        <v>32</v>
+      </c>
+      <c r="O10" t="s">
+        <v>72</v>
+      </c>
+      <c r="P10" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>74</v>
+      </c>
+      <c r="B11" t="s">
+        <v>75</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>76</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>67</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11"/>
+      <c r="N11" t="s">
+        <v>32</v>
+      </c>
+      <c r="O11" t="s">
+        <v>77</v>
+      </c>
+      <c r="P11" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>79</v>
+      </c>
+      <c r="B12" t="s">
+        <v>80</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>81</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>82</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12"/>
+      <c r="N12" t="s">
+        <v>32</v>
+      </c>
+      <c r="O12" t="s">
+        <v>83</v>
+      </c>
+      <c r="P12" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>85</v>
+      </c>
+      <c r="B13" t="s">
+        <v>86</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>30</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>82</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2015</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>87</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13"/>
+      <c r="N13" t="s">
+        <v>32</v>
+      </c>
+      <c r="O13" t="s">
+        <v>88</v>
+      </c>
+      <c r="P13" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>90</v>
+      </c>
+      <c r="B14" t="s">
+        <v>91</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
         <v>37</v>
       </c>
-      <c r="B6" t="s">
-[...8 lines deleted...]
-      <c r="E6" t="s">
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>82</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2015</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
+        <v>31</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14"/>
+      <c r="N14" t="s">
+        <v>32</v>
+      </c>
+      <c r="O14" t="s">
+        <v>92</v>
+      </c>
+      <c r="P14" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>94</v>
+      </c>
+      <c r="B15" t="s">
+        <v>95</v>
+      </c>
+      <c r="C15" t="s">
         <v>18</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6">
+      <c r="D15" t="s">
+        <v>96</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>82</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2016</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15"/>
+      <c r="N15" t="s">
+        <v>25</v>
+      </c>
+      <c r="O15" t="s">
+        <v>97</v>
+      </c>
+      <c r="P15" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>99</v>
+      </c>
+      <c r="B16" t="s">
+        <v>100</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>101</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>82</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2014</v>
+      </c>
+      <c r="I16">
         <v>2019</v>
       </c>
-      <c r="H6"/>
-[...28 lines deleted...]
-      <c r="E7" t="s">
+      <c r="J16" t="s">
+        <v>23</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16"/>
+      <c r="N16" t="s">
+        <v>32</v>
+      </c>
+      <c r="O16" t="s">
+        <v>102</v>
+      </c>
+      <c r="P16" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>104</v>
+      </c>
+      <c r="B17" t="s">
+        <v>105</v>
+      </c>
+      <c r="C17" t="s">
         <v>18</v>
       </c>
-      <c r="F7" t="s">
-[...36 lines deleted...]
-      <c r="E8" t="s">
+      <c r="D17" t="s">
+        <v>106</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>82</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2013</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>23</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17"/>
+      <c r="N17" t="s">
+        <v>32</v>
+      </c>
+      <c r="O17" t="s">
+        <v>107</v>
+      </c>
+      <c r="P17" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>109</v>
+      </c>
+      <c r="B18" t="s">
+        <v>110</v>
+      </c>
+      <c r="C18" t="s">
         <v>18</v>
       </c>
-      <c r="F8" t="s">
-[...36 lines deleted...]
-      <c r="E9" t="s">
+      <c r="D18" t="s">
+        <v>60</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>82</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2014</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>23</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>61</v>
+      </c>
+      <c r="M18"/>
+      <c r="N18" t="s">
+        <v>32</v>
+      </c>
+      <c r="O18" t="s">
+        <v>111</v>
+      </c>
+      <c r="P18" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>113</v>
+      </c>
+      <c r="B19" t="s">
+        <v>114</v>
+      </c>
+      <c r="C19" t="s">
         <v>18</v>
       </c>
-      <c r="F9" t="s">
-[...34 lines deleted...]
-      <c r="E10" t="s">
+      <c r="D19" t="s">
+        <v>115</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>82</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2012</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>23</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19"/>
+      <c r="N19" t="s">
+        <v>32</v>
+      </c>
+      <c r="O19" t="s">
+        <v>116</v>
+      </c>
+      <c r="P19" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>118</v>
+      </c>
+      <c r="B20" t="s">
+        <v>119</v>
+      </c>
+      <c r="C20" t="s">
         <v>18</v>
       </c>
-      <c r="F10" t="s">
-[...36 lines deleted...]
-      <c r="E11" t="s">
+      <c r="D20" t="s">
+        <v>120</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>82</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2011</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>23</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20"/>
+      <c r="N20" t="s">
+        <v>25</v>
+      </c>
+      <c r="O20" t="s">
+        <v>121</v>
+      </c>
+      <c r="P20" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>123</v>
+      </c>
+      <c r="B21" t="s">
+        <v>124</v>
+      </c>
+      <c r="C21" t="s">
         <v>18</v>
       </c>
-      <c r="F11" t="s">
-[...5 lines deleted...]
-      <c r="H11">
+      <c r="D21" t="s">
+        <v>125</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>82</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
         <v>2012</v>
       </c>
-      <c r="I11" t="s">
-[...29 lines deleted...]
-      <c r="E12" t="s">
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>23</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21"/>
+      <c r="N21" t="s">
+        <v>32</v>
+      </c>
+      <c r="O21" t="s">
+        <v>126</v>
+      </c>
+      <c r="P21" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>128</v>
+      </c>
+      <c r="B22" t="s">
+        <v>129</v>
+      </c>
+      <c r="C22" t="s">
         <v>18</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12">
+      <c r="D22" t="s">
+        <v>130</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>82</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2012</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>23</v>
+      </c>
+      <c r="K22" t="s">
+        <v>131</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22"/>
+      <c r="N22" t="s">
+        <v>32</v>
+      </c>
+      <c r="O22" t="s">
+        <v>132</v>
+      </c>
+      <c r="P22" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>134</v>
+      </c>
+      <c r="B23" t="s">
+        <v>135</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>136</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>82</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
         <v>2013</v>
       </c>
-      <c r="H12"/>
-[...22 lines deleted...]
-      <c r="C13" t="s">
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>23</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23"/>
+      <c r="N23" t="s">
+        <v>32</v>
+      </c>
+      <c r="O23" t="s">
+        <v>137</v>
+      </c>
+      <c r="P23" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>139</v>
+      </c>
+      <c r="B24" t="s">
+        <v>140</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
         <v>66</v>
       </c>
-      <c r="D13" t="s">
-[...2 lines deleted...]
-      <c r="E13" t="s">
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>82</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2013</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>23</v>
+      </c>
+      <c r="K24" t="s">
+        <v>67</v>
+      </c>
+      <c r="L24" t="s">
+        <v>141</v>
+      </c>
+      <c r="M24"/>
+      <c r="N24" t="s">
+        <v>32</v>
+      </c>
+      <c r="O24" t="s">
+        <v>142</v>
+      </c>
+      <c r="P24" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>144</v>
+      </c>
+      <c r="B25" t="s">
+        <v>145</v>
+      </c>
+      <c r="C25" t="s">
+        <v>146</v>
+      </c>
+      <c r="D25" t="s">
+        <v>147</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>82</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2012</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>23</v>
+      </c>
+      <c r="K25" t="s">
+        <v>131</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25"/>
+      <c r="N25" t="s">
+        <v>32</v>
+      </c>
+      <c r="O25" t="s">
+        <v>148</v>
+      </c>
+      <c r="P25" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>150</v>
+      </c>
+      <c r="B26" t="s">
+        <v>151</v>
+      </c>
+      <c r="C26" t="s">
         <v>18</v>
       </c>
-      <c r="F13" t="s">
-[...34 lines deleted...]
-      <c r="E14" t="s">
+      <c r="D26" t="s">
+        <v>152</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>82</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2009</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>23</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26"/>
+      <c r="N26" t="s">
+        <v>32</v>
+      </c>
+      <c r="O26" t="s">
+        <v>153</v>
+      </c>
+      <c r="P26" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>155</v>
+      </c>
+      <c r="B27" t="s">
+        <v>156</v>
+      </c>
+      <c r="C27" t="s">
         <v>18</v>
       </c>
-      <c r="F14" t="s">
-[...36 lines deleted...]
-      <c r="E15" t="s">
+      <c r="D27" t="s">
+        <v>157</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>82</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2015</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>23</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27"/>
+      <c r="N27" t="s">
+        <v>25</v>
+      </c>
+      <c r="O27" t="s">
+        <v>158</v>
+      </c>
+      <c r="P27" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>160</v>
+      </c>
+      <c r="B28" t="s">
+        <v>161</v>
+      </c>
+      <c r="C28" t="s">
         <v>18</v>
       </c>
-      <c r="F15" t="s">
-[...78 lines deleted...]
-      <c r="G17">
+      <c r="D28" t="s">
+        <v>162</v>
+      </c>
+      <c r="E28" t="s">
+        <v>163</v>
+      </c>
+      <c r="F28" t="s">
+        <v>164</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
         <v>2015</v>
       </c>
-      <c r="H17"/>
-[...34 lines deleted...]
-      <c r="G18">
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>165</v>
+      </c>
+      <c r="K28" t="s">
+        <v>166</v>
+      </c>
+      <c r="L28" t="s">
+        <v>141</v>
+      </c>
+      <c r="M28" t="s">
+        <v>167</v>
+      </c>
+      <c r="N28" t="s">
+        <v>32</v>
+      </c>
+      <c r="O28" t="s">
+        <v>168</v>
+      </c>
+      <c r="P28" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>160</v>
+      </c>
+      <c r="B29" t="s">
+        <v>170</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>170</v>
+      </c>
+      <c r="E29" t="s">
+        <v>163</v>
+      </c>
+      <c r="F29" t="s">
+        <v>164</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
         <v>2015</v>
       </c>
-      <c r="H18"/>
-[...112 lines deleted...]
-      <c r="G21">
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>165</v>
+      </c>
+      <c r="K29" t="s">
+        <v>166</v>
+      </c>
+      <c r="L29" t="s">
+        <v>141</v>
+      </c>
+      <c r="M29" t="s">
+        <v>167</v>
+      </c>
+      <c r="N29" t="s">
+        <v>32</v>
+      </c>
+      <c r="O29" t="s">
+        <v>171</v>
+      </c>
+      <c r="P29" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>160</v>
+      </c>
+      <c r="B30" t="s">
+        <v>172</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>37</v>
+      </c>
+      <c r="E30" t="s">
+        <v>163</v>
+      </c>
+      <c r="F30" t="s">
+        <v>164</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
         <v>2015</v>
       </c>
-      <c r="H21">
-[...36 lines deleted...]
-      <c r="G22">
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>165</v>
+      </c>
+      <c r="K30" t="s">
+        <v>173</v>
+      </c>
+      <c r="L30" t="s">
+        <v>141</v>
+      </c>
+      <c r="M30" t="s">
+        <v>167</v>
+      </c>
+      <c r="N30" t="s">
+        <v>32</v>
+      </c>
+      <c r="O30" t="s">
+        <v>174</v>
+      </c>
+      <c r="P30" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>160</v>
+      </c>
+      <c r="B31" t="s">
+        <v>175</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>176</v>
+      </c>
+      <c r="E31" t="s">
+        <v>163</v>
+      </c>
+      <c r="F31" t="s">
+        <v>164</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
         <v>2015</v>
       </c>
-      <c r="H22">
-[...354 lines deleted...]
-      </c>
+      <c r="I31"/>
       <c r="J31" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K31"/>
+        <v>165</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>27</v>
+        <v>167</v>
       </c>
       <c r="N31" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:14">
+        <v>32</v>
+      </c>
+      <c r="O31" t="s">
+        <v>177</v>
+      </c>
+      <c r="P31" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>119</v>
+        <v>178</v>
       </c>
       <c r="B32" t="s">
-        <v>15</v>
+        <v>179</v>
       </c>
       <c r="C32" t="s">
-        <v>62</v>
+        <v>180</v>
       </c>
       <c r="D32" t="s">
-        <v>17</v>
+        <v>181</v>
       </c>
       <c r="E32" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>19</v>
-[...7 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2011</v>
+      </c>
+      <c r="I32"/>
       <c r="J32" t="s">
-        <v>63</v>
+        <v>182</v>
       </c>
       <c r="K32" t="s">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="L32"/>
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>183</v>
+      </c>
       <c r="M32" t="s">
-        <v>27</v>
+        <v>184</v>
       </c>
       <c r="N32" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:14">
+        <v>32</v>
+      </c>
+      <c r="O32" t="s">
+        <v>185</v>
+      </c>
+      <c r="P32" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>122</v>
+        <v>187</v>
       </c>
       <c r="B33" t="s">
-        <v>69</v>
+        <v>188</v>
       </c>
       <c r="C33" t="s">
-        <v>57</v>
+        <v>180</v>
       </c>
       <c r="D33" t="s">
-        <v>17</v>
+        <v>189</v>
       </c>
       <c r="E33" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>19</v>
-[...7 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2007</v>
+      </c>
+      <c r="I33"/>
       <c r="J33" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-      <c r="L33"/>
+        <v>190</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>191</v>
+      </c>
       <c r="M33" t="s">
-        <v>27</v>
+        <v>192</v>
       </c>
       <c r="N33" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:14">
+        <v>32</v>
+      </c>
+      <c r="O33" t="s">
+        <v>193</v>
+      </c>
+      <c r="P33" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>124</v>
+        <v>195</v>
       </c>
       <c r="B34" t="s">
-        <v>69</v>
+        <v>196</v>
       </c>
       <c r="C34" t="s">
-        <v>73</v>
+        <v>180</v>
       </c>
       <c r="D34" t="s">
-        <v>17</v>
+        <v>197</v>
       </c>
       <c r="E34" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>1992</v>
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
       </c>
       <c r="H34">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I34"/>
       <c r="J34" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="K34"/>
+        <v>190</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
       <c r="L34" t="s">
-        <v>127</v>
+        <v>198</v>
       </c>
       <c r="M34" t="s">
-        <v>27</v>
+        <v>192</v>
       </c>
       <c r="N34" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:14">
+        <v>32</v>
+      </c>
+      <c r="O34" t="s">
+        <v>199</v>
+      </c>
+      <c r="P34" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>129</v>
+        <v>201</v>
       </c>
       <c r="B35" t="s">
-        <v>15</v>
+        <v>202</v>
       </c>
       <c r="C35" t="s">
-        <v>130</v>
+        <v>180</v>
       </c>
       <c r="D35" t="s">
-        <v>17</v>
+        <v>181</v>
       </c>
       <c r="E35" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>19</v>
-[...7 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2018</v>
+      </c>
+      <c r="I35"/>
       <c r="J35" t="s">
+        <v>190</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>203</v>
+      </c>
+      <c r="M35" t="s">
+        <v>192</v>
+      </c>
+      <c r="N35" t="s">
+        <v>32</v>
+      </c>
+      <c r="O35" t="s">
+        <v>204</v>
+      </c>
+      <c r="P35" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>206</v>
+      </c>
+      <c r="B36" t="s">
+        <v>207</v>
+      </c>
+      <c r="C36" t="s">
+        <v>180</v>
+      </c>
+      <c r="D36" t="s">
+        <v>208</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
         <v>21</v>
       </c>
-      <c r="K35"/>
-[...27 lines deleted...]
-      <c r="G36">
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2017</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>190</v>
+      </c>
+      <c r="K36" t="s">
+        <v>209</v>
+      </c>
+      <c r="L36" t="s">
+        <v>210</v>
+      </c>
+      <c r="M36" t="s">
+        <v>192</v>
+      </c>
+      <c r="N36" t="s">
+        <v>32</v>
+      </c>
+      <c r="O36" t="s">
+        <v>211</v>
+      </c>
+      <c r="P36" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>213</v>
+      </c>
+      <c r="B37" t="s">
+        <v>214</v>
+      </c>
+      <c r="C37" t="s">
+        <v>180</v>
+      </c>
+      <c r="D37" t="s">
+        <v>147</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2017</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>190</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>215</v>
+      </c>
+      <c r="M37" t="s">
+        <v>192</v>
+      </c>
+      <c r="N37" t="s">
+        <v>32</v>
+      </c>
+      <c r="O37" t="s">
+        <v>216</v>
+      </c>
+      <c r="P37" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>218</v>
+      </c>
+      <c r="B38" t="s">
+        <v>219</v>
+      </c>
+      <c r="C38" t="s">
+        <v>180</v>
+      </c>
+      <c r="D38" t="s">
+        <v>220</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2014</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>190</v>
+      </c>
+      <c r="K38" t="s">
+        <v>209</v>
+      </c>
+      <c r="L38" t="s">
+        <v>221</v>
+      </c>
+      <c r="M38" t="s">
+        <v>192</v>
+      </c>
+      <c r="N38" t="s">
+        <v>32</v>
+      </c>
+      <c r="O38" t="s">
+        <v>222</v>
+      </c>
+      <c r="P38" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>224</v>
+      </c>
+      <c r="B39" t="s">
+        <v>225</v>
+      </c>
+      <c r="C39" t="s">
+        <v>180</v>
+      </c>
+      <c r="D39" t="s">
+        <v>226</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2017</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>190</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>227</v>
+      </c>
+      <c r="M39" t="s">
+        <v>192</v>
+      </c>
+      <c r="N39" t="s">
+        <v>32</v>
+      </c>
+      <c r="O39" t="s">
+        <v>228</v>
+      </c>
+      <c r="P39" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>230</v>
+      </c>
+      <c r="B40" t="s">
+        <v>231</v>
+      </c>
+      <c r="C40" t="s">
+        <v>180</v>
+      </c>
+      <c r="D40" t="s">
+        <v>232</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
         <v>2015</v>
       </c>
-      <c r="H36"/>
-[...3 lines deleted...]
-      <c r="J36" t="s">
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>190</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>233</v>
+      </c>
+      <c r="M40" t="s">
+        <v>192</v>
+      </c>
+      <c r="N40" t="s">
+        <v>32</v>
+      </c>
+      <c r="O40" t="s">
+        <v>234</v>
+      </c>
+      <c r="P40" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>236</v>
+      </c>
+      <c r="B41" t="s">
+        <v>237</v>
+      </c>
+      <c r="C41" t="s">
+        <v>180</v>
+      </c>
+      <c r="D41" t="s">
+        <v>238</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
         <v>21</v>
       </c>
-      <c r="K36"/>
-[...27 lines deleted...]
-      <c r="G37">
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2011</v>
+      </c>
+      <c r="I41">
         <v>2015</v>
       </c>
-      <c r="H37"/>
-[...170 lines deleted...]
-      </c>
       <c r="J41" t="s">
-        <v>21</v>
+        <v>190</v>
       </c>
       <c r="K41" t="s">
-        <v>120</v>
+        <v>24</v>
       </c>
       <c r="L41" t="s">
-        <v>141</v>
+        <v>239</v>
       </c>
       <c r="M41" t="s">
-        <v>27</v>
+        <v>192</v>
       </c>
       <c r="N41" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:14">
+        <v>32</v>
+      </c>
+      <c r="O41" t="s">
+        <v>240</v>
+      </c>
+      <c r="P41" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>135</v>
+        <v>242</v>
       </c>
       <c r="B42" t="s">
-        <v>15</v>
+        <v>243</v>
       </c>
       <c r="C42" t="s">
-        <v>151</v>
+        <v>180</v>
       </c>
       <c r="D42" t="s">
-        <v>137</v>
+        <v>244</v>
       </c>
       <c r="E42" t="s">
-        <v>138</v>
+        <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>82</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
       </c>
       <c r="H42">
         <v>2015</v>
       </c>
-      <c r="I42" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I42"/>
       <c r="J42" t="s">
+        <v>190</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>245</v>
+      </c>
+      <c r="M42" t="s">
+        <v>192</v>
+      </c>
+      <c r="N42" t="s">
+        <v>32</v>
+      </c>
+      <c r="O42" t="s">
+        <v>246</v>
+      </c>
+      <c r="P42" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>248</v>
+      </c>
+      <c r="B43" t="s">
+        <v>249</v>
+      </c>
+      <c r="C43" t="s">
+        <v>180</v>
+      </c>
+      <c r="D43" t="s">
+        <v>250</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
         <v>21</v>
       </c>
-      <c r="K42" t="s">
-[...32 lines deleted...]
-        <v>2015</v>
+      <c r="G43" t="s">
+        <v>22</v>
       </c>
       <c r="H43">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I43"/>
       <c r="J43" t="s">
+        <v>190</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>251</v>
+      </c>
+      <c r="M43" t="s">
+        <v>192</v>
+      </c>
+      <c r="N43" t="s">
+        <v>32</v>
+      </c>
+      <c r="O43" t="s">
+        <v>252</v>
+      </c>
+      <c r="P43" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>254</v>
+      </c>
+      <c r="B44" t="s">
+        <v>255</v>
+      </c>
+      <c r="C44" t="s">
+        <v>18</v>
+      </c>
+      <c r="D44" t="s">
+        <v>256</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
         <v>21</v>
       </c>
-      <c r="K43" t="s">
-[...25 lines deleted...]
-      <c r="E44" t="s">
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2021</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>23</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44"/>
+      <c r="N44" t="s">
+        <v>32</v>
+      </c>
+      <c r="O44" t="s">
+        <v>257</v>
+      </c>
+      <c r="P44" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>254</v>
+      </c>
+      <c r="B45" t="s">
+        <v>259</v>
+      </c>
+      <c r="C45" t="s">
         <v>18</v>
       </c>
-      <c r="F44" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="D45" t="s">
-        <v>17</v>
+        <v>256</v>
       </c>
       <c r="E45" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
       <c r="F45" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>2013</v>
+        <v>82</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
       </c>
       <c r="H45">
-        <v>2020</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I45"/>
       <c r="J45" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K45" t="s">
-        <v>165</v>
-[...1 lines deleted...]
-      <c r="L45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45"/>
+      <c r="N45" t="s">
+        <v>32</v>
+      </c>
+      <c r="O45" t="s">
+        <v>260</v>
+      </c>
+      <c r="P45" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>262</v>
+      </c>
+      <c r="B46" t="s">
+        <v>263</v>
+      </c>
+      <c r="C46" t="s">
+        <v>18</v>
+      </c>
+      <c r="D46" t="s">
+        <v>264</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>82</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2021</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>23</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46"/>
+      <c r="N46" t="s">
+        <v>32</v>
+      </c>
+      <c r="O46" t="s">
+        <v>265</v>
+      </c>
+      <c r="P46" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>266</v>
+      </c>
+      <c r="B47" t="s">
+        <v>267</v>
+      </c>
+      <c r="C47" t="s">
+        <v>18</v>
+      </c>
+      <c r="D47" t="s">
+        <v>268</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>82</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2021</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>23</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47"/>
+      <c r="N47" t="s">
+        <v>25</v>
+      </c>
+      <c r="O47" t="s">
+        <v>269</v>
+      </c>
+      <c r="P47" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>270</v>
+      </c>
+      <c r="B48" t="s">
+        <v>271</v>
+      </c>
+      <c r="C48" t="s">
+        <v>18</v>
+      </c>
+      <c r="D48" t="s">
+        <v>250</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>82</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2021</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>23</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48"/>
+      <c r="N48" t="s">
+        <v>32</v>
+      </c>
+      <c r="O48" t="s">
+        <v>272</v>
+      </c>
+      <c r="P48" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>274</v>
+      </c>
+      <c r="B49" t="s">
+        <v>275</v>
+      </c>
+      <c r="C49" t="s">
+        <v>18</v>
+      </c>
+      <c r="D49" t="s">
+        <v>49</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>82</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2021</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>23</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49"/>
+      <c r="N49" t="s">
+        <v>32</v>
+      </c>
+      <c r="O49" t="s">
+        <v>276</v>
+      </c>
+      <c r="P49" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>278</v>
+      </c>
+      <c r="B50" t="s">
+        <v>279</v>
+      </c>
+      <c r="C50" t="s">
+        <v>18</v>
+      </c>
+      <c r="D50" t="s">
+        <v>55</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>82</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2021</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>23</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50"/>
+      <c r="N50" t="s">
+        <v>25</v>
+      </c>
+      <c r="O50" t="s">
+        <v>280</v>
+      </c>
+      <c r="P50" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>282</v>
+      </c>
+      <c r="B51" t="s">
+        <v>283</v>
+      </c>
+      <c r="C51" t="s">
+        <v>18</v>
+      </c>
+      <c r="D51" t="s">
+        <v>42</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>82</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2021</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>23</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51"/>
+      <c r="N51" t="s">
+        <v>32</v>
+      </c>
+      <c r="O51" t="s">
+        <v>284</v>
+      </c>
+      <c r="P51" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>286</v>
+      </c>
+      <c r="B52" t="s">
+        <v>287</v>
+      </c>
+      <c r="C52" t="s">
+        <v>18</v>
+      </c>
+      <c r="D52" t="s">
         <v>166</v>
       </c>
-      <c r="M45" t="s">
-[...181 lines deleted...]
-      <c r="C50" t="s">
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>82</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2021</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>23</v>
+      </c>
+      <c r="K52" t="s">
+        <v>131</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52"/>
+      <c r="N52" t="s">
+        <v>25</v>
+      </c>
+      <c r="O52" t="s">
+        <v>288</v>
+      </c>
+      <c r="P52" t="s">
         <v>57</v>
       </c>
-      <c r="D50" t="s">
-[...625 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>