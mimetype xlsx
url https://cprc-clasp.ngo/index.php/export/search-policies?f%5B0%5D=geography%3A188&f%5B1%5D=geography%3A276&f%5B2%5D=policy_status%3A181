--- v0 (2025-10-14)
+++ v1 (2026-02-15)
@@ -12,404 +12,534 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="148">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>PE No 1/26/2</t>
   </si>
   <si>
+    <t>This protocol provides specifications for single phase air conditioners, of the direct expansion refrigeration type, single or multi-split units, non-ducted, up to a cooling capacity of 12 kW (42000 Btu/h) and condensation by air.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>NCh 3081: 2007</t>
   </si>
   <si>
     <t>Superintendencia de Electricidad y Combustibles (SEC) -Fuel and Electricity Sup…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pe-no-1262</t>
   </si>
   <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_ELECTRICIDAD/PE_1-26-2.PDF</t>
+  </si>
+  <si>
     <t>Resolution No. 10/2020 - Minimum Efficiency Standard for Interior Lighting</t>
   </si>
   <si>
+    <t>Minimum energy performance standard for general lighting.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IEC 60064/2005 /  IEC 60969 (2001) /  IEC 60081 (2002) / IEC 60901 (2001) / IEC 60357:2002-11 / IEC 62612:2018-08</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-102020-minimum-efficiency-standard-interior-lighting</t>
   </si>
   <si>
+    <t>https://www.ingcer.cl/wp-content/uploads/2020/08/FIJA-EST%C3%81NDAR-M%C3%8DNIMO-DE-EFICIENCIAE.pdf</t>
+  </si>
+  <si>
     <t>Resolution No. 1334 - Minimum Efficiency Standard for Domestic Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This policy provides specifications for energy efficiency performance and labeling for refrigerators, freezers and refrigerators-freezers. It originally covered lighting products, which now have their own separate policy.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>PE Nº 5/06/2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-1334-minimum-efficiency-standard-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=254060</t>
+  </si>
+  <si>
     <t>Resolution No. 3199 - Labeling for Electronics in Standby Mode</t>
   </si>
   <si>
+    <t>Specifies labeling requirements for the following products in standby mode: microwave ovens, televisions, decoder (translation: decodificador), DVD player, Blu-ray player, and music equipment (mini and micro components).</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>NCh3107.Of2008 / IEC 62301:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-3199-labeling-electronics-standby-mode</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1167667</t>
+  </si>
+  <si>
     <t>Resolution No. 4 - Minimum Efficiency Standard for Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers the minimum energy performance standard (MEPS) for air conditioners.</t>
+  </si>
+  <si>
     <t>ISO 5151:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-4-minimum-efficiency-standard-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1115032</t>
+  </si>
+  <si>
     <t>Resolution No. 54 - Labeling for Instantaneous Gas Water Heaters</t>
   </si>
   <si>
+    <t>This policy applies to instantaneous gas water heaters.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>SEC PC N° 6/1-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-54-labeling-instantaneous-gas-water-heaters</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1104856&amp;f=2017-07-04</t>
+  </si>
+  <si>
     <t>Resolution No. 6 - Labeling for Clothes Dryers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for clothes dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>IEC 61121:2012-04</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-6-labeling-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100325</t>
+  </si>
+  <si>
     <t>Resolution No. 69 - Labeling for Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>Labeling for gas cooking appliances.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>SEC PC Nº7/1-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-69-labeling-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_COMBUSTIBLES/PC_7-1_2.PDF</t>
+  </si>
+  <si>
     <t>Resolution No. 7 - Labeling for Televisions</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for televisions.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-7-labeling-televisions</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100326</t>
+  </si>
+  <si>
     <t>Resolution No. 70 - Labeling for Clothes Washers</t>
   </si>
   <si>
+    <t>This protocol provides specifications for certifying efficiency of clothes washers for domestic use, with or without heating devices, operating with cold or hot water.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>SEC PE Nº1/06/2 / UNIT 1171:2010 / UNIT 1171:2010 / IRAM 2141-3 (2010)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-70-labeling-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073368</t>
+  </si>
+  <si>
     <t>Resolution No. 71 - Labeling for Tungsten Halogen Lamps</t>
   </si>
   <si>
+    <t>This protocol provides specifications for energy efficiency labeling for tungsten halogen lamps.</t>
+  </si>
+  <si>
     <t>IEC 60357:2002-11 / IEC 60357 Amend. 1:2006-04 / IEC 60357 Amend. 2:2008-10</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-71-labeling-tungsten-halogen-lamps</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073369</t>
+  </si>
+  <si>
     <t>Resolution No. 74 - Minimum Efficiency Standard for Domestic Refrigerators</t>
   </si>
   <si>
+    <t>This policy covers the minimum energy performance standard (MEPS) for domestic refrigerators.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>NCh3000.Of2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-74-minimum-efficiency-standard-domestic-refrigerators</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1073371&amp;f=2015-01-10&amp;p=</t>
+  </si>
+  <si>
     <t>Resolution No. 8 - Labeling for Dishwashers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for electric dishwashers.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IEC 60436:2012-04</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-8-labeling-dishwashers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100327</t>
+  </si>
+  <si>
     <t>UAE.S 5010 3: 2020 – Labeling – Energy Efficiency Label for Electrical Appliances Part 3: Household Refrigerating Appliances.</t>
   </si>
   <si>
+    <t>This regulation covers brand new household refrigerators, freezers and refrigerator-freezers with a capacity of less than 1,500 liters imported to or manufactured in the UAE. This regulation applies to electric mains-operated household refrigerating appliances, stand-alone or built-in configuration.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>UAE.S IEC 62552:2013</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-3-2020-labeling-energy-efficiency-label-electrical-appliances-part-3-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2020/TBT/ARE/20_4362_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-1: 2019 – Labeling – Energy efficiency label for electrical appliances Part 1: household air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels requirements for residential single package and split-system non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>UAE.S ISO 5151:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-1-2019-labeling-energy-efficiency-label-electrical-appliances-part-1-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1431_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-2:2013 – Labeling – Energy efficiency label for electrical appliances Part 2: Washing Machines and Dryers</t>
   </si>
   <si>
+    <t>This regulation deals with methods for measuring the energy and water consumption of clothes washing machines for household use, with or without heating devices and for cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force and is applicable to appliances for both washing and drying textiles (washer-dryers). This standard also applies to household electric tumble dryers, automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>IEC 60456 /2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-22013-labeling-energy-efficiency-label-electrical-appliances-part-2-washing</t>
   </si>
   <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/are119_t.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-4: 2014 – Labeling – Energy Efficiency Label for Electrical Appliances Part 4: Storage Water Heaters.</t>
   </si>
   <si>
+    <t>This regulation establishes requirements for electrical safety and energy efficiency labeling of electric water heater types listed in Annex A. This regulation does not apply to instantaneous water heaters and water heaters that use gas, solid or liquid fuels, solar water heaters and water heaters designed for making hot drinks only.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-4-2014-labeling-energy-efficiency-label-electrical-appliances-part-4-storage</t>
   </si>
   <si>
+    <t>https://etrans.esma.gov.ae/english/purchase-standards/pages/standards-listing.aspx?categorytype=1&amp;categoryid=2361a709-8375-e511-9402-005056b81473&amp;legalstatus=2</t>
+  </si>
+  <si>
     <t>UAE.S 5010-5: 2019 – Labeling – Energy efficiency label for electrical appliances - Part 5: commercial and central air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels and the minimum energy performance standard (MEPS) requirements for factory-made residential, commercial and industrial.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-5-2019-labeling-energy-efficiency-label-electrical-appliances-part-5-commercial</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1430_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-6: 2018 – Labeling – Energy efficiency label for electrical appliances Part 6: Dishwashers.</t>
   </si>
   <si>
+    <t>This regulation is developed to ensure that dishwasher are registered and monitored for their continuous compliance to the set specifications. Includes energy consumption and water consumption.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-6-2018-labeling-energy-efficiency-label-electrical-appliances-part-6-dishwashers</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2018/TBT/ARE/18_1779_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-7: 2017 – Labeling – Energy Efficiency Label for Electrical Appliances - Part: 7 Minimum Energy Efficiency Limits for Rotodynamic Water Pumps.</t>
   </si>
   <si>
+    <t>This standard covers brand new rotodynamic water pumps for pumping clean water, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-7-2017-labeling-energy-efficiency-label-electrical-appliances-part-7-minimum</t>
   </si>
   <si>
     <t>UAE.S 5010-8:2018 – Labeling – Energy Efficiency Label for Electrical Appliances – Part 8: Television Sets</t>
   </si>
   <si>
+    <t>This regulation covers televisions or television sets. It is developed to ensure that television sets are registered and monitored for their continuous compliance to the set specifications.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-82018-labeling-energy-efficiency-label-electrical-appliances-part-8-television</t>
+  </si>
+  <si>
+    <t>https://www.tuvsud.com/en/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-11-2019/uae-mandatory-standard-for-tv-energy-efficiency-labelling-in-force</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -673,1039 +803,1174 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N22"/>
+  <dimension ref="A1:P22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="181" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="181.527" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="621.563" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="134.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="207.521" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2011</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3">
+        <v>2020</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2007</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2011</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>37</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2018</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>35</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>54</v>
+      </c>
+      <c r="M6" t="s">
+        <v>37</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2017</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>35</v>
+      </c>
+      <c r="K7" t="s">
+        <v>60</v>
+      </c>
+      <c r="L7" t="s">
+        <v>61</v>
+      </c>
+      <c r="M7" t="s">
+        <v>37</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>66</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2017</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>35</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>67</v>
+      </c>
+      <c r="M8" t="s">
+        <v>37</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>68</v>
+      </c>
+      <c r="P8" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>72</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>35</v>
+      </c>
+      <c r="K9" t="s">
+        <v>60</v>
+      </c>
+      <c r="L9" t="s">
+        <v>73</v>
+      </c>
+      <c r="M9" t="s">
+        <v>37</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>74</v>
+      </c>
+      <c r="P9" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>76</v>
+      </c>
+      <c r="B10" t="s">
+        <v>77</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>78</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2017</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>35</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>79</v>
+      </c>
+      <c r="M10" t="s">
+        <v>37</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>80</v>
+      </c>
+      <c r="P10" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>82</v>
+      </c>
+      <c r="B11" t="s">
+        <v>83</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>84</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2015</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>35</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>85</v>
+      </c>
+      <c r="M11" t="s">
+        <v>37</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>86</v>
+      </c>
+      <c r="P11" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>88</v>
+      </c>
+      <c r="B12" t="s">
+        <v>89</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>32</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
         <v>2011</v>
       </c>
-      <c r="H2"/>
-[...3 lines deleted...]
-      <c r="J2" t="s">
+      <c r="I12">
+        <v>2015</v>
+      </c>
+      <c r="J12" t="s">
+        <v>35</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>90</v>
+      </c>
+      <c r="M12" t="s">
+        <v>37</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>91</v>
+      </c>
+      <c r="P12" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>93</v>
+      </c>
+      <c r="B13" t="s">
+        <v>94</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>95</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>33</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2015</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>35</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>96</v>
+      </c>
+      <c r="M13" t="s">
+        <v>37</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>97</v>
+      </c>
+      <c r="P13" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>99</v>
+      </c>
+      <c r="B14" t="s">
+        <v>100</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>101</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G14" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H14">
+        <v>2017</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>35</v>
+      </c>
+      <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...22 lines deleted...]
-      <c r="G3">
+      <c r="L14" t="s">
+        <v>102</v>
+      </c>
+      <c r="M14" t="s">
+        <v>37</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>103</v>
+      </c>
+      <c r="P14" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>105</v>
+      </c>
+      <c r="B15" t="s">
+        <v>106</v>
+      </c>
+      <c r="C15" t="s">
+        <v>107</v>
+      </c>
+      <c r="D15" t="s">
+        <v>42</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>108</v>
+      </c>
+      <c r="G15" t="s">
+        <v>34</v>
+      </c>
+      <c r="H15">
         <v>2013</v>
       </c>
-      <c r="H3">
+      <c r="I15">
         <v>2020</v>
       </c>
-      <c r="I3" t="s">
-[...11 lines deleted...]
-      <c r="M3" t="s">
+      <c r="J15" t="s">
+        <v>109</v>
+      </c>
+      <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...4 lines deleted...]
-      <c r="A4" t="s">
+      <c r="L15" t="s">
+        <v>110</v>
+      </c>
+      <c r="M15" t="s">
+        <v>111</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>112</v>
+      </c>
+      <c r="P15" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>114</v>
+      </c>
+      <c r="B16" t="s">
+        <v>115</v>
+      </c>
+      <c r="C16" t="s">
+        <v>107</v>
+      </c>
+      <c r="D16" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>108</v>
+      </c>
+      <c r="G16" t="s">
         <v>34</v>
       </c>
-      <c r="B4" t="s">
-[...30 lines deleted...]
-      <c r="M4" t="s">
+      <c r="H16">
+        <v>2011</v>
+      </c>
+      <c r="I16">
+        <v>2019</v>
+      </c>
+      <c r="J16" t="s">
+        <v>109</v>
+      </c>
+      <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...38 lines deleted...]
-      <c r="M5" t="s">
+      <c r="L16" t="s">
+        <v>116</v>
+      </c>
+      <c r="M16" t="s">
+        <v>111</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>117</v>
+      </c>
+      <c r="P16" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>119</v>
+      </c>
+      <c r="B17" t="s">
+        <v>120</v>
+      </c>
+      <c r="C17" t="s">
+        <v>107</v>
+      </c>
+      <c r="D17" t="s">
+        <v>121</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>108</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2013</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>122</v>
+      </c>
+      <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
-[...22 lines deleted...]
-      <c r="G6">
+      <c r="L17" t="s">
+        <v>123</v>
+      </c>
+      <c r="M17" t="s">
+        <v>111</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>124</v>
+      </c>
+      <c r="P17" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>126</v>
+      </c>
+      <c r="B18" t="s">
+        <v>127</v>
+      </c>
+      <c r="C18" t="s">
+        <v>107</v>
+      </c>
+      <c r="D18" t="s">
+        <v>128</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>108</v>
+      </c>
+      <c r="G18" t="s">
+        <v>34</v>
+      </c>
+      <c r="H18">
+        <v>2014</v>
+      </c>
+      <c r="I18">
+        <v>2015</v>
+      </c>
+      <c r="J18" t="s">
+        <v>122</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>111</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>129</v>
+      </c>
+      <c r="P18" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>131</v>
+      </c>
+      <c r="B19" t="s">
+        <v>132</v>
+      </c>
+      <c r="C19" t="s">
+        <v>107</v>
+      </c>
+      <c r="D19" t="s">
+        <v>133</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>108</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2014</v>
+      </c>
+      <c r="I19">
+        <v>2019</v>
+      </c>
+      <c r="J19" t="s">
+        <v>109</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>111</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>134</v>
+      </c>
+      <c r="P19" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>136</v>
+      </c>
+      <c r="B20" t="s">
+        <v>137</v>
+      </c>
+      <c r="C20" t="s">
+        <v>107</v>
+      </c>
+      <c r="D20" t="s">
+        <v>101</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>108</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2016</v>
+      </c>
+      <c r="I20">
         <v>2018</v>
       </c>
-      <c r="H6"/>
-[...12 lines deleted...]
-      <c r="M6" t="s">
+      <c r="J20" t="s">
+        <v>109</v>
+      </c>
+      <c r="K20" t="s">
         <v>24</v>
       </c>
-      <c r="N6" t="s">
-[...22 lines deleted...]
-      <c r="G7">
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>111</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>138</v>
+      </c>
+      <c r="P20" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>140</v>
+      </c>
+      <c r="B21" t="s">
+        <v>141</v>
+      </c>
+      <c r="C21" t="s">
+        <v>107</v>
+      </c>
+      <c r="D21" t="s">
+        <v>142</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>108</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
         <v>2017</v>
       </c>
-      <c r="H7"/>
-[...12 lines deleted...]
-      <c r="M7" t="s">
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>122</v>
+      </c>
+      <c r="K21" t="s">
         <v>24</v>
       </c>
-      <c r="N7" t="s">
-[...38 lines deleted...]
-      <c r="M8" t="s">
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>111</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>143</v>
+      </c>
+      <c r="P21" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>144</v>
+      </c>
+      <c r="B22" t="s">
+        <v>145</v>
+      </c>
+      <c r="C22" t="s">
+        <v>107</v>
+      </c>
+      <c r="D22" t="s">
+        <v>78</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>108</v>
+      </c>
+      <c r="G22" t="s">
+        <v>34</v>
+      </c>
+      <c r="H22">
+        <v>2016</v>
+      </c>
+      <c r="I22">
+        <v>2019</v>
+      </c>
+      <c r="J22" t="s">
+        <v>122</v>
+      </c>
+      <c r="K22" t="s">
         <v>24</v>
       </c>
-      <c r="N8" t="s">
-[...587 lines deleted...]
-      </c>
+      <c r="L22"/>
       <c r="M22" t="s">
-        <v>24</v>
+        <v>111</v>
       </c>
       <c r="N22" t="s">
-        <v>104</v>
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>146</v>
+      </c>
+      <c r="P22" t="s">
+        <v>147</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>