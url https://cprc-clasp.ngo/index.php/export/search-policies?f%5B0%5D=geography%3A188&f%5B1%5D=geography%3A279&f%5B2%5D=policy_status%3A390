--- v0 (2025-10-14)
+++ v1 (2025-12-06)
@@ -12,470 +12,522 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="127">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BDS 101:1991 Electric boiling plates for domestic use</t>
   </si>
   <si>
+    <t>Requirements for electric boiling plates, open type and enclose type intended for operation on AC and DC circuits having voltage rating not exceeding 250 volts.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-1011991-electric-boiling-plates-domestic-use</t>
   </si>
   <si>
-    <t>BDS 1139:1986</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/bds-11391986</t>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
   </si>
   <si>
     <t>BDS 1761:2006 Specification for energy efficiency rating for self-ballasted lamps</t>
   </si>
   <si>
+    <t>Specifices requirements for energy efficiency labeling of self ballasted lamps operating on mains supply of 230 V, a.c 50 Hz nominal, and method of measurement of electrical consumption and luminous flux for determination of efficiency if the lamps for the purpose of energy efficiency labeling</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>BDS 1761:2006 EBDS-1734: 2003 or its revision; BDS-1735: 2003 or its revision; BDS-1761: 2006 or its revision</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-17612006-specification-energy-efficiency-rating-self-ballasted-lamps</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>BDS 1761:2013 (1st revision)</t>
   </si>
   <si>
-    <t>Fluorescent and HID Lighting</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/bds-17612013-1st-revision</t>
+    <t>Energy efficiency rating for self-ballasted lamps (integral type compact florescent lamps)</t>
   </si>
   <si>
     <t>BDS 1734:2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-17612013-1st-revision-0</t>
   </si>
   <si>
     <t>BDS 17:2006 Tungsten filament lamps for domestic and similar general lighting purposes (Third Revision)</t>
   </si>
   <si>
+    <t>Applies to incandescent lamps for general lighting for those lamps of 25 W to 200 W rating, 100 V to 250 V with a nominal life of 1000 hours. Also describes methods of test.</t>
+  </si>
+  <si>
     <t>BDS IEC 60081:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-172006-tungsten-filament-lamps-domestic-and-similar-general-lighting-purposes-third</t>
   </si>
   <si>
     <t>BDS 1849:2012</t>
   </si>
   <si>
+    <t>This standard covers the methods of determining the performance of self-contained Refrigerators/Freezers intended for household use.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>ISO 7371; AS1430; AS 2575.2; SL 1230</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18492012</t>
   </si>
   <si>
-    <t>BDS 1850:2012 Energy efficiency rating of household refrigerators, refrigerator-freezers and freezers</t>
-[...22 lines deleted...]
-  <si>
     <t>BDS 1853:2012 Performance of close control air conditioners — minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This Standard specifies the minimum energy performance standard (MEPS) requirements for close control air conditioners that fall in the scope of ASINZS 4965.1.This Standard does not specify electrical safety requirements.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>BDS ISO 5151:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18532012-performance-close-control-air-conditioners-minimum-energy-performance</t>
   </si>
   <si>
-    <t>BDS 1860:2012 Minimum allowable values of energy efficiency and energy efficiency grades for ac electric fan</t>
-[...7 lines deleted...]
-  <si>
     <t>BDS 252:1990 Portable electric immersion water heaters for domestic use (First Revision)</t>
   </si>
   <si>
+    <t>Requirements for portable immersion heaters having voltages not exceeding 250 volts. It also covers the rated voltage, rated wattage and tests.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-2521990-portable-electric-immersion-water-heaters-domestic-use-first-revision</t>
   </si>
   <si>
     <t>BDS 253:1990 Electric kettles for domestic use (First Revision)</t>
   </si>
   <si>
+    <t>Minimum requirements for electric kettles with metalic bodies meant for domestic use and having voltages not exceeding 250 volts.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-2531990-electric-kettles-domestic-use-first-revision</t>
   </si>
   <si>
     <t>BDS 290:1990 Portable electric radiator for domestic use</t>
   </si>
   <si>
+    <t>This policy establishes requirements for portable radiators with voltage less than 250 volts.</t>
+  </si>
+  <si>
     <t>Portable Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-2901990-portable-electric-radiator-domestic-use</t>
   </si>
   <si>
     <t>BDS 563:1965 Electrical performance of power transformers</t>
   </si>
   <si>
+    <t>Covers power transformers</t>
+  </si>
+  <si>
     <t>Internal Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-5631965-electrical-performance-power-transformers</t>
   </si>
   <si>
     <t>PE No 1/26/2</t>
   </si>
   <si>
+    <t>This protocol provides specifications for single phase air conditioners, of the direct expansion refrigeration type, single or multi-split units, non-ducted, up to a cooling capacity of 12 kW (42000 Btu/h) and condensation by air.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NCh 3081: 2007</t>
   </si>
   <si>
     <t>Superintendencia de Electricidad y Combustibles (SEC) -Fuel and Electricity Sup…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pe-no-1262</t>
   </si>
   <si>
-    <t>Resolution No. 10/2020 - Minimum Efficiency Standard for Interior Lighting</t>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_ELECTRICIDAD/PE_1-26-2.PDF</t>
+  </si>
+  <si>
+    <t>Resolution No. 1334 - Minimum Efficiency Standard for Domestic Refrigerators and Freezers</t>
+  </si>
+  <si>
+    <t>This policy provides specifications for energy efficiency performance and labeling for refrigerators, freezers and refrigerators-freezers. It originally covered lighting products, which now have their own separate policy.</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
-    <t>IEC 60064/2005 /  IEC 60969 (2001) /  IEC 60081 (2002) / IEC 60901 (2001) / IEC 60357:2002-11 / IEC 62612:2018-08</t>
+    <t>PE Nº 5/06/2</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-102020-minimum-efficiency-standard-interior-lighting</t>
-[...7 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-1334-minimum-efficiency-standard-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=254060</t>
+  </si>
+  <si>
     <t>Resolution No. 3199 - Labeling for Electronics in Standby Mode</t>
   </si>
   <si>
+    <t>Specifies labeling requirements for the following products in standby mode: microwave ovens, televisions, decoder (translation: decodificador), DVD player, Blu-ray player, and music equipment (mini and micro components).</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>NCh3107.Of2008 / IEC 62301:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-3199-labeling-electronics-standby-mode</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1167667</t>
+  </si>
+  <si>
     <t>Resolution No. 4 - Minimum Efficiency Standard for Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers the minimum energy performance standard (MEPS) for air conditioners.</t>
+  </si>
+  <si>
     <t>ISO 5151:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-4-minimum-efficiency-standard-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1115032</t>
+  </si>
+  <si>
     <t>Resolution No. 54 - Labeling for Instantaneous Gas Water Heaters</t>
   </si>
   <si>
+    <t>This policy applies to instantaneous gas water heaters.</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>SEC PC N° 6/1-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-54-labeling-instantaneous-gas-water-heaters</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1104856&amp;f=2017-07-04</t>
+  </si>
+  <si>
     <t>Resolution No. 6 - Labeling for Clothes Dryers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for clothes dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>IEC 61121:2012-04</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-6-labeling-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100325</t>
+  </si>
+  <si>
     <t>Resolution No. 69 - Labeling for Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>Labeling for gas cooking appliances.</t>
+  </si>
+  <si>
     <t>SEC PC Nº7/1-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-69-labeling-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_COMBUSTIBLES/PC_7-1_2.PDF</t>
+  </si>
+  <si>
     <t>Resolution No. 7 - Labeling for Televisions</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for televisions.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-7-labeling-televisions</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100326</t>
+  </si>
+  <si>
     <t>Resolution No. 70 - Labeling for Clothes Washers</t>
   </si>
   <si>
+    <t>This protocol provides specifications for certifying efficiency of clothes washers for domestic use, with or without heating devices, operating with cold or hot water.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>SEC PE Nº1/06/2 / UNIT 1171:2010 / UNIT 1171:2010 / IRAM 2141-3 (2010)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-70-labeling-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073368</t>
+  </si>
+  <si>
     <t>Resolution No. 71 - Labeling for Tungsten Halogen Lamps</t>
   </si>
   <si>
+    <t>This protocol provides specifications for energy efficiency labeling for tungsten halogen lamps.</t>
+  </si>
+  <si>
     <t>IEC 60357:2002-11 / IEC 60357 Amend. 1:2006-04 / IEC 60357 Amend. 2:2008-10</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-71-labeling-tungsten-halogen-lamps</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073369</t>
+  </si>
+  <si>
     <t>Resolution No. 74 - Minimum Efficiency Standard for Domestic Refrigerators</t>
   </si>
   <si>
+    <t>This policy covers the minimum energy performance standard (MEPS) for domestic refrigerators.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>NCh3000.Of2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-74-minimum-efficiency-standard-domestic-refrigerators</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1073371&amp;f=2015-01-10&amp;p=</t>
+  </si>
+  <si>
     <t>Resolution No. 8 - Labeling for Dishwashers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for electric dishwashers.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IEC 60436:2012-04</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-8-labeling-dishwashers</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100327</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -739,1327 +791,1208 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N29"/>
+  <dimension ref="A1:P23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="165" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="153" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="139.109" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="347.915" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="129.683" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="186.24" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1991</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...16 lines deleted...]
-      <c r="M2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2008</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
-      </c>
-[...34 lines deleted...]
-        <v>30</v>
       </c>
       <c r="D4" t="s">
         <v>31</v>
       </c>
       <c r="E4" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>19</v>
-[...7 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
       <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2006</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>43</v>
+      </c>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>44</v>
+      </c>
+      <c r="P5" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>45</v>
+      </c>
+      <c r="B6" t="s">
+        <v>46</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>47</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2012</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>48</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>49</v>
+      </c>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>50</v>
+      </c>
+      <c r="P6" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7" t="s">
+        <v>52</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>53</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>54</v>
+      </c>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>55</v>
+      </c>
+      <c r="P7" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>56</v>
+      </c>
+      <c r="B8" t="s">
+        <v>57</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>58</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1990</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>59</v>
+      </c>
+      <c r="P8" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>60</v>
+      </c>
+      <c r="B9" t="s">
+        <v>61</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>62</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>1990</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>63</v>
+      </c>
+      <c r="P9" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>64</v>
+      </c>
+      <c r="B10" t="s">
+        <v>65</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>66</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1990</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>67</v>
+      </c>
+      <c r="P10" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>68</v>
+      </c>
+      <c r="B11" t="s">
+        <v>69</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>70</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2012</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>25</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>71</v>
+      </c>
+      <c r="P11" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>72</v>
+      </c>
+      <c r="B12" t="s">
+        <v>73</v>
+      </c>
+      <c r="C12" t="s">
+        <v>74</v>
+      </c>
+      <c r="D12" t="s">
+        <v>53</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>33</v>
       </c>
-      <c r="L4" t="s">
-[...37 lines deleted...]
-      <c r="J5" t="s">
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2011</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>75</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>76</v>
+      </c>
+      <c r="M12" t="s">
+        <v>77</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>78</v>
+      </c>
+      <c r="P12" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>80</v>
+      </c>
+      <c r="B13" t="s">
+        <v>81</v>
+      </c>
+      <c r="C13" t="s">
+        <v>74</v>
+      </c>
+      <c r="D13" t="s">
+        <v>47</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>33</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2007</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>82</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>83</v>
+      </c>
+      <c r="M13" t="s">
+        <v>84</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>85</v>
+      </c>
+      <c r="P13" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>87</v>
+      </c>
+      <c r="B14" t="s">
+        <v>88</v>
+      </c>
+      <c r="C14" t="s">
+        <v>74</v>
+      </c>
+      <c r="D14" t="s">
+        <v>89</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>33</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2011</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>82</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>90</v>
+      </c>
+      <c r="M14" t="s">
+        <v>84</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>91</v>
+      </c>
+      <c r="P14" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>93</v>
+      </c>
+      <c r="B15" t="s">
+        <v>94</v>
+      </c>
+      <c r="C15" t="s">
+        <v>74</v>
+      </c>
+      <c r="D15" t="s">
+        <v>53</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
-[...415 lines deleted...]
-      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2018</v>
+      </c>
+      <c r="I15"/>
       <c r="J15" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K15"/>
+        <v>82</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
       <c r="L15" t="s">
-        <v>22</v>
+        <v>95</v>
       </c>
       <c r="M15" t="s">
-        <v>23</v>
+        <v>84</v>
       </c>
       <c r="N15" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>96</v>
+      </c>
+      <c r="P15" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>73</v>
+        <v>98</v>
       </c>
       <c r="B16" t="s">
-        <v>15</v>
+        <v>99</v>
       </c>
       <c r="C16" t="s">
         <v>74</v>
       </c>
       <c r="D16" t="s">
-        <v>17</v>
+        <v>58</v>
       </c>
       <c r="E16" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F16" t="s">
+        <v>33</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2017</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>82</v>
+      </c>
+      <c r="K16" t="s">
+        <v>100</v>
+      </c>
+      <c r="L16" t="s">
+        <v>101</v>
+      </c>
+      <c r="M16" t="s">
+        <v>84</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>102</v>
+      </c>
+      <c r="P16" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>104</v>
+      </c>
+      <c r="B17" t="s">
+        <v>105</v>
+      </c>
+      <c r="C17" t="s">
+        <v>74</v>
+      </c>
+      <c r="D17" t="s">
+        <v>106</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>33</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2017</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>82</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>107</v>
+      </c>
+      <c r="M17" t="s">
+        <v>84</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>108</v>
+      </c>
+      <c r="P17" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>110</v>
+      </c>
+      <c r="B18" t="s">
+        <v>111</v>
+      </c>
+      <c r="C18" t="s">
+        <v>74</v>
+      </c>
+      <c r="D18" t="s">
         <v>19</v>
       </c>
-      <c r="G16">
-[...6 lines deleted...]
-      <c r="J16" t="s">
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>33</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2014</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>82</v>
+      </c>
+      <c r="K18" t="s">
+        <v>100</v>
+      </c>
+      <c r="L18" t="s">
+        <v>112</v>
+      </c>
+      <c r="M18" t="s">
+        <v>84</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>113</v>
+      </c>
+      <c r="P18" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>115</v>
+      </c>
+      <c r="B19" t="s">
+        <v>116</v>
+      </c>
+      <c r="C19" t="s">
+        <v>74</v>
+      </c>
+      <c r="D19" t="s">
+        <v>117</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>33</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2017</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>82</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>118</v>
+      </c>
+      <c r="M19" t="s">
+        <v>84</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>119</v>
+      </c>
+      <c r="P19" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>121</v>
+      </c>
+      <c r="B20" t="s">
+        <v>122</v>
+      </c>
+      <c r="C20" t="s">
+        <v>74</v>
+      </c>
+      <c r="D20" t="s">
+        <v>123</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>33</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2015</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>82</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>124</v>
+      </c>
+      <c r="M20" t="s">
+        <v>84</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>125</v>
+      </c>
+      <c r="P20" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>127</v>
+      </c>
+      <c r="B21" t="s">
+        <v>128</v>
+      </c>
+      <c r="C21" t="s">
+        <v>74</v>
+      </c>
+      <c r="D21" t="s">
+        <v>31</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>33</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2011</v>
+      </c>
+      <c r="I21">
+        <v>2015</v>
+      </c>
+      <c r="J21" t="s">
+        <v>82</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>129</v>
+      </c>
+      <c r="M21" t="s">
+        <v>84</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>130</v>
+      </c>
+      <c r="P21" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>132</v>
+      </c>
+      <c r="B22" t="s">
+        <v>133</v>
+      </c>
+      <c r="C22" t="s">
+        <v>74</v>
+      </c>
+      <c r="D22" t="s">
+        <v>134</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
         <v>21</v>
       </c>
-      <c r="K16"/>
-[...53 lines deleted...]
-      <c r="A18" t="s">
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2015</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
         <v>82</v>
       </c>
-      <c r="B18" t="s">
-[...26 lines deleted...]
-      <c r="K18" t="s">
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>135</v>
+      </c>
+      <c r="M22" t="s">
         <v>84</v>
       </c>
-      <c r="L18" t="s">
-[...154 lines deleted...]
-      <c r="G22">
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>136</v>
+      </c>
+      <c r="P22" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>138</v>
+      </c>
+      <c r="B23" t="s">
+        <v>139</v>
+      </c>
+      <c r="C23" t="s">
+        <v>74</v>
+      </c>
+      <c r="D23" t="s">
+        <v>140</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>33</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
         <v>2017</v>
       </c>
-      <c r="H22"/>
-[...44 lines deleted...]
-      </c>
+      <c r="I23"/>
       <c r="J23" t="s">
-        <v>21</v>
+        <v>82</v>
       </c>
       <c r="K23" t="s">
-        <v>103</v>
+        <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>85</v>
+        <v>141</v>
       </c>
       <c r="M23" t="s">
-        <v>23</v>
+        <v>84</v>
       </c>
       <c r="N23" t="s">
-        <v>104</v>
-[...253 lines deleted...]
-        <v>126</v>
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>142</v>
+      </c>
+      <c r="P23" t="s">
+        <v>143</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>