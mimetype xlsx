--- v0 (2025-10-13)
+++ v1 (2026-02-23)
@@ -12,566 +12,564 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="159">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="158">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>AS 1731.14–2003: Refrigerated display cabinets—Part 14: Minimum energy performance standard (MEPS) requirements</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>AS/NZS 4847.2:2010: Self-ballasted lamps for general lighting services—Minimum Energy Performance standards (MEPS) requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies Minimum Energy Performance Standards (MEPS) requirements and related attributes for self ballasted compact fluorescent lamps (CFLs) with integrated means for controlling starting and stable operation that are intended for domestic and similar general lighting purposes. This Standard applies to self ballasted lamps of all voltages and wattages irrespective of the type of lamp cap. This Standard covers lamps that are supplied as individual lamps or part of a luminaire. This Standard is to be read in conjunction with AS/NZS 4847.1.</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
-    <t>Refrigerated Cabinets</t>
+    <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>AS 1731.1-13:2003</t>
+    <t>AS/NZS 4847.1:2010</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/173114-2003-refrigerated-display-cabinets-part-14-minimum-energy-performance-standard-meps</t>
-[...5 lines deleted...]
-    <t>Heat Pumps, Room ACs - Stationary ACs</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/asnzs-484722010-self-ballasted-lamps-general-lighting-services-minimum-energy-performance</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/led-</t>
+  </si>
+  <si>
+    <t>AS/NZS 4965.2:2008: Performance of close control air conditioners—Minimum energy performance standard (MEPS) requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS for close control air conditioners that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
+    <t>Climate Controls</t>
+  </si>
+  <si>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>AS/NZS 4965.1:2008</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/asnzs-496522008-performance-close-control-air-conditioners-minimum-energy-performance</t>
+  </si>
+  <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790</t>
+  </si>
+  <si>
+    <t>AS/NZS 4782.2:2004: Double-capped fluorescent lamps—Performance specifications—Minimum Energy Performance Standard (MEPS)</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS levels and compliance paths for liquid-chilling packages that fall within the scope of AS/NZS 4776.1.1.</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>AS/NZS 4782.1:2004</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/asnzs-478222004-double-capped-fluorescent-lamps-performance-specifications-minimum-energy</t>
+  </si>
+  <si>
+    <t>labeling for clothes dryers</t>
+  </si>
+  <si>
+    <t>Clothes Dryers</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>AS/NZS 2442.2:2000</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/labeling-clothes-dryers</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-dryers-factsheet.pdf</t>
+  </si>
+  <si>
+    <t>labeling for clothes washers</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>AS/NZS 2040.2:2005</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/labeling-clothes-washers</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-washer-factsheet.pdf</t>
+  </si>
+  <si>
+    <t>labeling for dishwashers</t>
+  </si>
+  <si>
+    <t>MEPL covers mains electric dishwashers intended for household and similar use. MEPL does not apply to dishwashers specifically designed for commercial use.</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>AS/NZS 2007.2:2005</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/labeling-dishwashers</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/dishwasher-factsheet.pdf</t>
+  </si>
+  <si>
+    <t>MEPS and MEPL for Computer Monitors</t>
+  </si>
+  <si>
+    <t>MEPS and MEPL cover computer monitors with a diagonal screen size up to 152 cm.</t>
+  </si>
+  <si>
+    <t>Displays</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>August 2018</t>
-[...50 lines deleted...]
-    <t>AS/NZS 4474.2:2009: Performance of household electrical appliances—Refrigerating appliances—Energy labelling and minimum energy performance standard requirements</t>
+    <t>AS/NZS 5815.2:2013</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-and-mepl-computer-monitors</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Monitor-Factsheet.pdf</t>
+  </si>
+  <si>
+    <t>MEPS for ballasts for fluorescent lamps</t>
+  </si>
+  <si>
+    <t>MEPL covers mains electric clothes dryers intended for household and similar use. This includes vented dryers condenser dryers and the drying function of combination washer|dryer units. MEPL does not apply to clothes dryers specifically designed for commercial use.</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-ballasts-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/ballast-factsheet.pdf</t>
+  </si>
+  <si>
+    <t>MEPS for Computers</t>
+  </si>
+  <si>
+    <t>MEPS covers desktop computers; notebooks; and small scale servers.</t>
+  </si>
+  <si>
+    <t>Computers</t>
+  </si>
+  <si>
+    <t>AS/NZS 5813.2:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-computers</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Factsheet.pdf</t>
+  </si>
+  <si>
+    <t>MEPS for set top boxes</t>
+  </si>
+  <si>
+    <t>MEPS covers simple non-recording standalone free-to-air digital television (DTV) set-top boxes (STBs) associated with DTV broadcasts.</t>
+  </si>
+  <si>
+    <t>Set Top Boxes (STB)</t>
+  </si>
+  <si>
+    <t>AS/NZS 62087.1:2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-set-top-boxes</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/set-top-boxes-factsheet.pdf</t>
+  </si>
+  <si>
+    <t>PE No 1/26/2</t>
+  </si>
+  <si>
+    <t>This protocol provides specifications for single phase air conditioners, of the direct expansion refrigeration type, single or multi-split units, non-ducted, up to a cooling capacity of 12 kW (42000 Btu/h) and condensation by air.</t>
+  </si>
+  <si>
+    <t>Chile</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>NCh 3081: 2007</t>
+  </si>
+  <si>
+    <t>Superintendencia de Electricidad y Combustibles (SEC) -Fuel and Electricity Sup…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/pe-no-1262</t>
+  </si>
+  <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_ELECTRICIDAD/PE_1-26-2.PDF</t>
+  </si>
+  <si>
+    <t>Resolution No. 1334 - Minimum Efficiency Standard for Domestic Refrigerators and Freezers</t>
+  </si>
+  <si>
+    <t>This policy provides specifications for energy efficiency performance and labeling for refrigerators, freezers and refrigerators-freezers. It originally covered lighting products, which now have their own separate policy.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>AS/NZS 4474.1:2007, will be replaced by IEC 62552 1-3: 2015</t>
-[...77 lines deleted...]
-    <t>MEPS and MEPL for televisions</t>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>PE Nº 5/06/2</t>
+  </si>
+  <si>
+    <t>Ministry of Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-1334-minimum-efficiency-standard-domestic-refrigerators-and-freezers</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=254060</t>
+  </si>
+  <si>
+    <t>Resolution No. 3199 - Labeling for Electronics in Standby Mode</t>
+  </si>
+  <si>
+    <t>Specifies labeling requirements for the following products in standby mode: microwave ovens, televisions, decoder (translation: decodificador), DVD player, Blu-ray player, and music equipment (mini and micro components).</t>
+  </si>
+  <si>
+    <t>Stand-by and networked devices</t>
+  </si>
+  <si>
+    <t>NCh3107.Of2008 / IEC 62301:2005</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-3199-labeling-electronics-standby-mode</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1167667</t>
+  </si>
+  <si>
+    <t>Resolution No. 4 - Minimum Efficiency Standard for Air Conditioners</t>
+  </si>
+  <si>
+    <t>This policy covers the minimum energy performance standard (MEPS) for air conditioners.</t>
+  </si>
+  <si>
+    <t>ISO 5151:1994</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-4-minimum-efficiency-standard-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1115032</t>
+  </si>
+  <si>
+    <t>Resolution No. 54 - Labeling for Instantaneous Gas Water Heaters</t>
+  </si>
+  <si>
+    <t>This policy applies to instantaneous gas water heaters.</t>
+  </si>
+  <si>
+    <t>Instantaneous Water Heaters</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>SEC PC N° 6/1-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-54-labeling-instantaneous-gas-water-heaters</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1104856&amp;f=2017-07-04</t>
+  </si>
+  <si>
+    <t>Resolution No. 6 - Labeling for Clothes Dryers</t>
+  </si>
+  <si>
+    <t>This policy specifies labeling requirements for clothes dryers.</t>
+  </si>
+  <si>
+    <t>IEC 61121:2012-04</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-6-labeling-clothes-dryers</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100325</t>
+  </si>
+  <si>
+    <t>Resolution No. 69 - Labeling for Gas Cooking Appliances</t>
+  </si>
+  <si>
+    <t>Labeling for gas cooking appliances.</t>
+  </si>
+  <si>
+    <t>Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>SEC PC Nº7/1-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-69-labeling-gas-cooking-appliances</t>
+  </si>
+  <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_COMBUSTIBLES/PC_7-1_2.PDF</t>
+  </si>
+  <si>
+    <t>Resolution No. 7 - Labeling for Televisions</t>
+  </si>
+  <si>
+    <t>This policy specifies labeling requirements for televisions.</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
-    <t>AS/NZS 62087.1:2010AS/NZS62087.2.2:2011</t>
-[...119 lines deleted...]
-    <t>Resolution No. 10/2020 - Minimum Efficiency Standard for Interior Lighting</t>
+    <t>IEC 62087</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-7-labeling-televisions</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100326</t>
+  </si>
+  <si>
+    <t>Resolution No. 70 - Labeling for Clothes Washers</t>
+  </si>
+  <si>
+    <t>This protocol provides specifications for certifying efficiency of clothes washers for domestic use, with or without heating devices, operating with cold or hot water.</t>
+  </si>
+  <si>
+    <t>SEC PE Nº1/06/2 / UNIT 1171:2010 / UNIT 1171:2010 / IRAM 2141-3 (2010)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-70-labeling-clothes-washers</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073368</t>
+  </si>
+  <si>
+    <t>Resolution No. 71 - Labeling for Tungsten Halogen Lamps</t>
+  </si>
+  <si>
+    <t>This protocol provides specifications for energy efficiency labeling for tungsten halogen lamps.</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
-    <t>September 2022</t>
-[...94 lines deleted...]
-  <si>
     <t>IEC 60357:2002-11 / IEC 60357 Amend. 1:2006-04 / IEC 60357 Amend. 2:2008-10</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-71-labeling-tungsten-halogen-lamps</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073369</t>
+  </si>
+  <si>
     <t>Resolution No. 74 - Minimum Efficiency Standard for Domestic Refrigerators</t>
   </si>
   <si>
+    <t>This policy covers the minimum energy performance standard (MEPS) for domestic refrigerators.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>NCh3000.Of2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-74-minimum-efficiency-standard-domestic-refrigerators</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1073371&amp;f=2015-01-10&amp;p=</t>
+  </si>
+  <si>
     <t>Resolution No. 8 - Labeling for Dishwashers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for electric dishwashers.</t>
+  </si>
+  <si>
     <t>IEC 60436:2012-04</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-8-labeling-dishwashers</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100327</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -835,1603 +833,1216 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N35"/>
+  <dimension ref="A1:P23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="205" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="150.963" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="659.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="89.55" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="186.24" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2008</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2004</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>44</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1990</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>45</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>44</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1990</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>45</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>51</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>52</v>
+      </c>
+      <c r="P6" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>56</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>44</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1987</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>45</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>57</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>62</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>63</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>45</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2002</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>45</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>70</v>
+      </c>
+      <c r="P9" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>72</v>
+      </c>
+      <c r="B10" t="s">
+        <v>73</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>74</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>45</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>75</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>76</v>
+      </c>
+      <c r="P10" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>78</v>
+      </c>
+      <c r="B11" t="s">
+        <v>79</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>80</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2008</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>45</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>81</v>
+      </c>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>82</v>
+      </c>
+      <c r="P11" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>84</v>
+      </c>
+      <c r="B12" t="s">
+        <v>85</v>
+      </c>
+      <c r="C12" t="s">
+        <v>86</v>
+      </c>
+      <c r="D12" t="s">
+        <v>87</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>44</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2011</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>88</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>89</v>
+      </c>
+      <c r="M12" t="s">
+        <v>90</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>91</v>
+      </c>
+      <c r="P12" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>93</v>
+      </c>
+      <c r="B13" t="s">
+        <v>94</v>
+      </c>
+      <c r="C13" t="s">
+        <v>86</v>
+      </c>
+      <c r="D13" t="s">
+        <v>95</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>44</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2007</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>96</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>97</v>
+      </c>
+      <c r="M13" t="s">
+        <v>98</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>99</v>
+      </c>
+      <c r="P13" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>101</v>
+      </c>
+      <c r="B14" t="s">
+        <v>102</v>
+      </c>
+      <c r="C14" t="s">
+        <v>86</v>
+      </c>
+      <c r="D14" t="s">
+        <v>103</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>44</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2011</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>96</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>104</v>
+      </c>
+      <c r="M14" t="s">
+        <v>98</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>105</v>
+      </c>
+      <c r="P14" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>107</v>
+      </c>
+      <c r="B15" t="s">
+        <v>108</v>
+      </c>
+      <c r="C15" t="s">
+        <v>86</v>
+      </c>
+      <c r="D15" t="s">
+        <v>87</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
         <v>2018</v>
       </c>
-      <c r="I2" t="s">
-[...11 lines deleted...]
-      <c r="M2" t="s">
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>96</v>
+      </c>
+      <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...25 lines deleted...]
-      <c r="H3">
+      <c r="L15" t="s">
+        <v>109</v>
+      </c>
+      <c r="M15" t="s">
+        <v>98</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>110</v>
+      </c>
+      <c r="P15" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>112</v>
+      </c>
+      <c r="B16" t="s">
+        <v>113</v>
+      </c>
+      <c r="C16" t="s">
+        <v>86</v>
+      </c>
+      <c r="D16" t="s">
+        <v>114</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>44</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
         <v>2017</v>
       </c>
-      <c r="I3" t="s">
-[...553 lines deleted...]
-      </c>
+      <c r="I16"/>
       <c r="J16" t="s">
-        <v>21</v>
+        <v>96</v>
       </c>
       <c r="K16" t="s">
-        <v>83</v>
+        <v>115</v>
       </c>
       <c r="L16" t="s">
-        <v>23</v>
+        <v>116</v>
       </c>
       <c r="M16" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="N16" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>117</v>
+      </c>
+      <c r="P16" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>85</v>
+        <v>119</v>
       </c>
       <c r="B17" t="s">
-        <v>15</v>
+        <v>120</v>
       </c>
       <c r="C17" t="s">
         <v>86</v>
       </c>
       <c r="D17" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2003</v>
+        <v>44</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
       </c>
       <c r="H17">
-        <v>2018</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I17"/>
       <c r="J17" t="s">
-        <v>21</v>
+        <v>96</v>
       </c>
       <c r="K17" t="s">
-        <v>87</v>
+        <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>23</v>
+        <v>121</v>
       </c>
       <c r="M17" t="s">
+        <v>98</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>122</v>
+      </c>
+      <c r="P17" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>124</v>
+      </c>
+      <c r="B18" t="s">
+        <v>125</v>
+      </c>
+      <c r="C18" t="s">
+        <v>86</v>
+      </c>
+      <c r="D18" t="s">
+        <v>126</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>44</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2014</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>96</v>
+      </c>
+      <c r="K18" t="s">
+        <v>115</v>
+      </c>
+      <c r="L18" t="s">
+        <v>127</v>
+      </c>
+      <c r="M18" t="s">
+        <v>98</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>128</v>
+      </c>
+      <c r="P18" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>130</v>
+      </c>
+      <c r="B19" t="s">
+        <v>131</v>
+      </c>
+      <c r="C19" t="s">
+        <v>86</v>
+      </c>
+      <c r="D19" t="s">
+        <v>132</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>44</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2017</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>96</v>
+      </c>
+      <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="N17" t="s">
-[...40 lines deleted...]
-      <c r="M18" t="s">
+      <c r="L19" t="s">
+        <v>133</v>
+      </c>
+      <c r="M19" t="s">
+        <v>98</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>134</v>
+      </c>
+      <c r="P19" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>136</v>
+      </c>
+      <c r="B20" t="s">
+        <v>137</v>
+      </c>
+      <c r="C20" t="s">
+        <v>86</v>
+      </c>
+      <c r="D20" t="s">
+        <v>50</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>44</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2015</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>96</v>
+      </c>
+      <c r="K20" t="s">
         <v>24</v>
       </c>
-      <c r="N18" t="s">
-[...52 lines deleted...]
-      <c r="C20" t="s">
+      <c r="L20" t="s">
+        <v>138</v>
+      </c>
+      <c r="M20" t="s">
         <v>98</v>
       </c>
-      <c r="D20" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="N20" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>139</v>
+      </c>
+      <c r="P20" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>101</v>
+        <v>141</v>
       </c>
       <c r="B21" t="s">
-        <v>15</v>
+        <v>142</v>
       </c>
       <c r="C21" t="s">
-        <v>102</v>
+        <v>86</v>
       </c>
       <c r="D21" t="s">
-        <v>17</v>
+        <v>143</v>
       </c>
       <c r="E21" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2004</v>
+        <v>44</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
       </c>
       <c r="H21">
         <v>2011</v>
       </c>
-      <c r="I21" t="s">
-        <v>29</v>
+      <c r="I21">
+        <v>2015</v>
       </c>
       <c r="J21" t="s">
+        <v>96</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>144</v>
+      </c>
+      <c r="M21" t="s">
+        <v>98</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>145</v>
+      </c>
+      <c r="P21" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>147</v>
+      </c>
+      <c r="B22" t="s">
+        <v>148</v>
+      </c>
+      <c r="C22" t="s">
+        <v>86</v>
+      </c>
+      <c r="D22" t="s">
+        <v>149</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
         <v>21</v>
       </c>
-      <c r="K21" t="s">
-[...5 lines deleted...]
-      <c r="M21" t="s">
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2015</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>96</v>
+      </c>
+      <c r="K22" t="s">
         <v>24</v>
       </c>
-      <c r="N21" t="s">
-[...36 lines deleted...]
-      </c>
       <c r="L22" t="s">
-        <v>23</v>
+        <v>150</v>
       </c>
       <c r="M22" t="s">
+        <v>98</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>151</v>
+      </c>
+      <c r="P22" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>153</v>
+      </c>
+      <c r="B23" t="s">
+        <v>154</v>
+      </c>
+      <c r="C23" t="s">
+        <v>86</v>
+      </c>
+      <c r="D23" t="s">
+        <v>56</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>44</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2017</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>96</v>
+      </c>
+      <c r="K23" t="s">
         <v>24</v>
       </c>
-      <c r="N22" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="L23" t="s">
-        <v>114</v>
+        <v>155</v>
       </c>
       <c r="M23" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="N23" t="s">
-        <v>115</v>
-[...469 lines deleted...]
-      <c r="A35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
         <v>156</v>
       </c>
-      <c r="B35" t="s">
-[...24 lines deleted...]
-      <c r="K35" t="s">
+      <c r="P23" t="s">
         <v>157</v>
       </c>
-      <c r="L35" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>