--- v0 (2025-10-14)
+++ v1 (2026-02-11)
@@ -12,386 +12,494 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="134">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>MEPS for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy references AS/NZS 4847.2:2010, which specifies minimum energy performance requirements for self-ballasted lamps for general lighting services, and AS/NZS 4782.3(Int):2006, which defines performance requirements for double-capped fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Samoa*</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>AS/NZS 4847.2:2010</t>
   </si>
   <si>
     <t>Samoa Ministry of Finance</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.mof.gov.ws/wp-content/uploads/2019/08/Energy-Regulation.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Fluorescent Lamp Ballasts</t>
   </si>
   <si>
+    <t>This policy references AS/NZ 4783.2-2002, which specifies the classification, labeling, and minimum energy performance requirements for ballasts for linear fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>AS/NZ 4783.1:2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-fluorescent-lamp-ballasts</t>
   </si>
   <si>
     <t>MEPS for Incandescent Lamps</t>
   </si>
   <si>
+    <t>This policy specifies requirements for Minimum Energy Performance Standards (MEPS), maximum wattage and other requirements for incandescent lamps, both tungsten filament and tungsten halogen. This policy references standard AS 4934.2-2011.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>AS/NZS 4934.1-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-incandescent-lamps-0</t>
   </si>
   <si>
     <t>MEPS for Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy references AS/NZS 4782.2:2004, which specifies performance and energy efficiency specifications for tubular fluorescent lamps of length 550 mm to 1500 mm both inclusive with wattage of 16 watts or more that are within the scope of AS/NZS 4782.1. Modified adoption of, and reproduced from, IEC 61347-2-11:2001.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>AS/NZS 4782.2:2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-linear-fluorescent-lamps</t>
   </si>
   <si>
     <t>PE No 1/26/2</t>
   </si>
   <si>
+    <t>This protocol provides specifications for single phase air conditioners, of the direct expansion refrigeration type, single or multi-split units, non-ducted, up to a cooling capacity of 12 kW (42000 Btu/h) and condensation by air.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NCh 3081: 2007</t>
   </si>
   <si>
     <t>Superintendencia de Electricidad y Combustibles (SEC) -Fuel and Electricity Sup…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pe-no-1262</t>
   </si>
   <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_ELECTRICIDAD/PE_1-26-2.PDF</t>
+  </si>
+  <si>
     <t>Resolution No. 10/2020 - Minimum Efficiency Standard for Interior Lighting</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Minimum energy performance standard for general lighting.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IEC 60064/2005 /  IEC 60969 (2001) /  IEC 60081 (2002) / IEC 60901 (2001) / IEC 60357:2002-11 / IEC 62612:2018-08</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-102020-minimum-efficiency-standard-interior-lighting</t>
   </si>
   <si>
+    <t>https://www.ingcer.cl/wp-content/uploads/2020/08/FIJA-EST%C3%81NDAR-M%C3%8DNIMO-DE-EFICIENCIAE.pdf</t>
+  </si>
+  <si>
     <t>Resolution No. 1334 - Minimum Efficiency Standard for Domestic Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This policy provides specifications for energy efficiency performance and labeling for refrigerators, freezers and refrigerators-freezers. It originally covered lighting products, which now have their own separate policy.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>PE Nº 5/06/2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-1334-minimum-efficiency-standard-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=254060</t>
+  </si>
+  <si>
     <t>Resolution No. 3199 - Labeling for Electronics in Standby Mode</t>
   </si>
   <si>
+    <t>Specifies labeling requirements for the following products in standby mode: microwave ovens, televisions, decoder (translation: decodificador), DVD player, Blu-ray player, and music equipment (mini and micro components).</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>NCh3107.Of2008 / IEC 62301:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-3199-labeling-electronics-standby-mode</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1167667</t>
+  </si>
+  <si>
     <t>Resolution No. 4 - Minimum Efficiency Standard for Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers the minimum energy performance standard (MEPS) for air conditioners.</t>
+  </si>
+  <si>
     <t>ISO 5151:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-4-minimum-efficiency-standard-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1115032</t>
+  </si>
+  <si>
     <t>Resolution No. 54 - Labeling for Instantaneous Gas Water Heaters</t>
   </si>
   <si>
+    <t>This policy applies to instantaneous gas water heaters.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>SEC PC N° 6/1-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-54-labeling-instantaneous-gas-water-heaters</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1104856&amp;f=2017-07-04</t>
+  </si>
+  <si>
     <t>Resolution No. 6 - Labeling for Clothes Dryers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for clothes dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>IEC 61121:2012-04</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-6-labeling-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100325</t>
+  </si>
+  <si>
     <t>Resolution No. 69 - Labeling for Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>Labeling for gas cooking appliances.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>SEC PC Nº7/1-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-69-labeling-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_COMBUSTIBLES/PC_7-1_2.PDF</t>
+  </si>
+  <si>
     <t>Resolution No. 7 - Labeling for Televisions</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for televisions.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-7-labeling-televisions</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100326</t>
+  </si>
+  <si>
     <t>Resolution No. 70 - Labeling for Clothes Washers</t>
   </si>
   <si>
+    <t>This protocol provides specifications for certifying efficiency of clothes washers for domestic use, with or without heating devices, operating with cold or hot water.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>SEC PE Nº1/06/2 / UNIT 1171:2010 / UNIT 1171:2010 / IRAM 2141-3 (2010)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-70-labeling-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073368</t>
+  </si>
+  <si>
     <t>Resolution No. 71 - Labeling for Tungsten Halogen Lamps</t>
   </si>
   <si>
+    <t>This protocol provides specifications for energy efficiency labeling for tungsten halogen lamps.</t>
+  </si>
+  <si>
     <t>IEC 60357:2002-11 / IEC 60357 Amend. 1:2006-04 / IEC 60357 Amend. 2:2008-10</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-71-labeling-tungsten-halogen-lamps</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073369</t>
+  </si>
+  <si>
     <t>Resolution No. 74 - Minimum Efficiency Standard for Domestic Refrigerators</t>
   </si>
   <si>
+    <t>This policy covers the minimum energy performance standard (MEPS) for domestic refrigerators.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>NCh3000.Of2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-74-minimum-efficiency-standard-domestic-refrigerators</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1073371&amp;f=2015-01-10&amp;p=</t>
+  </si>
+  <si>
     <t>Resolution No. 8 - Labeling for Dishwashers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for electric dishwashers.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IEC 60436:2012-04</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-8-labeling-dishwashers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100327</t>
+  </si>
+  <si>
     <t>Samoa Energy Efficiency (Approved Energy Using Products Standards) Regulations 2018</t>
   </si>
   <si>
+    <t>This regulation specifies the MEPS, labeling requirements, and test methods for:
+1) Non-ducted air conditioners including single phase and 3-phase up to 65kW rated cooling capacity, including air-source heat pumps but not water-source heat pumps, and
+2) Household refrigerating appliances which operate using the vapour compression cycle and use mains electricity (230|240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/samoa-energy-efficiency-approved-energy-using-products-standards-regulations-2018</t>
+  </si>
+  <si>
+    <t>https://www.mof.gov.ws/samoa-energy-efficiency/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -655,909 +763,1026 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N19"/>
+  <dimension ref="A1:P19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="106" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="147" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="106.117" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="379.764" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="134.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="147.393" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="117.828" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2018</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2018</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H4">
+        <v>2018</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L4" t="s">
+        <v>38</v>
+      </c>
+      <c r="M4" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N4" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C5" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3">
+      <c r="D5" t="s">
+        <v>42</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
         <v>2018</v>
       </c>
-      <c r="H3"/>
-      <c r="I3" t="s">
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>43</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>44</v>
+      </c>
+      <c r="P5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>45</v>
+      </c>
+      <c r="B6" t="s">
+        <v>46</v>
+      </c>
+      <c r="C6" t="s">
+        <v>47</v>
+      </c>
+      <c r="D6" t="s">
+        <v>48</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F6" t="s">
+        <v>49</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2011</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>50</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>51</v>
+      </c>
+      <c r="M6" t="s">
+        <v>52</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>47</v>
+      </c>
+      <c r="D7" t="s">
+        <v>37</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...5 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G7" t="s">
+        <v>57</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7">
+        <v>2020</v>
+      </c>
+      <c r="J7" t="s">
+        <v>58</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...16 lines deleted...]
-      <c r="E4" t="s">
+      <c r="L7" t="s">
+        <v>59</v>
+      </c>
+      <c r="M7" t="s">
+        <v>60</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>47</v>
+      </c>
+      <c r="D8" t="s">
+        <v>65</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>49</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2007</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>58</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>66</v>
+      </c>
+      <c r="M8" t="s">
+        <v>60</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>67</v>
+      </c>
+      <c r="P8" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>69</v>
+      </c>
+      <c r="B9" t="s">
+        <v>70</v>
+      </c>
+      <c r="C9" t="s">
+        <v>47</v>
+      </c>
+      <c r="D9" t="s">
+        <v>71</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>49</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2011</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>58</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>72</v>
+      </c>
+      <c r="M9" t="s">
+        <v>60</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>73</v>
+      </c>
+      <c r="P9" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>75</v>
+      </c>
+      <c r="B10" t="s">
+        <v>76</v>
+      </c>
+      <c r="C10" t="s">
+        <v>47</v>
+      </c>
+      <c r="D10" t="s">
+        <v>48</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2018</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>58</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>77</v>
+      </c>
+      <c r="M10" t="s">
+        <v>60</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>78</v>
+      </c>
+      <c r="P10" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>80</v>
+      </c>
+      <c r="B11" t="s">
+        <v>81</v>
+      </c>
+      <c r="C11" t="s">
+        <v>47</v>
+      </c>
+      <c r="D11" t="s">
+        <v>82</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>49</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2017</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>58</v>
+      </c>
+      <c r="K11" t="s">
+        <v>83</v>
+      </c>
+      <c r="L11" t="s">
+        <v>84</v>
+      </c>
+      <c r="M11" t="s">
+        <v>60</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>85</v>
+      </c>
+      <c r="P11" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>87</v>
+      </c>
+      <c r="B12" t="s">
+        <v>88</v>
+      </c>
+      <c r="C12" t="s">
+        <v>47</v>
+      </c>
+      <c r="D12" t="s">
+        <v>89</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>49</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2017</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>58</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>90</v>
+      </c>
+      <c r="M12" t="s">
+        <v>60</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>91</v>
+      </c>
+      <c r="P12" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>93</v>
+      </c>
+      <c r="B13" t="s">
+        <v>94</v>
+      </c>
+      <c r="C13" t="s">
+        <v>47</v>
+      </c>
+      <c r="D13" t="s">
+        <v>95</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>49</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2014</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>58</v>
+      </c>
+      <c r="K13" t="s">
+        <v>83</v>
+      </c>
+      <c r="L13" t="s">
+        <v>96</v>
+      </c>
+      <c r="M13" t="s">
+        <v>60</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>97</v>
+      </c>
+      <c r="P13" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>99</v>
+      </c>
+      <c r="B14" t="s">
+        <v>100</v>
+      </c>
+      <c r="C14" t="s">
+        <v>47</v>
+      </c>
+      <c r="D14" t="s">
+        <v>101</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>49</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2017</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>58</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>102</v>
+      </c>
+      <c r="M14" t="s">
+        <v>60</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>103</v>
+      </c>
+      <c r="P14" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>105</v>
+      </c>
+      <c r="B15" t="s">
+        <v>106</v>
+      </c>
+      <c r="C15" t="s">
+        <v>47</v>
+      </c>
+      <c r="D15" t="s">
+        <v>107</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>49</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2015</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>58</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>108</v>
+      </c>
+      <c r="M15" t="s">
+        <v>60</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>109</v>
+      </c>
+      <c r="P15" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>111</v>
+      </c>
+      <c r="B16" t="s">
+        <v>112</v>
+      </c>
+      <c r="C16" t="s">
+        <v>47</v>
+      </c>
+      <c r="D16" t="s">
+        <v>37</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>49</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2011</v>
+      </c>
+      <c r="I16">
+        <v>2015</v>
+      </c>
+      <c r="J16" t="s">
+        <v>58</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>113</v>
+      </c>
+      <c r="M16" t="s">
+        <v>60</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>114</v>
+      </c>
+      <c r="P16" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>116</v>
+      </c>
+      <c r="B17" t="s">
+        <v>117</v>
+      </c>
+      <c r="C17" t="s">
+        <v>47</v>
+      </c>
+      <c r="D17" t="s">
+        <v>118</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2015</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>58</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>119</v>
+      </c>
+      <c r="M17" t="s">
+        <v>60</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>120</v>
+      </c>
+      <c r="P17" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>122</v>
+      </c>
+      <c r="B18" t="s">
+        <v>123</v>
+      </c>
+      <c r="C18" t="s">
+        <v>47</v>
+      </c>
+      <c r="D18" t="s">
+        <v>124</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>49</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2017</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>58</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>125</v>
+      </c>
+      <c r="M18" t="s">
+        <v>60</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>126</v>
+      </c>
+      <c r="P18" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>128</v>
+      </c>
+      <c r="B19" t="s">
+        <v>129</v>
+      </c>
+      <c r="C19" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4">
+      <c r="D19" t="s">
+        <v>130</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>49</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
         <v>2018</v>
       </c>
-      <c r="H4"/>
-[...12 lines deleted...]
-      <c r="M4" t="s">
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>131</v>
+      </c>
+      <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...627 lines deleted...]
-      </c>
+      <c r="L19"/>
       <c r="M19" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N19" t="s">
-        <v>98</v>
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>132</v>
+      </c>
+      <c r="P19" t="s">
+        <v>133</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>