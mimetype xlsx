--- v0 (2025-10-11)
+++ v1 (2025-12-05)
@@ -12,359 +12,459 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="123">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Labeling Scheme</t>
   </si>
   <si>
+    <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
+  </si>
+  <si>
     <t>Tajikistan</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-scheme</t>
   </si>
   <si>
+    <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
+  </si>
+  <si>
     <t>Labeling for Domestic Lighting</t>
   </si>
   <si>
+    <t>This policy is under development and will cover labeling requirements for domestic lighting.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/labeling-domestic-lighting</t>
   </si>
   <si>
+    <t>https://energia.gob.cl/consultas-publicas/especificaciones-tecnicas-para-el-diseno-de-la-etiqueta-de-eficiencia-energetica-para-lamparas-de-uso-domestico</t>
+  </si>
+  <si>
     <t>Minimum Equipment Energy Performance Standards</t>
   </si>
   <si>
+    <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-equipment-energy-performance-standards</t>
   </si>
   <si>
     <t>PE No 1/26/2</t>
   </si>
   <si>
+    <t>This protocol provides specifications for single phase air conditioners, of the direct expansion refrigeration type, single or multi-split units, non-ducted, up to a cooling capacity of 12 kW (42000 Btu/h) and condensation by air.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NCh 3081: 2007</t>
   </si>
   <si>
     <t>Superintendencia de Electricidad y Combustibles (SEC) -Fuel and Electricity Sup…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pe-no-1262</t>
   </si>
   <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_ELECTRICIDAD/PE_1-26-2.PDF</t>
+  </si>
+  <si>
     <t>Resolution No. 10/2020 - Minimum Efficiency Standard for Interior Lighting</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Minimum energy performance standard for general lighting.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>IEC 60064/2005 /  IEC 60969 (2001) /  IEC 60081 (2002) / IEC 60901 (2001) / IEC 60357:2002-11 / IEC 62612:2018-08</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-102020-minimum-efficiency-standard-interior-lighting</t>
   </si>
   <si>
+    <t>https://www.ingcer.cl/wp-content/uploads/2020/08/FIJA-EST%C3%81NDAR-M%C3%8DNIMO-DE-EFICIENCIAE.pdf</t>
+  </si>
+  <si>
     <t>Resolution No. 1334 - Minimum Efficiency Standard for Domestic Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This policy provides specifications for energy efficiency performance and labeling for refrigerators, freezers and refrigerators-freezers. It originally covered lighting products, which now have their own separate policy.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>PE Nº 5/06/2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-1334-minimum-efficiency-standard-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=254060</t>
+  </si>
+  <si>
     <t>Resolution No. 3199 - Labeling for Electronics in Standby Mode</t>
   </si>
   <si>
+    <t>Specifies labeling requirements for the following products in standby mode: microwave ovens, televisions, decoder (translation: decodificador), DVD player, Blu-ray player, and music equipment (mini and micro components).</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>NCh3107.Of2008 / IEC 62301:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-3199-labeling-electronics-standby-mode</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1167667</t>
+  </si>
+  <si>
     <t>Resolution No. 4 - Minimum Efficiency Standard for Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers the minimum energy performance standard (MEPS) for air conditioners.</t>
+  </si>
+  <si>
     <t>ISO 5151:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-4-minimum-efficiency-standard-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1115032</t>
+  </si>
+  <si>
     <t>Resolution No. 54 - Labeling for Instantaneous Gas Water Heaters</t>
   </si>
   <si>
+    <t>This policy applies to instantaneous gas water heaters.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>SEC PC N° 6/1-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-54-labeling-instantaneous-gas-water-heaters</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1104856&amp;f=2017-07-04</t>
+  </si>
+  <si>
     <t>Resolution No. 6 - Labeling for Clothes Dryers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for clothes dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>IEC 61121:2012-04</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-6-labeling-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100325</t>
+  </si>
+  <si>
     <t>Resolution No. 69 - Labeling for Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>Labeling for gas cooking appliances.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>SEC PC Nº7/1-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-69-labeling-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_COMBUSTIBLES/PC_7-1_2.PDF</t>
+  </si>
+  <si>
     <t>Resolution No. 7 - Labeling for Televisions</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for televisions.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-7-labeling-televisions</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100326</t>
+  </si>
+  <si>
     <t>Resolution No. 70 - Labeling for Clothes Washers</t>
   </si>
   <si>
+    <t>This protocol provides specifications for certifying efficiency of clothes washers for domestic use, with or without heating devices, operating with cold or hot water.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>SEC PE Nº1/06/2 / UNIT 1171:2010 / UNIT 1171:2010 / IRAM 2141-3 (2010)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-70-labeling-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073368</t>
+  </si>
+  <si>
     <t>Resolution No. 71 - Labeling for Tungsten Halogen Lamps</t>
   </si>
   <si>
+    <t>This protocol provides specifications for energy efficiency labeling for tungsten halogen lamps.</t>
+  </si>
+  <si>
     <t>IEC 60357:2002-11 / IEC 60357 Amend. 1:2006-04 / IEC 60357 Amend. 2:2008-10</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-71-labeling-tungsten-halogen-lamps</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073369</t>
+  </si>
+  <si>
     <t>Resolution No. 74 - Minimum Efficiency Standard for Domestic Refrigerators</t>
   </si>
   <si>
+    <t>This policy covers the minimum energy performance standard (MEPS) for domestic refrigerators.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>NCh3000.Of2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-74-minimum-efficiency-standard-domestic-refrigerators</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1073371&amp;f=2015-01-10&amp;p=</t>
+  </si>
+  <si>
     <t>Resolution No. 8 - Labeling for Dishwashers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for electric dishwashers.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IEC 60436:2012-04</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-8-labeling-dishwashers</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100327</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -628,819 +728,924 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N17"/>
+  <dimension ref="A1:P17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="106" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="147" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="106.117" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="496.593" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="134.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="134.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="147.393" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="181.527" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-[...3 lines deleted...]
-      <c r="J2" t="s">
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="H5">
+        <v>2011</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>47</v>
+      </c>
+      <c r="K5" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5" t="s">
+        <v>48</v>
+      </c>
+      <c r="M5" t="s">
+        <v>49</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>42</v>
+      </c>
+      <c r="G6" t="s">
+        <v>54</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6">
+        <v>2020</v>
+      </c>
+      <c r="J6" t="s">
+        <v>35</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
+        <v>37</v>
+      </c>
+      <c r="N6" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...16 lines deleted...]
-      <c r="J3" t="s">
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
         <v>31</v>
       </c>
-      <c r="K3"/>
-      <c r="L3" t="s">
+      <c r="D7" t="s">
+        <v>60</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2007</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>35</v>
+      </c>
+      <c r="K7" t="s">
+        <v>36</v>
+      </c>
+      <c r="L7" t="s">
+        <v>61</v>
+      </c>
+      <c r="M7" t="s">
+        <v>37</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>31</v>
+      </c>
+      <c r="D8" t="s">
+        <v>66</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2011</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>35</v>
+      </c>
+      <c r="K8" t="s">
+        <v>36</v>
+      </c>
+      <c r="L8" t="s">
+        <v>67</v>
+      </c>
+      <c r="M8" t="s">
+        <v>37</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>68</v>
+      </c>
+      <c r="P8" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" t="s">
+        <v>31</v>
+      </c>
+      <c r="D9" t="s">
+        <v>46</v>
+      </c>
+      <c r="E9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" t="s">
+        <v>42</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2018</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>35</v>
+      </c>
+      <c r="K9" t="s">
+        <v>36</v>
+      </c>
+      <c r="L9" t="s">
+        <v>72</v>
+      </c>
+      <c r="M9" t="s">
+        <v>37</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>73</v>
+      </c>
+      <c r="P9" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>75</v>
+      </c>
+      <c r="B10" t="s">
+        <v>76</v>
+      </c>
+      <c r="C10" t="s">
+        <v>31</v>
+      </c>
+      <c r="D10" t="s">
+        <v>77</v>
+      </c>
+      <c r="E10" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2017</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>35</v>
+      </c>
+      <c r="K10" t="s">
+        <v>78</v>
+      </c>
+      <c r="L10" t="s">
+        <v>79</v>
+      </c>
+      <c r="M10" t="s">
+        <v>37</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>80</v>
+      </c>
+      <c r="P10" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>82</v>
+      </c>
+      <c r="B11" t="s">
+        <v>83</v>
+      </c>
+      <c r="C11" t="s">
+        <v>31</v>
+      </c>
+      <c r="D11" t="s">
+        <v>84</v>
+      </c>
+      <c r="E11" t="s">
+        <v>33</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2017</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>35</v>
+      </c>
+      <c r="K11" t="s">
+        <v>36</v>
+      </c>
+      <c r="L11" t="s">
+        <v>85</v>
+      </c>
+      <c r="M11" t="s">
+        <v>37</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>86</v>
+      </c>
+      <c r="P11" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>88</v>
+      </c>
+      <c r="B12" t="s">
+        <v>89</v>
+      </c>
+      <c r="C12" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" t="s">
+        <v>90</v>
+      </c>
+      <c r="E12" t="s">
+        <v>33</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2014</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>35</v>
+      </c>
+      <c r="K12" t="s">
+        <v>78</v>
+      </c>
+      <c r="L12" t="s">
+        <v>91</v>
+      </c>
+      <c r="M12" t="s">
+        <v>37</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>92</v>
+      </c>
+      <c r="P12" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>94</v>
+      </c>
+      <c r="B13" t="s">
+        <v>95</v>
+      </c>
+      <c r="C13" t="s">
+        <v>31</v>
+      </c>
+      <c r="D13" t="s">
+        <v>96</v>
+      </c>
+      <c r="E13" t="s">
+        <v>33</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2017</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>35</v>
+      </c>
+      <c r="K13" t="s">
+        <v>36</v>
+      </c>
+      <c r="L13" t="s">
+        <v>97</v>
+      </c>
+      <c r="M13" t="s">
+        <v>37</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>98</v>
+      </c>
+      <c r="P13" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>100</v>
+      </c>
+      <c r="B14" t="s">
+        <v>101</v>
+      </c>
+      <c r="C14" t="s">
+        <v>31</v>
+      </c>
+      <c r="D14" t="s">
+        <v>102</v>
+      </c>
+      <c r="E14" t="s">
+        <v>33</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2015</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>35</v>
+      </c>
+      <c r="K14" t="s">
+        <v>36</v>
+      </c>
+      <c r="L14" t="s">
+        <v>103</v>
+      </c>
+      <c r="M14" t="s">
+        <v>37</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>104</v>
+      </c>
+      <c r="P14" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>106</v>
+      </c>
+      <c r="B15" t="s">
+        <v>107</v>
+      </c>
+      <c r="C15" t="s">
+        <v>31</v>
+      </c>
+      <c r="D15" t="s">
         <v>32</v>
       </c>
-      <c r="M3" t="s">
-[...2 lines deleted...]
-      <c r="N3" t="s">
+      <c r="E15" t="s">
         <v>33</v>
       </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2011</v>
+      </c>
+      <c r="I15">
+        <v>2015</v>
+      </c>
+      <c r="J15" t="s">
+        <v>35</v>
+      </c>
+      <c r="K15" t="s">
+        <v>36</v>
+      </c>
+      <c r="L15" t="s">
+        <v>108</v>
+      </c>
+      <c r="M15" t="s">
+        <v>37</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>109</v>
+      </c>
+      <c r="P15" t="s">
+        <v>110</v>
+      </c>
     </row>
-    <row r="4" spans="1:14">
-[...12 lines deleted...]
-      <c r="E4" t="s">
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>111</v>
+      </c>
+      <c r="B16" t="s">
+        <v>112</v>
+      </c>
+      <c r="C16" t="s">
+        <v>31</v>
+      </c>
+      <c r="D16" t="s">
+        <v>113</v>
+      </c>
+      <c r="E16" t="s">
+        <v>33</v>
+      </c>
+      <c r="F16" t="s">
+        <v>42</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2015</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
         <v>35</v>
       </c>
-      <c r="F4" t="s">
-[...9 lines deleted...]
-      <c r="J4" t="s">
+      <c r="K16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L16" t="s">
+        <v>114</v>
+      </c>
+      <c r="M16" t="s">
+        <v>37</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>115</v>
+      </c>
+      <c r="P16" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>117</v>
+      </c>
+      <c r="B17" t="s">
+        <v>118</v>
+      </c>
+      <c r="C17" t="s">
         <v>31</v>
       </c>
-      <c r="K4"/>
-      <c r="L4" t="s">
+      <c r="D17" t="s">
+        <v>119</v>
+      </c>
+      <c r="E17" t="s">
+        <v>33</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
         <v>22</v>
       </c>
-      <c r="M4" t="s">
-[...2 lines deleted...]
-      <c r="N4" t="s">
+      <c r="H17">
+        <v>2017</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>35</v>
+      </c>
+      <c r="K17" t="s">
         <v>36</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" t="s">
+      <c r="L17" t="s">
+        <v>120</v>
+      </c>
+      <c r="M17" t="s">
         <v>37</v>
       </c>
-      <c r="B5" t="s">
+      <c r="N17" t="s">
         <v>26</v>
       </c>
-      <c r="C5" t="s">
-[...539 lines deleted...]
-        <v>89</v>
+      <c r="O17" t="s">
+        <v>121</v>
+      </c>
+      <c r="P17" t="s">
+        <v>122</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>