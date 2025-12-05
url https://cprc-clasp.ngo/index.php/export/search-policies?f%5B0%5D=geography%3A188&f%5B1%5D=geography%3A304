--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,353 +12,450 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Labeling for Domestic Lighting</t>
   </si>
   <si>
+    <t>This policy is under development and will cover labeling requirements for domestic lighting.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/labeling-domestic-lighting</t>
   </si>
   <si>
+    <t>https://energia.gob.cl/consultas-publicas/especificaciones-tecnicas-para-el-diseno-de-la-etiqueta-de-eficiencia-energetica-para-lamparas-de-uso-domestico</t>
+  </si>
+  <si>
     <t>PE No 1/26/2</t>
   </si>
   <si>
+    <t>This protocol provides specifications for single phase air conditioners, of the direct expansion refrigeration type, single or multi-split units, non-ducted, up to a cooling capacity of 12 kW (42000 Btu/h) and condensation by air.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NCh 3081: 2007</t>
   </si>
   <si>
     <t>Superintendencia de Electricidad y Combustibles (SEC) -Fuel and Electricity Sup…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pe-no-1262</t>
   </si>
   <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_ELECTRICIDAD/PE_1-26-2.PDF</t>
+  </si>
+  <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
+    <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
+  </si>
+  <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Tonga Ministry of Commerce, Consumer, Trade, Innovation, and Labour</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-under-consumer-protection-act-2015</t>
   </si>
   <si>
+    <t>http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ ,http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.----http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ , http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.</t>
+  </si>
+  <si>
     <t>Resolution No. 10/2020 - Minimum Efficiency Standard for Interior Lighting</t>
   </si>
   <si>
+    <t>Minimum energy performance standard for general lighting.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>IEC 60064/2005 /  IEC 60969 (2001) /  IEC 60081 (2002) / IEC 60901 (2001) / IEC 60357:2002-11 / IEC 62612:2018-08</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-102020-minimum-efficiency-standard-interior-lighting</t>
   </si>
   <si>
+    <t>https://www.ingcer.cl/wp-content/uploads/2020/08/FIJA-EST%C3%81NDAR-M%C3%8DNIMO-DE-EFICIENCIAE.pdf</t>
+  </si>
+  <si>
     <t>Resolution No. 1334 - Minimum Efficiency Standard for Domestic Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This policy provides specifications for energy efficiency performance and labeling for refrigerators, freezers and refrigerators-freezers. It originally covered lighting products, which now have their own separate policy.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>PE Nº 5/06/2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-1334-minimum-efficiency-standard-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=254060</t>
+  </si>
+  <si>
     <t>Resolution No. 3199 - Labeling for Electronics in Standby Mode</t>
   </si>
   <si>
+    <t>Specifies labeling requirements for the following products in standby mode: microwave ovens, televisions, decoder (translation: decodificador), DVD player, Blu-ray player, and music equipment (mini and micro components).</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>NCh3107.Of2008 / IEC 62301:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-3199-labeling-electronics-standby-mode</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1167667</t>
+  </si>
+  <si>
     <t>Resolution No. 4 - Minimum Efficiency Standard for Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers the minimum energy performance standard (MEPS) for air conditioners.</t>
+  </si>
+  <si>
     <t>ISO 5151:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-4-minimum-efficiency-standard-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1115032</t>
+  </si>
+  <si>
     <t>Resolution No. 54 - Labeling for Instantaneous Gas Water Heaters</t>
   </si>
   <si>
+    <t>This policy applies to instantaneous gas water heaters.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>SEC PC N° 6/1-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-54-labeling-instantaneous-gas-water-heaters</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1104856&amp;f=2017-07-04</t>
+  </si>
+  <si>
     <t>Resolution No. 6 - Labeling for Clothes Dryers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for clothes dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>IEC 61121:2012-04</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-6-labeling-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100325</t>
+  </si>
+  <si>
     <t>Resolution No. 69 - Labeling for Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>Labeling for gas cooking appliances.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>SEC PC Nº7/1-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-69-labeling-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_COMBUSTIBLES/PC_7-1_2.PDF</t>
+  </si>
+  <si>
     <t>Resolution No. 7 - Labeling for Televisions</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for televisions.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-7-labeling-televisions</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100326</t>
+  </si>
+  <si>
     <t>Resolution No. 70 - Labeling for Clothes Washers</t>
   </si>
   <si>
+    <t>This protocol provides specifications for certifying efficiency of clothes washers for domestic use, with or without heating devices, operating with cold or hot water.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>SEC PE Nº1/06/2 / UNIT 1171:2010 / UNIT 1171:2010 / IRAM 2141-3 (2010)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-70-labeling-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073368</t>
+  </si>
+  <si>
     <t>Resolution No. 71 - Labeling for Tungsten Halogen Lamps</t>
   </si>
   <si>
+    <t>This protocol provides specifications for energy efficiency labeling for tungsten halogen lamps.</t>
+  </si>
+  <si>
     <t>IEC 60357:2002-11 / IEC 60357 Amend. 1:2006-04 / IEC 60357 Amend. 2:2008-10</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-71-labeling-tungsten-halogen-lamps</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073369</t>
+  </si>
+  <si>
     <t>Resolution No. 74 - Minimum Efficiency Standard for Domestic Refrigerators</t>
   </si>
   <si>
+    <t>This policy covers the minimum energy performance standard (MEPS) for domestic refrigerators.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>NCh3000.Of2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-74-minimum-efficiency-standard-domestic-refrigerators</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1073371&amp;f=2015-01-10&amp;p=</t>
+  </si>
+  <si>
     <t>Resolution No. 8 - Labeling for Dishwashers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for electric dishwashers.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IEC 60436:2012-04</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-8-labeling-dishwashers</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100327</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -622,779 +719,878 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N16"/>
+  <dimension ref="A1:P16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="106" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="147" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="106.117" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="134.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="147.393" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2"/>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3">
+        <v>2011</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4"/>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>33</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
         <v>19</v>
       </c>
-      <c r="G2"/>
-[...1 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F5" t="s">
+        <v>50</v>
+      </c>
+      <c r="G5" t="s">
+        <v>51</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5">
+        <v>2020</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>57</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...3 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G6" t="s">
+        <v>32</v>
+      </c>
+      <c r="H6">
+        <v>2007</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K6" t="s">
         <v>24</v>
       </c>
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>63</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>32</v>
+      </c>
+      <c r="H7">
+        <v>2011</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>64</v>
+      </c>
+      <c r="M7" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N7" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="O7" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3">
+      <c r="D8" t="s">
+        <v>31</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>50</v>
+      </c>
+      <c r="G8" t="s">
+        <v>32</v>
+      </c>
+      <c r="H8">
+        <v>2018</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>69</v>
+      </c>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>70</v>
+      </c>
+      <c r="P8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>72</v>
+      </c>
+      <c r="B9" t="s">
+        <v>73</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>74</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>32</v>
+      </c>
+      <c r="H9">
+        <v>2017</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>75</v>
+      </c>
+      <c r="L9" t="s">
+        <v>76</v>
+      </c>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>77</v>
+      </c>
+      <c r="P9" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>81</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>32</v>
+      </c>
+      <c r="H10">
+        <v>2017</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>82</v>
+      </c>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>83</v>
+      </c>
+      <c r="P10" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>85</v>
+      </c>
+      <c r="B11" t="s">
+        <v>86</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>87</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>32</v>
+      </c>
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>75</v>
+      </c>
+      <c r="L11" t="s">
+        <v>88</v>
+      </c>
+      <c r="M11" t="s">
+        <v>25</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>89</v>
+      </c>
+      <c r="P11" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>91</v>
+      </c>
+      <c r="B12" t="s">
+        <v>92</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>93</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>32</v>
+      </c>
+      <c r="H12">
+        <v>2017</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>94</v>
+      </c>
+      <c r="M12" t="s">
+        <v>25</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>95</v>
+      </c>
+      <c r="P12" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>97</v>
+      </c>
+      <c r="B13" t="s">
+        <v>98</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>99</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>32</v>
+      </c>
+      <c r="H13">
+        <v>2015</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>100</v>
+      </c>
+      <c r="M13" t="s">
+        <v>25</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>101</v>
+      </c>
+      <c r="P13" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>103</v>
+      </c>
+      <c r="B14" t="s">
+        <v>104</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>32</v>
+      </c>
+      <c r="H14">
         <v>2011</v>
       </c>
-      <c r="H3"/>
-[...3 lines deleted...]
-      <c r="J3" t="s">
+      <c r="I14">
+        <v>2015</v>
+      </c>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>105</v>
+      </c>
+      <c r="M14" t="s">
+        <v>25</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>106</v>
+      </c>
+      <c r="P14" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>108</v>
+      </c>
+      <c r="B15" t="s">
+        <v>109</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>110</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>50</v>
+      </c>
+      <c r="G15" t="s">
+        <v>32</v>
+      </c>
+      <c r="H15">
+        <v>2015</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>111</v>
+      </c>
+      <c r="M15" t="s">
+        <v>25</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>112</v>
+      </c>
+      <c r="P15" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>114</v>
+      </c>
+      <c r="B16" t="s">
+        <v>115</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>116</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...5 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G16" t="s">
+        <v>32</v>
+      </c>
+      <c r="H16">
+        <v>2017</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
         <v>23</v>
       </c>
-      <c r="N3" t="s">
-[...178 lines deleted...]
-      <c r="C8" t="s">
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>117</v>
+      </c>
+      <c r="M16" t="s">
+        <v>25</v>
+      </c>
+      <c r="N16" t="s">
         <v>26</v>
       </c>
-      <c r="D8" t="s">
-[...366 lines deleted...]
-        <v>87</v>
+      <c r="O16" t="s">
+        <v>118</v>
+      </c>
+      <c r="P16" t="s">
+        <v>119</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>