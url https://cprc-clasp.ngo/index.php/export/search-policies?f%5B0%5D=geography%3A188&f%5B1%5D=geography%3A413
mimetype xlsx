--- v0 (2025-10-13)
+++ v1 (2025-12-04)
@@ -12,383 +12,486 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Labeling for Domestic Lighting</t>
   </si>
   <si>
+    <t>This policy is under development and will cover labeling requirements for domestic lighting.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/labeling-domestic-lighting</t>
   </si>
   <si>
+    <t>https://energia.gob.cl/consultas-publicas/especificaciones-tecnicas-para-el-diseno-de-la-etiqueta-de-eficiencia-energetica-para-lamparas-de-uso-domestico</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
+    <t>This policy applies to off-grid renewable energy products with batteries and solar modules with DC system voltages not exceeding 35 V and peak power ratings not exceeding 350 W.</t>
+  </si>
+  <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2023</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5:2018</t>
   </si>
   <si>
     <t>Malawi Bureau of Standards (MBS)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:112914829377027::::FSP_ORG_ID,FSP_LANG_ID:1090,25</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
     <t>MS IEC TS 62257-9-8</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
+    <t>https://nam10.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.iec.ch%2Fdyn%2Fwww%2Ff%3Fp%3D103%3A36%3A112914829377027%3A%3A%3A%3AFSP_ORG_ID%2CFSP_LANG_ID%3A1090%2C25&amp;data=05%7C01%7Clboucher%40clasp.ngo%7C991380eb2ddc4597b0bd08dbd6ffa68d%7C893cf7999fee4d2a8d71655b7b1e53d2%7C0%7C0%7C638340165728696357%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=BRfwqZ8YWSBCwfEf9yfxjELTLNVh5Efnf5BHKmWv9cw%3D&amp;reserved=0</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Refrigerating Appliances</t>
   </si>
   <si>
+    <t>This standard will apply to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant, and foam blowing agent, product information, and declaration of conformity 1975 and its regulations.</t>
+  </si>
+  <si>
     <t>Refrigeration</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>IEC 62552:2015, Part 1, 2, and 3</t>
   </si>
   <si>
     <t>Malawi Energy Regulatory Authority (MERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-refrigerating-appliances</t>
   </si>
   <si>
     <t>PE No 1/26/2</t>
   </si>
   <si>
+    <t>This protocol provides specifications for single phase air conditioners, of the direct expansion refrigeration type, single or multi-split units, non-ducted, up to a cooling capacity of 12 kW (42000 Btu/h) and condensation by air.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NCh 3081: 2007</t>
   </si>
   <si>
     <t>Superintendencia de Electricidad y Combustibles (SEC) -Fuel and Electricity Sup…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pe-no-1262</t>
   </si>
   <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_ELECTRICIDAD/PE_1-26-2.PDF</t>
+  </si>
+  <si>
     <t>Resolution No. 10/2020 - Minimum Efficiency Standard for Interior Lighting</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Minimum energy performance standard for general lighting.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>IEC 60064/2005 /  IEC 60969 (2001) /  IEC 60081 (2002) / IEC 60901 (2001) / IEC 60357:2002-11 / IEC 62612:2018-08</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-102020-minimum-efficiency-standard-interior-lighting</t>
   </si>
   <si>
+    <t>https://www.ingcer.cl/wp-content/uploads/2020/08/FIJA-EST%C3%81NDAR-M%C3%8DNIMO-DE-EFICIENCIAE.pdf</t>
+  </si>
+  <si>
     <t>Resolution No. 1334 - Minimum Efficiency Standard for Domestic Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This policy provides specifications for energy efficiency performance and labeling for refrigerators, freezers and refrigerators-freezers. It originally covered lighting products, which now have their own separate policy.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>PE Nº 5/06/2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-1334-minimum-efficiency-standard-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=254060</t>
+  </si>
+  <si>
     <t>Resolution No. 3199 - Labeling for Electronics in Standby Mode</t>
   </si>
   <si>
+    <t>Specifies labeling requirements for the following products in standby mode: microwave ovens, televisions, decoder (translation: decodificador), DVD player, Blu-ray player, and music equipment (mini and micro components).</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>NCh3107.Of2008 / IEC 62301:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-3199-labeling-electronics-standby-mode</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1167667</t>
+  </si>
+  <si>
     <t>Resolution No. 4 - Minimum Efficiency Standard for Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers the minimum energy performance standard (MEPS) for air conditioners.</t>
+  </si>
+  <si>
     <t>ISO 5151:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-4-minimum-efficiency-standard-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1115032</t>
+  </si>
+  <si>
     <t>Resolution No. 54 - Labeling for Instantaneous Gas Water Heaters</t>
   </si>
   <si>
+    <t>This policy applies to instantaneous gas water heaters.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>SEC PC N° 6/1-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-54-labeling-instantaneous-gas-water-heaters</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1104856&amp;f=2017-07-04</t>
+  </si>
+  <si>
     <t>Resolution No. 6 - Labeling for Clothes Dryers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for clothes dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>IEC 61121:2012-04</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-6-labeling-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100325</t>
+  </si>
+  <si>
     <t>Resolution No. 69 - Labeling for Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>Labeling for gas cooking appliances.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>SEC PC Nº7/1-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-69-labeling-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_COMBUSTIBLES/PC_7-1_2.PDF</t>
+  </si>
+  <si>
     <t>Resolution No. 7 - Labeling for Televisions</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for televisions.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-7-labeling-televisions</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100326</t>
+  </si>
+  <si>
     <t>Resolution No. 70 - Labeling for Clothes Washers</t>
   </si>
   <si>
+    <t>This protocol provides specifications for certifying efficiency of clothes washers for domestic use, with or without heating devices, operating with cold or hot water.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>SEC PE Nº1/06/2 / UNIT 1171:2010 / UNIT 1171:2010 / IRAM 2141-3 (2010)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-70-labeling-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073368</t>
+  </si>
+  <si>
     <t>Resolution No. 71 - Labeling for Tungsten Halogen Lamps</t>
   </si>
   <si>
+    <t>This protocol provides specifications for energy efficiency labeling for tungsten halogen lamps.</t>
+  </si>
+  <si>
     <t>IEC 60357:2002-11 / IEC 60357 Amend. 1:2006-04 / IEC 60357 Amend. 2:2008-10</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-71-labeling-tungsten-halogen-lamps</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073369</t>
+  </si>
+  <si>
     <t>Resolution No. 74 - Minimum Efficiency Standard for Domestic Refrigerators</t>
   </si>
   <si>
+    <t>This policy covers the minimum energy performance standard (MEPS) for domestic refrigerators.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>NCh3000.Of2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-74-minimum-efficiency-standard-domestic-refrigerators</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1073371&amp;f=2015-01-10&amp;p=</t>
+  </si>
+  <si>
     <t>Resolution No. 8 - Labeling for Dishwashers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for electric dishwashers.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IEC 60436:2012-04</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-8-labeling-dishwashers</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100327</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -652,863 +755,972 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N18"/>
+  <dimension ref="A1:P18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="106" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="147" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="106.117" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="599.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="134.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="147.393" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="566.148" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2"/>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2022</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>39</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>30</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2022</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>36</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>38</v>
+      </c>
+      <c r="N4" t="s">
+        <v>39</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>49</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M5" t="s">
+        <v>51</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5"/>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
+        <v>2011</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>56</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>57</v>
+      </c>
+      <c r="M6" t="s">
+        <v>58</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
         <v>19</v>
       </c>
-      <c r="G2"/>
-[...1 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F7" t="s">
+        <v>49</v>
+      </c>
+      <c r="G7" t="s">
+        <v>63</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7">
+        <v>2020</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>64</v>
+      </c>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>69</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...3 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H8">
+        <v>2007</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K8" t="s">
         <v>24</v>
       </c>
+      <c r="L8" t="s">
+        <v>70</v>
+      </c>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>72</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>75</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>35</v>
+      </c>
+      <c r="H9">
+        <v>2011</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>76</v>
+      </c>
+      <c r="M9" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
+      <c r="N9" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...18 lines deleted...]
-      <c r="J3" t="s">
+      <c r="O9" t="s">
+        <v>77</v>
+      </c>
+      <c r="P9" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>55</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>49</v>
+      </c>
+      <c r="G10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H10">
+        <v>2018</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>81</v>
+      </c>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>82</v>
+      </c>
+      <c r="P10" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>84</v>
+      </c>
+      <c r="B11" t="s">
+        <v>85</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>86</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...8 lines deleted...]
-      <c r="N3" t="s">
+      <c r="G11" t="s">
         <v>35</v>
       </c>
+      <c r="H11">
+        <v>2017</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>87</v>
+      </c>
+      <c r="L11" t="s">
+        <v>88</v>
+      </c>
+      <c r="M11" t="s">
+        <v>25</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>89</v>
+      </c>
+      <c r="P11" t="s">
+        <v>90</v>
+      </c>
     </row>
-    <row r="4" spans="1:14">
-[...3 lines deleted...]
-      <c r="B4" t="s">
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>91</v>
+      </c>
+      <c r="B12" t="s">
+        <v>92</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>93</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>35</v>
+      </c>
+      <c r="H12">
+        <v>2017</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>94</v>
+      </c>
+      <c r="M12" t="s">
+        <v>25</v>
+      </c>
+      <c r="N12" t="s">
         <v>26</v>
       </c>
-      <c r="C4" t="s">
-[...18 lines deleted...]
-      <c r="J4" t="s">
+      <c r="O12" t="s">
+        <v>95</v>
+      </c>
+      <c r="P12" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>97</v>
+      </c>
+      <c r="B13" t="s">
+        <v>98</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>99</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...9 lines deleted...]
-        <v>38</v>
+      <c r="G13" t="s">
+        <v>35</v>
+      </c>
+      <c r="H13">
+        <v>2014</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>87</v>
+      </c>
+      <c r="L13" t="s">
+        <v>100</v>
+      </c>
+      <c r="M13" t="s">
+        <v>25</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>101</v>
+      </c>
+      <c r="P13" t="s">
+        <v>102</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...3 lines deleted...]
-      <c r="B5" t="s">
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>103</v>
+      </c>
+      <c r="B14" t="s">
+        <v>104</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>105</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>35</v>
+      </c>
+      <c r="H14">
+        <v>2017</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>106</v>
+      </c>
+      <c r="M14" t="s">
+        <v>25</v>
+      </c>
+      <c r="N14" t="s">
         <v>26</v>
       </c>
-      <c r="C5" t="s">
-[...8 lines deleted...]
-      <c r="F5" t="s">
+      <c r="O14" t="s">
+        <v>107</v>
+      </c>
+      <c r="P14" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>109</v>
+      </c>
+      <c r="B15" t="s">
+        <v>110</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>111</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>35</v>
+      </c>
+      <c r="H15">
+        <v>2015</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>112</v>
+      </c>
+      <c r="M15" t="s">
+        <v>25</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>113</v>
+      </c>
+      <c r="P15" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>115</v>
+      </c>
+      <c r="B16" t="s">
+        <v>116</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
         <v>19</v>
       </c>
-      <c r="G5"/>
-[...1 lines deleted...]
-      <c r="I5" t="s">
+      <c r="E16" t="s">
         <v>20</v>
       </c>
-      <c r="J5" t="s">
+      <c r="F16" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
-[...5 lines deleted...]
-      <c r="M5" t="s">
+      <c r="G16" t="s">
+        <v>35</v>
+      </c>
+      <c r="H16">
+        <v>2011</v>
+      </c>
+      <c r="I16">
+        <v>2015</v>
+      </c>
+      <c r="J16" t="s">
         <v>23</v>
       </c>
-      <c r="N5" t="s">
-        <v>44</v>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>117</v>
+      </c>
+      <c r="M16" t="s">
+        <v>25</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>118</v>
+      </c>
+      <c r="P16" t="s">
+        <v>119</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
-[...12 lines deleted...]
-      <c r="E6" t="s">
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>120</v>
+      </c>
+      <c r="B17" t="s">
+        <v>121</v>
+      </c>
+      <c r="C17" t="s">
         <v>18</v>
       </c>
-      <c r="F6" t="s">
-[...9 lines deleted...]
-      <c r="J6" t="s">
+      <c r="D17" t="s">
+        <v>122</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>49</v>
+      </c>
+      <c r="G17" t="s">
+        <v>35</v>
+      </c>
+      <c r="H17">
+        <v>2015</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>23</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>123</v>
+      </c>
+      <c r="M17" t="s">
+        <v>25</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>124</v>
+      </c>
+      <c r="P17" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>126</v>
+      </c>
+      <c r="B18" t="s">
+        <v>127</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>128</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
         <v>21</v>
       </c>
-      <c r="K6" t="s">
-[...5 lines deleted...]
-      <c r="M6" t="s">
+      <c r="G18" t="s">
+        <v>35</v>
+      </c>
+      <c r="H18">
+        <v>2017</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
         <v>23</v>
       </c>
-      <c r="N6" t="s">
-[...497 lines deleted...]
-      </c>
       <c r="K18" t="s">
-        <v>96</v>
+        <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>22</v>
+        <v>129</v>
       </c>
       <c r="M18" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N18" t="s">
-        <v>97</v>
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>130</v>
+      </c>
+      <c r="P18" t="s">
+        <v>131</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>