--- v0 (2025-12-12)
+++ v1 (2026-02-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="238">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="239">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -172,78 +172,81 @@
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for Clothes Dryers</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme (MELS) requirements for clothes dryers with a rated capacity of up to 10kg.
 Energy Consumption (EC) per wash in kWh (all clothes dryers)
 - 1 tick: NA
 - 2 tick: Rated capacity x 0.55 ≥ EC &gt; Rated capacity x 0.45
 - 3 tick: Rated capacity x 0.45 ≥ EC &gt; Rated capacity x 0.37
 - 4 tick: Rated capacity x 0.37 ≥ EC &gt; Rated capacity x 0.30
 - 5 tick: Rated capacity x 0.30 ≥ EC
 Rated Capacity means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile.</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>IEC 61121:2005 with amendment 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-clothes-dryers</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
-[...2 lines deleted...]
-    <t>MELS for General Lighting</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
+  </si>
+  <si>
+    <t>MELS for General Lighting (2019)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting</t>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
   </si>
   <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MELS for Refrigerators</t>
   </si>
@@ -292,60 +295,60 @@
   </si>
   <si>
     <t>IEC 62087:2008
 ,   
                     IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-televisions</t>
   </si>
   <si>
     <t>MELS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
   </si>
   <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>MEPS for casement and window air-conditioners</t>
   </si>
   <si>
     <t>This policy applies to casement and window (up to 8.8 kW). The Minimum Coefficient of Performance (COP) is set at COP100% &gt; 3.78. Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards: ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1.</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-casement-and-window-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Clothes Dryers</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for clothes dryers with a rated capacity of https://www.nea.gov.sg/up to 10kg. The revised 2022 MEPS are: EC ≤ [Rated Capacity x 0.55], where “Rated Capacity” means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile and “EC” means Energy Consumption in kWh per wash.</t>
   </si>
@@ -396,156 +399,156 @@
   </si>
   <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for lamps as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standard for portable air conditioners.
 Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
 Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
 1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
  N is the number of indoor and outdoor units
  Standby power is expressed in Watts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>MEPS for Refrigerators (2022)</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for the following refrigerators: 
 - Refrigerators without a freezer up to 900L: 
 - Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
 Vadj tot) x 0.409]
 - Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
 - “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
 delivers ice on demand externally through a door.
 - “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2025</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>MEPS for Televisions (2024/2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-televisions-20242025</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors</t>
-[...2 lines deleted...]
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors-2018</t>
+  </si>
+  <si>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>MEPS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-water-heater-2025</t>
   </si>
   <si>
     <t>Register of Manufacturers and Importers of Incandescent and Fluorescent Lamps</t>
   </si>
   <si>
     <t>The Resolution establishes the requirements and procedures, as well as the conditions that will be required to grant the Prior Import Licenses, which must include the mandatory Energy Efficiency Certificate for such products. The Resolution applies to manufacturers and importers of the following products:</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
@@ -1397,1913 +1400,1915 @@
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>45</v>
       </c>
       <c r="B5" t="s">
         <v>46</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>47</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>33</v>
       </c>
       <c r="G5" t="s">
         <v>48</v>
       </c>
       <c r="H5">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
         <v>49</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
         <v>37</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>50</v>
       </c>
       <c r="P5" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>51</v>
       </c>
       <c r="B6" t="s">
         <v>52</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>53</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>33</v>
       </c>
       <c r="G6" t="s">
-        <v>8</v>
+        <v>54</v>
       </c>
       <c r="H6">
         <v>2015</v>
       </c>
       <c r="I6">
         <v>2019</v>
       </c>
       <c r="J6" t="s">
         <v>35</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
         <v>37</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="P6" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>53</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>33</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2015</v>
       </c>
       <c r="I7">
         <v>2024</v>
       </c>
       <c r="J7" t="s">
         <v>49</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
         <v>37</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="P7" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B8" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>33</v>
       </c>
       <c r="G8" t="s">
         <v>48</v>
       </c>
-      <c r="H8">
+      <c r="H8"/>
+      <c r="I8">
         <v>2024</v>
       </c>
-      <c r="I8"/>
       <c r="J8" t="s">
         <v>49</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
         <v>37</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="P8" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B9" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>33</v>
       </c>
       <c r="G9" t="s">
         <v>34</v>
       </c>
       <c r="H9">
         <v>2008</v>
       </c>
       <c r="I9">
         <v>2014</v>
       </c>
       <c r="J9" t="s">
         <v>35</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="M9" t="s">
         <v>37</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="P9" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B10" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
         <v>32</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>33</v>
       </c>
       <c r="G10" t="s">
         <v>8</v>
       </c>
       <c r="H10">
         <v>2008</v>
       </c>
       <c r="I10">
         <v>2014</v>
       </c>
       <c r="J10" t="s">
         <v>35</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="M10" t="s">
         <v>37</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="P10" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B11" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>33</v>
       </c>
       <c r="G11" t="s">
         <v>34</v>
       </c>
       <c r="H11">
         <v>2014</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
         <v>35</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="M11" t="s">
         <v>37</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="P11" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B12" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>33</v>
       </c>
       <c r="G12" t="s">
         <v>34</v>
       </c>
       <c r="H12">
         <v>2021</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
         <v>35</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="M12" t="s">
         <v>37</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="P12" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B13" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>33</v>
       </c>
       <c r="G13" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="H13">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
         <v>49</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
         <v>37</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="P13" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B14" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
         <v>32</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2011</v>
       </c>
       <c r="I14">
         <v>2022</v>
       </c>
       <c r="J14" t="s">
         <v>35</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="M14" t="s">
         <v>37</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="P14" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B15" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
         <v>42</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="G15" t="s">
         <v>8</v>
       </c>
       <c r="H15">
         <v>2014</v>
       </c>
       <c r="I15">
         <v>2022</v>
       </c>
       <c r="J15" t="s">
         <v>35</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="M15" t="s">
         <v>37</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="P15" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B16" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
         <v>47</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="G16" t="s">
         <v>48</v>
       </c>
       <c r="H16">
         <v>2025</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
         <v>49</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
         <v>37</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="P16" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B17" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="G17" t="s">
-        <v>8</v>
+        <v>54</v>
       </c>
       <c r="H17">
         <v>2015</v>
       </c>
       <c r="I17">
         <v>2019</v>
       </c>
       <c r="J17" t="s">
         <v>35</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="M17" t="s">
         <v>37</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="P17" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B18" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
         <v>53</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="G18" t="s">
         <v>8</v>
       </c>
       <c r="H18">
         <v>2015</v>
       </c>
       <c r="I18">
         <v>2024</v>
       </c>
       <c r="J18" t="s">
         <v>49</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
         <v>37</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="P18" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B19" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="G19" t="s">
         <v>34</v>
       </c>
       <c r="H19">
         <v>2024</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
         <v>49</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
         <v>37</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="P19" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B20" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C20" t="s">
         <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="G20" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="H20">
         <v>2011</v>
       </c>
       <c r="I20">
         <v>2022</v>
       </c>
       <c r="J20" t="s">
         <v>35</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="M20" t="s">
         <v>37</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="P20" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B21" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="G21" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H21">
         <v>2011</v>
       </c>
       <c r="I21">
         <v>2025</v>
       </c>
       <c r="J21" t="s">
         <v>49</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
         <v>37</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="P21" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B22" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C22" t="s">
         <v>18</v>
       </c>
       <c r="D22" t="s">
         <v>32</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="G22" t="s">
-        <v>8</v>
+        <v>54</v>
       </c>
       <c r="H22">
         <v>2011</v>
       </c>
       <c r="I22">
         <v>2022</v>
       </c>
       <c r="J22" t="s">
         <v>35</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="M22" t="s">
         <v>37</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="P22" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B23" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C23" t="s">
         <v>18</v>
       </c>
       <c r="D23" t="s">
         <v>32</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2011</v>
       </c>
       <c r="I23">
         <v>2025</v>
       </c>
       <c r="J23" t="s">
         <v>49</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
         <v>37</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="P23" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B24" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C24" t="s">
         <v>18</v>
       </c>
       <c r="D24" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="G24" t="s">
         <v>48</v>
       </c>
-      <c r="H24"/>
+      <c r="H24">
+        <v>2024</v>
+      </c>
       <c r="I24"/>
       <c r="J24" t="s">
         <v>49</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
         <v>37</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="P24" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B25" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C25" t="s">
         <v>18</v>
       </c>
       <c r="D25" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="G25" t="s">
         <v>34</v>
       </c>
       <c r="H25">
         <v>2018</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
         <v>35</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="M25" t="s">
         <v>37</v>
       </c>
       <c r="N25" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="O25" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="P25" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B26" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C26" t="s">
         <v>18</v>
       </c>
       <c r="D26" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="G26" t="s">
         <v>34</v>
       </c>
       <c r="H26">
         <v>2021</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
         <v>35</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="M26" t="s">
         <v>37</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="P26" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B27" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C27" t="s">
         <v>18</v>
       </c>
       <c r="D27" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="G27" t="s">
         <v>48</v>
       </c>
       <c r="H27">
         <v>2025</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
         <v>49</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
         <v>37</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="P27" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B28" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C28" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D28" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2018</v>
       </c>
       <c r="I28">
         <v>2019</v>
       </c>
       <c r="J28" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="P28" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B29" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C29" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D29" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E29" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="F29" t="s">
         <v>33</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2015</v>
       </c>
       <c r="I29">
         <v>2018</v>
       </c>
       <c r="J29" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="K29" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="P29" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B30" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C30" t="s">
         <v>18</v>
       </c>
       <c r="D30" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E30" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="F30" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="G30" t="s">
         <v>48</v>
       </c>
       <c r="H30">
         <v>2012</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="P30" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B31" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C31" t="s">
         <v>18</v>
       </c>
       <c r="D31" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="E31" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="F31" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="G31" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="H31"/>
       <c r="I31"/>
       <c r="J31" t="s">
         <v>23</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="P31" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B32" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C32" t="s">
         <v>18</v>
       </c>
       <c r="D32" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="E32" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="F32" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="G32" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="H32"/>
       <c r="I32"/>
       <c r="J32" t="s">
         <v>23</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="P32" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B33" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C33" t="s">
         <v>18</v>
       </c>
       <c r="D33" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="E33" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="F33" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="G33" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="H33"/>
       <c r="I33"/>
       <c r="J33" t="s">
         <v>23</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="P33" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B34" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C34" t="s">
         <v>18</v>
       </c>
       <c r="D34" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E34" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="F34" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="G34" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="H34"/>
       <c r="I34"/>
       <c r="J34" t="s">
         <v>23</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="P34" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B35" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C35" t="s">
         <v>18</v>
       </c>
       <c r="D35" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E35" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="F35" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2012</v>
       </c>
       <c r="I35">
         <v>2012</v>
       </c>
       <c r="J35" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="P35" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B36" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C36" t="s">
         <v>18</v>
       </c>
       <c r="D36" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="E36" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="F36" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2012</v>
       </c>
       <c r="I36">
         <v>2012</v>
       </c>
       <c r="J36" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="P36" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B37" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C37" t="s">
         <v>18</v>
       </c>
       <c r="D37" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="E37" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="F37" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="G37" t="s">
         <v>48</v>
       </c>
       <c r="H37">
         <v>2013</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="P37" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B38" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C38" t="s">
         <v>18</v>
       </c>
       <c r="D38" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="E38" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="F38" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="G38" t="s">
         <v>48</v>
       </c>
       <c r="H38">
         <v>2017</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="P38" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B39" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C39" t="s">
         <v>18</v>
       </c>
       <c r="D39" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="E39" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="F39" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="G39" t="s">
         <v>48</v>
       </c>
       <c r="H39">
         <v>2017</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="K39" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="P39" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B40" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C40" t="s">
         <v>18</v>
       </c>
       <c r="D40" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="E40" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="F40" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="G40" t="s">
         <v>48</v>
       </c>
       <c r="H40">
         <v>2017</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="K40" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="P40" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B41" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C41" t="s">
         <v>18</v>
       </c>
       <c r="D41" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="E41" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="F41" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>2012</v>
       </c>
       <c r="I41">
         <v>2017</v>
       </c>
       <c r="J41" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="P41" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B42" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C42" t="s">
         <v>18</v>
       </c>
       <c r="D42" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="E42" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="F42" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="G42" t="s">
         <v>48</v>
       </c>
       <c r="H42">
         <v>2017</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="K42" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="P42" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B43" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C43" t="s">
         <v>18</v>
       </c>
       <c r="D43" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E43" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="F43" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2012</v>
       </c>
       <c r="I43">
         <v>2012</v>
       </c>
       <c r="J43" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="P43" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B44" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C44" t="s">
         <v>18</v>
       </c>
       <c r="D44" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="E44" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="F44" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="G44" t="s">
         <v>48</v>
       </c>
       <c r="H44">
         <v>2017</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="K44" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="P44" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">