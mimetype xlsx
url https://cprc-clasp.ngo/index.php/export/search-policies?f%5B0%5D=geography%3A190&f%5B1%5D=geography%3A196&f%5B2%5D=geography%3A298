--- v0 (2025-12-11)
+++ v1 (2026-02-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="338">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="339">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -380,51 +380,51 @@
   <si>
     <t>https://www.inteco.org/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?page=2&amp;search=INTE+28</t>
   </si>
   <si>
     <t>This standard establishes the minimum content of the energy efficiency label for high intensity discharge (HID) lamps for general lighting. This standard applies to high intensity discharge lamps (HID), intended for lighting residential, commercial, services, industrial and public lighting sectors that are marketed in the national territory</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e19-1-2020-0</t>
   </si>
   <si>
     <t>https://www.inteco.org/en_US/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?variant=5672</t>
   </si>
   <si>
     <t>INTE E20-1 2016</t>
   </si>
   <si>
     <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e20-1-2016</t>
   </si>
   <si>
-    <t>https://www.inteco.org/shop/product/inte-e20-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-factor-de-energia-fe-y-factor-de-consumo-de-agua-fca-parte-1-requisitos-1184?search=INTE+28</t>
+    <t>https://inteco.org/tienda/catalogo/INTEE2012016</t>
   </si>
   <si>
     <t>INTE E21-1 2016</t>
   </si>
   <si>
     <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-1-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
   </si>
   <si>
     <t>INTE E21-2 2016</t>
   </si>
   <si>
     <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-2-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
   </si>
@@ -496,75 +496,78 @@
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for Clothes Dryers</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme (MELS) requirements for clothes dryers with a rated capacity of up to 10kg.
 Energy Consumption (EC) per wash in kWh (all clothes dryers)
 - 1 tick: NA
 - 2 tick: Rated capacity x 0.55 ≥ EC &gt; Rated capacity x 0.45
 - 3 tick: Rated capacity x 0.45 ≥ EC &gt; Rated capacity x 0.37
 - 4 tick: Rated capacity x 0.37 ≥ EC &gt; Rated capacity x 0.30
 - 5 tick: Rated capacity x 0.30 ≥ EC
 Rated Capacity means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile.</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>IEC 61121:2005 with amendment 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-clothes-dryers</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
-[...2 lines deleted...]
-    <t>MELS for General Lighting</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
+  </si>
+  <si>
+    <t>MELS for General Lighting (2019)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting</t>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
   </si>
   <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MELS for Refrigerators</t>
   </si>
@@ -610,60 +613,60 @@
   </si>
   <si>
     <t>IEC 62087:2008
 ,   
                     IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-televisions</t>
   </si>
   <si>
     <t>MELS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
   </si>
   <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for air conditioners</t>
   </si>
   <si>
     <t>Information not available</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Comparative Label</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners-3</t>
   </si>
@@ -756,150 +759,150 @@
   </si>
   <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for lamps as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standard for portable air conditioners.
 Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
 Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
 1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
  N is the number of indoor and outdoor units
  Standby power is expressed in Watts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>MEPS for Refrigerators (2022)</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for the following refrigerators: 
 - Refrigerators without a freezer up to 900L: 
 - Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
 Vadj tot) x 0.409]
 - Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
 - “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
 delivers ice on demand externally through a door.
 - “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2025</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>MEPS for Televisions (2024/2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-televisions-20242025</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors</t>
-[...2 lines deleted...]
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors-2018</t>
+  </si>
+  <si>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>MEPS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-water-heater-2025</t>
   </si>
   <si>
     <t>Singapore Green Labeling Scheme: CFLs</t>
   </si>
   <si>
     <t>This standard establishes requirements for integral compact fluorescent lamps (CFL) where the tube and ballast are combined into a single unit. These lamps allow consumers to replace incandescent lamps easily with CFL. The product group that is within the scope of certification would include screw-based lamps with ballast and adaptor in a single assembly.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
@@ -2801,1949 +2804,1951 @@
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
         <v>153</v>
       </c>
       <c r="B28" t="s">
         <v>154</v>
       </c>
       <c r="C28" t="s">
         <v>18</v>
       </c>
       <c r="D28" t="s">
         <v>155</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>41</v>
       </c>
       <c r="G28" t="s">
         <v>104</v>
       </c>
       <c r="H28">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
         <v>156</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
         <v>145</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
         <v>157</v>
       </c>
       <c r="P28" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>158</v>
       </c>
       <c r="B29" t="s">
         <v>159</v>
       </c>
       <c r="C29" t="s">
         <v>18</v>
       </c>
       <c r="D29" t="s">
         <v>160</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>41</v>
       </c>
       <c r="G29" t="s">
-        <v>8</v>
+        <v>161</v>
       </c>
       <c r="H29">
         <v>2015</v>
       </c>
       <c r="I29">
         <v>2019</v>
       </c>
       <c r="J29" t="s">
         <v>143</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
         <v>145</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="P29" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B30" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C30" t="s">
         <v>18</v>
       </c>
       <c r="D30" t="s">
         <v>160</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>41</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2015</v>
       </c>
       <c r="I30">
         <v>2024</v>
       </c>
       <c r="J30" t="s">
         <v>156</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
         <v>145</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="P30" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B31" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C31" t="s">
         <v>18</v>
       </c>
       <c r="D31" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>41</v>
       </c>
       <c r="G31" t="s">
         <v>104</v>
       </c>
-      <c r="H31">
+      <c r="H31"/>
+      <c r="I31">
         <v>2024</v>
       </c>
-      <c r="I31"/>
       <c r="J31" t="s">
         <v>156</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
         <v>145</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="P31" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B32" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C32" t="s">
         <v>18</v>
       </c>
       <c r="D32" t="s">
         <v>33</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>41</v>
       </c>
       <c r="G32" t="s">
         <v>142</v>
       </c>
       <c r="H32">
         <v>2008</v>
       </c>
       <c r="I32">
         <v>2014</v>
       </c>
       <c r="J32" t="s">
         <v>143</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="M32" t="s">
         <v>145</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="P32" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B33" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C33" t="s">
         <v>18</v>
       </c>
       <c r="D33" t="s">
         <v>75</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>41</v>
       </c>
       <c r="G33" t="s">
         <v>8</v>
       </c>
       <c r="H33">
         <v>2008</v>
       </c>
       <c r="I33">
         <v>2014</v>
       </c>
       <c r="J33" t="s">
         <v>143</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="M33" t="s">
         <v>145</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="P33" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B34" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C34" t="s">
         <v>18</v>
       </c>
       <c r="D34" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>41</v>
       </c>
       <c r="G34" t="s">
         <v>142</v>
       </c>
       <c r="H34">
         <v>2014</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
         <v>143</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="M34" t="s">
         <v>145</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="P34" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B35" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C35" t="s">
         <v>18</v>
       </c>
       <c r="D35" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>41</v>
       </c>
       <c r="G35" t="s">
         <v>142</v>
       </c>
       <c r="H35">
         <v>2021</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
         <v>143</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="M35" t="s">
         <v>145</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="P35" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B36" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C36" t="s">
         <v>18</v>
       </c>
       <c r="D36" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>41</v>
       </c>
       <c r="G36" t="s">
-        <v>104</v>
+        <v>142</v>
       </c>
       <c r="H36">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
         <v>156</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
         <v>145</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="P36" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B37" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C37" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D37" t="s">
         <v>75</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="G37" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="H37"/>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="P37" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B38" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C38" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D38" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="G38" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="H38"/>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="P38" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B39" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C39" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D39" t="s">
         <v>33</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="H39"/>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="P39" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B40" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C40" t="s">
         <v>18</v>
       </c>
       <c r="D40" t="s">
         <v>75</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>34</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>2011</v>
       </c>
       <c r="I40">
         <v>2022</v>
       </c>
       <c r="J40" t="s">
         <v>143</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="M40" t="s">
         <v>145</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="P40" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B41" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C41" t="s">
         <v>18</v>
       </c>
       <c r="D41" t="s">
         <v>150</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>34</v>
       </c>
       <c r="G41" t="s">
         <v>8</v>
       </c>
       <c r="H41">
         <v>2014</v>
       </c>
       <c r="I41">
         <v>2022</v>
       </c>
       <c r="J41" t="s">
         <v>143</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="M41" t="s">
         <v>145</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="P41" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B42" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C42" t="s">
         <v>18</v>
       </c>
       <c r="D42" t="s">
         <v>155</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>34</v>
       </c>
       <c r="G42" t="s">
         <v>104</v>
       </c>
       <c r="H42">
         <v>2025</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
         <v>156</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
         <v>145</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="P42" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B43" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C43" t="s">
         <v>18</v>
       </c>
       <c r="D43" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>34</v>
       </c>
       <c r="G43" t="s">
-        <v>8</v>
+        <v>161</v>
       </c>
       <c r="H43">
         <v>2015</v>
       </c>
       <c r="I43">
         <v>2019</v>
       </c>
       <c r="J43" t="s">
         <v>143</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="M43" t="s">
         <v>145</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="P43" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B44" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C44" t="s">
         <v>18</v>
       </c>
       <c r="D44" t="s">
         <v>160</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>34</v>
       </c>
       <c r="G44" t="s">
         <v>8</v>
       </c>
       <c r="H44">
         <v>2015</v>
       </c>
       <c r="I44">
         <v>2024</v>
       </c>
       <c r="J44" t="s">
         <v>156</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
         <v>145</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="P44" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B45" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C45" t="s">
         <v>18</v>
       </c>
       <c r="D45" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>34</v>
       </c>
       <c r="G45" t="s">
         <v>142</v>
       </c>
       <c r="H45">
         <v>2024</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
         <v>156</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45"/>
       <c r="M45" t="s">
         <v>145</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="P45" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B46" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C46" t="s">
         <v>18</v>
       </c>
       <c r="D46" t="s">
         <v>33</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>34</v>
       </c>
       <c r="G46" t="s">
-        <v>22</v>
+        <v>161</v>
       </c>
       <c r="H46">
         <v>2011</v>
       </c>
       <c r="I46">
         <v>2022</v>
       </c>
       <c r="J46" t="s">
         <v>143</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="M46" t="s">
         <v>145</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="P46" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B47" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C47" t="s">
         <v>18</v>
       </c>
       <c r="D47" t="s">
         <v>33</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>34</v>
       </c>
       <c r="G47" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H47">
         <v>2011</v>
       </c>
       <c r="I47">
         <v>2025</v>
       </c>
       <c r="J47" t="s">
         <v>156</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="s">
         <v>145</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="P47" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B48" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C48" t="s">
         <v>18</v>
       </c>
       <c r="D48" t="s">
         <v>75</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>34</v>
       </c>
       <c r="G48" t="s">
-        <v>8</v>
+        <v>161</v>
       </c>
       <c r="H48">
         <v>2011</v>
       </c>
       <c r="I48">
         <v>2022</v>
       </c>
       <c r="J48" t="s">
         <v>143</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="M48" t="s">
         <v>145</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="P48" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B49" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C49" t="s">
         <v>18</v>
       </c>
       <c r="D49" t="s">
         <v>75</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>34</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
         <v>2011</v>
       </c>
       <c r="I49">
         <v>2025</v>
       </c>
       <c r="J49" t="s">
         <v>156</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49"/>
       <c r="M49" t="s">
         <v>145</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="P49" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B50" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C50" t="s">
         <v>18</v>
       </c>
       <c r="D50" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>34</v>
       </c>
       <c r="G50" t="s">
         <v>104</v>
       </c>
-      <c r="H50"/>
+      <c r="H50">
+        <v>2024</v>
+      </c>
       <c r="I50"/>
       <c r="J50" t="s">
         <v>156</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50"/>
       <c r="M50" t="s">
         <v>145</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="P50" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B51" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C51" t="s">
         <v>18</v>
       </c>
       <c r="D51" t="s">
         <v>65</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>34</v>
       </c>
       <c r="G51" t="s">
         <v>142</v>
       </c>
       <c r="H51">
         <v>2018</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
         <v>143</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="M51" t="s">
         <v>145</v>
       </c>
       <c r="N51" t="s">
         <v>66</v>
       </c>
       <c r="O51" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="P51" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B52" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C52" t="s">
         <v>18</v>
       </c>
       <c r="D52" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>34</v>
       </c>
       <c r="G52" t="s">
         <v>142</v>
       </c>
       <c r="H52">
         <v>2021</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
         <v>143</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="M52" t="s">
         <v>145</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="P52" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B53" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C53" t="s">
         <v>18</v>
       </c>
       <c r="D53" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>34</v>
       </c>
       <c r="G53" t="s">
         <v>104</v>
       </c>
       <c r="H53">
         <v>2025</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
         <v>156</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
         <v>145</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="P53" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B54" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C54" t="s">
         <v>18</v>
       </c>
       <c r="D54" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="E54" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="F54" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="G54" t="s">
         <v>104</v>
       </c>
       <c r="H54">
         <v>2012</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54"/>
       <c r="M54" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="P54" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B55" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C55" t="s">
         <v>18</v>
       </c>
       <c r="D55" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="E55" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="F55" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="G55" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="H55"/>
       <c r="I55"/>
       <c r="J55" t="s">
         <v>23</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55"/>
       <c r="M55" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="P55" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B56" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C56" t="s">
         <v>18</v>
       </c>
       <c r="D56" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="E56" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="F56" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="G56" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="H56"/>
       <c r="I56"/>
       <c r="J56" t="s">
         <v>23</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56"/>
       <c r="M56" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="P56" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B57" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C57" t="s">
         <v>18</v>
       </c>
       <c r="D57" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="E57" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="F57" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="G57" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="H57"/>
       <c r="I57"/>
       <c r="J57" t="s">
         <v>23</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57"/>
       <c r="M57" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="P57" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B58" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C58" t="s">
         <v>18</v>
       </c>
       <c r="D58" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="E58" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="F58" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="G58" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="H58"/>
       <c r="I58"/>
       <c r="J58" t="s">
         <v>23</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58"/>
       <c r="M58" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="P58" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="B59" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C59" t="s">
         <v>18</v>
       </c>
       <c r="D59" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="E59" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="F59" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
         <v>2012</v>
       </c>
       <c r="I59">
         <v>2012</v>
       </c>
       <c r="J59" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59"/>
       <c r="M59" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="P59" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="B60" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C60" t="s">
         <v>18</v>
       </c>
       <c r="D60" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="E60" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="F60" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
         <v>2012</v>
       </c>
       <c r="I60">
         <v>2012</v>
       </c>
       <c r="J60" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60"/>
       <c r="M60" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="P60" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B61" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C61" t="s">
         <v>18</v>
       </c>
       <c r="D61" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="E61" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="F61" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="G61" t="s">
         <v>104</v>
       </c>
       <c r="H61">
         <v>2013</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61"/>
       <c r="M61" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="P61" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="B62" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="C62" t="s">
         <v>18</v>
       </c>
       <c r="D62" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="E62" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="F62" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="G62" t="s">
         <v>104</v>
       </c>
       <c r="H62">
         <v>2017</v>
       </c>
       <c r="I62"/>
       <c r="J62" t="s">
         <v>76</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62"/>
       <c r="M62" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="P62" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B63" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C63" t="s">
         <v>18</v>
       </c>
       <c r="D63" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="E63" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="F63" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="G63" t="s">
         <v>104</v>
       </c>
       <c r="H63">
         <v>2017</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
         <v>76</v>
       </c>
       <c r="K63" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="L63"/>
       <c r="M63" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="P63" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B64" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="C64" t="s">
         <v>18</v>
       </c>
       <c r="D64" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="E64" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="F64" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="G64" t="s">
         <v>104</v>
       </c>
       <c r="H64">
         <v>2017</v>
       </c>
       <c r="I64"/>
       <c r="J64" t="s">
         <v>76</v>
       </c>
       <c r="K64" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="L64"/>
       <c r="M64" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="P64" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B65" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C65" t="s">
         <v>18</v>
       </c>
       <c r="D65" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="E65" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="F65" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
         <v>2012</v>
       </c>
       <c r="I65">
         <v>2017</v>
       </c>
       <c r="J65" t="s">
         <v>76</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
       <c r="L65"/>
       <c r="M65" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="P65" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="B66" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C66" t="s">
         <v>18</v>
       </c>
       <c r="D66" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="E66" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="F66" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="G66" t="s">
         <v>104</v>
       </c>
       <c r="H66">
         <v>2017</v>
       </c>
       <c r="I66"/>
       <c r="J66" t="s">
         <v>76</v>
       </c>
       <c r="K66" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="L66"/>
       <c r="M66" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="P66" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="B67" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C67" t="s">
         <v>18</v>
       </c>
       <c r="D67" t="s">
         <v>33</v>
       </c>
       <c r="E67" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="F67" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
         <v>2012</v>
       </c>
       <c r="I67">
         <v>2012</v>
       </c>
       <c r="J67" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
       <c r="L67"/>
       <c r="M67" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="P67" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B68" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C68" t="s">
         <v>18</v>
       </c>
       <c r="D68" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="E68" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="F68" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="G68" t="s">
         <v>104</v>
       </c>
       <c r="H68">
         <v>2017</v>
       </c>
       <c r="I68"/>
       <c r="J68" t="s">
         <v>76</v>
       </c>
       <c r="K68" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="L68"/>
       <c r="M68" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="P68" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">