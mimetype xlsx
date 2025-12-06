--- v0 (2025-10-09)
+++ v1 (2025-12-06)
@@ -12,546 +12,769 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="147">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="221">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>3794 / 2024 Energy Efficiency of Household and Similar Electrical Appliances Measurement and Calculation Methods for Energy Consumption of Refrigerators, Refrigerator-Freezers and Freezers</t>
   </si>
   <si>
+    <t>This standard is mandatory and provides energy efficiency measurement and calculation methods for energy consumption of refrigerators, refrigerator-freezers and freezers.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Refrigeration, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
-    <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
-[...2 lines deleted...]
-    <t>Refrigerators-Freezers, Freezers-only</t>
+    <t>https://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
+    <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2022</t>
-  </si>
-[...16 lines deleted...]
-    <t>Comparative Label</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14491</t>
+  </si>
+  <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
+    <t>http://eos.org.eg/en/standard/14613</t>
+  </si>
+  <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
+    <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14798</t>
+  </si>
+  <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
+    <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/8643</t>
+  </si>
+  <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/4472</t>
+  </si>
+  <si>
     <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
   </si>
   <si>
+    <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/6413</t>
+  </si>
+  <si>
     <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/10626</t>
+  </si>
+  <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
+  </si>
+  <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>IEC 60879</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14011</t>
+  </si>
+  <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14349</t>
+  </si>
+  <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
+    <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
+  </si>
+  <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/15248</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
   </si>
   <si>
+    <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
+  </si>
+  <si>
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
   <si>
     <t>Egyptian Organisation for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-and-similar-electrical-appliances</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14008</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
+  </si>
+  <si>
+    <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14544</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
+  </si>
+  <si>
+    <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14543</t>
+  </si>
+  <si>
     <t>INTE E10-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the specifications to determine the values of energy consumption per liter for self-contained commercial refrigeration equipment.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e10-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-1-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-requisitos-1422?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E10-2 2015</t>
   </si>
   <si>
+    <t>This standard applies to the following self-contained commercial refrigeration equipment powered by electricity; new -imported and domestic; used and rebuilt -only imported. All with capacities of 10 liters of refrigerated volume useful -in function of the energetic limits- or more. The types of equipment are: Vertical coolers with one or more front doors; Horizontal coolers; Horizontal freezers; Vertical freezers; Closed showcases; Ice bag preservers. This modification includes imported used and reconstructed equipment. This standard does not include used or reconstructed national equipment. This standard also applies to vertical refrigerators that are used with loads at temperatures down to -5C.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e10-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-2-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-etiquetado-270?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E11-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the maximum limits of energy consumption of residential refrigerators and freezers operated by hermetic motor compressors. This standard applies to  refrigerators up to 1104 L and  freezers up to 850 L operated by hermetic motor compressors. This standard does not apply to refrigerator-freezers with partially automatic defrosting.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e11-1-2015</t>
   </si>
   <si>
+    <t>https://inteco.org/tienda/catalogo/INTEE1112015</t>
+  </si>
+  <si>
     <t>INTE E11-2 2015</t>
   </si>
   <si>
+    <t>This standard specifies the label of energy consumption and its contents of household  refrigerators and  freezers operated by hermetic motor compressor. This standard applies to refrigerators up to 1104 liters and  freezers up to 850 liters operated by hermetic motor compressors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e11-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e11-2-2015-eficiencia-energetica-refrigeradores-electrodomesticos-y-congeladores-electrodomesticos-etiquetado-1420?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E12-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>ISO 3951-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e12-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-1-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-requisitos-1285?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E12-2 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label, compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e12-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-2-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-etiquetado-1197?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E13-1 2017</t>
   </si>
   <si>
+    <t>This standard establishes the associated nominal and minimum efficiency values; the test method for its evaluation; and the labeling specification of the nominal efficiency; on the motor data plate. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e13-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-1-2017-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-limites-de-eficiencia-2323?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E13-2 2018</t>
   </si>
   <si>
+    <t>This standard establishes the labeling requirements for the associated nominal and minimum efficiency values ??of the efficiency of alternating current; three-phase induction motors. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e13-2-2018</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-2-2018-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-etiquetado-2660?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E14-1 2015</t>
   </si>
   <si>
+    <t>This standard aims to establish the energy efficiency ranges of air conditioners. This Standard covers all split-window air conditioners with rated cooling capacities up to 17 589 W.</t>
+  </si>
+  <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>ISO 5151</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e14-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-1-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-dividido-y-paquete-requisitos-1077?search=INTE+E14&amp;order=name+asc</t>
+  </si>
+  <si>
     <t>INTE E14-2 2015</t>
   </si>
   <si>
+    <t>The purpose of this standard is to establish the requirements that must be met by the energy efficiency label of air conditioners. This Standard covers all air conditioners; window type; split; package with nominal cooling capacities up to 17 589 W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e14-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-2-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-tipo-dividido-y-tipo-paquete-etiquetado-1538?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E17-1 2017</t>
   </si>
   <si>
+    <t>This national standard establishes the minimum limits of energy efficiency that electric cookers; insoles and electric ovens with resistive elements for domestic use and induction templates for domestic use must meet. Applies for electric ranges that use a 60 Hz AC source with a nominal system voltage of 120-240 V.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>ISO 2859-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-1-2017-eficiencia-energetica-cocinas-electricas-plantillas-plantillas-de-induccion-y-hornos-electricos-de-uso-domestico-parte-1-requisitos-1048?search=INTE+E17-1</t>
+  </si>
+  <si>
     <t>INTE E17-2 2017</t>
   </si>
   <si>
+    <t>This standard applies to electric cookers; insoles and electric ovens for domestic use with electrical connection 120 V; 240 V at 60 Hz</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-2-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-2-2017-eficiencia-energetica-cocinas-electricas-plantillas-y-hornos-electricos-de-uso-domestico-parte-2-etiquetado-1558?search=INTE+E17-2</t>
+  </si>
+  <si>
     <t>INTE E18-1: 2020</t>
   </si>
   <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes -LEDs- intended for roads and outdoor areas.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?search=INTE+28</t>
+  </si>
+  <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes (LED), intended for roads and outdoor areas</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?variant=7414</t>
+  </si>
+  <si>
     <t>INTE E18-2 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; of the light emitting diode -LED- luminaires for public lighting. This standard applies to luminaires with LED lighting components; which are sold and installed in the national territory to illuminate outdoor areas that have one or more of the following characteristics: roads; parks; or parking lots.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-2-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-2-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-para-alumbrado-publico-etiquetado-872?search=INTE+E18</t>
+  </si>
+  <si>
     <t>INTE E19-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; for high intensity discharge lamps -HID- for general lighting. This standard applies to discharge lamps in high intensity; intended for the lighting of the residential; commercial; services; industrial and public lighting sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e19-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for high intensity discharge (HID) lamps for general lighting. This standard applies to high intensity discharge lamps (HID), intended for lighting residential, commercial, services, industrial and public lighting sectors that are marketed in the national territory</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e19-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?variant=5672</t>
+  </si>
+  <si>
     <t>INTE E20-1 2016</t>
   </si>
   <si>
+    <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e20-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e20-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-factor-de-energia-fe-y-factor-de-consumo-de-agua-fca-parte-1-requisitos-1184?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E21-1 2016</t>
   </si>
   <si>
+    <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E21-2 2016</t>
   </si>
   <si>
+    <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-2-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-1 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for linear fluorescent lamps. This standard applies to linear fluorescent lamps; intended for lighting residential; commercial; services and industrial sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-1-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-requisitos-1480?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps. This standard applies to linear fluorescent lamps intended for lighting residential; commercial; services and industrial sectors that are marketed in the National territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-2 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps (LFL). This standard applies to linear fluorescent lamps, intended for lighting residential, commercial, service and industrial sectors that are marketed in the national territory. This standard does not apply to types of lamps that have one or more of the following characteristics: - Linear fluorescent lamps with a length of less than 50 cm, color temperature greater than 7000 K, designed to operate at low temperatures, ultraviolet and other special applications. . - Compact fluorescent lamp without integrated ballast, circular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-2-2020</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?variant=5673</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -815,1797 +1038,1990 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N40"/>
+  <dimension ref="A1:P39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="224" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="222.803" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="833.939" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="90.692" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="107.26" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="277.075" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2024</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2003</v>
       </c>
-      <c r="H2">
-[...5 lines deleted...]
-      <c r="J2" t="s">
+      <c r="I3">
+        <v>2016</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
+        <v>2017</v>
+      </c>
+      <c r="J4" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>36</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2003</v>
+      </c>
+      <c r="I5">
+        <v>2018</v>
+      </c>
+      <c r="J5" t="s">
+        <v>34</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>36</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>46</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>51</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2003</v>
+      </c>
+      <c r="I6">
+        <v>2023</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>36</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...10 lines deleted...]
-      <c r="A3" t="s">
+      <c r="H7">
+        <v>2003</v>
+      </c>
+      <c r="I7">
+        <v>2006</v>
+      </c>
+      <c r="J7" t="s">
+        <v>34</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>58</v>
+      </c>
+      <c r="M7" t="s">
+        <v>36</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>59</v>
+      </c>
+      <c r="P7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>61</v>
+      </c>
+      <c r="B8" t="s">
+        <v>62</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>63</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>64</v>
+      </c>
+      <c r="H8">
+        <v>2019</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>34</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>36</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>64</v>
+      </c>
+      <c r="H9">
+        <v>2009</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>34</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>70</v>
+      </c>
+      <c r="M9" t="s">
+        <v>36</v>
+      </c>
+      <c r="N9" t="s">
+        <v>71</v>
+      </c>
+      <c r="O9" t="s">
+        <v>72</v>
+      </c>
+      <c r="P9" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>76</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>64</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>77</v>
+      </c>
+      <c r="M10" t="s">
+        <v>36</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>78</v>
+      </c>
+      <c r="P10" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>80</v>
+      </c>
+      <c r="B11" t="s">
+        <v>81</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>82</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2008</v>
+      </c>
+      <c r="I11">
+        <v>2020</v>
+      </c>
+      <c r="J11" t="s">
+        <v>34</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>36</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>83</v>
+      </c>
+      <c r="P11" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>85</v>
+      </c>
+      <c r="B12" t="s">
+        <v>86</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>87</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>64</v>
+      </c>
+      <c r="H12">
+        <v>2018</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>34</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>36</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>88</v>
+      </c>
+      <c r="P12" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>90</v>
+      </c>
+      <c r="B13" t="s">
+        <v>91</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>92</v>
+      </c>
+      <c r="E13" t="s">
+        <v>93</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>64</v>
+      </c>
+      <c r="H13">
+        <v>2021</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>34</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>94</v>
+      </c>
+      <c r="M13" t="s">
+        <v>95</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>96</v>
+      </c>
+      <c r="P13" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>98</v>
+      </c>
+      <c r="B14" t="s">
+        <v>99</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>100</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>64</v>
+      </c>
+      <c r="H14">
+        <v>2014</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>34</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>101</v>
+      </c>
+      <c r="M14" t="s">
+        <v>102</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>103</v>
+      </c>
+      <c r="P14" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>105</v>
+      </c>
+      <c r="B15" t="s">
+        <v>106</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>107</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>64</v>
+      </c>
+      <c r="H15">
+        <v>2017</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>108</v>
+      </c>
+      <c r="M15" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>109</v>
+      </c>
+      <c r="P15" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>111</v>
+      </c>
+      <c r="B16" t="s">
+        <v>112</v>
+      </c>
+      <c r="C16" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...5 lines deleted...]
-      <c r="H3">
+      <c r="D16" t="s">
+        <v>113</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>64</v>
+      </c>
+      <c r="H16">
+        <v>2017</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>34</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>114</v>
+      </c>
+      <c r="M16" t="s">
+        <v>26</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>115</v>
+      </c>
+      <c r="P16" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>117</v>
+      </c>
+      <c r="B17" t="s">
+        <v>118</v>
+      </c>
+      <c r="C17" t="s">
+        <v>119</v>
+      </c>
+      <c r="D17" t="s">
+        <v>120</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2001</v>
+      </c>
+      <c r="I17">
+        <v>2015</v>
+      </c>
+      <c r="J17" t="s">
+        <v>121</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>122</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>123</v>
+      </c>
+      <c r="P17" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>125</v>
+      </c>
+      <c r="B18" t="s">
+        <v>126</v>
+      </c>
+      <c r="C18" t="s">
+        <v>119</v>
+      </c>
+      <c r="D18" t="s">
+        <v>120</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>33</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2001</v>
+      </c>
+      <c r="I18">
+        <v>2015</v>
+      </c>
+      <c r="J18" t="s">
+        <v>121</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>122</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>127</v>
+      </c>
+      <c r="P18" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>129</v>
+      </c>
+      <c r="B19" t="s">
+        <v>130</v>
+      </c>
+      <c r="C19" t="s">
+        <v>119</v>
+      </c>
+      <c r="D19" t="s">
+        <v>131</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2001</v>
+      </c>
+      <c r="I19">
+        <v>2015</v>
+      </c>
+      <c r="J19" t="s">
+        <v>121</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>122</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>132</v>
+      </c>
+      <c r="P19" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>134</v>
+      </c>
+      <c r="B20" t="s">
+        <v>135</v>
+      </c>
+      <c r="C20" t="s">
+        <v>119</v>
+      </c>
+      <c r="D20" t="s">
+        <v>131</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>33</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2001</v>
+      </c>
+      <c r="I20">
+        <v>2015</v>
+      </c>
+      <c r="J20" t="s">
+        <v>121</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>122</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>136</v>
+      </c>
+      <c r="P20" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>138</v>
+      </c>
+      <c r="B21" t="s">
+        <v>139</v>
+      </c>
+      <c r="C21" t="s">
+        <v>119</v>
+      </c>
+      <c r="D21" t="s">
+        <v>82</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2000</v>
+      </c>
+      <c r="I21">
+        <v>2015</v>
+      </c>
+      <c r="J21" t="s">
+        <v>121</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>140</v>
+      </c>
+      <c r="M21" t="s">
+        <v>122</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>141</v>
+      </c>
+      <c r="P21" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>143</v>
+      </c>
+      <c r="B22" t="s">
+        <v>144</v>
+      </c>
+      <c r="C22" t="s">
+        <v>119</v>
+      </c>
+      <c r="D22" t="s">
+        <v>82</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>33</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2000</v>
+      </c>
+      <c r="I22">
+        <v>2015</v>
+      </c>
+      <c r="J22" t="s">
+        <v>121</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>122</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>145</v>
+      </c>
+      <c r="P22" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>147</v>
+      </c>
+      <c r="B23" t="s">
+        <v>148</v>
+      </c>
+      <c r="C23" t="s">
+        <v>119</v>
+      </c>
+      <c r="D23" t="s">
+        <v>149</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>1996</v>
+      </c>
+      <c r="I23">
+        <v>2017</v>
+      </c>
+      <c r="J23" t="s">
+        <v>121</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>122</v>
+      </c>
+      <c r="N23" t="s">
+        <v>71</v>
+      </c>
+      <c r="O23" t="s">
+        <v>150</v>
+      </c>
+      <c r="P23" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>152</v>
+      </c>
+      <c r="B24" t="s">
+        <v>153</v>
+      </c>
+      <c r="C24" t="s">
+        <v>119</v>
+      </c>
+      <c r="D24" t="s">
+        <v>149</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>33</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>1996</v>
+      </c>
+      <c r="I24">
         <v>2018</v>
       </c>
-      <c r="I3" t="s">
-[...2 lines deleted...]
-      <c r="J3" t="s">
+      <c r="J24" t="s">
+        <v>121</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>122</v>
+      </c>
+      <c r="N24" t="s">
+        <v>71</v>
+      </c>
+      <c r="O24" t="s">
+        <v>154</v>
+      </c>
+      <c r="P24" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>156</v>
+      </c>
+      <c r="B25" t="s">
+        <v>157</v>
+      </c>
+      <c r="C25" t="s">
+        <v>119</v>
+      </c>
+      <c r="D25" t="s">
+        <v>46</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...19 lines deleted...]
-      <c r="C4" t="s">
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>1996</v>
+      </c>
+      <c r="I25">
+        <v>2019</v>
+      </c>
+      <c r="J25" t="s">
+        <v>158</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>159</v>
+      </c>
+      <c r="M25" t="s">
+        <v>122</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>160</v>
+      </c>
+      <c r="P25" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>162</v>
+      </c>
+      <c r="B26" t="s">
+        <v>163</v>
+      </c>
+      <c r="C26" t="s">
+        <v>119</v>
+      </c>
+      <c r="D26" t="s">
+        <v>46</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
         <v>33</v>
       </c>
-      <c r="D4" t="s">
-[...17 lines deleted...]
-      <c r="J4" t="s">
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>1996</v>
+      </c>
+      <c r="I26">
+        <v>2019</v>
+      </c>
+      <c r="J26" t="s">
+        <v>158</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>159</v>
+      </c>
+      <c r="M26" t="s">
+        <v>122</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>164</v>
+      </c>
+      <c r="P26" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>166</v>
+      </c>
+      <c r="B27" t="s">
+        <v>167</v>
+      </c>
+      <c r="C27" t="s">
+        <v>119</v>
+      </c>
+      <c r="D27" t="s">
+        <v>168</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...34 lines deleted...]
-      <c r="H5">
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>1996</v>
+      </c>
+      <c r="I27">
         <v>2017</v>
       </c>
-      <c r="I5" t="s">
-[...931 lines deleted...]
-      </c>
       <c r="J27" t="s">
-        <v>21</v>
+        <v>121</v>
       </c>
       <c r="K27" t="s">
-        <v>114</v>
+        <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>94</v>
+        <v>169</v>
       </c>
       <c r="M27" t="s">
-        <v>24</v>
+        <v>122</v>
       </c>
       <c r="N27" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>170</v>
+      </c>
+      <c r="P27" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>118</v>
+        <v>172</v>
       </c>
       <c r="B28" t="s">
-        <v>91</v>
+        <v>173</v>
       </c>
       <c r="C28" t="s">
         <v>119</v>
       </c>
       <c r="D28" t="s">
-        <v>17</v>
+        <v>168</v>
       </c>
       <c r="E28" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G28">
+        <v>33</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
         <v>1996</v>
       </c>
-      <c r="H28">
+      <c r="I28">
         <v>2017</v>
       </c>
-      <c r="I28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J28" t="s">
-        <v>21</v>
+        <v>121</v>
       </c>
       <c r="K28" t="s">
-        <v>120</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L28"/>
       <c r="M28" t="s">
-        <v>24</v>
+        <v>122</v>
       </c>
       <c r="N28" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>174</v>
+      </c>
+      <c r="P28" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>122</v>
+        <v>176</v>
       </c>
       <c r="B29" t="s">
-        <v>91</v>
+        <v>177</v>
       </c>
       <c r="C29" t="s">
         <v>119</v>
       </c>
       <c r="D29" t="s">
-        <v>17</v>
+        <v>178</v>
       </c>
       <c r="E29" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1996</v>
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
       </c>
       <c r="H29">
-        <v>2017</v>
-[...2 lines deleted...]
-        <v>93</v>
+        <v>2016</v>
+      </c>
+      <c r="I29">
+        <v>2020</v>
       </c>
       <c r="J29" t="s">
+        <v>158</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>122</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>179</v>
+      </c>
+      <c r="P29" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>176</v>
+      </c>
+      <c r="B30" t="s">
+        <v>181</v>
+      </c>
+      <c r="C30" t="s">
+        <v>119</v>
+      </c>
+      <c r="D30" t="s">
+        <v>178</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
         <v>21</v>
       </c>
-      <c r="K29"/>
-[...29 lines deleted...]
-      <c r="G30">
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
         <v>2016</v>
       </c>
-      <c r="H30">
+      <c r="I30">
         <v>2020</v>
       </c>
-      <c r="I30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J30" t="s">
+        <v>158</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>122</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>182</v>
+      </c>
+      <c r="P30" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>184</v>
+      </c>
+      <c r="B31" t="s">
+        <v>185</v>
+      </c>
+      <c r="C31" t="s">
+        <v>119</v>
+      </c>
+      <c r="D31" t="s">
+        <v>178</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>33</v>
+      </c>
+      <c r="G31" t="s">
+        <v>64</v>
+      </c>
+      <c r="H31">
+        <v>2016</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>121</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>122</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>186</v>
+      </c>
+      <c r="P31" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>188</v>
+      </c>
+      <c r="B32" t="s">
+        <v>189</v>
+      </c>
+      <c r="C32" t="s">
+        <v>119</v>
+      </c>
+      <c r="D32" t="s">
+        <v>82</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>33</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2016</v>
+      </c>
+      <c r="I32">
+        <v>2020</v>
+      </c>
+      <c r="J32" t="s">
+        <v>158</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>122</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>190</v>
+      </c>
+      <c r="P32" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>188</v>
+      </c>
+      <c r="B33" t="s">
+        <v>192</v>
+      </c>
+      <c r="C33" t="s">
+        <v>119</v>
+      </c>
+      <c r="D33" t="s">
+        <v>82</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>33</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2016</v>
+      </c>
+      <c r="I33">
+        <v>2020</v>
+      </c>
+      <c r="J33" t="s">
+        <v>158</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>122</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>193</v>
+      </c>
+      <c r="P33" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>195</v>
+      </c>
+      <c r="B34" t="s">
+        <v>196</v>
+      </c>
+      <c r="C34" t="s">
+        <v>119</v>
+      </c>
+      <c r="D34" t="s">
+        <v>197</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
         <v>21</v>
       </c>
-      <c r="K30"/>
-[...29 lines deleted...]
-      <c r="G31">
+      <c r="G34" t="s">
+        <v>64</v>
+      </c>
+      <c r="H34">
         <v>2016</v>
       </c>
-      <c r="H31">
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>121</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>122</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>198</v>
+      </c>
+      <c r="P34" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>200</v>
+      </c>
+      <c r="B35" t="s">
+        <v>201</v>
+      </c>
+      <c r="C35" t="s">
+        <v>119</v>
+      </c>
+      <c r="D35" t="s">
+        <v>197</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>64</v>
+      </c>
+      <c r="H35">
+        <v>2016</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>121</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>122</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>202</v>
+      </c>
+      <c r="P35" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>204</v>
+      </c>
+      <c r="B36" t="s">
+        <v>205</v>
+      </c>
+      <c r="C36" t="s">
+        <v>119</v>
+      </c>
+      <c r="D36" t="s">
+        <v>197</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>33</v>
+      </c>
+      <c r="G36" t="s">
+        <v>64</v>
+      </c>
+      <c r="H36">
+        <v>2016</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>121</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>122</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>206</v>
+      </c>
+      <c r="P36" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>208</v>
+      </c>
+      <c r="B37" t="s">
+        <v>209</v>
+      </c>
+      <c r="C37" t="s">
+        <v>119</v>
+      </c>
+      <c r="D37" t="s">
+        <v>210</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2000</v>
+      </c>
+      <c r="I37">
+        <v>2016</v>
+      </c>
+      <c r="J37" t="s">
+        <v>121</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>122</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>211</v>
+      </c>
+      <c r="P37" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>213</v>
+      </c>
+      <c r="B38" t="s">
+        <v>214</v>
+      </c>
+      <c r="C38" t="s">
+        <v>119</v>
+      </c>
+      <c r="D38" t="s">
+        <v>210</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>33</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2000</v>
+      </c>
+      <c r="I38">
         <v>2020</v>
       </c>
-      <c r="I31" t="s">
-[...35 lines deleted...]
-      <c r="G32">
+      <c r="J38" t="s">
+        <v>158</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>122</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>215</v>
+      </c>
+      <c r="P38" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>217</v>
+      </c>
+      <c r="B39" t="s">
+        <v>218</v>
+      </c>
+      <c r="C39" t="s">
+        <v>119</v>
+      </c>
+      <c r="D39" t="s">
+        <v>210</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>33</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
         <v>2016</v>
       </c>
-      <c r="H32"/>
-[...39 lines deleted...]
-      <c r="H33">
+      <c r="I39">
         <v>2020</v>
       </c>
-      <c r="I33" t="s">
-[...247 lines deleted...]
-      </c>
       <c r="J39" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>158</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
       <c r="M39" t="s">
-        <v>24</v>
+        <v>122</v>
       </c>
       <c r="N39" t="s">
-        <v>144</v>
-[...41 lines deleted...]
-        <v>146</v>
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>219</v>
+      </c>
+      <c r="P39" t="s">
+        <v>220</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>