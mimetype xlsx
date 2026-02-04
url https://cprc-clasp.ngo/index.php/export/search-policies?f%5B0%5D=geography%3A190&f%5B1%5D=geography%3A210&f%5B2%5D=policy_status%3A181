--- v1 (2025-12-06)
+++ v2 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="221">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="197">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -114,50 +114,53 @@
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
@@ -203,153 +206,93 @@
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
-    <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
-[...5 lines deleted...]
-    <t>Storage Water Heaters</t>
+    <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
+  </si>
+  <si>
+    <t>Power Transformers</t>
   </si>
   <si>
     <t>Entered into force, New</t>
-  </si>
-[...13 lines deleted...]
-    <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/10626</t>
   </si>
   <si>
-    <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
-[...46 lines deleted...]
-  <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
     <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
   </si>
   <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/15248</t>
   </si>
   <si>
     <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
   </si>
   <si>
     <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
@@ -361,70 +304,50 @@
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14008</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
   </si>
   <si>
     <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14544</t>
   </si>
   <si>
-    <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
-[...18 lines deleted...]
-  <si>
     <t>INTE E10-1 2015</t>
   </si>
   <si>
     <t>This standard establishes the specifications to determine the values of energy consumption per liter for self-contained commercial refrigeration equipment.</t>
   </si>
   <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e10-1-2015</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e10-1-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-requisitos-1422?search=INTE+28</t>
   </si>
   <si>
     <t>INTE E10-2 2015</t>
@@ -450,50 +373,53 @@
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e11-1-2015</t>
   </si>
   <si>
     <t>https://inteco.org/tienda/catalogo/INTEE1112015</t>
   </si>
   <si>
     <t>INTE E11-2 2015</t>
   </si>
   <si>
     <t>This standard specifies the label of energy consumption and its contents of household  refrigerators and  freezers operated by hermetic motor compressor. This standard applies to refrigerators up to 1104 liters and  freezers up to 850 liters operated by hermetic motor compressors.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e11-2-2015</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e11-2-2015-eficiencia-energetica-refrigeradores-electrodomesticos-y-congeladores-electrodomesticos-etiquetado-1420?search=INTE+28</t>
   </si>
   <si>
     <t>INTE E12-1 2015</t>
   </si>
   <si>
     <t>This standard establishes the minimum efficiency limits for compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
   </si>
   <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
     <t>ISO 3951-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e12-1-2015</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e12-1-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-requisitos-1285?search=INTE+28</t>
   </si>
   <si>
     <t>INTE E12-2 2015</t>
   </si>
   <si>
     <t>This standard establishes the minimum content of the energy efficiency label, compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e12-2-2015</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e12-2-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-etiquetado-1197?search=INTE+28</t>
   </si>
   <si>
     <t>INTE E13-1 2017</t>
   </si>
   <si>
     <t>This standard establishes the associated nominal and minimum efficiency values; the test method for its evaluation; and the labeling specification of the nominal efficiency; on the motor data plate. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
@@ -627,51 +553,51 @@
   <si>
     <t>https://www.inteco.org/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?page=2&amp;search=INTE+28</t>
   </si>
   <si>
     <t>This standard establishes the minimum content of the energy efficiency label for high intensity discharge (HID) lamps for general lighting. This standard applies to high intensity discharge lamps (HID), intended for lighting residential, commercial, services, industrial and public lighting sectors that are marketed in the national territory</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e19-1-2020-0</t>
   </si>
   <si>
     <t>https://www.inteco.org/en_US/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?variant=5672</t>
   </si>
   <si>
     <t>INTE E20-1 2016</t>
   </si>
   <si>
     <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e20-1-2016</t>
   </si>
   <si>
-    <t>https://www.inteco.org/shop/product/inte-e20-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-factor-de-energia-fe-y-factor-de-consumo-de-agua-fca-parte-1-requisitos-1184?search=INTE+28</t>
+    <t>https://inteco.org/tienda/catalogo/INTEE2012016</t>
   </si>
   <si>
     <t>INTE E21-1 2016</t>
   </si>
   <si>
     <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-1-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
   </si>
   <si>
     <t>INTE E21-2 2016</t>
   </si>
   <si>
     <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-2-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
   </si>
@@ -1038,73 +964,73 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P39"/>
+  <dimension ref="A1:P34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="222.803" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="833.939" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="90.692" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="107.26" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="277.075" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -1184,1808 +1110,1572 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>33</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
         <v>2003</v>
       </c>
       <c r="I3">
         <v>2016</v>
       </c>
       <c r="J3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="M3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>33</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
         <v>2017</v>
       </c>
       <c r="J4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="M4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="P4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>33</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
         <v>2018</v>
       </c>
       <c r="J5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="P5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2003</v>
       </c>
       <c r="I6">
         <v>2023</v>
       </c>
       <c r="J6" t="s">
         <v>23</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="M6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H7">
         <v>2003</v>
       </c>
       <c r="I7">
         <v>2006</v>
       </c>
       <c r="J7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="M7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="P7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="H8">
-        <v>2019</v>
+        <v>2009</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="L8"/>
+      <c r="L8" t="s">
+        <v>66</v>
+      </c>
       <c r="M8" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N8" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="O8" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="P8" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="B9" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="E9" t="s">
-        <v>20</v>
+        <v>73</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="H9">
-        <v>2009</v>
+        <v>2021</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="M9" t="s">
-        <v>36</v>
+        <v>76</v>
       </c>
       <c r="N9" t="s">
-        <v>71</v>
+        <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="P9" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="B10" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="H10">
         <v>2014</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="M10" t="s">
-        <v>36</v>
+        <v>83</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="P10" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="B11" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H11">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I11"/>
       <c r="J11" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="L11"/>
+      <c r="L11" t="s">
+        <v>89</v>
+      </c>
       <c r="M11" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="P11" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="B12" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="C12" t="s">
-        <v>18</v>
+        <v>94</v>
       </c>
       <c r="D12" t="s">
-        <v>87</v>
+        <v>95</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>64</v>
+        <v>22</v>
       </c>
       <c r="H12">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I12"/>
+        <v>2001</v>
+      </c>
+      <c r="I12">
+        <v>2015</v>
+      </c>
       <c r="J12" t="s">
-        <v>34</v>
+        <v>96</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>36</v>
+        <v>97</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>88</v>
+        <v>98</v>
       </c>
       <c r="P12" t="s">
-        <v>89</v>
+        <v>99</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="B13" t="s">
-        <v>91</v>
+        <v>101</v>
       </c>
       <c r="C13" t="s">
-        <v>18</v>
+        <v>94</v>
       </c>
       <c r="D13" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="E13" t="s">
-        <v>93</v>
+        <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G13" t="s">
-        <v>64</v>
+        <v>22</v>
       </c>
       <c r="H13">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I13"/>
+        <v>2001</v>
+      </c>
+      <c r="I13">
+        <v>2015</v>
+      </c>
       <c r="J13" t="s">
-        <v>34</v>
+        <v>96</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="L13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L13"/>
       <c r="M13" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="P13" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="B14" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="C14" t="s">
-        <v>18</v>
+        <v>94</v>
       </c>
       <c r="D14" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>64</v>
+        <v>22</v>
       </c>
       <c r="H14">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I14"/>
+        <v>2001</v>
+      </c>
+      <c r="I14">
+        <v>2015</v>
+      </c>
       <c r="J14" t="s">
-        <v>34</v>
+        <v>96</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="L14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L14"/>
       <c r="M14" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="P14" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="B15" t="s">
+        <v>110</v>
+      </c>
+      <c r="C15" t="s">
+        <v>94</v>
+      </c>
+      <c r="D15" t="s">
         <v>106</v>
       </c>
-      <c r="C15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G15" t="s">
-        <v>64</v>
+        <v>22</v>
       </c>
       <c r="H15">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I15"/>
+        <v>2001</v>
+      </c>
+      <c r="I15">
+        <v>2015</v>
+      </c>
       <c r="J15" t="s">
-        <v>34</v>
+        <v>96</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="L15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L15"/>
       <c r="M15" t="s">
-        <v>26</v>
+        <v>97</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="P15" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="B16" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="C16" t="s">
-        <v>18</v>
+        <v>94</v>
       </c>
       <c r="D16" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>64</v>
+        <v>22</v>
       </c>
       <c r="H16">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I16"/>
+        <v>2000</v>
+      </c>
+      <c r="I16">
+        <v>2015</v>
+      </c>
       <c r="J16" t="s">
-        <v>34</v>
+        <v>96</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="M16" t="s">
-        <v>26</v>
+        <v>97</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="P16" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B17" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C17" t="s">
-        <v>119</v>
+        <v>94</v>
       </c>
       <c r="D17" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
-        <v>2001</v>
+        <v>2000</v>
       </c>
       <c r="I17">
         <v>2015</v>
       </c>
       <c r="J17" t="s">
-        <v>121</v>
+        <v>96</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
+        <v>97</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>121</v>
+      </c>
+      <c r="P17" t="s">
         <v>122</v>
-      </c>
-[...7 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
+        <v>123</v>
+      </c>
+      <c r="B18" t="s">
+        <v>124</v>
+      </c>
+      <c r="C18" t="s">
+        <v>94</v>
+      </c>
+      <c r="D18" t="s">
         <v>125</v>
       </c>
-      <c r="B18" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
-        <v>2001</v>
+        <v>1996</v>
       </c>
       <c r="I18">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="J18" t="s">
-        <v>121</v>
+        <v>96</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>122</v>
+        <v>97</v>
       </c>
       <c r="N18" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="O18" t="s">
+        <v>126</v>
+      </c>
+      <c r="P18" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
+        <v>128</v>
+      </c>
+      <c r="B19" t="s">
         <v>129</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" t="s">
-        <v>119</v>
+        <v>94</v>
       </c>
       <c r="D19" t="s">
-        <v>131</v>
+        <v>125</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
-        <v>2001</v>
+        <v>1996</v>
       </c>
       <c r="I19">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="J19" t="s">
-        <v>121</v>
+        <v>96</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>122</v>
+        <v>97</v>
       </c>
       <c r="N19" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="O19" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="P19" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="B20" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="C20" t="s">
-        <v>119</v>
+        <v>94</v>
       </c>
       <c r="D20" t="s">
-        <v>131</v>
+        <v>47</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
-        <v>2001</v>
+        <v>1996</v>
       </c>
       <c r="I20">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="J20" t="s">
-        <v>121</v>
+        <v>134</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
-      <c r="L20"/>
+      <c r="L20" t="s">
+        <v>135</v>
+      </c>
       <c r="M20" t="s">
-        <v>122</v>
+        <v>97</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
         <v>136</v>
       </c>
       <c r="P20" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>138</v>
       </c>
       <c r="B21" t="s">
         <v>139</v>
       </c>
       <c r="C21" t="s">
-        <v>119</v>
+        <v>94</v>
       </c>
       <c r="D21" t="s">
-        <v>82</v>
+        <v>47</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
-        <v>2000</v>
+        <v>1996</v>
       </c>
       <c r="I21">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="J21" t="s">
-        <v>121</v>
+        <v>134</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
+        <v>135</v>
+      </c>
+      <c r="M21" t="s">
+        <v>97</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
         <v>140</v>
       </c>
-      <c r="M21" t="s">
-[...5 lines deleted...]
-      <c r="O21" t="s">
+      <c r="P21" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
+        <v>142</v>
+      </c>
+      <c r="B22" t="s">
         <v>143</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
+        <v>94</v>
+      </c>
+      <c r="D22" t="s">
         <v>144</v>
       </c>
-      <c r="C22" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
-        <v>2000</v>
+        <v>1996</v>
       </c>
       <c r="I22">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="J22" t="s">
-        <v>121</v>
+        <v>96</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
-      <c r="L22"/>
+      <c r="L22" t="s">
+        <v>145</v>
+      </c>
       <c r="M22" t="s">
-        <v>122</v>
+        <v>97</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="P22" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B23" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C23" t="s">
-        <v>119</v>
+        <v>94</v>
       </c>
       <c r="D23" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>1996</v>
       </c>
       <c r="I23">
         <v>2017</v>
       </c>
       <c r="J23" t="s">
-        <v>121</v>
+        <v>96</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>122</v>
+        <v>97</v>
       </c>
       <c r="N23" t="s">
-        <v>71</v>
+        <v>27</v>
       </c>
       <c r="O23" t="s">
         <v>150</v>
       </c>
       <c r="P23" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
         <v>152</v>
       </c>
       <c r="B24" t="s">
         <v>153</v>
       </c>
       <c r="C24" t="s">
-        <v>119</v>
+        <v>94</v>
       </c>
       <c r="D24" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
-        <v>1996</v>
+        <v>2016</v>
       </c>
       <c r="I24">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="J24" t="s">
-        <v>121</v>
+        <v>134</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>122</v>
+        <v>97</v>
       </c>
       <c r="N24" t="s">
-        <v>71</v>
+        <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="P24" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="B25" t="s">
         <v>157</v>
       </c>
       <c r="C25" t="s">
-        <v>119</v>
+        <v>94</v>
       </c>
       <c r="D25" t="s">
-        <v>46</v>
+        <v>154</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
-        <v>1996</v>
+        <v>2016</v>
       </c>
       <c r="I25">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="J25" t="s">
+        <v>134</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>97</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
         <v>158</v>
       </c>
-      <c r="K25" t="s">
-[...2 lines deleted...]
-      <c r="L25" t="s">
+      <c r="P25" t="s">
         <v>159</v>
-      </c>
-[...10 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="B26" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="C26" t="s">
-        <v>119</v>
+        <v>94</v>
       </c>
       <c r="D26" t="s">
-        <v>46</v>
+        <v>154</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>33</v>
       </c>
       <c r="G26" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H26">
-        <v>1996</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I26"/>
       <c r="J26" t="s">
-        <v>158</v>
+        <v>96</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
-      <c r="L26" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L26"/>
       <c r="M26" t="s">
-        <v>122</v>
+        <v>97</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="P26" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="B27" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="C27" t="s">
-        <v>119</v>
+        <v>94</v>
       </c>
       <c r="D27" t="s">
-        <v>168</v>
+        <v>115</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
-        <v>1996</v>
+        <v>2016</v>
       </c>
       <c r="I27">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="J27" t="s">
-        <v>121</v>
+        <v>134</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
-      <c r="L27" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L27"/>
       <c r="M27" t="s">
-        <v>122</v>
+        <v>97</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="P27" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="B28" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C28" t="s">
-        <v>119</v>
+        <v>94</v>
       </c>
       <c r="D28" t="s">
-        <v>168</v>
+        <v>115</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>33</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
-        <v>1996</v>
+        <v>2016</v>
       </c>
       <c r="I28">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="J28" t="s">
-        <v>121</v>
+        <v>134</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
-        <v>122</v>
+        <v>97</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="P28" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="B29" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="C29" t="s">
-        <v>119</v>
+        <v>94</v>
       </c>
       <c r="D29" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H29">
         <v>2016</v>
       </c>
-      <c r="I29">
-[...1 lines deleted...]
-      </c>
+      <c r="I29"/>
       <c r="J29" t="s">
-        <v>158</v>
+        <v>96</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
-        <v>122</v>
+        <v>97</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="P29" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>176</v>
       </c>
       <c r="B30" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="C30" t="s">
-        <v>119</v>
+        <v>94</v>
       </c>
       <c r="D30" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H30">
         <v>2016</v>
       </c>
-      <c r="I30">
-[...1 lines deleted...]
-      </c>
+      <c r="I30"/>
       <c r="J30" t="s">
-        <v>158</v>
+        <v>96</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>122</v>
+        <v>97</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="P30" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="B31" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="C31" t="s">
-        <v>119</v>
+        <v>94</v>
       </c>
       <c r="D31" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>33</v>
       </c>
       <c r="G31" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="H31">
         <v>2016</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>121</v>
+        <v>96</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>122</v>
+        <v>97</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="P31" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="B32" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="C32" t="s">
-        <v>119</v>
+        <v>94</v>
       </c>
       <c r="D32" t="s">
-        <v>82</v>
+        <v>186</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
+        <v>2000</v>
+      </c>
+      <c r="I32">
         <v>2016</v>
       </c>
-      <c r="I32">
-[...1 lines deleted...]
-      </c>
       <c r="J32" t="s">
-        <v>158</v>
+        <v>96</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
-        <v>122</v>
+        <v>97</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="P32" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B33" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="C33" t="s">
-        <v>119</v>
+        <v>94</v>
       </c>
       <c r="D33" t="s">
-        <v>82</v>
+        <v>186</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>33</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
-        <v>2016</v>
+        <v>2000</v>
       </c>
       <c r="I33">
         <v>2020</v>
       </c>
       <c r="J33" t="s">
-        <v>158</v>
+        <v>134</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>122</v>
+        <v>97</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="P33" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="B34" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="C34" t="s">
-        <v>119</v>
+        <v>94</v>
       </c>
       <c r="D34" t="s">
-        <v>197</v>
+        <v>186</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G34" t="s">
-        <v>64</v>
+        <v>22</v>
       </c>
       <c r="H34">
         <v>2016</v>
       </c>
-      <c r="I34"/>
+      <c r="I34">
+        <v>2020</v>
+      </c>
       <c r="J34" t="s">
-        <v>121</v>
+        <v>134</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>122</v>
+        <v>97</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="P34" t="s">
-        <v>199</v>
-[...235 lines deleted...]
-        <v>220</v>
+        <v>196</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">