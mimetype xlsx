--- v0 (2025-12-05)
+++ v1 (2026-02-05)
@@ -12,215 +12,170 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
-[...2 lines deleted...]
-    <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
+    <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
-    <t>Storage Water Heaters</t>
+    <t>Power Transformers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
-  </si>
-[...19 lines deleted...]
-    <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/10626</t>
   </si>
   <si>
-    <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
-[...31 lines deleted...]
-  <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
     <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
   </si>
   <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
+    <t>Entered into force, New, Superseded</t>
+  </si>
+  <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/15248</t>
   </si>
   <si>
     <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
   </si>
   <si>
     <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
   <si>
     <t>Egyptian Organisation for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-and-similar-electrical-appliances</t>
   </si>
@@ -229,110 +184,90 @@
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
   </si>
   <si>
     <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14544</t>
   </si>
   <si>
-    <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
-[...18 lines deleted...]
-  <si>
     <t>INTE E18-2 2016</t>
   </si>
   <si>
     <t>This standard establishes the minimum content of the energy efficiency label; of the light emitting diode -LED- luminaires for public lighting. This standard applies to luminaires with LED lighting components; which are sold and installed in the national territory to illuminate outdoor areas that have one or more of the following characteristics: roads; parks; or parking lots.</t>
   </si>
   <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-2-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e18-2-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-para-alumbrado-publico-etiquetado-872?search=INTE+E18</t>
   </si>
   <si>
     <t>INTE E20-1 2016</t>
   </si>
   <si>
     <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e20-1-2016</t>
   </si>
   <si>
-    <t>https://www.inteco.org/shop/product/inte-e20-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-factor-de-energia-fe-y-factor-de-consumo-de-agua-fca-parte-1-requisitos-1184?search=INTE+28</t>
+    <t>https://inteco.org/tienda/catalogo/INTEE2012016</t>
   </si>
   <si>
     <t>INTE E21-1 2016</t>
   </si>
   <si>
     <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-1-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
   </si>
   <si>
     <t>INTE E21-2 2016</t>
   </si>
   <si>
     <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-2-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
   </si>
@@ -660,74 +595,74 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P13"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="188.668" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="167.388" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="575.574" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="107.26" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="238.228" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="150.963" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="203.95" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -759,589 +694,401 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2019</v>
+        <v>2009</v>
       </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
-      <c r="L2"/>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
       <c r="M2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="P2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
-        <v>2009</v>
+        <v>2021</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
         <v>23</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="M3" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="N3" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="O3" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
         <v>2014</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
         <v>23</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="M4" t="s">
-        <v>25</v>
+        <v>44</v>
       </c>
       <c r="N4" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O4" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="P4" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="B5" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
         <v>23</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="L5"/>
+      <c r="L5" t="s">
+        <v>50</v>
+      </c>
       <c r="M5" t="s">
-        <v>25</v>
+        <v>51</v>
       </c>
       <c r="N5" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O5" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="P5" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="B6" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="D6" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="E6" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>21</v>
+        <v>58</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>23</v>
+        <v>59</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="L6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L6"/>
       <c r="M6" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="N6" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="P6" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>63</v>
       </c>
       <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
         <v>56</v>
       </c>
-      <c r="C7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D7" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>23</v>
+        <v>59</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="L7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L7"/>
       <c r="M7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="N7" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O7" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="P7" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="B8" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="C8" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="D8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>23</v>
+        <v>59</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="L8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="N8" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O8" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="P8" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="B9" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="D9" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>21</v>
+        <v>58</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>23</v>
+        <v>59</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="L9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L9"/>
       <c r="M9" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="N9" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="P9" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      <c r="A10" t="s">
         <v>75</v>
-      </c>
-[...177 lines deleted...]
-        <v>96</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">