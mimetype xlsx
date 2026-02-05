--- v0 (2025-12-05)
+++ v1 (2026-02-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="160">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="151">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,249 +104,222 @@
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
-    <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
-[...5 lines deleted...]
-    <t>Refrigerators-Freezers, Freezers-only</t>
+    <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
-  </si>
-[...22 lines deleted...]
-    <t>Comparative Label</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
     <t>http://eos.org.eg/en/standard/14613</t>
   </si>
   <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
     <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14798</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
-[...1 lines deleted...]
-  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
-    <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
-[...2 lines deleted...]
-    <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
+    <t>INTE E10-1 2015</t>
+  </si>
+  <si>
+    <t>This standard establishes the specifications to determine the values of energy consumption per liter for self-contained commercial refrigeration equipment.</t>
+  </si>
+  <si>
+    <t>Costa Rica</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>September 2018</t>
+  </si>
+  <si>
+    <t>Institute of Technical Standards of Costa Rica</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e10-1-2015</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-1-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-requisitos-1422?search=INTE+28</t>
+  </si>
+  <si>
+    <t>INTE E10-2 2015</t>
+  </si>
+  <si>
+    <t>This standard applies to the following self-contained commercial refrigeration equipment powered by electricity; new -imported and domestic; used and rebuilt -only imported. All with capacities of 10 liters of refrigerated volume useful -in function of the energetic limits- or more. The types of equipment are: Vertical coolers with one or more front doors; Horizontal coolers; Horizontal freezers; Vertical freezers; Closed showcases; Ice bag preservers. This modification includes imported used and reconstructed equipment. This standard does not include used or reconstructed national equipment. This standard also applies to vertical refrigerators that are used with loads at temperatures down to -5C.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e10-2-2015</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-2-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-etiquetado-270?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
+    <t>INTE E11-1 2015</t>
+  </si>
+  <si>
+    <t>This standard establishes the maximum limits of energy consumption of residential refrigerators and freezers operated by hermetic motor compressors. This standard applies to  refrigerators up to 1104 L and  freezers up to 850 L operated by hermetic motor compressors. This standard does not apply to refrigerator-freezers with partially automatic defrosting.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e11-1-2015</t>
+  </si>
+  <si>
+    <t>https://inteco.org/tienda/catalogo/INTEE1112015</t>
+  </si>
+  <si>
+    <t>INTE E11-2 2015</t>
+  </si>
+  <si>
+    <t>This standard specifies the label of energy consumption and its contents of household  refrigerators and  freezers operated by hermetic motor compressor. This standard applies to refrigerators up to 1104 liters and  freezers up to 850 liters operated by hermetic motor compressors.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e11-2-2015</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e11-2-2015-eficiencia-energetica-refrigeradores-electrodomesticos-y-congeladores-electrodomesticos-etiquetado-1420?search=INTE+28</t>
+  </si>
+  <si>
+    <t>INTE E12-1 2015</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum efficiency limits for compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
-  </si>
-[...70 lines deleted...]
-    <t>This standard establishes the minimum efficiency limits for compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
   </si>
   <si>
     <t>ISO 3951-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e12-1-2015</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e12-1-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-requisitos-1285?search=INTE+28</t>
   </si>
   <si>
     <t>INTE E12-2 2015</t>
   </si>
   <si>
     <t>This standard establishes the minimum content of the energy efficiency label, compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e12-2-2015</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e12-2-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-etiquetado-1197?search=INTE+28</t>
   </si>
   <si>
     <t>INTE E13-1 2017</t>
   </si>
@@ -845,65 +818,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P28"/>
+  <dimension ref="A1:P26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="224.088" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="222.803" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="833.939" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="90.692" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="277.075" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -988,1297 +961,1199 @@
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
         <v>2003</v>
       </c>
       <c r="I3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="J3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="M3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="J4" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>42</v>
       </c>
       <c r="M4" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>43</v>
       </c>
       <c r="P4" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>45</v>
       </c>
       <c r="B5" t="s">
         <v>46</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="J5" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="L5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>48</v>
       </c>
       <c r="P5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>50</v>
       </c>
       <c r="B6" t="s">
         <v>51</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
+        <v>47</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>52</v>
-      </c>
-[...4 lines deleted...]
-        <v>41</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2003</v>
       </c>
       <c r="I6">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="J6" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="L6"/>
+      <c r="L6" t="s">
+        <v>53</v>
+      </c>
       <c r="M6" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C7" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H7">
         <v>2003</v>
       </c>
       <c r="I7">
-        <v>2023</v>
+        <v>2006</v>
       </c>
       <c r="J7" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
         <v>59</v>
       </c>
       <c r="M7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>60</v>
       </c>
       <c r="P7" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>62</v>
       </c>
       <c r="B8" t="s">
         <v>63</v>
       </c>
       <c r="C8" t="s">
-        <v>18</v>
+        <v>64</v>
       </c>
       <c r="D8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
-        <v>2003</v>
+        <v>2001</v>
       </c>
       <c r="I8">
-        <v>2006</v>
+        <v>2015</v>
       </c>
       <c r="J8" t="s">
-        <v>33</v>
+        <v>66</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="L8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P8" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B9" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>64</v>
       </c>
       <c r="D9" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
-        <v>2008</v>
+        <v>2001</v>
       </c>
       <c r="I9">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="J9" t="s">
-        <v>33</v>
+        <v>66</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="P9" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B10" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C10" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="D10" t="s">
         <v>76</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2001</v>
       </c>
       <c r="I10">
         <v>2015</v>
       </c>
       <c r="J10" t="s">
-        <v>77</v>
+        <v>66</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
+        <v>67</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>77</v>
+      </c>
+      <c r="P10" t="s">
         <v>78</v>
-      </c>
-[...7 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="B11" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C11" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="D11" t="s">
         <v>76</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2001</v>
       </c>
       <c r="I11">
         <v>2015</v>
       </c>
       <c r="J11" t="s">
-        <v>77</v>
+        <v>66</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="P11" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
+        <v>83</v>
+      </c>
+      <c r="B12" t="s">
+        <v>84</v>
+      </c>
+      <c r="C12" t="s">
+        <v>64</v>
+      </c>
+      <c r="D12" t="s">
         <v>85</v>
-      </c>
-[...7 lines deleted...]
-        <v>32</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
-        <v>2001</v>
+        <v>2000</v>
       </c>
       <c r="I12">
         <v>2015</v>
       </c>
       <c r="J12" t="s">
-        <v>77</v>
+        <v>66</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="L12"/>
+      <c r="L12" t="s">
+        <v>86</v>
+      </c>
       <c r="M12" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
         <v>87</v>
       </c>
       <c r="P12" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>89</v>
       </c>
       <c r="B13" t="s">
         <v>90</v>
       </c>
       <c r="C13" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="D13" t="s">
-        <v>32</v>
+        <v>85</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
-        <v>2001</v>
+        <v>2000</v>
       </c>
       <c r="I13">
         <v>2015</v>
       </c>
       <c r="J13" t="s">
-        <v>77</v>
+        <v>66</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
         <v>91</v>
       </c>
       <c r="P13" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>93</v>
       </c>
       <c r="B14" t="s">
         <v>94</v>
       </c>
       <c r="C14" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="D14" t="s">
-        <v>70</v>
+        <v>95</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
-        <v>2000</v>
+        <v>1996</v>
       </c>
       <c r="I14">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="J14" t="s">
-        <v>77</v>
+        <v>66</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="L14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L14"/>
       <c r="M14" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="N14" t="s">
-        <v>27</v>
+        <v>96</v>
       </c>
       <c r="O14" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="P14" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B15" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C15" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="D15" t="s">
-        <v>70</v>
+        <v>95</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
-        <v>2000</v>
+        <v>1996</v>
       </c>
       <c r="I15">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="J15" t="s">
-        <v>77</v>
+        <v>66</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="N15" t="s">
-        <v>27</v>
+        <v>96</v>
       </c>
       <c r="O15" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="P15" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B16" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C16" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="D16" t="s">
-        <v>104</v>
+        <v>47</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>1996</v>
       </c>
       <c r="I16">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="J16" t="s">
-        <v>77</v>
+        <v>105</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="L16"/>
+      <c r="L16" t="s">
+        <v>106</v>
+      </c>
       <c r="M16" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="N16" t="s">
-        <v>105</v>
+        <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="P16" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B17" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C17" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="D17" t="s">
-        <v>104</v>
+        <v>47</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>1996</v>
       </c>
       <c r="I17">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="J17" t="s">
-        <v>77</v>
+        <v>105</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="L17"/>
+      <c r="L17" t="s">
+        <v>106</v>
+      </c>
       <c r="M17" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="N17" t="s">
-        <v>105</v>
+        <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="P17" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B18" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C18" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="D18" t="s">
-        <v>52</v>
+        <v>115</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>1996</v>
       </c>
       <c r="I18">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="J18" t="s">
-        <v>114</v>
+        <v>66</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="M18" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="P18" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B19" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C19" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="D19" t="s">
-        <v>52</v>
+        <v>115</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>1996</v>
       </c>
       <c r="I19">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="J19" t="s">
-        <v>114</v>
+        <v>66</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="L19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L19"/>
       <c r="M19" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="P19" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B20" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C20" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="D20" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
-        <v>1996</v>
+        <v>2016</v>
       </c>
       <c r="I20">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="J20" t="s">
-        <v>77</v>
+        <v>105</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
-      <c r="L20" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L20"/>
       <c r="M20" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
         <v>126</v>
       </c>
       <c r="P20" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
+        <v>123</v>
+      </c>
+      <c r="B21" t="s">
         <v>128</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="D21" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
-        <v>1996</v>
+        <v>2016</v>
       </c>
       <c r="I21">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="J21" t="s">
-        <v>77</v>
+        <v>105</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
+        <v>129</v>
+      </c>
+      <c r="P21" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
+        <v>131</v>
+      </c>
+      <c r="B22" t="s">
         <v>132</v>
       </c>
-      <c r="B22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="D22" t="s">
-        <v>134</v>
+        <v>85</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2016</v>
       </c>
       <c r="I22">
         <v>2020</v>
       </c>
       <c r="J22" t="s">
-        <v>114</v>
+        <v>105</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="P22" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="B23" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="C23" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="D23" t="s">
-        <v>134</v>
+        <v>85</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2016</v>
       </c>
       <c r="I23">
         <v>2020</v>
       </c>
       <c r="J23" t="s">
-        <v>114</v>
+        <v>105</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="P23" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
+        <v>138</v>
+      </c>
+      <c r="B24" t="s">
+        <v>139</v>
+      </c>
+      <c r="C24" t="s">
+        <v>64</v>
+      </c>
+      <c r="D24" t="s">
         <v>140</v>
       </c>
-      <c r="B24" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
+        <v>2000</v>
+      </c>
+      <c r="I24">
         <v>2016</v>
       </c>
-      <c r="I24">
-[...1 lines deleted...]
-      </c>
       <c r="J24" t="s">
-        <v>114</v>
+        <v>66</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
+        <v>141</v>
+      </c>
+      <c r="P24" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="B25" t="s">
         <v>144</v>
       </c>
       <c r="C25" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="D25" t="s">
-        <v>70</v>
+        <v>140</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
-        <v>2016</v>
+        <v>2000</v>
       </c>
       <c r="I25">
         <v>2020</v>
       </c>
       <c r="J25" t="s">
-        <v>114</v>
+        <v>105</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
         <v>145</v>
       </c>
       <c r="P25" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>147</v>
       </c>
       <c r="B26" t="s">
         <v>148</v>
       </c>
       <c r="C26" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="D26" t="s">
-        <v>149</v>
+        <v>140</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
-        <v>2000</v>
+        <v>2016</v>
       </c>
       <c r="I26">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="J26" t="s">
-        <v>77</v>
+        <v>105</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
+        <v>149</v>
+      </c>
+      <c r="P26" t="s">
         <v>150</v>
-      </c>
-[...97 lines deleted...]
-        <v>159</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">