--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,389 +12,556 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="155">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CES 140:2015 Off-grid solar photovoltaic lighting kits - requirements</t>
   </si>
   <si>
+    <t>standalone off-grid solar products</t>
+  </si>
+  <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Ethiopian Standards Agency</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ces-1402015-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/data/files/library/ethiopia/Ethiopia%20Energy%20Performance%20Standards%20for%20lamps.pdf</t>
+  </si>
+  <si>
     <t>ES 6087:2017 Requirements for plug - and - play DC solar home system kit</t>
   </si>
   <si>
+    <t>This Ethiopian Standard specifies requirements for performance, safety and durability for plug – and – play type DC Solar Home Systems Kit that have the peak power rating above 10 and up to 350W.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/es-60872017-requirements-plug-and-play-dc-solar-home-system-kit</t>
   </si>
   <si>
+    <t>http://www.et.undp.org/content/dam/ethiopia/docs/Ethiopia%20Final%20-%20ES%206087-2017%20Requirements%20for%20DC%20Solar%20Home%20System%20Kit.pdf</t>
+  </si>
+  <si>
     <t>Ethiopian standard for pico-solar and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+No policy link available.</t>
+  </si>
+  <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ethiopian-standard-pico-solar-and-shs-kits</t>
   </si>
   <si>
     <t>INTE E10-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the specifications to determine the values of energy consumption per liter for self-contained commercial refrigeration equipment.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e10-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-1-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-requisitos-1422?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E10-2 2015</t>
   </si>
   <si>
+    <t>This standard applies to the following self-contained commercial refrigeration equipment powered by electricity; new -imported and domestic; used and rebuilt -only imported. All with capacities of 10 liters of refrigerated volume useful -in function of the energetic limits- or more. The types of equipment are: Vertical coolers with one or more front doors; Horizontal coolers; Horizontal freezers; Vertical freezers; Closed showcases; Ice bag preservers. This modification includes imported used and reconstructed equipment. This standard does not include used or reconstructed national equipment. This standard also applies to vertical refrigerators that are used with loads at temperatures down to -5C.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e10-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-2-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-etiquetado-270?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E11-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the maximum limits of energy consumption of residential refrigerators and freezers operated by hermetic motor compressors. This standard applies to  refrigerators up to 1104 L and  freezers up to 850 L operated by hermetic motor compressors. This standard does not apply to refrigerator-freezers with partially automatic defrosting.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e11-1-2015</t>
   </si>
   <si>
+    <t>https://inteco.org/tienda/catalogo/INTEE1112015</t>
+  </si>
+  <si>
     <t>INTE E11-2 2015</t>
   </si>
   <si>
+    <t>This standard specifies the label of energy consumption and its contents of household  refrigerators and  freezers operated by hermetic motor compressor. This standard applies to refrigerators up to 1104 liters and  freezers up to 850 liters operated by hermetic motor compressors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e11-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e11-2-2015-eficiencia-energetica-refrigeradores-electrodomesticos-y-congeladores-electrodomesticos-etiquetado-1420?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E12-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>ISO 3951-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e12-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-1-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-requisitos-1285?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E12-2 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label, compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e12-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-2-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-etiquetado-1197?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E13-1 2017</t>
   </si>
   <si>
+    <t>This standard establishes the associated nominal and minimum efficiency values; the test method for its evaluation; and the labeling specification of the nominal efficiency; on the motor data plate. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e13-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-1-2017-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-limites-de-eficiencia-2323?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E13-2 2018</t>
   </si>
   <si>
+    <t>This standard establishes the labeling requirements for the associated nominal and minimum efficiency values ??of the efficiency of alternating current; three-phase induction motors. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e13-2-2018</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-2-2018-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-etiquetado-2660?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E14-1 2015</t>
   </si>
   <si>
+    <t>This standard aims to establish the energy efficiency ranges of air conditioners. This Standard covers all split-window air conditioners with rated cooling capacities up to 17 589 W.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>ISO 5151</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e14-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-1-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-dividido-y-paquete-requisitos-1077?search=INTE+E14&amp;order=name+asc</t>
+  </si>
+  <si>
     <t>INTE E14-2 2015</t>
   </si>
   <si>
+    <t>The purpose of this standard is to establish the requirements that must be met by the energy efficiency label of air conditioners. This Standard covers all air conditioners; window type; split; package with nominal cooling capacities up to 17 589 W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e14-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-2-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-tipo-dividido-y-tipo-paquete-etiquetado-1538?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E17-1 2017</t>
   </si>
   <si>
+    <t>This national standard establishes the minimum limits of energy efficiency that electric cookers; insoles and electric ovens with resistive elements for domestic use and induction templates for domestic use must meet. Applies for electric ranges that use a 60 Hz AC source with a nominal system voltage of 120-240 V.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>ISO 2859-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-1-2017-eficiencia-energetica-cocinas-electricas-plantillas-plantillas-de-induccion-y-hornos-electricos-de-uso-domestico-parte-1-requisitos-1048?search=INTE+E17-1</t>
+  </si>
+  <si>
     <t>INTE E17-2 2017</t>
   </si>
   <si>
+    <t>This standard applies to electric cookers; insoles and electric ovens for domestic use with electrical connection 120 V; 240 V at 60 Hz</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-2-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-2-2017-eficiencia-energetica-cocinas-electricas-plantillas-y-hornos-electricos-de-uso-domestico-parte-2-etiquetado-1558?search=INTE+E17-2</t>
+  </si>
+  <si>
     <t>INTE E18-1: 2020</t>
   </si>
   <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes -LEDs- intended for roads and outdoor areas.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?search=INTE+28</t>
+  </si>
+  <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes (LED), intended for roads and outdoor areas</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?variant=7414</t>
+  </si>
+  <si>
     <t>INTE E18-2 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; of the light emitting diode -LED- luminaires for public lighting. This standard applies to luminaires with LED lighting components; which are sold and installed in the national territory to illuminate outdoor areas that have one or more of the following characteristics: roads; parks; or parking lots.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-2-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-2-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-para-alumbrado-publico-etiquetado-872?search=INTE+E18</t>
+  </si>
+  <si>
     <t>INTE E19-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; for high intensity discharge lamps -HID- for general lighting. This standard applies to discharge lamps in high intensity; intended for the lighting of the residential; commercial; services; industrial and public lighting sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e19-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for high intensity discharge (HID) lamps for general lighting. This standard applies to high intensity discharge lamps (HID), intended for lighting residential, commercial, services, industrial and public lighting sectors that are marketed in the national territory</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e19-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?variant=5672</t>
+  </si>
+  <si>
     <t>INTE E20-1 2016</t>
   </si>
   <si>
+    <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e20-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e20-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-factor-de-energia-fe-y-factor-de-consumo-de-agua-fca-parte-1-requisitos-1184?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E21-1 2016</t>
   </si>
   <si>
+    <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E21-2 2016</t>
   </si>
   <si>
+    <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-2-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-1 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for linear fluorescent lamps. This standard applies to linear fluorescent lamps; intended for lighting residential; commercial; services and industrial sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-1-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-requisitos-1480?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps. This standard applies to linear fluorescent lamps intended for lighting residential; commercial; services and industrial sectors that are marketed in the National territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-2 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps (LFL). This standard applies to linear fluorescent lamps, intended for lighting residential, commercial, service and industrial sectors that are marketed in the national territory. This standard does not apply to types of lamps that have one or more of the following characteristics: - Linear fluorescent lamps with a length of less than 50 cm, color temperature greater than 7000 K, designed to operate at low temperatures, ultraviolet and other special applications. . - Compact fluorescent lamp without integrated ballast, circular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-2-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?variant=5673</t>
+  </si>
+  <si>
     <t>Minimum energy performance standard(MEPS) and labelling for clay plate resistor based electric injera mitad</t>
   </si>
   <si>
+    <t>This Ethiopian Minimum Energy Performance Standard and label grading applies to clay plate resistor</t>
+  </si>
+  <si>
     <t>Griddles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standardmeps-and-labelling-clay-plate-resistor-based-electric</t>
+  </si>
+  <si>
+    <t>http://eea.gov.et/media/attachments/LAWS%20AND%20REGUALTIONS/Energy%20laws%20and%20regualtions/4-MEPS%20INJER%20MITAD%20%20Ethiopia%20draft%2029-2-2020%20version%20final%20East%20Gate%20(4).pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -658,1285 +825,1454 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N28"/>
+  <dimension ref="A1:P28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="127" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="127.255" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="833.939" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="277.075" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2015</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>2017</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>25</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>33</v>
+      </c>
+      <c r="H4">
+        <v>2021</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>38</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>25</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4"/>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C5" t="s">
+        <v>42</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>44</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2001</v>
+      </c>
+      <c r="I5">
         <v>2015</v>
       </c>
-      <c r="H2">
+      <c r="J5" t="s">
+        <v>45</v>
+      </c>
+      <c r="K5" t="s">
+        <v>46</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>47</v>
+      </c>
+      <c r="N5" t="s">
+        <v>48</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>42</v>
+      </c>
+      <c r="D6" t="s">
+        <v>43</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>53</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2001</v>
+      </c>
+      <c r="I6">
+        <v>2015</v>
+      </c>
+      <c r="J6" t="s">
+        <v>45</v>
+      </c>
+      <c r="K6" t="s">
+        <v>46</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>47</v>
+      </c>
+      <c r="N6" t="s">
+        <v>48</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>42</v>
+      </c>
+      <c r="D7" t="s">
+        <v>58</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>44</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2001</v>
+      </c>
+      <c r="I7">
+        <v>2015</v>
+      </c>
+      <c r="J7" t="s">
+        <v>45</v>
+      </c>
+      <c r="K7" t="s">
+        <v>46</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>47</v>
+      </c>
+      <c r="N7" t="s">
+        <v>48</v>
+      </c>
+      <c r="O7" t="s">
+        <v>59</v>
+      </c>
+      <c r="P7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>61</v>
+      </c>
+      <c r="B8" t="s">
+        <v>62</v>
+      </c>
+      <c r="C8" t="s">
+        <v>42</v>
+      </c>
+      <c r="D8" t="s">
+        <v>58</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>53</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2001</v>
+      </c>
+      <c r="I8">
+        <v>2015</v>
+      </c>
+      <c r="J8" t="s">
+        <v>45</v>
+      </c>
+      <c r="K8" t="s">
+        <v>46</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>47</v>
+      </c>
+      <c r="N8" t="s">
+        <v>48</v>
+      </c>
+      <c r="O8" t="s">
+        <v>63</v>
+      </c>
+      <c r="P8" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>65</v>
+      </c>
+      <c r="B9" t="s">
+        <v>66</v>
+      </c>
+      <c r="C9" t="s">
+        <v>42</v>
+      </c>
+      <c r="D9" t="s">
+        <v>67</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>44</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2000</v>
+      </c>
+      <c r="I9">
+        <v>2015</v>
+      </c>
+      <c r="J9" t="s">
+        <v>45</v>
+      </c>
+      <c r="K9" t="s">
+        <v>46</v>
+      </c>
+      <c r="L9" t="s">
+        <v>68</v>
+      </c>
+      <c r="M9" t="s">
+        <v>47</v>
+      </c>
+      <c r="N9" t="s">
+        <v>48</v>
+      </c>
+      <c r="O9" t="s">
+        <v>69</v>
+      </c>
+      <c r="P9" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>71</v>
+      </c>
+      <c r="B10" t="s">
+        <v>72</v>
+      </c>
+      <c r="C10" t="s">
+        <v>42</v>
+      </c>
+      <c r="D10" t="s">
+        <v>67</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>53</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2000</v>
+      </c>
+      <c r="I10">
+        <v>2015</v>
+      </c>
+      <c r="J10" t="s">
+        <v>45</v>
+      </c>
+      <c r="K10" t="s">
+        <v>46</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>47</v>
+      </c>
+      <c r="N10" t="s">
+        <v>48</v>
+      </c>
+      <c r="O10" t="s">
+        <v>73</v>
+      </c>
+      <c r="P10" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>75</v>
+      </c>
+      <c r="B11" t="s">
+        <v>76</v>
+      </c>
+      <c r="C11" t="s">
+        <v>42</v>
+      </c>
+      <c r="D11" t="s">
+        <v>77</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>44</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>1996</v>
+      </c>
+      <c r="I11">
+        <v>2017</v>
+      </c>
+      <c r="J11" t="s">
+        <v>45</v>
+      </c>
+      <c r="K11" t="s">
+        <v>46</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>47</v>
+      </c>
+      <c r="N11" t="s">
+        <v>78</v>
+      </c>
+      <c r="O11" t="s">
+        <v>79</v>
+      </c>
+      <c r="P11" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>81</v>
+      </c>
+      <c r="B12" t="s">
+        <v>82</v>
+      </c>
+      <c r="C12" t="s">
+        <v>42</v>
+      </c>
+      <c r="D12" t="s">
+        <v>77</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>53</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1996</v>
+      </c>
+      <c r="I12">
+        <v>2018</v>
+      </c>
+      <c r="J12" t="s">
+        <v>45</v>
+      </c>
+      <c r="K12" t="s">
+        <v>46</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>47</v>
+      </c>
+      <c r="N12" t="s">
+        <v>78</v>
+      </c>
+      <c r="O12" t="s">
+        <v>83</v>
+      </c>
+      <c r="P12" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>85</v>
+      </c>
+      <c r="B13" t="s">
+        <v>86</v>
+      </c>
+      <c r="C13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D13" t="s">
+        <v>87</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>44</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>1996</v>
+      </c>
+      <c r="I13">
+        <v>2019</v>
+      </c>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>46</v>
+      </c>
+      <c r="L13" t="s">
+        <v>88</v>
+      </c>
+      <c r="M13" t="s">
+        <v>47</v>
+      </c>
+      <c r="N13" t="s">
+        <v>48</v>
+      </c>
+      <c r="O13" t="s">
+        <v>89</v>
+      </c>
+      <c r="P13" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>91</v>
+      </c>
+      <c r="B14" t="s">
+        <v>92</v>
+      </c>
+      <c r="C14" t="s">
+        <v>42</v>
+      </c>
+      <c r="D14" t="s">
+        <v>87</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>53</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>1996</v>
+      </c>
+      <c r="I14">
+        <v>2019</v>
+      </c>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
+        <v>46</v>
+      </c>
+      <c r="L14" t="s">
+        <v>88</v>
+      </c>
+      <c r="M14" t="s">
+        <v>47</v>
+      </c>
+      <c r="N14" t="s">
+        <v>48</v>
+      </c>
+      <c r="O14" t="s">
+        <v>93</v>
+      </c>
+      <c r="P14" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>95</v>
+      </c>
+      <c r="B15" t="s">
+        <v>96</v>
+      </c>
+      <c r="C15" t="s">
+        <v>42</v>
+      </c>
+      <c r="D15" t="s">
+        <v>97</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>44</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>1996</v>
+      </c>
+      <c r="I15">
+        <v>2017</v>
+      </c>
+      <c r="J15" t="s">
+        <v>45</v>
+      </c>
+      <c r="K15" t="s">
+        <v>46</v>
+      </c>
+      <c r="L15" t="s">
+        <v>98</v>
+      </c>
+      <c r="M15" t="s">
+        <v>47</v>
+      </c>
+      <c r="N15" t="s">
+        <v>48</v>
+      </c>
+      <c r="O15" t="s">
+        <v>99</v>
+      </c>
+      <c r="P15" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>101</v>
+      </c>
+      <c r="B16" t="s">
+        <v>102</v>
+      </c>
+      <c r="C16" t="s">
+        <v>42</v>
+      </c>
+      <c r="D16" t="s">
+        <v>97</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>53</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>1996</v>
+      </c>
+      <c r="I16">
+        <v>2017</v>
+      </c>
+      <c r="J16" t="s">
+        <v>45</v>
+      </c>
+      <c r="K16" t="s">
+        <v>46</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>47</v>
+      </c>
+      <c r="N16" t="s">
+        <v>48</v>
+      </c>
+      <c r="O16" t="s">
+        <v>103</v>
+      </c>
+      <c r="P16" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>105</v>
+      </c>
+      <c r="B17" t="s">
+        <v>106</v>
+      </c>
+      <c r="C17" t="s">
+        <v>42</v>
+      </c>
+      <c r="D17" t="s">
+        <v>107</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>44</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
-[...5 lines deleted...]
-      <c r="K2" t="s">
+      <c r="I17">
+        <v>2020</v>
+      </c>
+      <c r="J17" t="s">
+        <v>23</v>
+      </c>
+      <c r="K17" t="s">
+        <v>46</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>47</v>
+      </c>
+      <c r="N17" t="s">
+        <v>48</v>
+      </c>
+      <c r="O17" t="s">
+        <v>108</v>
+      </c>
+      <c r="P17" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>105</v>
+      </c>
+      <c r="B18" t="s">
+        <v>110</v>
+      </c>
+      <c r="C18" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" t="s">
+        <v>107</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>44</v>
+      </c>
+      <c r="G18" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H18">
+        <v>2016</v>
+      </c>
+      <c r="I18">
+        <v>2020</v>
+      </c>
+      <c r="J18" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...7 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K18" t="s">
+        <v>46</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>47</v>
+      </c>
+      <c r="N18" t="s">
+        <v>48</v>
+      </c>
+      <c r="O18" t="s">
+        <v>111</v>
+      </c>
+      <c r="P18" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>113</v>
+      </c>
+      <c r="B19" t="s">
+        <v>114</v>
+      </c>
+      <c r="C19" t="s">
+        <v>42</v>
+      </c>
+      <c r="D19" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>53</v>
+      </c>
+      <c r="G19" t="s">
+        <v>33</v>
+      </c>
+      <c r="H19">
+        <v>2016</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>45</v>
+      </c>
+      <c r="K19" t="s">
+        <v>46</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>47</v>
+      </c>
+      <c r="N19" t="s">
+        <v>48</v>
+      </c>
+      <c r="O19" t="s">
+        <v>115</v>
+      </c>
+      <c r="P19" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>117</v>
+      </c>
+      <c r="B20" t="s">
+        <v>118</v>
+      </c>
+      <c r="C20" t="s">
+        <v>42</v>
+      </c>
+      <c r="D20" t="s">
+        <v>67</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>53</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2016</v>
+      </c>
+      <c r="I20">
+        <v>2020</v>
+      </c>
+      <c r="J20" t="s">
+        <v>23</v>
+      </c>
+      <c r="K20" t="s">
+        <v>46</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>47</v>
+      </c>
+      <c r="N20" t="s">
+        <v>48</v>
+      </c>
+      <c r="O20" t="s">
+        <v>119</v>
+      </c>
+      <c r="P20" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>117</v>
+      </c>
+      <c r="B21" t="s">
+        <v>121</v>
+      </c>
+      <c r="C21" t="s">
+        <v>42</v>
+      </c>
+      <c r="D21" t="s">
+        <v>67</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>53</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2016</v>
+      </c>
+      <c r="I21">
+        <v>2020</v>
+      </c>
+      <c r="J21" t="s">
+        <v>23</v>
+      </c>
+      <c r="K21" t="s">
+        <v>46</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>47</v>
+      </c>
+      <c r="N21" t="s">
+        <v>48</v>
+      </c>
+      <c r="O21" t="s">
+        <v>122</v>
+      </c>
+      <c r="P21" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>124</v>
+      </c>
+      <c r="B22" t="s">
+        <v>125</v>
+      </c>
+      <c r="C22" t="s">
+        <v>42</v>
+      </c>
+      <c r="D22" t="s">
+        <v>126</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>44</v>
+      </c>
+      <c r="G22" t="s">
+        <v>33</v>
+      </c>
+      <c r="H22">
+        <v>2016</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>45</v>
+      </c>
+      <c r="K22" t="s">
+        <v>46</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>47</v>
+      </c>
+      <c r="N22" t="s">
+        <v>48</v>
+      </c>
+      <c r="O22" t="s">
+        <v>127</v>
+      </c>
+      <c r="P22" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>129</v>
+      </c>
+      <c r="B23" t="s">
+        <v>130</v>
+      </c>
+      <c r="C23" t="s">
+        <v>42</v>
+      </c>
+      <c r="D23" t="s">
+        <v>126</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>44</v>
+      </c>
+      <c r="G23" t="s">
+        <v>33</v>
+      </c>
+      <c r="H23">
+        <v>2016</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>45</v>
+      </c>
+      <c r="K23" t="s">
+        <v>46</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>47</v>
+      </c>
+      <c r="N23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O23" t="s">
+        <v>131</v>
+      </c>
+      <c r="P23" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>133</v>
+      </c>
+      <c r="B24" t="s">
+        <v>134</v>
+      </c>
+      <c r="C24" t="s">
+        <v>42</v>
+      </c>
+      <c r="D24" t="s">
+        <v>126</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>53</v>
+      </c>
+      <c r="G24" t="s">
+        <v>33</v>
+      </c>
+      <c r="H24">
+        <v>2016</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>45</v>
+      </c>
+      <c r="K24" t="s">
+        <v>46</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>47</v>
+      </c>
+      <c r="N24" t="s">
+        <v>48</v>
+      </c>
+      <c r="O24" t="s">
+        <v>135</v>
+      </c>
+      <c r="P24" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>137</v>
+      </c>
+      <c r="B25" t="s">
+        <v>138</v>
+      </c>
+      <c r="C25" t="s">
+        <v>42</v>
+      </c>
+      <c r="D25" t="s">
+        <v>139</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>44</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2000</v>
+      </c>
+      <c r="I25">
+        <v>2016</v>
+      </c>
+      <c r="J25" t="s">
+        <v>45</v>
+      </c>
+      <c r="K25" t="s">
+        <v>46</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>47</v>
+      </c>
+      <c r="N25" t="s">
+        <v>48</v>
+      </c>
+      <c r="O25" t="s">
+        <v>140</v>
+      </c>
+      <c r="P25" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>142</v>
+      </c>
+      <c r="B26" t="s">
+        <v>143</v>
+      </c>
+      <c r="C26" t="s">
+        <v>42</v>
+      </c>
+      <c r="D26" t="s">
+        <v>139</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>53</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2000</v>
+      </c>
+      <c r="I26">
+        <v>2020</v>
+      </c>
+      <c r="J26" t="s">
+        <v>23</v>
+      </c>
+      <c r="K26" t="s">
+        <v>46</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>47</v>
+      </c>
+      <c r="N26" t="s">
+        <v>48</v>
+      </c>
+      <c r="O26" t="s">
+        <v>144</v>
+      </c>
+      <c r="P26" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>146</v>
+      </c>
+      <c r="B27" t="s">
+        <v>147</v>
+      </c>
+      <c r="C27" t="s">
+        <v>42</v>
+      </c>
+      <c r="D27" t="s">
+        <v>139</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>53</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2016</v>
+      </c>
+      <c r="I27">
+        <v>2020</v>
+      </c>
+      <c r="J27" t="s">
+        <v>23</v>
+      </c>
+      <c r="K27" t="s">
+        <v>46</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>47</v>
+      </c>
+      <c r="N27" t="s">
+        <v>48</v>
+      </c>
+      <c r="O27" t="s">
+        <v>148</v>
+      </c>
+      <c r="P27" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>150</v>
+      </c>
+      <c r="B28" t="s">
+        <v>151</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>152</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>44</v>
+      </c>
+      <c r="G28" t="s">
+        <v>33</v>
+      </c>
+      <c r="H28">
+        <v>2017</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>23</v>
+      </c>
+      <c r="K28" t="s">
+        <v>46</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...206 lines deleted...]
-      <c r="A8" t="s">
+      <c r="N28" t="s">
         <v>48</v>
       </c>
-      <c r="B8" t="s">
-[...872 lines deleted...]
-        <v>99</v>
+      <c r="O28" t="s">
+        <v>153</v>
+      </c>
+      <c r="P28" t="s">
+        <v>154</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>