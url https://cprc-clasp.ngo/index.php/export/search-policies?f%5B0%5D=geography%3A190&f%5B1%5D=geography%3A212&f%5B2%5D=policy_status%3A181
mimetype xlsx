--- v0 (2025-10-12)
+++ v1 (2025-12-04)
@@ -12,596 +12,828 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="169">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="246">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>GS IEC 62257-9-8:2020, Renewable energy and hybrid systems for rural electrification - Part 9-8: Integrated systems - Requirements for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>July 2022</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Ghana Standards Authority</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gs-iec-62257-9-82020-renewable-energy-and-hybrid-systems-rural-electrification-part-9-8</t>
   </si>
   <si>
+    <t>http://services.gsa.gov.gh/standards/standards.php?sno=GS%20IEC%20TS%2062257-9-8:2020</t>
+  </si>
+  <si>
     <t>INTE E10-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the specifications to determine the values of energy consumption per liter for self-contained commercial refrigeration equipment.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e10-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-1-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-requisitos-1422?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E10-2 2015</t>
   </si>
   <si>
+    <t>This standard applies to the following self-contained commercial refrigeration equipment powered by electricity; new -imported and domestic; used and rebuilt -only imported. All with capacities of 10 liters of refrigerated volume useful -in function of the energetic limits- or more. The types of equipment are: Vertical coolers with one or more front doors; Horizontal coolers; Horizontal freezers; Vertical freezers; Closed showcases; Ice bag preservers. This modification includes imported used and reconstructed equipment. This standard does not include used or reconstructed national equipment. This standard also applies to vertical refrigerators that are used with loads at temperatures down to -5C.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e10-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-2-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-etiquetado-270?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E11-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the maximum limits of energy consumption of residential refrigerators and freezers operated by hermetic motor compressors. This standard applies to  refrigerators up to 1104 L and  freezers up to 850 L operated by hermetic motor compressors. This standard does not apply to refrigerator-freezers with partially automatic defrosting.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e11-1-2015</t>
   </si>
   <si>
+    <t>https://inteco.org/tienda/catalogo/INTEE1112015</t>
+  </si>
+  <si>
     <t>INTE E11-2 2015</t>
   </si>
   <si>
+    <t>This standard specifies the label of energy consumption and its contents of household  refrigerators and  freezers operated by hermetic motor compressor. This standard applies to refrigerators up to 1104 liters and  freezers up to 850 liters operated by hermetic motor compressors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e11-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e11-2-2015-eficiencia-energetica-refrigeradores-electrodomesticos-y-congeladores-electrodomesticos-etiquetado-1420?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E12-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>ISO 3951-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e12-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-1-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-requisitos-1285?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E12-2 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label, compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e12-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-2-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-etiquetado-1197?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E13-1 2017</t>
   </si>
   <si>
+    <t>This standard establishes the associated nominal and minimum efficiency values; the test method for its evaluation; and the labeling specification of the nominal efficiency; on the motor data plate. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e13-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-1-2017-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-limites-de-eficiencia-2323?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E13-2 2018</t>
   </si>
   <si>
+    <t>This standard establishes the labeling requirements for the associated nominal and minimum efficiency values ??of the efficiency of alternating current; three-phase induction motors. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e13-2-2018</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-2-2018-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-etiquetado-2660?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E14-1 2015</t>
   </si>
   <si>
+    <t>This standard aims to establish the energy efficiency ranges of air conditioners. This Standard covers all split-window air conditioners with rated cooling capacities up to 17 589 W.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>ISO 5151</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e14-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-1-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-dividido-y-paquete-requisitos-1077?search=INTE+E14&amp;order=name+asc</t>
+  </si>
+  <si>
     <t>INTE E14-2 2015</t>
   </si>
   <si>
+    <t>The purpose of this standard is to establish the requirements that must be met by the energy efficiency label of air conditioners. This Standard covers all air conditioners; window type; split; package with nominal cooling capacities up to 17 589 W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e14-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-2-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-tipo-dividido-y-tipo-paquete-etiquetado-1538?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E17-1 2017</t>
   </si>
   <si>
+    <t>This national standard establishes the minimum limits of energy efficiency that electric cookers; insoles and electric ovens with resistive elements for domestic use and induction templates for domestic use must meet. Applies for electric ranges that use a 60 Hz AC source with a nominal system voltage of 120-240 V.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>ISO 2859-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-1-2017-eficiencia-energetica-cocinas-electricas-plantillas-plantillas-de-induccion-y-hornos-electricos-de-uso-domestico-parte-1-requisitos-1048?search=INTE+E17-1</t>
+  </si>
+  <si>
     <t>INTE E17-2 2017</t>
   </si>
   <si>
+    <t>This standard applies to electric cookers; insoles and electric ovens for domestic use with electrical connection 120 V; 240 V at 60 Hz</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-2-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-2-2017-eficiencia-energetica-cocinas-electricas-plantillas-y-hornos-electricos-de-uso-domestico-parte-2-etiquetado-1558?search=INTE+E17-2</t>
+  </si>
+  <si>
     <t>INTE E18-1: 2020</t>
   </si>
   <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes -LEDs- intended for roads and outdoor areas.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?search=INTE+28</t>
+  </si>
+  <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes (LED), intended for roads and outdoor areas</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?variant=7414</t>
+  </si>
+  <si>
     <t>INTE E18-2 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; of the light emitting diode -LED- luminaires for public lighting. This standard applies to luminaires with LED lighting components; which are sold and installed in the national territory to illuminate outdoor areas that have one or more of the following characteristics: roads; parks; or parking lots.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-2-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-2-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-para-alumbrado-publico-etiquetado-872?search=INTE+E18</t>
+  </si>
+  <si>
     <t>INTE E19-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; for high intensity discharge lamps -HID- for general lighting. This standard applies to discharge lamps in high intensity; intended for the lighting of the residential; commercial; services; industrial and public lighting sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e19-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for high intensity discharge (HID) lamps for general lighting. This standard applies to high intensity discharge lamps (HID), intended for lighting residential, commercial, services, industrial and public lighting sectors that are marketed in the national territory</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e19-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?variant=5672</t>
+  </si>
+  <si>
     <t>INTE E20-1 2016</t>
   </si>
   <si>
+    <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e20-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e20-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-factor-de-energia-fe-y-factor-de-consumo-de-agua-fca-parte-1-requisitos-1184?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E21-1 2016</t>
   </si>
   <si>
+    <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E21-2 2016</t>
   </si>
   <si>
+    <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-2-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-1 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for linear fluorescent lamps. This standard applies to linear fluorescent lamps; intended for lighting residential; commercial; services and industrial sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-1-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-requisitos-1480?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps. This standard applies to linear fluorescent lamps intended for lighting residential; commercial; services and industrial sectors that are marketed in the National territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-2 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps (LFL). This standard applies to linear fluorescent lamps, intended for lighting residential, commercial, service and industrial sectors that are marketed in the national territory. This standard does not apply to types of lamps that have one or more of the following characteristics: - Linear fluorescent lamps with a length of less than 50 cm, color temperature greater than 7000 K, designed to operate at low temperatures, ultraviolet and other special applications. . - Compact fluorescent lamp without integrated ballast, circular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-2-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?variant=5673</t>
+  </si>
+  <si>
     <t>L.I 2353 Efficiency standards and labelling-Light emitting diode and self ballasted fluorescent lamps</t>
   </si>
   <si>
+    <t>These regulations apply to enforcement of standards for minimum energy efficiency of self ballasted fluorescent lamps and LED. The regulations also include the labelling of these two products</t>
+  </si>
+  <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2353-efficiency-standards-and-labelling-light-emitting-diode-and-self-ballasted</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/Efficiency%20Standards%20LI%202353.pdf</t>
+  </si>
+  <si>
     <t>L.I 2441 Energy Commission (Energy Efficiency Standards and Labeling) (Refrigerating Appliances) Regulations,2022</t>
   </si>
   <si>
+    <t>These regulations apply to electric mains-operated refrigerating appliances with a volume of not less than ten litres and not more than one thousand five hundred litres, manufactured in the country or imported into the country for sale or use.</t>
+  </si>
+  <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2441-energy-commission-energy-efficiency-standards-and-labeling-refrigerating</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>L.I 2442 Energy Commission (Energy Efficiency Standards and Labeling) (Prohibition of manufacture, importation and sale of Incandescent filament lamp) Regulations,2022</t>
   </si>
   <si>
+    <t>These regulations apply to a manufacturer or importer of an incandescent filament lamp.</t>
+  </si>
+  <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2442-energy-commission-energy-efficiency-standards-and-labeling-prohibition-manufacture</t>
   </si>
   <si>
     <t>L.I. 1815 Energy Efficiency Standards and Labelling Regulations - Non-ducted Air Conditioners and Self-ballasted Fluorescent Lamps</t>
   </si>
   <si>
+    <t>These Regulations apply to non-ducted air conditioners or self-ballasted fluorescent lamps manufactured in Ghana or imported for use in Ghana.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>GS 324:2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-1815-energy-efficiency-standards-and-labelling-regulations-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI_1815.pdf</t>
+  </si>
+  <si>
     <t>L.I. 1958 Energy Efficiency Standards and Labelling - Household Refrigerating Appliances</t>
   </si>
   <si>
+    <t>These Regulations apply to electric mains operated appliances manufactured in Ghana or imported for use in this country. These Regulations do not apply to the rating plate or its equivalent affixed for safety purposes to an appliance; or an appliance which is designed to use an energy source other than electricity; or an appliance manufactured in this country for export. For the purpose of this regulation; appliance means a refrigerator; a frozen food storage cabinet; a food freezer or their combination.</t>
+  </si>
+  <si>
     <t>GS IEC 62552: 2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-1958-energy-efficiency-standards-and-labelling-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI1958.pdf</t>
+  </si>
+  <si>
     <t>LI 2443 Energy Commission Clothes Washing Machines Regulations</t>
   </si>
   <si>
+    <t>This policy includes energy efficiency standards and labeling guidelines for clothes washing machines in Ghana.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2443-energy-commission-clothes-washing-machines-regulations</t>
   </si>
   <si>
     <t>LI 2444 Energy Commission Energy Efficiency Standards and Labelling Industrial Fans Regulations</t>
   </si>
   <si>
+    <t>Minimum energy performance regulations and labelling guidelines for industrial fans with an electrical input power between 0.125 - 500 kW or integrated in other energy-related products manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2444-energy-commission-energy-efficiency-standards-and-labelling-industrial-fans</t>
   </si>
   <si>
     <t>LI 2445 Energy Commission (Energy Efficiency Standards and Labelling) (Rice Cookers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply a rice cooker manufactured in the country or imported into the country for display, sale, or use that has a rated power not exceeding two thousand watts, voltage not exceeding two hundred and fifty volts, and volume not exceeding ten litres.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2445-energy-commission-energy-efficiency-standards-and-labelling-rice-cookers</t>
   </si>
   <si>
     <t>LI 2446 Energy Commission (Energy Efficiency Standards and Labelling) (Computers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a computer, manufactured in the country or imported into the country for display, sale or use as a desktop computer, notebook computer, a workstation, or a computer server.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2446-energy-commission-energy-efficiency-standards-and-labelling-computers-regulations</t>
   </si>
   <si>
     <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
   </si>
   <si>
+    <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2447-energy-commission-energy-efficiency-standards-and-labelling-set-top-boxes</t>
   </si>
   <si>
     <t>LI 2448 Energy Commission (Energy Efficiency Standards and Labelling) (Ventilating Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a ventilating fan or unit with an individual fan electric power input of less than 125 W manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Ventilation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2448-energy-commission-energy-efficiency-standards-and-labelling-ventilating-fans</t>
   </si>
   <si>
     <t>LI 2450 Energy Commission (Energy Efficiency Standards and Labelling) (Microwave Ovens) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an electric mains-operated microwave oven, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to microwave ovens which cannot accept a load with a diameter equal or greater than 200mm or heigh of 120mm.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2450-energy-commission-energy-efficiency-standards-and-labelling-microwave-ovens</t>
   </si>
   <si>
     <t>LI 2451 Energy Commission (Energy Efficiency Standards and Labelling) (Storage Water Heaters) Regulations, 20</t>
   </si>
   <si>
+    <t>These regulations apply to an electric storage water heater with a storage volume of not more than 500 litres, an electric instantaneous water heater, and a water heater with rated power not exceeding 70kW.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2451-energy-commission-energy-efficiency-standards-and-labelling-storage-water-heaters</t>
   </si>
   <si>
     <t>LI 2452 Renewable Energy (Standards and Labelling) (Renewable Energy Batteries) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a renewable energy battery manufactured in the country or imported into the country for display, sale, or use, irrespective of size, method of charge or energy system design of the renewable energy battery.</t>
+  </si>
+  <si>
     <t>Battery Chargers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2452-renewable-energy-standards-and-labelling-renewable-energy-batteries-regulations</t>
   </si>
   <si>
     <t>LI 2453 Energy Commission (Energy Efficiency Standards and Labelling) (Public Lighting) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a lamp or luminaire manufactured in the country or imported into the country for the purpose of public lighting services, for display, sale or use in the country. These regulations do not apply to a lamp or luminaire other than an electric mains-operated lamp or luminaire.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2453-energy-commission-energy-efficiency-standards-and-labelling-public-lighting</t>
   </si>
   <si>
     <t>LI 2454 Renewable Energy (Standards and Labelling) (Improved Biomass Cookstoves) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an improved biomass cookstoves, manufactured in the country or imported into the country for sale, display or use as a domestic cookstove, or an institutional cookstove that uses solid biomass fuels including wood, charcoal, briquette, or pellet.</t>
+  </si>
+  <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t>Cookstoves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2454-renewable-energy-standards-and-labelling-improved-biomass-cookstoves-regulations</t>
   </si>
   <si>
     <t>LI 2455 Energy Commission (Energy Efficiency Standards and Labelling) (Television Sets) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a television set or monitor, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to a rating plate or the equivalent of a rating plate, a digital display and signage, and or non-electric mains operated television or monitor.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2455-energy-commission-energy-efficiency-standards-and-labelling-television-sets</t>
   </si>
   <si>
     <t>LI 2456 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Motors) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an induction motor whether sold separately or partly integrated in other products that has 2,4,6, or 8 poles; has a rated voltage that's more than 50 V but less than 1000 V; has a rated power output of 0.12 kW up to 1000 kW; is rated to operate at a frequency of 50 Hz; is rated on the basis of continuous duty operation, and; is rated for direct on-line operation.</t>
+  </si>
+  <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2456-energy-commission-energy-efficiency-standards-and-labelling-electric-motors</t>
   </si>
   <si>
     <t>LI 2457 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Kettles) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to kettles with a water capacity not exceeding 2.5 litres, manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2457-energy-commission-energy-efficiency-standards-and-labelling-electric-kettles</t>
   </si>
   <si>
     <t>LI 2458 Energy Commission (Energy Efficiency Standards and Labelling) (Air conditioners) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an air conditioning product, manufactured in the country or imported into the country for display, sale or use. These regulations apply to a single-phase and three-phase AC, multi-split outdoor unit and single split outdoor unit that has a rated full capacity of 65kW or less and is designed for human comfort.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2458-energy-commission-energy-efficiency-standards-and-labelling-air-conditioners</t>
   </si>
   <si>
     <t>LI 2459 Energy Commission (Energy Efficiency Standards and Labelling) (Distribution Transformers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a distributor transformer manufactured in the country or imported to the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2459-energy-commission-energy-efficiency-standards-and-labelling-distribution</t>
   </si>
   <si>
     <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2460-energy-commission-energy-efficiency-standards-and-labelling-comfort-fans</t>
   </si>
   <si>
     <t>LI 2461 Renewable Energy (Standards and Labelling) (Inverters) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to an inverter intended for use in a stand-alone energy system or utility-interactive energy system where the output of the inverter is a stable alternating current of constant frequency; and a single-phase inverter or 3-phase inverter intended for use in a stand alone energy system or utility interactive energy system intended to be operated in parallel with an electric power system to supply power to common loads manufactured in the country or imported into the country for display, sale or use.</t>
   </si>
   <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2461-renewable-energy-standards-and-labelling-inverters-regulations-2022</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -865,2083 +1097,2374 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N48"/>
+  <dimension ref="A1:P48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="259" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="259.365" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="833.939" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="277.075" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2020</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H3">
+        <v>2001</v>
+      </c>
+      <c r="I3">
+        <v>2015</v>
+      </c>
+      <c r="J3" t="s">
+        <v>37</v>
+      </c>
+      <c r="K3" t="s">
+        <v>38</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>40</v>
+      </c>
+      <c r="O3" t="s">
+        <v>41</v>
+      </c>
+      <c r="P3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>43</v>
+      </c>
+      <c r="B4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>34</v>
+      </c>
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
+        <v>36</v>
+      </c>
+      <c r="H4">
+        <v>2001</v>
+      </c>
+      <c r="I4">
+        <v>2015</v>
+      </c>
+      <c r="J4" t="s">
+        <v>37</v>
+      </c>
+      <c r="K4" t="s">
+        <v>38</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>39</v>
+      </c>
+      <c r="N4" t="s">
+        <v>40</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" t="s">
+        <v>35</v>
+      </c>
+      <c r="G5" t="s">
+        <v>36</v>
+      </c>
+      <c r="H5">
+        <v>2001</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
+        <v>37</v>
+      </c>
+      <c r="K5" t="s">
+        <v>38</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>39</v>
+      </c>
+      <c r="N5" t="s">
+        <v>40</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" t="s">
+        <v>45</v>
+      </c>
+      <c r="G6" t="s">
+        <v>36</v>
+      </c>
+      <c r="H6">
+        <v>2001</v>
+      </c>
+      <c r="I6">
+        <v>2015</v>
+      </c>
+      <c r="J6" t="s">
+        <v>37</v>
+      </c>
+      <c r="K6" t="s">
+        <v>38</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>39</v>
+      </c>
+      <c r="N6" t="s">
+        <v>40</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
+        <v>34</v>
+      </c>
+      <c r="F7" t="s">
+        <v>35</v>
+      </c>
+      <c r="G7" t="s">
+        <v>36</v>
+      </c>
+      <c r="H7">
+        <v>2000</v>
+      </c>
+      <c r="I7">
+        <v>2015</v>
+      </c>
+      <c r="J7" t="s">
+        <v>37</v>
+      </c>
+      <c r="K7" t="s">
+        <v>38</v>
+      </c>
+      <c r="L7" t="s">
+        <v>60</v>
+      </c>
+      <c r="M7" t="s">
+        <v>39</v>
+      </c>
+      <c r="N7" t="s">
+        <v>40</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>59</v>
+      </c>
+      <c r="E8" t="s">
+        <v>34</v>
+      </c>
+      <c r="F8" t="s">
+        <v>45</v>
+      </c>
+      <c r="G8" t="s">
+        <v>36</v>
+      </c>
+      <c r="H8">
+        <v>2000</v>
+      </c>
+      <c r="I8">
+        <v>2015</v>
+      </c>
+      <c r="J8" t="s">
+        <v>37</v>
+      </c>
+      <c r="K8" t="s">
+        <v>38</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>39</v>
+      </c>
+      <c r="N8" t="s">
+        <v>40</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E9" t="s">
+        <v>34</v>
+      </c>
+      <c r="F9" t="s">
+        <v>35</v>
+      </c>
+      <c r="G9" t="s">
+        <v>36</v>
+      </c>
+      <c r="H9">
+        <v>1996</v>
+      </c>
+      <c r="I9">
+        <v>2017</v>
+      </c>
+      <c r="J9" t="s">
+        <v>37</v>
+      </c>
+      <c r="K9" t="s">
+        <v>38</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>39</v>
+      </c>
+      <c r="N9" t="s">
+        <v>70</v>
+      </c>
+      <c r="O9" t="s">
+        <v>71</v>
+      </c>
+      <c r="P9" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>73</v>
+      </c>
+      <c r="B10" t="s">
+        <v>74</v>
+      </c>
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E10" t="s">
+        <v>34</v>
+      </c>
+      <c r="F10" t="s">
+        <v>45</v>
+      </c>
+      <c r="G10" t="s">
+        <v>36</v>
+      </c>
+      <c r="H10">
+        <v>1996</v>
+      </c>
+      <c r="I10">
+        <v>2018</v>
+      </c>
+      <c r="J10" t="s">
+        <v>37</v>
+      </c>
+      <c r="K10" t="s">
+        <v>38</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>39</v>
+      </c>
+      <c r="N10" t="s">
+        <v>70</v>
+      </c>
+      <c r="O10" t="s">
+        <v>75</v>
+      </c>
+      <c r="P10" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>77</v>
+      </c>
+      <c r="B11" t="s">
+        <v>78</v>
+      </c>
+      <c r="C11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
+        <v>79</v>
+      </c>
+      <c r="E11" t="s">
+        <v>34</v>
+      </c>
+      <c r="F11" t="s">
+        <v>35</v>
+      </c>
+      <c r="G11" t="s">
+        <v>36</v>
+      </c>
+      <c r="H11">
+        <v>1996</v>
+      </c>
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
+        <v>80</v>
+      </c>
+      <c r="K11" t="s">
+        <v>38</v>
+      </c>
+      <c r="L11" t="s">
+        <v>81</v>
+      </c>
+      <c r="M11" t="s">
+        <v>39</v>
+      </c>
+      <c r="N11" t="s">
+        <v>40</v>
+      </c>
+      <c r="O11" t="s">
+        <v>82</v>
+      </c>
+      <c r="P11" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>84</v>
+      </c>
+      <c r="B12" t="s">
+        <v>85</v>
+      </c>
+      <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
+        <v>79</v>
+      </c>
+      <c r="E12" t="s">
+        <v>34</v>
+      </c>
+      <c r="F12" t="s">
+        <v>45</v>
+      </c>
+      <c r="G12" t="s">
+        <v>36</v>
+      </c>
+      <c r="H12">
+        <v>1996</v>
+      </c>
+      <c r="I12">
+        <v>2019</v>
+      </c>
+      <c r="J12" t="s">
+        <v>80</v>
+      </c>
+      <c r="K12" t="s">
+        <v>38</v>
+      </c>
+      <c r="L12" t="s">
+        <v>81</v>
+      </c>
+      <c r="M12" t="s">
+        <v>39</v>
+      </c>
+      <c r="N12" t="s">
+        <v>40</v>
+      </c>
+      <c r="O12" t="s">
+        <v>86</v>
+      </c>
+      <c r="P12" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>88</v>
+      </c>
+      <c r="B13" t="s">
+        <v>89</v>
+      </c>
+      <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
+        <v>90</v>
+      </c>
+      <c r="E13" t="s">
+        <v>34</v>
+      </c>
+      <c r="F13" t="s">
+        <v>35</v>
+      </c>
+      <c r="G13" t="s">
+        <v>36</v>
+      </c>
+      <c r="H13">
+        <v>1996</v>
+      </c>
+      <c r="I13">
+        <v>2017</v>
+      </c>
+      <c r="J13" t="s">
+        <v>37</v>
+      </c>
+      <c r="K13" t="s">
+        <v>38</v>
+      </c>
+      <c r="L13" t="s">
+        <v>91</v>
+      </c>
+      <c r="M13" t="s">
+        <v>39</v>
+      </c>
+      <c r="N13" t="s">
+        <v>40</v>
+      </c>
+      <c r="O13" t="s">
+        <v>92</v>
+      </c>
+      <c r="P13" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>94</v>
+      </c>
+      <c r="B14" t="s">
+        <v>95</v>
+      </c>
+      <c r="C14" t="s">
+        <v>32</v>
+      </c>
+      <c r="D14" t="s">
+        <v>90</v>
+      </c>
+      <c r="E14" t="s">
+        <v>34</v>
+      </c>
+      <c r="F14" t="s">
+        <v>45</v>
+      </c>
+      <c r="G14" t="s">
+        <v>36</v>
+      </c>
+      <c r="H14">
+        <v>1996</v>
+      </c>
+      <c r="I14">
+        <v>2017</v>
+      </c>
+      <c r="J14" t="s">
+        <v>37</v>
+      </c>
+      <c r="K14" t="s">
+        <v>38</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>39</v>
+      </c>
+      <c r="N14" t="s">
+        <v>40</v>
+      </c>
+      <c r="O14" t="s">
+        <v>96</v>
+      </c>
+      <c r="P14" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>98</v>
+      </c>
+      <c r="B15" t="s">
+        <v>99</v>
+      </c>
+      <c r="C15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D15" t="s">
+        <v>100</v>
+      </c>
+      <c r="E15" t="s">
+        <v>34</v>
+      </c>
+      <c r="F15" t="s">
+        <v>35</v>
+      </c>
+      <c r="G15" t="s">
+        <v>36</v>
+      </c>
+      <c r="H15">
+        <v>2016</v>
+      </c>
+      <c r="I15">
+        <v>2020</v>
+      </c>
+      <c r="J15" t="s">
+        <v>80</v>
+      </c>
+      <c r="K15" t="s">
+        <v>38</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>39</v>
+      </c>
+      <c r="N15" t="s">
+        <v>40</v>
+      </c>
+      <c r="O15" t="s">
+        <v>101</v>
+      </c>
+      <c r="P15" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>98</v>
+      </c>
+      <c r="B16" t="s">
+        <v>103</v>
+      </c>
+      <c r="C16" t="s">
+        <v>32</v>
+      </c>
+      <c r="D16" t="s">
+        <v>100</v>
+      </c>
+      <c r="E16" t="s">
+        <v>34</v>
+      </c>
+      <c r="F16" t="s">
+        <v>35</v>
+      </c>
+      <c r="G16" t="s">
+        <v>36</v>
+      </c>
+      <c r="H16">
+        <v>2016</v>
+      </c>
+      <c r="I16">
+        <v>2020</v>
+      </c>
+      <c r="J16" t="s">
+        <v>80</v>
+      </c>
+      <c r="K16" t="s">
+        <v>38</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>39</v>
+      </c>
+      <c r="N16" t="s">
+        <v>40</v>
+      </c>
+      <c r="O16" t="s">
+        <v>104</v>
+      </c>
+      <c r="P16" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>106</v>
+      </c>
+      <c r="B17" t="s">
+        <v>107</v>
+      </c>
+      <c r="C17" t="s">
+        <v>32</v>
+      </c>
+      <c r="D17" t="s">
+        <v>100</v>
+      </c>
+      <c r="E17" t="s">
+        <v>34</v>
+      </c>
+      <c r="F17" t="s">
+        <v>45</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2016</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>37</v>
+      </c>
+      <c r="K17" t="s">
+        <v>38</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>39</v>
+      </c>
+      <c r="N17" t="s">
+        <v>40</v>
+      </c>
+      <c r="O17" t="s">
+        <v>108</v>
+      </c>
+      <c r="P17" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>110</v>
+      </c>
+      <c r="B18" t="s">
+        <v>111</v>
+      </c>
+      <c r="C18" t="s">
+        <v>32</v>
+      </c>
+      <c r="D18" t="s">
+        <v>59</v>
+      </c>
+      <c r="E18" t="s">
+        <v>34</v>
+      </c>
+      <c r="F18" t="s">
+        <v>45</v>
+      </c>
+      <c r="G18" t="s">
+        <v>36</v>
+      </c>
+      <c r="H18">
+        <v>2016</v>
+      </c>
+      <c r="I18">
+        <v>2020</v>
+      </c>
+      <c r="J18" t="s">
+        <v>80</v>
+      </c>
+      <c r="K18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>39</v>
+      </c>
+      <c r="N18" t="s">
+        <v>40</v>
+      </c>
+      <c r="O18" t="s">
+        <v>112</v>
+      </c>
+      <c r="P18" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>110</v>
+      </c>
+      <c r="B19" t="s">
+        <v>114</v>
+      </c>
+      <c r="C19" t="s">
+        <v>32</v>
+      </c>
+      <c r="D19" t="s">
+        <v>59</v>
+      </c>
+      <c r="E19" t="s">
+        <v>34</v>
+      </c>
+      <c r="F19" t="s">
+        <v>45</v>
+      </c>
+      <c r="G19" t="s">
+        <v>36</v>
+      </c>
+      <c r="H19">
+        <v>2016</v>
+      </c>
+      <c r="I19">
+        <v>2020</v>
+      </c>
+      <c r="J19" t="s">
+        <v>80</v>
+      </c>
+      <c r="K19" t="s">
+        <v>38</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>39</v>
+      </c>
+      <c r="N19" t="s">
+        <v>40</v>
+      </c>
+      <c r="O19" t="s">
+        <v>115</v>
+      </c>
+      <c r="P19" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>117</v>
+      </c>
+      <c r="B20" t="s">
+        <v>118</v>
+      </c>
+      <c r="C20" t="s">
+        <v>32</v>
+      </c>
+      <c r="D20" t="s">
+        <v>119</v>
+      </c>
+      <c r="E20" t="s">
+        <v>34</v>
+      </c>
+      <c r="F20" t="s">
+        <v>35</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2016</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>37</v>
+      </c>
+      <c r="K20" t="s">
+        <v>38</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>39</v>
+      </c>
+      <c r="N20" t="s">
+        <v>40</v>
+      </c>
+      <c r="O20" t="s">
+        <v>120</v>
+      </c>
+      <c r="P20" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>122</v>
+      </c>
+      <c r="B21" t="s">
+        <v>123</v>
+      </c>
+      <c r="C21" t="s">
+        <v>32</v>
+      </c>
+      <c r="D21" t="s">
+        <v>119</v>
+      </c>
+      <c r="E21" t="s">
+        <v>34</v>
+      </c>
+      <c r="F21" t="s">
+        <v>35</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2016</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>37</v>
+      </c>
+      <c r="K21" t="s">
+        <v>38</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>39</v>
+      </c>
+      <c r="N21" t="s">
+        <v>40</v>
+      </c>
+      <c r="O21" t="s">
+        <v>124</v>
+      </c>
+      <c r="P21" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>126</v>
+      </c>
+      <c r="B22" t="s">
+        <v>127</v>
+      </c>
+      <c r="C22" t="s">
+        <v>32</v>
+      </c>
+      <c r="D22" t="s">
+        <v>119</v>
+      </c>
+      <c r="E22" t="s">
+        <v>34</v>
+      </c>
+      <c r="F22" t="s">
+        <v>45</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2016</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>37</v>
+      </c>
+      <c r="K22" t="s">
+        <v>38</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>39</v>
+      </c>
+      <c r="N22" t="s">
+        <v>40</v>
+      </c>
+      <c r="O22" t="s">
+        <v>128</v>
+      </c>
+      <c r="P22" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>130</v>
+      </c>
+      <c r="B23" t="s">
+        <v>131</v>
+      </c>
+      <c r="C23" t="s">
+        <v>32</v>
+      </c>
+      <c r="D23" t="s">
+        <v>132</v>
+      </c>
+      <c r="E23" t="s">
+        <v>34</v>
+      </c>
+      <c r="F23" t="s">
+        <v>35</v>
+      </c>
+      <c r="G23" t="s">
+        <v>36</v>
+      </c>
+      <c r="H23">
+        <v>2000</v>
+      </c>
+      <c r="I23">
+        <v>2016</v>
+      </c>
+      <c r="J23" t="s">
+        <v>37</v>
+      </c>
+      <c r="K23" t="s">
+        <v>38</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>39</v>
+      </c>
+      <c r="N23" t="s">
+        <v>40</v>
+      </c>
+      <c r="O23" t="s">
+        <v>133</v>
+      </c>
+      <c r="P23" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>135</v>
+      </c>
+      <c r="B24" t="s">
+        <v>136</v>
+      </c>
+      <c r="C24" t="s">
+        <v>32</v>
+      </c>
+      <c r="D24" t="s">
+        <v>132</v>
+      </c>
+      <c r="E24" t="s">
+        <v>34</v>
+      </c>
+      <c r="F24" t="s">
+        <v>45</v>
+      </c>
+      <c r="G24" t="s">
+        <v>36</v>
+      </c>
+      <c r="H24">
+        <v>2000</v>
+      </c>
+      <c r="I24">
+        <v>2020</v>
+      </c>
+      <c r="J24" t="s">
+        <v>80</v>
+      </c>
+      <c r="K24" t="s">
+        <v>38</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>39</v>
+      </c>
+      <c r="N24" t="s">
+        <v>40</v>
+      </c>
+      <c r="O24" t="s">
+        <v>137</v>
+      </c>
+      <c r="P24" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>139</v>
+      </c>
+      <c r="B25" t="s">
+        <v>140</v>
+      </c>
+      <c r="C25" t="s">
+        <v>32</v>
+      </c>
+      <c r="D25" t="s">
+        <v>132</v>
+      </c>
+      <c r="E25" t="s">
+        <v>34</v>
+      </c>
+      <c r="F25" t="s">
+        <v>45</v>
+      </c>
+      <c r="G25" t="s">
+        <v>36</v>
+      </c>
+      <c r="H25">
+        <v>2016</v>
+      </c>
+      <c r="I25">
+        <v>2020</v>
+      </c>
+      <c r="J25" t="s">
+        <v>80</v>
+      </c>
+      <c r="K25" t="s">
+        <v>38</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>39</v>
+      </c>
+      <c r="N25" t="s">
+        <v>40</v>
+      </c>
+      <c r="O25" t="s">
+        <v>141</v>
+      </c>
+      <c r="P25" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>143</v>
+      </c>
+      <c r="B26" t="s">
+        <v>144</v>
+      </c>
+      <c r="C26" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D26" t="s">
+        <v>59</v>
+      </c>
+      <c r="E26" t="s">
+        <v>34</v>
+      </c>
+      <c r="F26" t="s">
+        <v>35</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2017</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>80</v>
+      </c>
+      <c r="K26" t="s">
+        <v>38</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>145</v>
+      </c>
+      <c r="N26" t="s">
+        <v>40</v>
+      </c>
+      <c r="O26" t="s">
+        <v>146</v>
+      </c>
+      <c r="P26" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>148</v>
+      </c>
+      <c r="B27" t="s">
+        <v>149</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>50</v>
+      </c>
+      <c r="E27" t="s">
+        <v>34</v>
+      </c>
+      <c r="F27" t="s">
+        <v>35</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2022</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>150</v>
+      </c>
+      <c r="K27" t="s">
+        <v>38</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>145</v>
+      </c>
+      <c r="N27" t="s">
+        <v>40</v>
+      </c>
+      <c r="O27" t="s">
+        <v>151</v>
+      </c>
+      <c r="P27" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>153</v>
+      </c>
+      <c r="B28" t="s">
+        <v>154</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>155</v>
+      </c>
+      <c r="E28" t="s">
+        <v>34</v>
+      </c>
+      <c r="F28" t="s">
+        <v>156</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2022</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>150</v>
+      </c>
+      <c r="K28" t="s">
+        <v>38</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>145</v>
+      </c>
+      <c r="N28" t="s">
+        <v>40</v>
+      </c>
+      <c r="O28" t="s">
+        <v>157</v>
+      </c>
+      <c r="P28" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>158</v>
+      </c>
+      <c r="B29" t="s">
+        <v>159</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>160</v>
+      </c>
+      <c r="E29" t="s">
+        <v>34</v>
+      </c>
+      <c r="F29" t="s">
+        <v>161</v>
+      </c>
+      <c r="G29" t="s">
+        <v>36</v>
+      </c>
+      <c r="H29">
+        <v>2005</v>
+      </c>
+      <c r="I29">
+        <v>2008</v>
+      </c>
+      <c r="J29" t="s">
+        <v>162</v>
+      </c>
+      <c r="K29" t="s">
+        <v>38</v>
+      </c>
+      <c r="L29" t="s">
+        <v>163</v>
+      </c>
+      <c r="M29" t="s">
+        <v>145</v>
+      </c>
+      <c r="N29" t="s">
+        <v>40</v>
+      </c>
+      <c r="O29" t="s">
+        <v>164</v>
+      </c>
+      <c r="P29" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>166</v>
+      </c>
+      <c r="B30" t="s">
+        <v>167</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>50</v>
+      </c>
+      <c r="E30" t="s">
+        <v>34</v>
+      </c>
+      <c r="F30" t="s">
+        <v>161</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2009</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>162</v>
+      </c>
+      <c r="K30" t="s">
+        <v>38</v>
+      </c>
+      <c r="L30" t="s">
+        <v>168</v>
+      </c>
+      <c r="M30" t="s">
+        <v>145</v>
+      </c>
+      <c r="N30" t="s">
+        <v>40</v>
+      </c>
+      <c r="O30" t="s">
+        <v>169</v>
+      </c>
+      <c r="P30" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>171</v>
+      </c>
+      <c r="B31" t="s">
+        <v>172</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>119</v>
+      </c>
+      <c r="E31" t="s">
+        <v>34</v>
+      </c>
+      <c r="F31" t="s">
+        <v>35</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2022</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>150</v>
+      </c>
+      <c r="K31" t="s">
+        <v>38</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>145</v>
+      </c>
+      <c r="N31" t="s">
+        <v>40</v>
+      </c>
+      <c r="O31" t="s">
+        <v>173</v>
+      </c>
+      <c r="P31" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>174</v>
+      </c>
+      <c r="B32" t="s">
+        <v>175</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>176</v>
+      </c>
+      <c r="E32" t="s">
+        <v>34</v>
+      </c>
+      <c r="F32" t="s">
+        <v>35</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2022</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>150</v>
+      </c>
+      <c r="K32" t="s">
+        <v>38</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>145</v>
+      </c>
+      <c r="N32" t="s">
+        <v>40</v>
+      </c>
+      <c r="O32" t="s">
+        <v>177</v>
+      </c>
+      <c r="P32" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>178</v>
+      </c>
+      <c r="B33" t="s">
+        <v>179</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>180</v>
+      </c>
+      <c r="E33" t="s">
+        <v>34</v>
+      </c>
+      <c r="F33" t="s">
+        <v>35</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2022</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>150</v>
+      </c>
+      <c r="K33" t="s">
+        <v>38</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>145</v>
+      </c>
+      <c r="N33" t="s">
+        <v>40</v>
+      </c>
+      <c r="O33" t="s">
+        <v>181</v>
+      </c>
+      <c r="P33" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>182</v>
+      </c>
+      <c r="B34" t="s">
+        <v>183</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>184</v>
+      </c>
+      <c r="E34" t="s">
+        <v>34</v>
+      </c>
+      <c r="F34" t="s">
+        <v>35</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2022</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>150</v>
+      </c>
+      <c r="K34" t="s">
+        <v>38</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>145</v>
+      </c>
+      <c r="N34" t="s">
+        <v>40</v>
+      </c>
+      <c r="O34" t="s">
+        <v>185</v>
+      </c>
+      <c r="P34" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>186</v>
+      </c>
+      <c r="B35" t="s">
+        <v>187</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>188</v>
+      </c>
+      <c r="E35" t="s">
+        <v>34</v>
+      </c>
+      <c r="F35" t="s">
+        <v>35</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35"/>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>189</v>
+      </c>
+      <c r="K35" t="s">
+        <v>38</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>145</v>
+      </c>
+      <c r="N35" t="s">
+        <v>40</v>
+      </c>
+      <c r="O35" t="s">
+        <v>190</v>
+      </c>
+      <c r="P35" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>191</v>
+      </c>
+      <c r="B36" t="s">
+        <v>192</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
+        <v>193</v>
+      </c>
+      <c r="E36" t="s">
+        <v>34</v>
+      </c>
+      <c r="F36" t="s">
+        <v>35</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2022</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>189</v>
+      </c>
+      <c r="K36" t="s">
+        <v>38</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>145</v>
+      </c>
+      <c r="N36" t="s">
+        <v>40</v>
+      </c>
+      <c r="O36" t="s">
+        <v>194</v>
+      </c>
+      <c r="P36" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>195</v>
+      </c>
+      <c r="B37" t="s">
+        <v>196</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>197</v>
+      </c>
+      <c r="E37" t="s">
+        <v>34</v>
+      </c>
+      <c r="F37" t="s">
+        <v>35</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2022</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>189</v>
+      </c>
+      <c r="K37" t="s">
+        <v>38</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>145</v>
+      </c>
+      <c r="N37" t="s">
+        <v>40</v>
+      </c>
+      <c r="O37" t="s">
+        <v>198</v>
+      </c>
+      <c r="P37" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>199</v>
+      </c>
+      <c r="B38" t="s">
+        <v>200</v>
+      </c>
+      <c r="C38" t="s">
+        <v>18</v>
+      </c>
+      <c r="D38" t="s">
+        <v>201</v>
+      </c>
+      <c r="E38" t="s">
+        <v>34</v>
+      </c>
+      <c r="F38" t="s">
+        <v>35</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2022</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>150</v>
+      </c>
+      <c r="K38" t="s">
+        <v>38</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>145</v>
+      </c>
+      <c r="N38" t="s">
+        <v>40</v>
+      </c>
+      <c r="O38" t="s">
+        <v>202</v>
+      </c>
+      <c r="P38" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>203</v>
+      </c>
+      <c r="B39" t="s">
+        <v>204</v>
+      </c>
+      <c r="C39" t="s">
+        <v>18</v>
+      </c>
+      <c r="D39" t="s">
+        <v>205</v>
+      </c>
+      <c r="E39" t="s">
+        <v>34</v>
+      </c>
+      <c r="F39" t="s">
+        <v>35</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2022</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>150</v>
+      </c>
+      <c r="K39" t="s">
+        <v>38</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>145</v>
+      </c>
+      <c r="N39" t="s">
+        <v>40</v>
+      </c>
+      <c r="O39" t="s">
+        <v>206</v>
+      </c>
+      <c r="P39" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>207</v>
+      </c>
+      <c r="B40" t="s">
+        <v>208</v>
+      </c>
+      <c r="C40" t="s">
+        <v>18</v>
+      </c>
+      <c r="D40" t="s">
+        <v>100</v>
+      </c>
+      <c r="E40" t="s">
+        <v>34</v>
+      </c>
+      <c r="F40" t="s">
+        <v>35</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2022</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>150</v>
+      </c>
+      <c r="K40" t="s">
+        <v>38</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>145</v>
+      </c>
+      <c r="N40" t="s">
+        <v>40</v>
+      </c>
+      <c r="O40" t="s">
+        <v>209</v>
+      </c>
+      <c r="P40" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>210</v>
+      </c>
+      <c r="B41" t="s">
+        <v>211</v>
+      </c>
+      <c r="C41" t="s">
+        <v>18</v>
+      </c>
+      <c r="D41" t="s">
+        <v>212</v>
+      </c>
+      <c r="E41" t="s">
+        <v>34</v>
+      </c>
+      <c r="F41" t="s">
+        <v>35</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2022</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>150</v>
+      </c>
+      <c r="K41" t="s">
+        <v>213</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>145</v>
+      </c>
+      <c r="N41" t="s">
+        <v>214</v>
+      </c>
+      <c r="O41" t="s">
+        <v>215</v>
+      </c>
+      <c r="P41" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>216</v>
+      </c>
+      <c r="B42" t="s">
+        <v>217</v>
+      </c>
+      <c r="C42" t="s">
+        <v>18</v>
+      </c>
+      <c r="D42" t="s">
+        <v>218</v>
+      </c>
+      <c r="E42" t="s">
+        <v>34</v>
+      </c>
+      <c r="F42" t="s">
+        <v>35</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2022</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>150</v>
+      </c>
+      <c r="K42" t="s">
+        <v>38</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>145</v>
+      </c>
+      <c r="N42" t="s">
+        <v>40</v>
+      </c>
+      <c r="O42" t="s">
+        <v>219</v>
+      </c>
+      <c r="P42" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>220</v>
+      </c>
+      <c r="B43" t="s">
+        <v>221</v>
+      </c>
+      <c r="C43" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43" t="s">
+        <v>222</v>
+      </c>
+      <c r="E43" t="s">
+        <v>34</v>
+      </c>
+      <c r="F43" t="s">
+        <v>35</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2022</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>150</v>
+      </c>
+      <c r="K43" t="s">
+        <v>38</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>145</v>
+      </c>
+      <c r="N43" t="s">
+        <v>70</v>
+      </c>
+      <c r="O43" t="s">
+        <v>223</v>
+      </c>
+      <c r="P43" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>224</v>
+      </c>
+      <c r="B44" t="s">
+        <v>225</v>
+      </c>
+      <c r="C44" t="s">
+        <v>18</v>
+      </c>
+      <c r="D44" t="s">
+        <v>226</v>
+      </c>
+      <c r="E44" t="s">
+        <v>34</v>
+      </c>
+      <c r="F44" t="s">
+        <v>35</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2022</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>150</v>
+      </c>
+      <c r="K44" t="s">
+        <v>38</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>145</v>
+      </c>
+      <c r="N44" t="s">
+        <v>40</v>
+      </c>
+      <c r="O44" t="s">
+        <v>227</v>
+      </c>
+      <c r="P44" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>228</v>
+      </c>
+      <c r="B45" t="s">
+        <v>229</v>
+      </c>
+      <c r="C45" t="s">
+        <v>18</v>
+      </c>
+      <c r="D45" t="s">
+        <v>230</v>
+      </c>
+      <c r="E45" t="s">
+        <v>34</v>
+      </c>
+      <c r="F45" t="s">
+        <v>35</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2022</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>150</v>
+      </c>
+      <c r="K45" t="s">
+        <v>38</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>145</v>
+      </c>
+      <c r="N45" t="s">
+        <v>40</v>
+      </c>
+      <c r="O45" t="s">
+        <v>231</v>
+      </c>
+      <c r="P45" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>232</v>
+      </c>
+      <c r="B46" t="s">
+        <v>233</v>
+      </c>
+      <c r="C46" t="s">
+        <v>18</v>
+      </c>
+      <c r="D46" t="s">
+        <v>234</v>
+      </c>
+      <c r="E46" t="s">
+        <v>34</v>
+      </c>
+      <c r="F46" t="s">
+        <v>35</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2022</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>150</v>
+      </c>
+      <c r="K46" t="s">
+        <v>38</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>145</v>
+      </c>
+      <c r="N46" t="s">
+        <v>40</v>
+      </c>
+      <c r="O46" t="s">
+        <v>235</v>
+      </c>
+      <c r="P46" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>236</v>
+      </c>
+      <c r="B47" t="s">
+        <v>237</v>
+      </c>
+      <c r="C47" t="s">
+        <v>18</v>
+      </c>
+      <c r="D47" t="s">
+        <v>238</v>
+      </c>
+      <c r="E47" t="s">
+        <v>34</v>
+      </c>
+      <c r="F47" t="s">
+        <v>35</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2022</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>150</v>
+      </c>
+      <c r="K47" t="s">
+        <v>38</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>145</v>
+      </c>
+      <c r="N47" t="s">
+        <v>40</v>
+      </c>
+      <c r="O47" t="s">
+        <v>239</v>
+      </c>
+      <c r="P47" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>240</v>
+      </c>
+      <c r="B48" t="s">
+        <v>241</v>
+      </c>
+      <c r="C48" t="s">
+        <v>18</v>
+      </c>
+      <c r="D48" t="s">
+        <v>242</v>
+      </c>
+      <c r="E48" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F48" t="s">
+        <v>35</v>
+      </c>
+      <c r="G48" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...1034 lines deleted...]
-      <c r="G27">
+      <c r="H48">
         <v>2022</v>
       </c>
-      <c r="H27"/>
-[...577 lines deleted...]
-      <c r="N41" t="s">
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>150</v>
+      </c>
+      <c r="K48" t="s">
+        <v>243</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
         <v>145</v>
       </c>
-    </row>
-[...81 lines deleted...]
-      <c r="A44" t="s">
+      <c r="N48" t="s">
+        <v>244</v>
+      </c>
+      <c r="O48" t="s">
+        <v>245</v>
+      </c>
+      <c r="P48" t="s">
         <v>152</v>
       </c>
-      <c r="B44" t="s">
-[...193 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>