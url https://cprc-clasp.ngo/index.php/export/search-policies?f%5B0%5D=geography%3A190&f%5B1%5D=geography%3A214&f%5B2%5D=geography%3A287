--- v0 (2025-11-09)
+++ v1 (2025-12-25)
@@ -12,701 +12,707 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="249">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="251">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>Draft MEPS for chillers</t>
-[...509 lines deleted...]
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
+    <t>Electricity</t>
+  </si>
+  <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-indoor-led-lamps</t>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
   </si>
   <si>
+    <t>Draft MEPS for chillers</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS  requirement for chillers</t>
+  </si>
+  <si>
+    <t>Refrigeration, Industrial Process Chillers</t>
+  </si>
+  <si>
+    <t>Not applicable</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Under development</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-chillers</t>
+  </si>
+  <si>
+    <t>Draft MEPS for electric motors</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling instructions for electric motors.</t>
+  </si>
+  <si>
+    <t>Variable Speed Drives</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-electric-motors-0</t>
+  </si>
+  <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
+    <t>Draft MEPS for RDCs</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and energy labelling requirements for RDCs</t>
+  </si>
+  <si>
+    <t>Refrigerated Cabinets</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-rdcs</t>
+  </si>
+  <si>
+    <t>Draft MEPS for televisions</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling instructions for televisions.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>IEC 62301, IEC 62087, SNI 04 6958 - 2003</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-televisions</t>
+  </si>
+  <si>
+    <t>Draft MEPS for washing machines</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling instructions for washing machines.</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>SNI IEC 60311-2000</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-washing-machines-0</t>
+  </si>
+  <si>
+    <t>Draft MEPS for water pumps</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling instructions for water pumps.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-water-pumps</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 126.K/EK.06/DJE/2023 -- Refrigerated Display Case</t>
+  </si>
+  <si>
+    <t>This policy establishes the minimum performance standards and energy-saving label for refrigerated display case (RDC) which is a refrigerated cabinet used to display food or beverages, utilizing glass as a medium to highlight the products on display, with a capacity of 150 (one hundred fifty) to 300 (three hundred) liters.</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-126kek06dje2023-refrigerated-display-case</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20250310092031_126K_SKEM_dan_LTHE_RDC.pdf</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum energy performance standards and labels for air conditioners that are single split, wall-mounted units with a maximum cooling capacity of 27,000 BTU/hour for both inverter and non-inverter types, with HS code 8415.10.10 or as subsequently amended.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning-amendment</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 162.K/EK.06/DJE/2023 -- Television</t>
+  </si>
+  <si>
+    <t>The policy regulates minimum energy performance standards and label for televisions of  the liquid crystal display (LCD) type and light-emitting diode (LED) type, up to 55 inches in size</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-162kek06dje2023-television</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
+  </si>
+  <si>
+    <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy establishes MEPS and label for refrigerators that have a maximum capacity of 300 (three hundred) liters and a maximum electrical voltage of 250 (two hundred fifty) volts.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators-amendment</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 87.K/EK.01/MEM.E/2025 -- Drinking Water Dispensers</t>
+  </si>
+  <si>
+    <t>This policy establishes MEPS and label for water dispense, a standalone device equipped with a heating component to heat drinking water, or a standalone device equipped with a heating and/or cooling component that uses a heat pump or thermoelectric system to cool drinking water. It uses bottled water as the water source, with a bottle capacity of up to 20 (twenty) liters. MEPS and Label rating:</t>
+  </si>
+  <si>
+    <t>Water Coolers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-87kek01meme2025-drinking-water-dispensers</t>
+  </si>
+  <si>
+    <t>INTE E10-1 2015</t>
+  </si>
+  <si>
+    <t>This standard establishes the specifications to determine the values of energy consumption per liter for self-contained commercial refrigeration equipment.</t>
+  </si>
+  <si>
+    <t>Costa Rica</t>
+  </si>
+  <si>
+    <t>September 2018</t>
+  </si>
+  <si>
+    <t>Institute of Technical Standards of Costa Rica</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e10-1-2015</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-1-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-requisitos-1422?search=INTE+28</t>
+  </si>
+  <si>
+    <t>INTE E10-2 2015</t>
+  </si>
+  <si>
+    <t>This standard applies to the following self-contained commercial refrigeration equipment powered by electricity; new -imported and domestic; used and rebuilt -only imported. All with capacities of 10 liters of refrigerated volume useful -in function of the energetic limits- or more. The types of equipment are: Vertical coolers with one or more front doors; Horizontal coolers; Horizontal freezers; Vertical freezers; Closed showcases; Ice bag preservers. This modification includes imported used and reconstructed equipment. This standard does not include used or reconstructed national equipment. This standard also applies to vertical refrigerators that are used with loads at temperatures down to -5C.</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e10-2-2015</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-2-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-etiquetado-270?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
+    <t>INTE E11-1 2015</t>
+  </si>
+  <si>
+    <t>This standard establishes the maximum limits of energy consumption of residential refrigerators and freezers operated by hermetic motor compressors. This standard applies to  refrigerators up to 1104 L and  freezers up to 850 L operated by hermetic motor compressors. This standard does not apply to refrigerator-freezers with partially automatic defrosting.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e11-1-2015</t>
+  </si>
+  <si>
+    <t>https://inteco.org/tienda/catalogo/INTEE1112015</t>
+  </si>
+  <si>
+    <t>INTE E11-2 2015</t>
+  </si>
+  <si>
+    <t>This standard specifies the label of energy consumption and its contents of household  refrigerators and  freezers operated by hermetic motor compressor. This standard applies to refrigerators up to 1104 liters and  freezers up to 850 liters operated by hermetic motor compressors.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e11-2-2015</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e11-2-2015-eficiencia-energetica-refrigeradores-electrodomesticos-y-congeladores-electrodomesticos-etiquetado-1420?search=INTE+28</t>
+  </si>
+  <si>
+    <t>INTE E12-1 2015</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum efficiency limits for compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
+    <t>ISO 3951-1</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e12-1-2015</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-1-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-requisitos-1285?search=INTE+28</t>
+  </si>
+  <si>
+    <t>INTE E12-2 2015</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label, compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e12-2-2015</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-2-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-etiquetado-1197?search=INTE+28</t>
+  </si>
+  <si>
+    <t>INTE E13-1 2017</t>
+  </si>
+  <si>
+    <t>This standard establishes the associated nominal and minimum efficiency values; the test method for its evaluation; and the labeling specification of the nominal efficiency; on the motor data plate. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e13-1-2017</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-1-2017-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-limites-de-eficiencia-2323?search=INTE+28</t>
+  </si>
+  <si>
+    <t>INTE E13-2 2018</t>
+  </si>
+  <si>
+    <t>This standard establishes the labeling requirements for the associated nominal and minimum efficiency values ??of the efficiency of alternating current; three-phase induction motors. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e13-2-2018</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-2-2018-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-etiquetado-2660?search=INTE+28</t>
+  </si>
+  <si>
+    <t>INTE E14-1 2015</t>
+  </si>
+  <si>
+    <t>This standard aims to establish the energy efficiency ranges of air conditioners. This Standard covers all split-window air conditioners with rated cooling capacities up to 17 589 W.</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>ISO 5151</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e14-1-2015</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-1-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-dividido-y-paquete-requisitos-1077?search=INTE+E14&amp;order=name+asc</t>
+  </si>
+  <si>
+    <t>INTE E14-2 2015</t>
+  </si>
+  <si>
+    <t>The purpose of this standard is to establish the requirements that must be met by the energy efficiency label of air conditioners. This Standard covers all air conditioners; window type; split; package with nominal cooling capacities up to 17 589 W</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e14-2-2015</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-2-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-tipo-dividido-y-tipo-paquete-etiquetado-1538?search=INTE+28</t>
+  </si>
+  <si>
+    <t>INTE E17-1 2017</t>
+  </si>
+  <si>
+    <t>This national standard establishes the minimum limits of energy efficiency that electric cookers; insoles and electric ovens with resistive elements for domestic use and induction templates for domestic use must meet. Applies for electric ranges that use a 60 Hz AC source with a nominal system voltage of 120-240 V.</t>
+  </si>
+  <si>
+    <t>Ovens, Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>ISO 2859-1</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-1-2017</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-1-2017-eficiencia-energetica-cocinas-electricas-plantillas-plantillas-de-induccion-y-hornos-electricos-de-uso-domestico-parte-1-requisitos-1048?search=INTE+E17-1</t>
+  </si>
+  <si>
+    <t>INTE E17-2 2017</t>
+  </si>
+  <si>
+    <t>This standard applies to electric cookers; insoles and electric ovens for domestic use with electrical connection 120 V; 240 V at 60 Hz</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-2-2017</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-2-2017-eficiencia-energetica-cocinas-electricas-plantillas-y-hornos-electricos-de-uso-domestico-parte-2-etiquetado-1558?search=INTE+E17-2</t>
+  </si>
+  <si>
+    <t>INTE E18-1: 2020</t>
+  </si>
+  <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes -LEDs- intended for roads and outdoor areas.</t>
+  </si>
+  <si>
+    <t>Streetlighting</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-1-2020</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?search=INTE+28</t>
+  </si>
+  <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes (LED), intended for roads and outdoor areas</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-1-2020-0</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?variant=7414</t>
+  </si>
+  <si>
+    <t>INTE E18-2 2016</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; of the light emitting diode -LED- luminaires for public lighting. This standard applies to luminaires with LED lighting components; which are sold and installed in the national territory to illuminate outdoor areas that have one or more of the following characteristics: roads; parks; or parking lots.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-2-2016</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-2-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-para-alumbrado-publico-etiquetado-872?search=INTE+E18</t>
+  </si>
+  <si>
+    <t>INTE E19-1 2020</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; for high intensity discharge lamps -HID- for general lighting. This standard applies to discharge lamps in high intensity; intended for the lighting of the residential; commercial; services; industrial and public lighting sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e19-1-2020</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for high intensity discharge (HID) lamps for general lighting. This standard applies to high intensity discharge lamps (HID), intended for lighting residential, commercial, services, industrial and public lighting sectors that are marketed in the national territory</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e19-1-2020-0</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?variant=5672</t>
+  </si>
+  <si>
+    <t>INTE E20-1 2016</t>
+  </si>
+  <si>
+    <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e20-1-2016</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e20-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-factor-de-energia-fe-y-factor-de-consumo-de-agua-fca-parte-1-requisitos-1184?search=INTE+28</t>
+  </si>
+  <si>
+    <t>INTE E21-1 2016</t>
+  </si>
+  <si>
+    <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-1-2016</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
+  </si>
+  <si>
+    <t>INTE E21-2 2016</t>
+  </si>
+  <si>
+    <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-2-2016</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
+  </si>
+  <si>
+    <t>INTE E22-1 2016</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum efficiency limits for linear fluorescent lamps. This standard applies to linear fluorescent lamps; intended for lighting residential; commercial; services and industrial sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-1-2016</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-1-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-requisitos-1480?search=INTE+28</t>
+  </si>
+  <si>
+    <t>INTE E22-1 2020</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps. This standard applies to linear fluorescent lamps intended for lighting residential; commercial; services and industrial sectors that are marketed in the National territory.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-1-2020</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
+    <t>INTE E22-2 2020</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps (LFL). This standard applies to linear fluorescent lamps, intended for lighting residential, commercial, service and industrial sectors that are marketed in the national territory. This standard does not apply to types of lamps that have one or more of the following characteristics: - Linear fluorescent lamps with a length of less than 50 cm, color temperature greater than 7000 K, designed to operate at low temperatures, ultraviolet and other special applications. . - Compact fluorescent lamp without integrated ballast, circular fluorescent lamps.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-2-2020</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?variant=5673</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
   </si>
   <si>
     <t>This policy includes MEPS and labeling requirements for portable fans with blade diameter from 150 mm/6 inches to 240 mm/24 inches, excluding exhaust fans, ceiling fans, and ventilation fans (HS code: 8414.51.00).</t>
   </si>
   <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
   </si>
   <si>
     <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>SNI 8557-1:2018 IEC 62552-1:2015
 ,   
                     SNI IEC 62552-2:2016
 ,   
                     SNI 8557-3:2018 IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-0</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124138_113KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_LEMARI_PENDINGIN.PDF</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Rice Cooker</t>
   </si>
   <si>
     <t>The document specifies the MEPS and labeling requirements for cover rice cookers with rice cooking capacity not exceeding 3 L and voltage up to 250 V, excluding pressure cookers (HS code: 8516.60.10).</t>
   </si>
   <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>SNI IEC 60335-1
 ,   
                     SNI IEC 60335-2-15</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-1</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124347_115KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PENANAK_NASI.PDF</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Decision No. 103.K/EK.07/DJE/2021 on Minimum Energy Performance Standards and Energy Savings Label for Energy Consuming Appliance Air Conditioners</t>
   </si>
   <si>
     <t>The document specifies the MEPS and energy labelling requirements for single split wall-mounted ACs with maximum cooling capacity of 27,000 BTU/hour for inverter and non-inver type under the HS Code 8415.10.10</t>
   </si>
   <si>
     <t>Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>SNI ISO 5151:2015, SNI 8560-1:2018 ISO 16358-1:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-decision-no-103kek07dje2021-minimum-energy</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924123008_103KEK07DJE2021_STANDAR_KINERJA_MINIMUM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PEMANFAATAN_ENERGI_PENGONDISI_UDARA.pdf</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
     <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
     <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
   </si>
@@ -1132,51 +1138,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="221.66" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="833.939" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="101.404" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="277.075" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1216,2164 +1222,2160 @@
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
-      <c r="H2"/>
+      <c r="H2">
+        <v>2022</v>
+      </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
-      <c r="L2"/>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
       <c r="M2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O2" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="P2"/>
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F3" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H3"/>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>38</v>
+      </c>
+      <c r="P3"/>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="E4" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H4"/>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="P4"/>
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="E5" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F5" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H5"/>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="L5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="N5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="P5"/>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="B6" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F6" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H6"/>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="M6" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="N6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="P6" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="B7" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F7" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H7"/>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="L7"/>
+      <c r="L7" t="s">
+        <v>56</v>
+      </c>
       <c r="M7" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="N7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="P7" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="B8" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>37</v>
+        <v>60</v>
       </c>
       <c r="E8" t="s">
-        <v>55</v>
+        <v>33</v>
       </c>
       <c r="F8" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="H8"/>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="N8" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="P8" t="s">
-        <v>59</v>
+        <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B9" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>62</v>
+        <v>46</v>
       </c>
       <c r="E9" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H9">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I9">
         <v>2023</v>
       </c>
+      <c r="I9"/>
       <c r="J9" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>64</v>
+        <v>26</v>
       </c>
       <c r="N9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="P9" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B10" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>41</v>
+        <v>70</v>
       </c>
       <c r="E10" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10">
         <v>2023</v>
       </c>
-      <c r="I10"/>
       <c r="J10" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="N10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="P10" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="B11" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>72</v>
+        <v>50</v>
       </c>
       <c r="E11" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H11">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="I11"/>
       <c r="J11" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="N11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O11" t="s">
+        <v>76</v>
+      </c>
+      <c r="P11" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="B12" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="E12" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H12">
+        <v>2022</v>
+      </c>
+      <c r="I12">
         <v>2024</v>
       </c>
-      <c r="I12">
-[...1 lines deleted...]
-      </c>
       <c r="J12" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="N12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="P12" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B13" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="E13" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>56</v>
-[...4 lines deleted...]
-      <c r="I13"/>
+        <v>22</v>
+      </c>
+      <c r="H13"/>
+      <c r="I13">
+        <v>2024</v>
+      </c>
       <c r="J13" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="N13" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="P13" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B14" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="C14" t="s">
-        <v>84</v>
+        <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="E14" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H14">
-        <v>2001</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I14"/>
       <c r="J14" t="s">
-        <v>85</v>
+        <v>65</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>86</v>
+        <v>71</v>
       </c>
       <c r="N14" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="P14" t="s">
-        <v>88</v>
+        <v>73</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>89</v>
       </c>
       <c r="B15" t="s">
         <v>90</v>
       </c>
       <c r="C15" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D15" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="E15" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>91</v>
+        <v>34</v>
       </c>
       <c r="G15" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H15">
         <v>2001</v>
       </c>
       <c r="I15">
         <v>2015</v>
       </c>
       <c r="J15" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="N15" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="P15" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="B16" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C16" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D16" t="s">
-        <v>96</v>
+        <v>83</v>
       </c>
       <c r="E16" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>21</v>
+        <v>98</v>
       </c>
       <c r="G16" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H16">
         <v>2001</v>
       </c>
       <c r="I16">
         <v>2015</v>
       </c>
       <c r="J16" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="N16" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="P16" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B17" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C17" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D17" t="s">
-        <v>96</v>
+        <v>103</v>
       </c>
       <c r="E17" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>91</v>
+        <v>34</v>
       </c>
       <c r="G17" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H17">
         <v>2001</v>
       </c>
       <c r="I17">
         <v>2015</v>
       </c>
       <c r="J17" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="N17" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="P17" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
+        <v>106</v>
+      </c>
+      <c r="B18" t="s">
+        <v>107</v>
+      </c>
+      <c r="C18" t="s">
+        <v>91</v>
+      </c>
+      <c r="D18" t="s">
         <v>103</v>
       </c>
-      <c r="B18" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E18" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>21</v>
+        <v>98</v>
       </c>
       <c r="G18" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H18">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="I18">
         <v>2015</v>
       </c>
       <c r="J18" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
-      <c r="L18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L18"/>
       <c r="M18" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="N18" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="P18" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="B19" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C19" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D19" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="E19" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>91</v>
+        <v>34</v>
       </c>
       <c r="G19" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H19">
         <v>2000</v>
       </c>
       <c r="I19">
         <v>2015</v>
       </c>
       <c r="J19" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="L19"/>
+      <c r="L19" t="s">
+        <v>112</v>
+      </c>
       <c r="M19" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="N19" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="P19" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="B20" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="C20" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D20" t="s">
-        <v>114</v>
+        <v>79</v>
       </c>
       <c r="E20" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>21</v>
+        <v>98</v>
       </c>
       <c r="G20" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H20">
-        <v>1996</v>
+        <v>2000</v>
       </c>
       <c r="I20">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="J20" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="N20" t="s">
-        <v>115</v>
+        <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="P20" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B21" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C21" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D21" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
       <c r="E21" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>91</v>
+        <v>34</v>
       </c>
       <c r="G21" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H21">
         <v>1996</v>
       </c>
       <c r="I21">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="J21" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="N21" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="O21" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="P21" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="B22" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="C22" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D22" t="s">
-        <v>62</v>
+        <v>121</v>
       </c>
       <c r="E22" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>21</v>
+        <v>98</v>
       </c>
       <c r="G22" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H22">
         <v>1996</v>
       </c>
       <c r="I22">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="J22" t="s">
-        <v>124</v>
+        <v>92</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
-      <c r="L22" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L22"/>
       <c r="M22" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="N22" t="s">
-        <v>26</v>
+        <v>122</v>
       </c>
       <c r="O22" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="P22" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B23" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C23" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D23" t="s">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="E23" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>91</v>
+        <v>34</v>
       </c>
       <c r="G23" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H23">
         <v>1996</v>
       </c>
       <c r="I23">
         <v>2019</v>
       </c>
       <c r="J23" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="M23" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="N23" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="P23" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="B24" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="C24" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D24" t="s">
-        <v>134</v>
+        <v>70</v>
       </c>
       <c r="E24" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>21</v>
+        <v>98</v>
       </c>
       <c r="G24" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H24">
         <v>1996</v>
       </c>
       <c r="I24">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="J24" t="s">
-        <v>85</v>
+        <v>131</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="M24" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="N24" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="P24" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B25" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C25" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D25" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="E25" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>91</v>
+        <v>34</v>
       </c>
       <c r="G25" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H25">
         <v>1996</v>
       </c>
       <c r="I25">
         <v>2017</v>
       </c>
       <c r="J25" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
-      <c r="L25"/>
+      <c r="L25" t="s">
+        <v>142</v>
+      </c>
       <c r="M25" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="N25" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="P25" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="B26" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="C26" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D26" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="E26" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>21</v>
+        <v>98</v>
       </c>
       <c r="G26" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H26">
-        <v>2016</v>
+        <v>1996</v>
       </c>
       <c r="I26">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="J26" t="s">
-        <v>124</v>
+        <v>92</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="N26" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="P26" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="B27" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="C27" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D27" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="E27" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G27" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H27">
         <v>2016</v>
       </c>
       <c r="I27">
         <v>2020</v>
       </c>
       <c r="J27" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="N27" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="P27" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="B28" t="s">
+        <v>154</v>
+      </c>
+      <c r="C28" t="s">
+        <v>91</v>
+      </c>
+      <c r="D28" t="s">
         <v>151</v>
       </c>
-      <c r="C28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E28" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>91</v>
+        <v>34</v>
       </c>
       <c r="G28" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H28">
         <v>2016</v>
       </c>
-      <c r="I28"/>
+      <c r="I28">
+        <v>2020</v>
+      </c>
       <c r="J28" t="s">
-        <v>85</v>
+        <v>131</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="N28" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="P28" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B29" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="C29" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D29" t="s">
-        <v>72</v>
+        <v>151</v>
       </c>
       <c r="E29" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="G29" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H29">
         <v>2016</v>
       </c>
-      <c r="I29">
-[...1 lines deleted...]
-      </c>
+      <c r="I29"/>
       <c r="J29" t="s">
-        <v>124</v>
+        <v>92</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="N29" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="P29" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>154</v>
+        <v>161</v>
       </c>
       <c r="B30" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="C30" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D30" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="E30" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="G30" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H30">
         <v>2016</v>
       </c>
       <c r="I30">
         <v>2020</v>
       </c>
       <c r="J30" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="N30" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="P30" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
         <v>161</v>
       </c>
       <c r="B31" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="C31" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D31" t="s">
-        <v>46</v>
+        <v>79</v>
       </c>
       <c r="E31" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>21</v>
+        <v>98</v>
       </c>
       <c r="G31" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H31">
         <v>2016</v>
       </c>
-      <c r="I31"/>
+      <c r="I31">
+        <v>2020</v>
+      </c>
       <c r="J31" t="s">
-        <v>85</v>
+        <v>131</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="N31" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="P31" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="B32" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="C32" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D32" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="E32" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G32" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="H32">
         <v>2016</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="N32" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="P32" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="B33" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="C33" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D33" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="E33" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>91</v>
+        <v>34</v>
       </c>
       <c r="G33" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="H33">
         <v>2016</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="N33" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="P33" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="B34" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="C34" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D34" t="s">
-        <v>175</v>
+        <v>55</v>
       </c>
       <c r="E34" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>21</v>
+        <v>98</v>
       </c>
       <c r="G34" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H34">
-        <v>2000</v>
-[...1 lines deleted...]
-      <c r="I34">
         <v>2016</v>
       </c>
+      <c r="I34"/>
       <c r="J34" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="N34" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="P34" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B35" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="C35" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D35" t="s">
-        <v>175</v>
+        <v>182</v>
       </c>
       <c r="E35" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>91</v>
+        <v>34</v>
       </c>
       <c r="G35" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H35">
         <v>2000</v>
       </c>
       <c r="I35">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="J35" t="s">
-        <v>124</v>
+        <v>92</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="N35" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="P35" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
+        <v>185</v>
+      </c>
+      <c r="B36" t="s">
+        <v>186</v>
+      </c>
+      <c r="C36" t="s">
+        <v>91</v>
+      </c>
+      <c r="D36" t="s">
         <v>182</v>
       </c>
-      <c r="B36" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E36" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="G36" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H36">
-        <v>2016</v>
+        <v>2000</v>
       </c>
       <c r="I36">
         <v>2020</v>
       </c>
       <c r="J36" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="N36" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="P36" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="B37" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="C37" t="s">
-        <v>18</v>
+        <v>91</v>
       </c>
       <c r="D37" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
       <c r="E37" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>31</v>
+        <v>98</v>
       </c>
       <c r="G37" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H37">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="I37">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="J37" t="s">
-        <v>189</v>
+        <v>131</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
-      <c r="L37" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L37"/>
       <c r="M37" t="s">
-        <v>32</v>
+        <v>93</v>
       </c>
       <c r="N37" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O37" t="s">
         <v>191</v>
       </c>
       <c r="P37" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
         <v>193</v>
       </c>
       <c r="B38" t="s">
         <v>194</v>
       </c>
       <c r="C38" t="s">
         <v>18</v>
       </c>
       <c r="D38" t="s">
         <v>195</v>
       </c>
       <c r="E38" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G38" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="H38">
         <v>2021</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
         <v>196</v>
       </c>
       <c r="M38" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="N38" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O38" t="s">
         <v>197</v>
       </c>
       <c r="P38" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
         <v>199</v>
       </c>
       <c r="B39" t="s">
         <v>200</v>
       </c>
       <c r="C39" t="s">
         <v>18</v>
       </c>
       <c r="D39" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="E39" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G39" t="s">
-        <v>56</v>
+        <v>201</v>
       </c>
       <c r="H39">
         <v>2021</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="M39" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="N39" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="P39" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B40" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C40" t="s">
         <v>18</v>
       </c>
       <c r="D40" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="E40" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G40" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="H40">
         <v>2021</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="M40" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="N40" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="P40" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B41" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C41" t="s">
         <v>18</v>
       </c>
       <c r="D41" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="E41" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G41" t="s">
-        <v>63</v>
+        <v>214</v>
       </c>
       <c r="H41">
         <v>2021</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="M41" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="N41" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="P41" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B42" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="C42" t="s">
         <v>18</v>
       </c>
       <c r="D42" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="E42" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G42" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="H42">
         <v>2021</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="N42" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="P42" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B43" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="C43" t="s">
         <v>18</v>
       </c>
       <c r="D43" t="s">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="E43" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G43" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H43">
         <v>2015</v>
       </c>
       <c r="I43">
         <v>2018</v>
       </c>
       <c r="J43" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="M43" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="N43" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="P43" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="B44" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="C44" t="s">
         <v>18</v>
       </c>
       <c r="D44" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="E44" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="G44" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H44">
         <v>2013</v>
       </c>
       <c r="I44">
         <v>2016</v>
       </c>
       <c r="J44" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="M44" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="N44" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="P44" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="B45" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C45" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="D45" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="E45" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="F45" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="G45" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H45">
         <v>2018</v>
       </c>
       <c r="I45">
         <v>2022</v>
       </c>
       <c r="J45" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="K45" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="L45" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="M45" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="N45" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="O45" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="P45" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="B46" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="C46" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="D46" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="E46" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="F46" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="G46" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H46">
         <v>2018</v>
       </c>
       <c r="I46">
         <v>2022</v>
       </c>
       <c r="J46" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="K46" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="L46" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="M46" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="N46" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="O46" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="P46" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">