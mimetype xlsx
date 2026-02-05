--- v0 (2025-12-04)
+++ v1 (2026-02-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="186">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="185">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -425,51 +425,51 @@
   <si>
     <t>https://www.inteco.org/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?page=2&amp;search=INTE+28</t>
   </si>
   <si>
     <t>This standard establishes the minimum content of the energy efficiency label for high intensity discharge (HID) lamps for general lighting. This standard applies to high intensity discharge lamps (HID), intended for lighting residential, commercial, services, industrial and public lighting sectors that are marketed in the national territory</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e19-1-2020-0</t>
   </si>
   <si>
     <t>https://www.inteco.org/en_US/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?variant=5672</t>
   </si>
   <si>
     <t>INTE E20-1 2016</t>
   </si>
   <si>
     <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e20-1-2016</t>
   </si>
   <si>
-    <t>https://www.inteco.org/shop/product/inte-e20-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-factor-de-energia-fe-y-factor-de-consumo-de-agua-fca-parte-1-requisitos-1184?search=INTE+28</t>
+    <t>https://inteco.org/tienda/catalogo/INTEE2012016</t>
   </si>
   <si>
     <t>INTE E21-1 2016</t>
   </si>
   <si>
     <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-1-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
   </si>
   <si>
     <t>INTE E21-2 2016</t>
   </si>
   <si>
     <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-2-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
   </si>
@@ -513,53 +513,50 @@
     <t>https://www.inteco.org/en_US/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?variant=5673</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 2: Luminaires</t>
   </si>
   <si>
     <t>This standard specifies the minimum energy performance standard (MEPS), functional performance and energy labelling requirements for luminaires, including both indoor and outdoor / streetlight luminaires, such as indoor ambient luminaires, linear batten luminaires, linear troffer luminaire, downlight luminaires, high-bay luminaires, low-bay luminaires and planer (or plane) luminaires.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Africa, Nigeria</t>
   </si>
   <si>
     <t>Luminaires</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
@@ -978,51 +975,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="117.828" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="833.939" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="277.075" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -2346,184 +2343,184 @@
       <c r="K28" t="s">
         <v>45</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
         <v>26</v>
       </c>
       <c r="N28" t="s">
         <v>47</v>
       </c>
       <c r="O28" t="s">
         <v>164</v>
       </c>
       <c r="P28" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>165</v>
       </c>
       <c r="B29" t="s">
         <v>166</v>
       </c>
       <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
         <v>167</v>
       </c>
-      <c r="D29" t="s">
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
         <v>168</v>
-      </c>
-[...4 lines deleted...]
-        <v>169</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2024</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
+        <v>169</v>
+      </c>
+      <c r="K29" t="s">
+        <v>45</v>
+      </c>
+      <c r="L29" t="s">
         <v>170</v>
       </c>
-      <c r="K29" t="s">
-[...2 lines deleted...]
-      <c r="L29" t="s">
+      <c r="M29" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="N29" t="s">
         <v>47</v>
       </c>
       <c r="O29" t="s">
+        <v>172</v>
+      </c>
+      <c r="P29" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
+        <v>174</v>
+      </c>
+      <c r="B30" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="C30" t="s">
         <v>18</v>
       </c>
       <c r="D30" t="s">
         <v>53</v>
       </c>
       <c r="E30" t="s">
         <v>162</v>
       </c>
       <c r="F30" t="s">
         <v>61</v>
       </c>
       <c r="G30" t="s">
         <v>54</v>
       </c>
       <c r="H30">
         <v>2017</v>
       </c>
       <c r="I30">
         <v>2019</v>
       </c>
       <c r="J30" t="s">
         <v>35</v>
       </c>
       <c r="K30" t="s">
         <v>45</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
         <v>26</v>
       </c>
       <c r="N30" t="s">
         <v>47</v>
       </c>
       <c r="O30" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="P30" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
+        <v>177</v>
+      </c>
+      <c r="B31" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="C31" t="s">
         <v>18</v>
       </c>
       <c r="D31" t="s">
+        <v>179</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
         <v>180</v>
-      </c>
-[...4 lines deleted...]
-        <v>181</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2018</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
         <v>35</v>
       </c>
       <c r="K31" t="s">
         <v>45</v>
       </c>
       <c r="L31" t="s">
+        <v>181</v>
+      </c>
+      <c r="M31" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
       <c r="N31" t="s">
         <v>47</v>
       </c>
       <c r="O31" t="s">
+        <v>183</v>
+      </c>
+      <c r="P31" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">