--- v0 (2025-10-14)
+++ v1 (2025-12-05)
@@ -12,1010 +12,1520 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="307">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="468">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>2009-300-EC: Commission Decision establishing the revised ecological criteria for the award of the Community Eco-label to televisions</t>
   </si>
   <si>
+    <t>The product group 'televisions' shall comprise: Mains powered electronic equipment; the primary purpose and function of which is to receive; decode and display TV transmission signals.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2009-300-ec-commission-decision-establishing-revised-ecological-criteria-award-community</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538153657569&amp;uri=CELEX:02009D0300-20180113</t>
+  </si>
+  <si>
     <t>2011-330-EU: Commission Decision of 6 June 2011 on establishing the ecological criteria for the award of the EU Ecolabel for notebook computers</t>
   </si>
   <si>
+    <t>The product group 'notebook computers' shall comprise devices which have the following characteristics:  A. they perform logical operations and process data and are designed specifically for portability and to be operated for extended periods of time either with or without a direct connection to an AC power source;   B. they utilise an integrated computer display and are capable of operation off an integrated battery or other portable power source. If a notebook computer is delivered with an external power supply this power supply is considered part of the notebook computer.  For the purpose of this Decision; tablet personal computers; which may use touch-sensitive screens along with or instead of other input devices shall be considered notebook computers. Digital picture frames shall not be considered notebook computers for the purpose of this Decision.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2011-330-eu-commission-decision-6-june-2011-establishing-ecological-criteria-award-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32011D0330</t>
+  </si>
+  <si>
     <t>Commission Decision 2013-806 2013/806/EU: Commission Decision of 17 December 2013 establishing the ecological criteria for the award of the EU Ecolabel for imaging equipment (notified under document C(2013) 9097)</t>
   </si>
   <si>
+    <t>1. The product group imaging equipment shall comprise products which are marketed for office or domestic use; or both; and produce printed images; in the form of paper document or photo; through a marking process from one or both of the following: A. a digital image; provided by a network or card interface;  B. a hardcopy through a copying process.  Imaging equipment which have the additional function to produce a digital image from a hard copy through a scanning process are included in the scope of this Decision. This Decision shall apply to products which are marketed as printers; copiers and multifunctional devices.    2. Fax machines; digital duplicators; mailing machines and scanners are excluded from the scope of this Decision.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-2013-806-2013806eu-commission-decision-17-december-2013-establishing</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013D0806</t>
+  </si>
+  <si>
     <t>Commission Decision of 9 November 2007 establishing the ecological criteria for the award of the Community eco-label to electrically driven, gas driven or gas absorption heat pumps</t>
   </si>
   <si>
+    <t>The product group 'electrically driven; gas driven or gas absorption heat pumps' shall comprise heat pumps; which can concentrate energy present in the air; ground or water into useful heat for the supply of space heating or the opposite process for space cooling. A 'heat pump' is the device or set of devices as delivered by the manufacturer or importer to the distributor; retailer or installer. This delivery may or may not include the delivery of circulating pumps at the sink or source side; however for calculation of coefficient of performance -COP; values the power consumption of circulating pumps shall always be taken into account; according to the methodology of EN14511:2004; if the manufacturer cannot provide data; a default value is taken. For gas absorption heat pumps the methodology shall be according to EN12309-2:2000. The product group shall cover only electrically driven; gas driven or gas absorption heat pumps with a maximum heating capacity of 100 kW. The product group 'electrically driven; gas driven or gas absorption heat pumps' shall not cover the following:   heat pumps which can only provide hot water for sanitary use;   and heat pumps which can only extract heat from a building and eject it to the air; ground or water thus resulting in space cooling.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EN 14 511:2004; EN12309-2:2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02007D0742-20140617</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
+    <t>Televisions, Displays</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>EN 50301</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2013-20210501</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
-    <t>Televisions, Displays</t>
-[...7 lines deleted...]
-  <si>
     <t>October 2023</t>
   </si>
   <si>
-    <t>EN 50301</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
-    <t>European Commission - DG Energy</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
+    <t>https://www.legislation.gov.uk/eur/2019/2013/contents</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2014 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household washing machines and household washer-dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>EN 60456</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192014-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2014-20210501</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources</t>
   </si>
   <si>
+    <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources and repealing Commission Delegated Regulation (EU) No 874/2012.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192015-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2015-20210901</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household dishwashers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2017-20210501&amp;qid=1654699029821</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu</t>
+    <t>https://www.legislation.gov.uk/eur/2019/2017/contents</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2023/2534 of 13 July 2023 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household tumble dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.  
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>EN 61121</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20232534-13-july-2023-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/eli/reg_del/2023/2534/oj</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 392/2012 of 1 March 2012 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of household tumble driers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-3922012-1-march-2012-supplementing-directive-0</t>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.  This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-3922012-1-march-2012-supplementing-directive</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2012/392/contents</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 65-2014 of 1 October 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of domestic ovens and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-2010</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0065-20170307</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>Europe, United Kingdom</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/65/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1781 of 1 October 2019 laying down ecodesign requirements for electric motors and variable speed drives pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
   </si>
   <si>
+    <t>The proposal covers motors of power range 0;75 to 375 kW. The definition of motors is electric single speed motors with three-phase 50 Hz or 60 Hz or 50|60 Hz; squirrel cage induction motors in accordance with IEC 60034-1. Additional parameters; rated voltage; rated output; poles etc;; are also specified in Annex II. This kind of motors usually figures in industrial fans; pumps and compressors. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives, 3-Phase Motors</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191781-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R1781-20230124</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1783 of 1 October 2019 amending Regulation (EU) No 548/2014 on implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to small, medium and large power transformers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market or putting into service power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications. The Regulation is only applicable to transformers purchased after the entry into force of the Regulation. Power transformer means a static piece of apparatus with two or more windings which; by electromagnetic induction; transforms a system of alternating voltage and current into another system of alternating voltage and current usually of different values and at the same frequency for the purpose of transmitting electrical power.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
+    <t>IEC 60076</t>
+  </si>
+  <si>
+    <t>European Commission - DG Enterprise</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv:OJ.L_.2019.272.01.0107.01.ENG&amp;toc=OJ:L:2019:272:TOC</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-0</t>
   </si>
   <si>
-    <t>IEC 60076</t>
+    <t>https://www.legislation.gov.uk/eur/2014/548/contents/2014-05-21</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-1</t>
   </si>
   <si>
-    <t>European Commission - DG Enterprise</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014</t>
+    <t>https://www.legislation.gov.uk/eur/2019/1783/contents/2019-10-01</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020 of 1 October 2019 laying down ecodesign requirements for light sources and separate control gears pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market the following electrical lighting products:
+(a) light sources;
+(b) separate control gears.
+The requirements also apply to light sources and separate control gears placed on the market in a containing product.
+This Regulation shall not apply to light sources and separate control gears specified in points 1 and 2 of Annex III.
+Light sources and separate control gears specified in point 3 of Annex III shall comply only with the requirements of point 3(e) of Annex II.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>July 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192020-1-october-2019-laying-down-ecodesign-requirements-light</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2020-20210901</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2021 of 1 October 2019 laying down ecodesign requirements for electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of televisions.  In addition to the definitions set out in Directive 2005-32-EC; the following definitions shall apply: 1. 'Television' means a television set or a television monitor; 2. ‘television set’ means a product designed primarily for the display and reception of audiovisual signals which is placed on the market under one model or system designation; and which consists of: a display;  one or more tuner or receiver  and optional additional functions for data storage and/or display such as DVD; hard disk drive  or videocassette recorder; either in a single unit combined with the display; or in one or more separate units.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192021-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2021-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2022 of 1 October 2019 laying down ecodesign requirements for household dishwashers pursuant to Directive 2009/125/EC of the European Parliament and of the Council amending Commission Regulation (EC) No 1275/</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>EN 50242</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192022-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2022-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2023 of 1 October 2019 laying down ecodesign requirements for household washing machines and household washer-dryers pursuant to Directive 2009/125/EC of the European Parliament and of the Council, amending C</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>Washer and Dryers, Washing Machines</t>
   </si>
   <si>
     <t>European Commission - DG Enterprise----European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192023-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2023-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.  
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>Computers, Servers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-servers</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R0424-20210501</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/617/2020-01-31</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1103 of 18 April 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council as regards ecodesign requirements for local space heaters and separate related controls and repealing Commission Regulat</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or a single tube segment heat output of 300 kW or less. This Regulation also lays down ecodesign requirements for separate related controls.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
+This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
+Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
+    <t>May 2024</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
+  </si>
+  <si>
     <t>Department for Energy Security and Net Zero</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
-    <t>May 2024</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
   </si>
   <si>
     <t>Der Blaue Engel - Auto-Off Power Strips and Socket Adapters (DE-UZ 134)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to auto-off power strips or socket adapters (with and without surge protector).</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Power strips</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025; DIN EN 62301</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-auto-power-strips-and-socket-adapters-de-uz-134</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20134-201407-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Computers and Keyboards (DE/UZ 78)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to the notebook computers as defined in paragraph 1.5 of the document.  The following devices do not fall within the scope of these Basic Criteria: Mobile phones, smartphones, MDAs, PDAs and similar mobile devices.</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-computers-and-keyboards-deuz-78</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20078-201701-en-Criteria-V3.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Cordless Phones (DE-UZ 131)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to cordless phones and base stations according to the DECT standard or a similar standard. The devices shall be primarily designed for transmitting phone calls and messages. They may, however, also provide additional functions, such as answering machine, organizer, wireless Internet access or data transmission via infrared port or bluetooth, Class III. Excluded are cordless phones with WLAN function.</t>
+  </si>
+  <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-digital-cordless-phones-de-uz-131</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20131-201404-en%20Criteria-2018-10-15.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Projectors DE-UZ 127</t>
   </si>
   <si>
+    <t>Digital Projectors:  These Basic Award Criteria apply to portable digital projectors, in German also called 'beamers', based on liquid crystal technology, Liquid Crystal Display - LCD, or digital light procession technology -DLP, for image reproduction.</t>
+  </si>
+  <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-digital-projectors-de-uz-127</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20127-201404-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Electric Kettles for Household Use (DE-UZ 133)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to electric water kettles for household use. In order to be eligible the electric kettle must have a removable water tank for cordless use. The power cable remains connected to the base plate and need not be unplugged from the outlet when moving the tank, to fill in water. In addition, products applying for the Blue Angel eco-label must be equipped with a concealed heating coil. Compliance with the above-mentioned criteria does not only improve the user friendliness but also indirectly extend the products service life.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>EN 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-electric-kettles-household-use-de-uz-133</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20133-201309-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Hand Dryers (DE-UZ 87)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for electric hand dryers (e.g. hot air hand dryers, high speed hand dryers).</t>
+  </si>
+  <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-hand-dryers-de-uz-87</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20087-201405-en%20Criteria-2020-05-29.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Cooker Hoods (DE-UZ 147)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to household cooker hoods with an inbuilt fan for either recirculation operation - or exhaust operation exhibiting a maximum air flow volume of 800 m3 /h at maximum continuous operation. Requirements include energy efficiency of the fan; energy-efficient lighting; and power consumption in off and stand-by mode.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>DIN EN 61591 and DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-household-cooker-hoods-de-uz-147</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20147-201001-en%20Criteria-2018-10-17.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Lamps (DE-UZ 151)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to lamps typically used for household lighting which fulfil the following prerequisites: They • are directly powered from the mains (230 V, 50 Hz) and therefore need no external ballast, power supply pack or the like; • are suitable for indoor use; • have a total luminous flux Ф of 60 ≤ Ф ≤ 6500 lumens (lm) and • are free from mercury. Excluded from the scope are: • lamps where: at least 6 percent of the total radiation between 250 and 780 nm fall in the range of 250 to 400 nm, the radiation peak is between 315 and -400 nm (UVA) or between 280 and 315 nm (UVB); • lamps that allow shifting the chromaticity coordinates to outside the white area; • double-ended lamps.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-household-lamps-de-uz-151</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20151-201409-en%20Criteria-2019-01-23.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Office Equipment with Printing Function (Printers and Multifunction Devices) (DE-UZ 205)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to office devices (usually referred to as printers and/or multifunction devices) which at least:
+• offer printing as their primary function,
+• are capable of producing monochrome or colour printouts (4-colour-printing) on standard paper with a grammage of 60 to 80 g/m2,
+• are capable of processing media or a minimum format of DIN A4 and up to a maximum format of DIN A3+, and
+• work as electrophotographic devices (LED or laser technology) by using toners or as inkjet devices by using inks (or gels, or waxes).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-office-equipment-printing-function-printers-and-multifunction-devices-de</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20205-201701-en%20Criteria-2020-06-02.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Solar Collectors (DE-UZ 73)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to solar collectors according to DIN EN 12975. Using solar plants for the generation of energy helps to save resources and avoid pollutant</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>DIN EN 12975</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-solar-collectors-de-uz-73</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20073-200903-en%20Criteria-2019-07-17.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Stationary air conditioners (DE-UZ 204)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for air conditioners for stationary use with the following characteristics:</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-stationary-air-conditioners-de-uz-204</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20204-201608-en%20Criteria-2020-01-10.pdf</t>
+  </si>
+  <si>
     <t>Energy Label Regulation for Sanitary Fittings</t>
   </si>
   <si>
+    <t>All producers and distributors of sanitary fittings can apply to use the energy label for sanitary fittings. Only products available on the Swiss market may bear the voluntary energy label. The use of the Swiss voluntary energy label for sanitary fittings abroad is the responsibility of the manufacturers and distributors concerned. The energy label indicates the amount of energy used. In the case of sanitary fittings – showers and taps – this is the amount of energy used to heat the water used. Consequently, only hot water taps and showers can receive the label; cold water taps cannot. Mixer taps can only receive the energy label if they are clearly indicated as such.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>Schweizerischer Verband für energieeffiziente Sanitärprodukte (SVES)</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-label-regulation-sanitary-fittings</t>
   </si>
   <si>
+    <t>https://en.etiquetteenergie-sanitaire.ch/Regulation</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>clothes washer</t>
+  </si>
+  <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-3</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
+    <t>clothes washer and dryer</t>
+  </si>
+  <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-4</t>
   </si>
   <si>
+    <t>Storoge water heater</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-5</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>ETA 0804 - Specifications for the assignment of ANQIP water efficiency labels to toilet flush cisterns (V. 4)</t>
   </si>
   <si>
+    <t>The following devices are considered within the scope of this Specification: - Simple flush toilets, gravity type; - Dual flush cisterns, gravity type; - Double-acting flush toilets (with discharge interruption), gravity type. Conditions for the attribution of water efficiency labels to cisterns are available in Table 1 page 3 of the document.</t>
+  </si>
+  <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Associação Nacional para a Qualidade nas Instalações Prediais (ANQIP)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eta-0804-specifications-assignment-anqip-water-efficiency-labels-toilet-flush-cisterns-v-4</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0804_v.4_novo.1.pdf</t>
+  </si>
+  <si>
     <t>ETA 0806 - Specifications for assigning ANQIP water efficiency labels to showers and shower systems</t>
   </si>
   <si>
+    <t>The following devices are considered within the scope of this Specification: - Shower (shower head), alone; Shower system (shower taps equipped with hose and shower head removable or fixed). The assignment of labeling rating to a given product follows the categories established in Table 1 - please access the document at page 3 for more information.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eta-0806-specifications-assigning-anqip-water-efficiency-labels-showers-and-shower-systems</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0806_v.4_novo.1.pdf</t>
+  </si>
+  <si>
     <t>ETA 0808 - Specifications for assigning ANQIP water efficiency labels to taps and flow meters (p. 3)</t>
   </si>
   <si>
+    <t>This policy applies to washbasin taps, kitchen taps, and urinal flowmeters.</t>
+  </si>
+  <si>
     <t>Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eta-0808-specifications-assigning-anqip-water-efficiency-labels-taps-and-flow-meters-p-3</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0808_v.3_novo.1.pdf</t>
+  </si>
+  <si>
     <t>GOST 16317-87 Household electrical refrigerating appliances - General specifications</t>
   </si>
   <si>
+    <t>Applies to household electric compression and absorption refrigerators, household electric compression freezers, household electric compression refrigerators, and freezers for storage and/or freezing of food in domestic conditions.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16317-87-household-electrical-refrigerating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19717/</t>
+  </si>
+  <si>
     <t>GOST 16617-87 Household electric heating appliances - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric heating appliances.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>Art 4.3 of GOST 16617-87</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16617-87-household-electric-heating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/12035/----http://docs.cntd.ru/document/1200013269</t>
+  </si>
+  <si>
     <t>GOST 18198-89 Television receivers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers color and black and white televisions (non-portable or portable), but does not apply to projection TVs.</t>
+  </si>
+  <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-18198-89-television-receivers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38708/</t>
+  </si>
+  <si>
     <t>GOST 19098-87 Plotters for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers plotters for electronic computers.</t>
+  </si>
+  <si>
     <t>October 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19098-87-plotters-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19703/</t>
+  </si>
+  <si>
     <t>GOST 19294-84 General-purpose low-power transformers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to dry power transformers and autotransformers of general purpose with single-phase and three-phase power of no more than 5 kVA, included in the AC network of frequency 50 or 60 Hz with a nominal voltage of up to 1000 V.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19294-84-general-purpose-low-power-transformers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12956/</t>
+  </si>
+  <si>
     <t>GOST 26963-86 Self-contained room air conditioners - General specifications</t>
   </si>
   <si>
+    <t>This policy covers non-ducted and split type air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-26963-86-self-contained-room-air-conditioners-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19898/</t>
+  </si>
+  <si>
     <t>GOST R 51388-99 Energy conservation. Informing of consumers about energy efficiency of equipment in the residential sector - General requirements</t>
   </si>
   <si>
+    <t>This policy covers incandescent lamps of general use.</t>
+  </si>
+  <si>
     <t>GOST R 51388-99 (art.7)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51388-99-energy-conservation-informing-consumers-about-energy-efficiency-equipment</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/8716/</t>
+  </si>
+  <si>
     <t>GOST R 51565-2012 Energy efficiency - Household refrigeration appliances and similar - Indicators of energy efficiency and determination methods</t>
   </si>
   <si>
+    <t>This standard applies to household electrical refrigeration devices of compression and absorption type intended for storage and (or) freezing of food products in a domestic environment, including devices with internal forced air circulation and a system without frost formation (frost-free system).</t>
+  </si>
+  <si>
     <t>GOST R IEC 62552-2011; GOST R ISO 51401-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51565-2012-energy-efficiency-household-refrigeration-appliances-and-similar</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/53522/</t>
+  </si>
+  <si>
     <t>GOST R 55008-2012 Energy efficiency - Household washing machines and similar - Energy efficiency indicators and methods of determination</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines, including built-in ones, operating from an electrical network with a nominal frequency of 50 Hz and from batteries. The standard specifies the energy efficiency classes of washing machines and the content of the label attached to each machine. The standard does not apply to washing machines without a spin process, with separate tanks for washing and spinning (for example, with two tanks), combined washer-dryers, as well as machines operating on other types of energy.</t>
+  </si>
+  <si>
     <t>GOST R IEC 60456-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-55008-2012-energy-efficiency-household-washing-machines-and-similar-energy</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/54513/</t>
+  </si>
+  <si>
     <t>INTE E10-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the specifications to determine the values of energy consumption per liter for self-contained commercial refrigeration equipment.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e10-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-1-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-requisitos-1422?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E10-2 2015</t>
   </si>
   <si>
+    <t>This standard applies to the following self-contained commercial refrigeration equipment powered by electricity; new -imported and domestic; used and rebuilt -only imported. All with capacities of 10 liters of refrigerated volume useful -in function of the energetic limits- or more. The types of equipment are: Vertical coolers with one or more front doors; Horizontal coolers; Horizontal freezers; Vertical freezers; Closed showcases; Ice bag preservers. This modification includes imported used and reconstructed equipment. This standard does not include used or reconstructed national equipment. This standard also applies to vertical refrigerators that are used with loads at temperatures down to -5C.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e10-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-2-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-etiquetado-270?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E11-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the maximum limits of energy consumption of residential refrigerators and freezers operated by hermetic motor compressors. This standard applies to  refrigerators up to 1104 L and  freezers up to 850 L operated by hermetic motor compressors. This standard does not apply to refrigerator-freezers with partially automatic defrosting.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e11-1-2015</t>
   </si>
   <si>
+    <t>https://inteco.org/tienda/catalogo/INTEE1112015</t>
+  </si>
+  <si>
     <t>INTE E11-2 2015</t>
   </si>
   <si>
+    <t>This standard specifies the label of energy consumption and its contents of household  refrigerators and  freezers operated by hermetic motor compressor. This standard applies to refrigerators up to 1104 liters and  freezers up to 850 liters operated by hermetic motor compressors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e11-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e11-2-2015-eficiencia-energetica-refrigeradores-electrodomesticos-y-congeladores-electrodomesticos-etiquetado-1420?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E12-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>ISO 3951-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e12-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-1-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-requisitos-1285?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E12-2 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label, compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e12-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-2-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-etiquetado-1197?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E13-1 2017</t>
   </si>
   <si>
+    <t>This standard establishes the associated nominal and minimum efficiency values; the test method for its evaluation; and the labeling specification of the nominal efficiency; on the motor data plate. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e13-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-1-2017-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-limites-de-eficiencia-2323?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E13-2 2018</t>
   </si>
   <si>
+    <t>This standard establishes the labeling requirements for the associated nominal and minimum efficiency values ??of the efficiency of alternating current; three-phase induction motors. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e13-2-2018</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-2-2018-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-etiquetado-2660?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E14-1 2015</t>
   </si>
   <si>
+    <t>This standard aims to establish the energy efficiency ranges of air conditioners. This Standard covers all split-window air conditioners with rated cooling capacities up to 17 589 W.</t>
+  </si>
+  <si>
     <t>ISO 5151</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e14-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-1-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-dividido-y-paquete-requisitos-1077?search=INTE+E14&amp;order=name+asc</t>
+  </si>
+  <si>
     <t>INTE E14-2 2015</t>
   </si>
   <si>
+    <t>The purpose of this standard is to establish the requirements that must be met by the energy efficiency label of air conditioners. This Standard covers all air conditioners; window type; split; package with nominal cooling capacities up to 17 589 W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e14-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-2-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-tipo-dividido-y-tipo-paquete-etiquetado-1538?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E17-1 2017</t>
   </si>
   <si>
+    <t>This national standard establishes the minimum limits of energy efficiency that electric cookers; insoles and electric ovens with resistive elements for domestic use and induction templates for domestic use must meet. Applies for electric ranges that use a 60 Hz AC source with a nominal system voltage of 120-240 V.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>ISO 2859-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-1-2017-eficiencia-energetica-cocinas-electricas-plantillas-plantillas-de-induccion-y-hornos-electricos-de-uso-domestico-parte-1-requisitos-1048?search=INTE+E17-1</t>
+  </si>
+  <si>
     <t>INTE E17-2 2017</t>
   </si>
   <si>
+    <t>This standard applies to electric cookers; insoles and electric ovens for domestic use with electrical connection 120 V; 240 V at 60 Hz</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-2-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-2-2017-eficiencia-energetica-cocinas-electricas-plantillas-y-hornos-electricos-de-uso-domestico-parte-2-etiquetado-1558?search=INTE+E17-2</t>
+  </si>
+  <si>
     <t>INTE E18-1: 2020</t>
   </si>
   <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes -LEDs- intended for roads and outdoor areas.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?search=INTE+28</t>
+  </si>
+  <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes (LED), intended for roads and outdoor areas</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?variant=7414</t>
+  </si>
+  <si>
     <t>INTE E19-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; for high intensity discharge lamps -HID- for general lighting. This standard applies to discharge lamps in high intensity; intended for the lighting of the residential; commercial; services; industrial and public lighting sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e19-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for high intensity discharge (HID) lamps for general lighting. This standard applies to high intensity discharge lamps (HID), intended for lighting residential, commercial, services, industrial and public lighting sectors that are marketed in the national territory</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e19-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?variant=5672</t>
+  </si>
+  <si>
     <t>INTE E22-1 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for linear fluorescent lamps. This standard applies to linear fluorescent lamps; intended for lighting residential; commercial; services and industrial sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-1-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-requisitos-1480?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps. This standard applies to linear fluorescent lamps intended for lighting residential; commercial; services and industrial sectors that are marketed in the National territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-2 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps (LFL). This standard applies to linear fluorescent lamps, intended for lighting residential, commercial, service and industrial sectors that are marketed in the national territory. This standard does not apply to types of lamps that have one or more of the following characteristics: - Linear fluorescent lamps with a length of less than 50 cm, color temperature greater than 7000 K, designed to operate at low temperatures, ultraviolet and other special applications. . - Compact fluorescent lamp without integrated ballast, circular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-2-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?variant=5673</t>
+  </si>
+  <si>
     <t>NF397 - NF Environnement - Cafetieres electriques a filtre pour usage domestique</t>
   </si>
   <si>
+    <t>The NF Environnement -filter coffee machine for domestic use- is for filter coffee machines for household use or assimilated. To be eligible the coffee maker must be equipped with a thermal carafe. Exclusions: Coffee machines for professional use espresso coffee makers percolator coffee makers and coffee makers with a hot plate resistance are not covered.</t>
+  </si>
+  <si>
     <t>France</t>
   </si>
   <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NF EN 60335-1 (20020301) NF EN 60335-2-15 (20010401) NF EN 60661 (20021201) PR NF EN 62301 ISO 11469:2000 (20000515)</t>
   </si>
   <si>
     <t>AFNOR Certification</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nf397-nf-environnement-cafetieres-electriques-filtre-pour-usage-domestique</t>
   </si>
   <si>
     <t>Nordic Ecolabel 015 Imaging Equipment</t>
   </si>
   <si>
+    <t>Copiers, digital duplicators, facsimile machines, multifunction devices MFD, printers and scanners are eligible for a Nordic Ecolabel. The machines may be equipped with external or internal scanners. In this document we collect all of these products under the name imaging equipment.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>RAL-UZ 122 Version June 2006</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-015-imaging-equipment</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=9</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No.702: On the approval of the Technical Regulation on energy labelling</t>
   </si>
   <si>
+    <t>This regulation specifies the labeling requirements for the following household refrigerating appliances:</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-no702-approval-technical-regulation-energy-labelling</t>
+  </si>
+  <si>
+    <t>http://saee.gov.ua/documents/laws/ENG_Resolutio_702_2013.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1279,3687 +1789,4192 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N84"/>
+  <dimension ref="A1:P84"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="301" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="137.966" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="277.075" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...2 lines deleted...]
-      <c r="L2" t="s">
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2003</v>
+      </c>
+      <c r="I3">
+        <v>2011</v>
+      </c>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...7 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3">
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
         <v>2003</v>
       </c>
-      <c r="H3">
-[...2 lines deleted...]
-      <c r="I3" t="s">
+      <c r="I4">
+        <v>2013</v>
+      </c>
+      <c r="J4" t="s">
+        <v>38</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...23 lines deleted...]
-      <c r="E4" t="s">
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2007</v>
+      </c>
+      <c r="I5">
+        <v>2014</v>
+      </c>
+      <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
+        <v>45</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...38 lines deleted...]
-      <c r="E5" t="s">
+      <c r="D6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E6" t="s">
+        <v>52</v>
+      </c>
+      <c r="F6" t="s">
+        <v>53</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2010</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>38</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>54</v>
+      </c>
+      <c r="M6" t="s">
+        <v>55</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>49</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>59</v>
+      </c>
+      <c r="D7" t="s">
+        <v>51</v>
+      </c>
+      <c r="E7" t="s">
+        <v>52</v>
+      </c>
+      <c r="F7" t="s">
+        <v>53</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>60</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>54</v>
+      </c>
+      <c r="M7"/>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
         <v>18</v>
       </c>
-      <c r="F5" t="s">
-[...23 lines deleted...]
-      <c r="N5" t="s">
+      <c r="D8" t="s">
+        <v>65</v>
+      </c>
+      <c r="E8" t="s">
+        <v>52</v>
+      </c>
+      <c r="F8" t="s">
+        <v>53</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1995</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
         <v>38</v>
       </c>
-    </row>
-[...22 lines deleted...]
-      <c r="H6">
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>66</v>
+      </c>
+      <c r="M8" t="s">
+        <v>55</v>
+      </c>
+      <c r="N8" t="s">
+        <v>67</v>
+      </c>
+      <c r="O8" t="s">
+        <v>68</v>
+      </c>
+      <c r="P8" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>72</v>
+      </c>
+      <c r="E9" t="s">
+        <v>52</v>
+      </c>
+      <c r="F9" t="s">
+        <v>53</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>1998</v>
+      </c>
+      <c r="I9">
         <v>2019</v>
       </c>
-      <c r="I6" t="s">
-[...38 lines deleted...]
-      <c r="H7">
+      <c r="J9" t="s">
+        <v>73</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>55</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>74</v>
+      </c>
+      <c r="P9" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>76</v>
+      </c>
+      <c r="B10" t="s">
+        <v>77</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>78</v>
+      </c>
+      <c r="E10" t="s">
+        <v>52</v>
+      </c>
+      <c r="F10" t="s">
+        <v>53</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1997</v>
+      </c>
+      <c r="I10">
         <v>2019</v>
       </c>
-      <c r="I7" t="s">
-[...131 lines deleted...]
-      </c>
       <c r="J10" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K10"/>
+        <v>38</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="N10" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:14">
+        <v>67</v>
+      </c>
+      <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>58</v>
+        <v>76</v>
       </c>
       <c r="B11" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="C11" t="s">
         <v>59</v>
       </c>
       <c r="D11" t="s">
-        <v>42</v>
+        <v>78</v>
       </c>
       <c r="E11" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="F11" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G11">
+        <v>53</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>1997</v>
       </c>
-      <c r="H11">
+      <c r="I11">
         <v>2019</v>
       </c>
-      <c r="I11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J11" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-      <c r="M11" t="s">
+        <v>60</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11"/>
+      <c r="N11" t="s">
+        <v>67</v>
+      </c>
+      <c r="O11" t="s">
+        <v>82</v>
+      </c>
+      <c r="P11" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>84</v>
+      </c>
+      <c r="B12" t="s">
+        <v>85</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>86</v>
+      </c>
+      <c r="E12" t="s">
         <v>52</v>
       </c>
-      <c r="N11" t="s">
-[...18 lines deleted...]
-      </c>
       <c r="F12" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G12">
+        <v>53</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
         <v>1995</v>
       </c>
-      <c r="H12">
+      <c r="I12">
         <v>2023</v>
       </c>
-      <c r="I12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J12" t="s">
-        <v>36</v>
+        <v>87</v>
       </c>
       <c r="K12" t="s">
-        <v>65</v>
+        <v>45</v>
       </c>
       <c r="L12" t="s">
-        <v>47</v>
+        <v>88</v>
       </c>
       <c r="M12" t="s">
-        <v>24</v>
+        <v>55</v>
       </c>
       <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>89</v>
+      </c>
+      <c r="P12" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>91</v>
+      </c>
+      <c r="B13" t="s">
+        <v>92</v>
+      </c>
+      <c r="C13" t="s">
+        <v>59</v>
+      </c>
+      <c r="D13" t="s">
+        <v>86</v>
+      </c>
+      <c r="E13" t="s">
+        <v>52</v>
+      </c>
+      <c r="F13" t="s">
+        <v>53</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>1995</v>
+      </c>
+      <c r="I13">
+        <v>2012</v>
+      </c>
+      <c r="J13" t="s">
+        <v>60</v>
+      </c>
+      <c r="K13" t="s">
+        <v>45</v>
+      </c>
+      <c r="L13" t="s">
+        <v>88</v>
+      </c>
+      <c r="M13"/>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>93</v>
+      </c>
+      <c r="P13" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>95</v>
+      </c>
+      <c r="B14" t="s">
+        <v>96</v>
+      </c>
+      <c r="C14" t="s">
+        <v>97</v>
+      </c>
+      <c r="D14" t="s">
+        <v>98</v>
+      </c>
+      <c r="E14" t="s">
+        <v>52</v>
+      </c>
+      <c r="F14" t="s">
+        <v>53</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>1979</v>
+      </c>
+      <c r="I14">
+        <v>2013</v>
+      </c>
+      <c r="J14" t="s">
+        <v>38</v>
+      </c>
+      <c r="K14" t="s">
+        <v>45</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>55</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>99</v>
+      </c>
+      <c r="P14" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>95</v>
+      </c>
+      <c r="B15" t="s">
+        <v>101</v>
+      </c>
+      <c r="C15" t="s">
+        <v>102</v>
+      </c>
+      <c r="D15" t="s">
+        <v>98</v>
+      </c>
+      <c r="E15" t="s">
+        <v>52</v>
+      </c>
+      <c r="F15" t="s">
+        <v>53</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>1979</v>
+      </c>
+      <c r="I15">
+        <v>2013</v>
+      </c>
+      <c r="J15" t="s">
+        <v>60</v>
+      </c>
+      <c r="K15" t="s">
+        <v>45</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15"/>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>103</v>
+      </c>
+      <c r="P15" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>105</v>
+      </c>
+      <c r="B16" t="s">
+        <v>106</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>107</v>
+      </c>
+      <c r="E16" t="s">
+        <v>52</v>
+      </c>
+      <c r="F16" t="s">
+        <v>108</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2009</v>
+      </c>
+      <c r="I16">
+        <v>2019</v>
+      </c>
+      <c r="J16" t="s">
+        <v>38</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>55</v>
+      </c>
+      <c r="N16" t="s">
+        <v>109</v>
+      </c>
+      <c r="O16" t="s">
+        <v>110</v>
+      </c>
+      <c r="P16" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>112</v>
+      </c>
+      <c r="B17" t="s">
+        <v>113</v>
+      </c>
+      <c r="C17" t="s">
+        <v>59</v>
+      </c>
+      <c r="D17" t="s">
+        <v>114</v>
+      </c>
+      <c r="E17" t="s">
+        <v>52</v>
+      </c>
+      <c r="F17" t="s">
+        <v>108</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2009</v>
+      </c>
+      <c r="I17">
+        <v>2019</v>
+      </c>
+      <c r="J17" t="s">
+        <v>60</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17"/>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>115</v>
+      </c>
+      <c r="P17" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>112</v>
+      </c>
+      <c r="B18" t="s">
+        <v>113</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>114</v>
+      </c>
+      <c r="E18" t="s">
+        <v>52</v>
+      </c>
+      <c r="F18" t="s">
+        <v>108</v>
+      </c>
+      <c r="G18" t="s">
+        <v>117</v>
+      </c>
+      <c r="H18">
+        <v>2009</v>
+      </c>
+      <c r="I18">
+        <v>2019</v>
+      </c>
+      <c r="J18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>55</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>118</v>
+      </c>
+      <c r="P18" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>120</v>
+      </c>
+      <c r="B19" t="s">
+        <v>121</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>122</v>
+      </c>
+      <c r="E19" t="s">
+        <v>52</v>
+      </c>
+      <c r="F19" t="s">
+        <v>108</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2015</v>
+      </c>
+      <c r="I19">
+        <v>2019</v>
+      </c>
+      <c r="J19" t="s">
+        <v>38</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>123</v>
+      </c>
+      <c r="M19" t="s">
+        <v>124</v>
+      </c>
+      <c r="N19" t="s">
+        <v>109</v>
+      </c>
+      <c r="O19" t="s">
+        <v>125</v>
+      </c>
+      <c r="P19" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>120</v>
+      </c>
+      <c r="B20" t="s">
+        <v>121</v>
+      </c>
+      <c r="C20" t="s">
+        <v>59</v>
+      </c>
+      <c r="D20" t="s">
+        <v>122</v>
+      </c>
+      <c r="E20" t="s">
+        <v>52</v>
+      </c>
+      <c r="F20" t="s">
+        <v>108</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2015</v>
+      </c>
+      <c r="I20">
+        <v>2019</v>
+      </c>
+      <c r="J20" t="s">
+        <v>60</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20"/>
+      <c r="N20" t="s">
+        <v>109</v>
+      </c>
+      <c r="O20" t="s">
+        <v>127</v>
+      </c>
+      <c r="P20" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>120</v>
+      </c>
+      <c r="B21" t="s">
+        <v>121</v>
+      </c>
+      <c r="C21" t="s">
+        <v>59</v>
+      </c>
+      <c r="D21" t="s">
+        <v>122</v>
+      </c>
+      <c r="E21" t="s">
+        <v>52</v>
+      </c>
+      <c r="F21" t="s">
+        <v>108</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2015</v>
+      </c>
+      <c r="I21">
+        <v>2019</v>
+      </c>
+      <c r="J21" t="s">
+        <v>60</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>123</v>
+      </c>
+      <c r="M21"/>
+      <c r="N21" t="s">
+        <v>109</v>
+      </c>
+      <c r="O21" t="s">
+        <v>129</v>
+      </c>
+      <c r="P21" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>131</v>
+      </c>
+      <c r="B22" t="s">
+        <v>132</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>72</v>
+      </c>
+      <c r="E22" t="s">
+        <v>52</v>
+      </c>
+      <c r="F22" t="s">
+        <v>108</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2000</v>
+      </c>
+      <c r="I22">
+        <v>2019</v>
+      </c>
+      <c r="J22" t="s">
+        <v>133</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>55</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>134</v>
+      </c>
+      <c r="P22" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>136</v>
+      </c>
+      <c r="B23" t="s">
+        <v>137</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>51</v>
+      </c>
+      <c r="E23" t="s">
+        <v>52</v>
+      </c>
+      <c r="F23" t="s">
+        <v>108</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2009</v>
+      </c>
+      <c r="I23">
+        <v>2019</v>
+      </c>
+      <c r="J23" t="s">
+        <v>38</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>55</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>138</v>
+      </c>
+      <c r="P23" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>140</v>
+      </c>
+      <c r="B24" t="s">
+        <v>141</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>78</v>
+      </c>
+      <c r="E24" t="s">
+        <v>52</v>
+      </c>
+      <c r="F24" t="s">
+        <v>108</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2010</v>
+      </c>
+      <c r="I24">
+        <v>2019</v>
+      </c>
+      <c r="J24" t="s">
+        <v>38</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>142</v>
+      </c>
+      <c r="M24" t="s">
+        <v>55</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>143</v>
+      </c>
+      <c r="P24" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>145</v>
+      </c>
+      <c r="B25" t="s">
+        <v>146</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>147</v>
+      </c>
+      <c r="E25" t="s">
+        <v>52</v>
+      </c>
+      <c r="F25" t="s">
+        <v>108</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2010</v>
+      </c>
+      <c r="I25">
+        <v>2019</v>
+      </c>
+      <c r="J25" t="s">
+        <v>38</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
         <v>66</v>
       </c>
-    </row>
-[...64 lines deleted...]
-      <c r="H14">
+      <c r="M25" t="s">
+        <v>148</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>149</v>
+      </c>
+      <c r="P25" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>151</v>
+      </c>
+      <c r="B26" t="s">
+        <v>152</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>153</v>
+      </c>
+      <c r="E26" t="s">
+        <v>52</v>
+      </c>
+      <c r="F26" t="s">
+        <v>108</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2014</v>
+      </c>
+      <c r="I26">
+        <v>2019</v>
+      </c>
+      <c r="J26" t="s">
+        <v>38</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>55</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>154</v>
+      </c>
+      <c r="P26" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>151</v>
+      </c>
+      <c r="B27" t="s">
+        <v>156</v>
+      </c>
+      <c r="C27" t="s">
+        <v>59</v>
+      </c>
+      <c r="D27" t="s">
+        <v>153</v>
+      </c>
+      <c r="E27" t="s">
+        <v>52</v>
+      </c>
+      <c r="F27" t="s">
+        <v>108</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2014</v>
+      </c>
+      <c r="I27">
+        <v>2019</v>
+      </c>
+      <c r="J27" t="s">
+        <v>60</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27"/>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>157</v>
+      </c>
+      <c r="P27" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>159</v>
+      </c>
+      <c r="B28" t="s">
+        <v>160</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>161</v>
+      </c>
+      <c r="E28" t="s">
+        <v>52</v>
+      </c>
+      <c r="F28" t="s">
+        <v>108</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
         <v>2013</v>
       </c>
-      <c r="I14" t="s">
-[...199 lines deleted...]
-      <c r="G19">
+      <c r="I28">
+        <v>2023</v>
+      </c>
+      <c r="J28" t="s">
+        <v>38</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>55</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>162</v>
+      </c>
+      <c r="P28" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>164</v>
+      </c>
+      <c r="B29" t="s">
+        <v>165</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>166</v>
+      </c>
+      <c r="E29" t="s">
+        <v>52</v>
+      </c>
+      <c r="F29" t="s">
+        <v>108</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
         <v>2015</v>
       </c>
-      <c r="H19">
-[...110 lines deleted...]
-      <c r="C22" t="s">
+      <c r="I29">
+        <v>2024</v>
+      </c>
+      <c r="J29" t="s">
+        <v>167</v>
+      </c>
+      <c r="K29" t="s">
+        <v>168</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
         <v>55</v>
       </c>
-      <c r="D22" t="s">
-[...104 lines deleted...]
-      <c r="K24" t="s">
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>169</v>
+      </c>
+      <c r="P29" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>171</v>
+      </c>
+      <c r="B30" t="s">
+        <v>172</v>
+      </c>
+      <c r="C30" t="s">
         <v>97</v>
       </c>
-      <c r="L24" t="s">
-[...142 lines deleted...]
-      <c r="C28" t="s">
+      <c r="D30" t="s">
+        <v>173</v>
+      </c>
+      <c r="E30" t="s">
+        <v>52</v>
+      </c>
+      <c r="F30" t="s">
         <v>108</v>
       </c>
-      <c r="D28" t="s">
-[...93 lines deleted...]
-        <v>2024</v>
+      <c r="G30" t="s">
+        <v>22</v>
       </c>
       <c r="H30">
         <v>2024</v>
       </c>
-      <c r="I30" t="s">
-        <v>118</v>
+      <c r="I30">
+        <v>2024</v>
       </c>
       <c r="J30" t="s">
+        <v>174</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>55</v>
+      </c>
+      <c r="N30" t="s">
+        <v>109</v>
+      </c>
+      <c r="O30" t="s">
+        <v>175</v>
+      </c>
+      <c r="P30" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>177</v>
+      </c>
+      <c r="B31" t="s">
+        <v>178</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>179</v>
+      </c>
+      <c r="E31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F31" t="s">
+        <v>108</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>1992</v>
+      </c>
+      <c r="I31">
+        <v>2013</v>
+      </c>
+      <c r="J31" t="s">
+        <v>180</v>
+      </c>
+      <c r="K31" t="s">
+        <v>181</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>55</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>182</v>
+      </c>
+      <c r="P31" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>177</v>
+      </c>
+      <c r="B32" t="s">
+        <v>178</v>
+      </c>
+      <c r="C32" t="s">
+        <v>102</v>
+      </c>
+      <c r="D32" t="s">
+        <v>179</v>
+      </c>
+      <c r="E32" t="s">
+        <v>52</v>
+      </c>
+      <c r="F32" t="s">
+        <v>108</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>1992</v>
+      </c>
+      <c r="I32">
+        <v>2013</v>
+      </c>
+      <c r="J32" t="s">
+        <v>167</v>
+      </c>
+      <c r="K32" t="s">
+        <v>181</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>184</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>185</v>
+      </c>
+      <c r="P32" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>187</v>
+      </c>
+      <c r="B33" t="s">
+        <v>188</v>
+      </c>
+      <c r="C33" t="s">
+        <v>189</v>
+      </c>
+      <c r="D33" t="s">
+        <v>190</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
         <v>21</v>
       </c>
-      <c r="K30"/>
-[...32 lines deleted...]
-      <c r="H31">
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2012</v>
+      </c>
+      <c r="I33">
+        <v>2020</v>
+      </c>
+      <c r="J33" t="s">
+        <v>191</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>192</v>
+      </c>
+      <c r="M33" t="s">
+        <v>193</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>194</v>
+      </c>
+      <c r="P33" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>196</v>
+      </c>
+      <c r="B34" t="s">
+        <v>197</v>
+      </c>
+      <c r="C34" t="s">
+        <v>189</v>
+      </c>
+      <c r="D34" t="s">
+        <v>32</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2017</v>
+      </c>
+      <c r="I34">
+        <v>2021</v>
+      </c>
+      <c r="J34" t="s">
+        <v>198</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>193</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>199</v>
+      </c>
+      <c r="P34" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>201</v>
+      </c>
+      <c r="B35" t="s">
+        <v>202</v>
+      </c>
+      <c r="C35" t="s">
+        <v>189</v>
+      </c>
+      <c r="D35" t="s">
+        <v>203</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2010</v>
+      </c>
+      <c r="I35">
+        <v>2014</v>
+      </c>
+      <c r="J35" t="s">
+        <v>204</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>193</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>205</v>
+      </c>
+      <c r="P35" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>207</v>
+      </c>
+      <c r="B36" t="s">
+        <v>208</v>
+      </c>
+      <c r="C36" t="s">
+        <v>189</v>
+      </c>
+      <c r="D36" t="s">
+        <v>209</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2014</v>
+      </c>
+      <c r="I36">
+        <v>2020</v>
+      </c>
+      <c r="J36" t="s">
+        <v>191</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>193</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>210</v>
+      </c>
+      <c r="P36" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>212</v>
+      </c>
+      <c r="B37" t="s">
+        <v>213</v>
+      </c>
+      <c r="C37" t="s">
+        <v>189</v>
+      </c>
+      <c r="D37" t="s">
+        <v>214</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
         <v>2013</v>
       </c>
-      <c r="I31" t="s">
-[...80 lines deleted...]
-      <c r="H33">
+      <c r="I37">
         <v>2020</v>
       </c>
-      <c r="I33" t="s">
-[...2 lines deleted...]
-      <c r="J33" t="s">
+      <c r="J37" t="s">
+        <v>191</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>215</v>
+      </c>
+      <c r="M37" t="s">
+        <v>193</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>216</v>
+      </c>
+      <c r="P37" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>218</v>
+      </c>
+      <c r="B38" t="s">
+        <v>219</v>
+      </c>
+      <c r="C38" t="s">
+        <v>189</v>
+      </c>
+      <c r="D38" t="s">
+        <v>220</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
         <v>21</v>
       </c>
-      <c r="K33" t="s">
-[...31 lines deleted...]
-      <c r="G34">
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2014</v>
+      </c>
+      <c r="I38">
+        <v>2020</v>
+      </c>
+      <c r="J38" t="s">
+        <v>204</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>193</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>221</v>
+      </c>
+      <c r="P38" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>223</v>
+      </c>
+      <c r="B39" t="s">
+        <v>224</v>
+      </c>
+      <c r="C39" t="s">
+        <v>189</v>
+      </c>
+      <c r="D39" t="s">
+        <v>225</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2010</v>
+      </c>
+      <c r="I39">
+        <v>2018</v>
+      </c>
+      <c r="J39" t="s">
+        <v>204</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>226</v>
+      </c>
+      <c r="M39" t="s">
+        <v>193</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>227</v>
+      </c>
+      <c r="P39" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>229</v>
+      </c>
+      <c r="B40" t="s">
+        <v>230</v>
+      </c>
+      <c r="C40" t="s">
+        <v>189</v>
+      </c>
+      <c r="D40" t="s">
+        <v>231</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2014</v>
+      </c>
+      <c r="I40">
+        <v>2019</v>
+      </c>
+      <c r="J40" t="s">
+        <v>191</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>193</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>232</v>
+      </c>
+      <c r="P40" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>234</v>
+      </c>
+      <c r="B41" t="s">
+        <v>235</v>
+      </c>
+      <c r="C41" t="s">
+        <v>189</v>
+      </c>
+      <c r="D41" t="s">
+        <v>37</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
         <v>2017</v>
       </c>
-      <c r="H34">
-[...5 lines deleted...]
-      <c r="J34" t="s">
+      <c r="I41">
+        <v>2020</v>
+      </c>
+      <c r="J41" t="s">
+        <v>204</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>193</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>236</v>
+      </c>
+      <c r="P41" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>238</v>
+      </c>
+      <c r="B42" t="s">
+        <v>239</v>
+      </c>
+      <c r="C42" t="s">
+        <v>189</v>
+      </c>
+      <c r="D42" t="s">
+        <v>240</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
         <v>21</v>
       </c>
-      <c r="K34"/>
-[...29 lines deleted...]
-      <c r="G35">
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2009</v>
+      </c>
+      <c r="I42">
+        <v>2019</v>
+      </c>
+      <c r="J42" t="s">
+        <v>191</v>
+      </c>
+      <c r="K42" t="s">
+        <v>241</v>
+      </c>
+      <c r="L42" t="s">
+        <v>242</v>
+      </c>
+      <c r="M42" t="s">
+        <v>193</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>243</v>
+      </c>
+      <c r="P42" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>245</v>
+      </c>
+      <c r="B43" t="s">
+        <v>246</v>
+      </c>
+      <c r="C43" t="s">
+        <v>189</v>
+      </c>
+      <c r="D43" t="s">
+        <v>247</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2016</v>
+      </c>
+      <c r="I43">
+        <v>2020</v>
+      </c>
+      <c r="J43" t="s">
+        <v>191</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>248</v>
+      </c>
+      <c r="M43" t="s">
+        <v>193</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>249</v>
+      </c>
+      <c r="P43" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>251</v>
+      </c>
+      <c r="B44" t="s">
+        <v>252</v>
+      </c>
+      <c r="C44" t="s">
+        <v>253</v>
+      </c>
+      <c r="D44" t="s">
+        <v>254</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>53</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
         <v>2010</v>
       </c>
-      <c r="H35">
-[...5 lines deleted...]
-      <c r="J35" t="s">
+      <c r="I44">
+        <v>2017</v>
+      </c>
+      <c r="J44" t="s">
+        <v>198</v>
+      </c>
+      <c r="K44" t="s">
+        <v>255</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>256</v>
+      </c>
+      <c r="N44" t="s">
+        <v>257</v>
+      </c>
+      <c r="O44" t="s">
+        <v>258</v>
+      </c>
+      <c r="P44" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>260</v>
+      </c>
+      <c r="B45" t="s">
+        <v>261</v>
+      </c>
+      <c r="C45" t="s">
+        <v>59</v>
+      </c>
+      <c r="D45" t="s">
+        <v>65</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
         <v>21</v>
       </c>
-      <c r="K35"/>
-[...416 lines deleted...]
-        <v>2015</v>
+      <c r="G45" t="s">
+        <v>22</v>
       </c>
       <c r="H45">
         <v>2015</v>
       </c>
-      <c r="I45" t="s">
-        <v>177</v>
+      <c r="I45">
+        <v>2015</v>
       </c>
       <c r="J45" t="s">
+        <v>262</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>263</v>
+      </c>
+      <c r="M45" t="s">
+        <v>264</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>265</v>
+      </c>
+      <c r="P45" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>260</v>
+      </c>
+      <c r="B46" t="s">
+        <v>267</v>
+      </c>
+      <c r="C46" t="s">
+        <v>59</v>
+      </c>
+      <c r="D46" t="s">
+        <v>268</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
         <v>21</v>
       </c>
-      <c r="K45" t="s">
-[...32 lines deleted...]
-        <v>2015</v>
+      <c r="G46" t="s">
+        <v>22</v>
       </c>
       <c r="H46">
         <v>2015</v>
       </c>
-      <c r="I46" t="s">
-        <v>177</v>
+      <c r="I46">
+        <v>2015</v>
       </c>
       <c r="J46" t="s">
+        <v>262</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>263</v>
+      </c>
+      <c r="M46" t="s">
+        <v>264</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>269</v>
+      </c>
+      <c r="P46" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>260</v>
+      </c>
+      <c r="B47" t="s">
+        <v>270</v>
+      </c>
+      <c r="C47" t="s">
+        <v>59</v>
+      </c>
+      <c r="D47" t="s">
+        <v>240</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
         <v>21</v>
       </c>
-      <c r="K46" t="s">
-[...32 lines deleted...]
-        <v>2015</v>
+      <c r="G47" t="s">
+        <v>22</v>
       </c>
       <c r="H47">
         <v>2015</v>
       </c>
-      <c r="I47" t="s">
-        <v>177</v>
+      <c r="I47">
+        <v>2015</v>
       </c>
       <c r="J47" t="s">
+        <v>262</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>263</v>
+      </c>
+      <c r="M47" t="s">
+        <v>264</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>271</v>
+      </c>
+      <c r="P47" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>272</v>
+      </c>
+      <c r="B48" t="s">
+        <v>273</v>
+      </c>
+      <c r="C48" t="s">
+        <v>274</v>
+      </c>
+      <c r="D48" t="s">
+        <v>32</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
         <v>21</v>
       </c>
-      <c r="K47" t="s">
-[...28 lines deleted...]
-      <c r="F48" t="s">
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>1994</v>
+      </c>
+      <c r="I48">
+        <v>2020</v>
+      </c>
+      <c r="J48" t="s">
+        <v>275</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>276</v>
+      </c>
+      <c r="M48" t="s">
+        <v>277</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>278</v>
+      </c>
+      <c r="P48" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>280</v>
+      </c>
+      <c r="B49" t="s">
+        <v>281</v>
+      </c>
+      <c r="C49" t="s">
+        <v>274</v>
+      </c>
+      <c r="D49" t="s">
+        <v>37</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2001</v>
+      </c>
+      <c r="I49">
+        <v>2019</v>
+      </c>
+      <c r="J49" t="s">
+        <v>275</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>282</v>
+      </c>
+      <c r="M49" t="s">
+        <v>277</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>283</v>
+      </c>
+      <c r="P49" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>285</v>
+      </c>
+      <c r="B50" t="s">
+        <v>286</v>
+      </c>
+      <c r="C50" t="s">
+        <v>287</v>
+      </c>
+      <c r="D50" t="s">
+        <v>288</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>53</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2008</v>
+      </c>
+      <c r="I50">
+        <v>2015</v>
+      </c>
+      <c r="J50" t="s">
+        <v>289</v>
+      </c>
+      <c r="K50" t="s">
+        <v>255</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>290</v>
+      </c>
+      <c r="N50" t="s">
+        <v>257</v>
+      </c>
+      <c r="O50" t="s">
+        <v>291</v>
+      </c>
+      <c r="P50" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>293</v>
+      </c>
+      <c r="B51" t="s">
+        <v>294</v>
+      </c>
+      <c r="C51" t="s">
+        <v>287</v>
+      </c>
+      <c r="D51" t="s">
+        <v>295</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>53</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2008</v>
+      </c>
+      <c r="I51">
+        <v>2015</v>
+      </c>
+      <c r="J51" t="s">
+        <v>289</v>
+      </c>
+      <c r="K51" t="s">
+        <v>255</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>290</v>
+      </c>
+      <c r="N51" t="s">
+        <v>257</v>
+      </c>
+      <c r="O51" t="s">
+        <v>296</v>
+      </c>
+      <c r="P51" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>298</v>
+      </c>
+      <c r="B52" t="s">
+        <v>299</v>
+      </c>
+      <c r="C52" t="s">
+        <v>287</v>
+      </c>
+      <c r="D52" t="s">
+        <v>300</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>53</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2008</v>
+      </c>
+      <c r="I52">
+        <v>2015</v>
+      </c>
+      <c r="J52" t="s">
+        <v>289</v>
+      </c>
+      <c r="K52" t="s">
+        <v>255</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>290</v>
+      </c>
+      <c r="N52" t="s">
+        <v>257</v>
+      </c>
+      <c r="O52" t="s">
+        <v>301</v>
+      </c>
+      <c r="P52" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>303</v>
+      </c>
+      <c r="B53" t="s">
+        <v>304</v>
+      </c>
+      <c r="C53" t="s">
+        <v>305</v>
+      </c>
+      <c r="D53" t="s">
+        <v>306</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>108</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>1987</v>
+      </c>
+      <c r="I53">
+        <v>1988</v>
+      </c>
+      <c r="J53" t="s">
+        <v>307</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>308</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>309</v>
+      </c>
+      <c r="P53" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>311</v>
+      </c>
+      <c r="B54" t="s">
+        <v>312</v>
+      </c>
+      <c r="C54" t="s">
+        <v>305</v>
+      </c>
+      <c r="D54" t="s">
+        <v>313</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>108</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>1987</v>
+      </c>
+      <c r="I54">
+        <v>1988</v>
+      </c>
+      <c r="J54" t="s">
+        <v>307</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>314</v>
+      </c>
+      <c r="M54" t="s">
+        <v>308</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>315</v>
+      </c>
+      <c r="P54" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>317</v>
+      </c>
+      <c r="B55" t="s">
+        <v>318</v>
+      </c>
+      <c r="C55" t="s">
+        <v>305</v>
+      </c>
+      <c r="D55" t="s">
         <v>19</v>
       </c>
-      <c r="G48">
-[...2 lines deleted...]
-      <c r="H48">
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>108</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>1989</v>
+      </c>
+      <c r="I55">
+        <v>1991</v>
+      </c>
+      <c r="J55" t="s">
+        <v>307</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>319</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>320</v>
+      </c>
+      <c r="P55" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>322</v>
+      </c>
+      <c r="B56" t="s">
+        <v>323</v>
+      </c>
+      <c r="C56" t="s">
+        <v>305</v>
+      </c>
+      <c r="D56" t="s">
+        <v>37</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>108</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>1989</v>
+      </c>
+      <c r="I56">
+        <v>2015</v>
+      </c>
+      <c r="J56" t="s">
+        <v>324</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>308</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>325</v>
+      </c>
+      <c r="P56" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>327</v>
+      </c>
+      <c r="B57" t="s">
+        <v>328</v>
+      </c>
+      <c r="C57" t="s">
+        <v>305</v>
+      </c>
+      <c r="D57" t="s">
+        <v>122</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>108</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>1989</v>
+      </c>
+      <c r="I57">
+        <v>1992</v>
+      </c>
+      <c r="J57" t="s">
+        <v>324</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>308</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>329</v>
+      </c>
+      <c r="P57" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>331</v>
+      </c>
+      <c r="B58" t="s">
+        <v>332</v>
+      </c>
+      <c r="C58" t="s">
+        <v>305</v>
+      </c>
+      <c r="D58" t="s">
+        <v>247</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>108</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>1986</v>
+      </c>
+      <c r="I58">
+        <v>1988</v>
+      </c>
+      <c r="J58" t="s">
+        <v>307</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>308</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>333</v>
+      </c>
+      <c r="P58" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>335</v>
+      </c>
+      <c r="B59" t="s">
+        <v>336</v>
+      </c>
+      <c r="C59" t="s">
+        <v>305</v>
+      </c>
+      <c r="D59" t="s">
+        <v>231</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>53</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>1999</v>
+      </c>
+      <c r="I59">
+        <v>2000</v>
+      </c>
+      <c r="J59" t="s">
+        <v>307</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>337</v>
+      </c>
+      <c r="M59" t="s">
+        <v>319</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>338</v>
+      </c>
+      <c r="P59" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>340</v>
+      </c>
+      <c r="B60" t="s">
+        <v>341</v>
+      </c>
+      <c r="C60" t="s">
+        <v>305</v>
+      </c>
+      <c r="D60" t="s">
+        <v>306</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>53</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2011</v>
+      </c>
+      <c r="I60">
+        <v>2014</v>
+      </c>
+      <c r="J60" t="s">
+        <v>307</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" t="s">
+        <v>342</v>
+      </c>
+      <c r="M60" t="s">
+        <v>319</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>343</v>
+      </c>
+      <c r="P60" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>345</v>
+      </c>
+      <c r="B61" t="s">
+        <v>346</v>
+      </c>
+      <c r="C61" t="s">
+        <v>305</v>
+      </c>
+      <c r="D61" t="s">
+        <v>65</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>53</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2011</v>
+      </c>
+      <c r="I61">
+        <v>2014</v>
+      </c>
+      <c r="J61" t="s">
+        <v>307</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" t="s">
+        <v>347</v>
+      </c>
+      <c r="M61" t="s">
+        <v>319</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>348</v>
+      </c>
+      <c r="P61" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>350</v>
+      </c>
+      <c r="B62" t="s">
+        <v>351</v>
+      </c>
+      <c r="C62" t="s">
+        <v>352</v>
+      </c>
+      <c r="D62" t="s">
+        <v>353</v>
+      </c>
+      <c r="E62" t="s">
+        <v>52</v>
+      </c>
+      <c r="F62" t="s">
+        <v>108</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2001</v>
+      </c>
+      <c r="I62">
+        <v>2015</v>
+      </c>
+      <c r="J62" t="s">
+        <v>354</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62"/>
+      <c r="M62" t="s">
+        <v>355</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>356</v>
+      </c>
+      <c r="P62" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>358</v>
+      </c>
+      <c r="B63" t="s">
+        <v>359</v>
+      </c>
+      <c r="C63" t="s">
+        <v>352</v>
+      </c>
+      <c r="D63" t="s">
+        <v>353</v>
+      </c>
+      <c r="E63" t="s">
+        <v>52</v>
+      </c>
+      <c r="F63" t="s">
+        <v>53</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2001</v>
+      </c>
+      <c r="I63">
+        <v>2015</v>
+      </c>
+      <c r="J63" t="s">
+        <v>354</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>355</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>360</v>
+      </c>
+      <c r="P63" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>362</v>
+      </c>
+      <c r="B64" t="s">
+        <v>363</v>
+      </c>
+      <c r="C64" t="s">
+        <v>352</v>
+      </c>
+      <c r="D64" t="s">
+        <v>306</v>
+      </c>
+      <c r="E64" t="s">
+        <v>52</v>
+      </c>
+      <c r="F64" t="s">
+        <v>108</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2001</v>
+      </c>
+      <c r="I64">
+        <v>2015</v>
+      </c>
+      <c r="J64" t="s">
+        <v>354</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64"/>
+      <c r="M64" t="s">
+        <v>355</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>364</v>
+      </c>
+      <c r="P64" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>366</v>
+      </c>
+      <c r="B65" t="s">
+        <v>367</v>
+      </c>
+      <c r="C65" t="s">
+        <v>352</v>
+      </c>
+      <c r="D65" t="s">
+        <v>306</v>
+      </c>
+      <c r="E65" t="s">
+        <v>52</v>
+      </c>
+      <c r="F65" t="s">
+        <v>53</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2001</v>
+      </c>
+      <c r="I65">
+        <v>2015</v>
+      </c>
+      <c r="J65" t="s">
+        <v>354</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65"/>
+      <c r="M65" t="s">
+        <v>355</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>368</v>
+      </c>
+      <c r="P65" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>370</v>
+      </c>
+      <c r="B66" t="s">
+        <v>371</v>
+      </c>
+      <c r="C66" t="s">
+        <v>352</v>
+      </c>
+      <c r="D66" t="s">
+        <v>231</v>
+      </c>
+      <c r="E66" t="s">
+        <v>52</v>
+      </c>
+      <c r="F66" t="s">
+        <v>108</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2000</v>
+      </c>
+      <c r="I66">
+        <v>2015</v>
+      </c>
+      <c r="J66" t="s">
+        <v>354</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66" t="s">
+        <v>372</v>
+      </c>
+      <c r="M66" t="s">
+        <v>355</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>373</v>
+      </c>
+      <c r="P66" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>375</v>
+      </c>
+      <c r="B67" t="s">
+        <v>376</v>
+      </c>
+      <c r="C67" t="s">
+        <v>352</v>
+      </c>
+      <c r="D67" t="s">
+        <v>231</v>
+      </c>
+      <c r="E67" t="s">
+        <v>52</v>
+      </c>
+      <c r="F67" t="s">
+        <v>53</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2000</v>
+      </c>
+      <c r="I67">
+        <v>2015</v>
+      </c>
+      <c r="J67" t="s">
+        <v>354</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67"/>
+      <c r="M67" t="s">
+        <v>355</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>377</v>
+      </c>
+      <c r="P67" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>379</v>
+      </c>
+      <c r="B68" t="s">
+        <v>380</v>
+      </c>
+      <c r="C68" t="s">
+        <v>352</v>
+      </c>
+      <c r="D68" t="s">
+        <v>381</v>
+      </c>
+      <c r="E68" t="s">
+        <v>52</v>
+      </c>
+      <c r="F68" t="s">
+        <v>108</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>1996</v>
+      </c>
+      <c r="I68">
+        <v>2017</v>
+      </c>
+      <c r="J68" t="s">
+        <v>354</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68"/>
+      <c r="M68" t="s">
+        <v>355</v>
+      </c>
+      <c r="N68" t="s">
+        <v>109</v>
+      </c>
+      <c r="O68" t="s">
+        <v>382</v>
+      </c>
+      <c r="P68" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>384</v>
+      </c>
+      <c r="B69" t="s">
+        <v>385</v>
+      </c>
+      <c r="C69" t="s">
+        <v>352</v>
+      </c>
+      <c r="D69" t="s">
+        <v>381</v>
+      </c>
+      <c r="E69" t="s">
+        <v>52</v>
+      </c>
+      <c r="F69" t="s">
+        <v>53</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>1996</v>
+      </c>
+      <c r="I69">
+        <v>2018</v>
+      </c>
+      <c r="J69" t="s">
+        <v>354</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69"/>
+      <c r="M69" t="s">
+        <v>355</v>
+      </c>
+      <c r="N69" t="s">
+        <v>109</v>
+      </c>
+      <c r="O69" t="s">
+        <v>386</v>
+      </c>
+      <c r="P69" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>388</v>
+      </c>
+      <c r="B70" t="s">
+        <v>389</v>
+      </c>
+      <c r="C70" t="s">
+        <v>352</v>
+      </c>
+      <c r="D70" t="s">
+        <v>247</v>
+      </c>
+      <c r="E70" t="s">
+        <v>52</v>
+      </c>
+      <c r="F70" t="s">
+        <v>108</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>1996</v>
+      </c>
+      <c r="I70">
+        <v>2019</v>
+      </c>
+      <c r="J70" t="s">
+        <v>191</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70" t="s">
+        <v>390</v>
+      </c>
+      <c r="M70" t="s">
+        <v>355</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>391</v>
+      </c>
+      <c r="P70" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>393</v>
+      </c>
+      <c r="B71" t="s">
+        <v>394</v>
+      </c>
+      <c r="C71" t="s">
+        <v>352</v>
+      </c>
+      <c r="D71" t="s">
+        <v>247</v>
+      </c>
+      <c r="E71" t="s">
+        <v>52</v>
+      </c>
+      <c r="F71" t="s">
+        <v>53</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>1996</v>
+      </c>
+      <c r="I71">
+        <v>2019</v>
+      </c>
+      <c r="J71" t="s">
+        <v>191</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71" t="s">
+        <v>390</v>
+      </c>
+      <c r="M71" t="s">
+        <v>355</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>395</v>
+      </c>
+      <c r="P71" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>397</v>
+      </c>
+      <c r="B72" t="s">
+        <v>398</v>
+      </c>
+      <c r="C72" t="s">
+        <v>352</v>
+      </c>
+      <c r="D72" t="s">
+        <v>399</v>
+      </c>
+      <c r="E72" t="s">
+        <v>52</v>
+      </c>
+      <c r="F72" t="s">
+        <v>108</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>1996</v>
+      </c>
+      <c r="I72">
+        <v>2017</v>
+      </c>
+      <c r="J72" t="s">
+        <v>354</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72" t="s">
+        <v>400</v>
+      </c>
+      <c r="M72" t="s">
+        <v>355</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>401</v>
+      </c>
+      <c r="P72" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>403</v>
+      </c>
+      <c r="B73" t="s">
+        <v>404</v>
+      </c>
+      <c r="C73" t="s">
+        <v>352</v>
+      </c>
+      <c r="D73" t="s">
+        <v>399</v>
+      </c>
+      <c r="E73" t="s">
+        <v>52</v>
+      </c>
+      <c r="F73" t="s">
+        <v>53</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>1996</v>
+      </c>
+      <c r="I73">
+        <v>2017</v>
+      </c>
+      <c r="J73" t="s">
+        <v>354</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73"/>
+      <c r="M73" t="s">
+        <v>355</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>405</v>
+      </c>
+      <c r="P73" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>407</v>
+      </c>
+      <c r="B74" t="s">
+        <v>408</v>
+      </c>
+      <c r="C74" t="s">
+        <v>352</v>
+      </c>
+      <c r="D74" t="s">
+        <v>409</v>
+      </c>
+      <c r="E74" t="s">
+        <v>52</v>
+      </c>
+      <c r="F74" t="s">
+        <v>108</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>2016</v>
+      </c>
+      <c r="I74">
         <v>2020</v>
       </c>
-      <c r="I48" t="s">
-[...2 lines deleted...]
-      <c r="J48" t="s">
+      <c r="J74" t="s">
+        <v>191</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74" t="s">
+        <v>355</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>410</v>
+      </c>
+      <c r="P74" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>407</v>
+      </c>
+      <c r="B75" t="s">
+        <v>412</v>
+      </c>
+      <c r="C75" t="s">
+        <v>352</v>
+      </c>
+      <c r="D75" t="s">
+        <v>409</v>
+      </c>
+      <c r="E75" t="s">
+        <v>52</v>
+      </c>
+      <c r="F75" t="s">
+        <v>108</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2016</v>
+      </c>
+      <c r="I75">
+        <v>2020</v>
+      </c>
+      <c r="J75" t="s">
+        <v>191</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75"/>
+      <c r="M75" t="s">
+        <v>355</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>413</v>
+      </c>
+      <c r="P75" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>415</v>
+      </c>
+      <c r="B76" t="s">
+        <v>416</v>
+      </c>
+      <c r="C76" t="s">
+        <v>352</v>
+      </c>
+      <c r="D76" t="s">
+        <v>231</v>
+      </c>
+      <c r="E76" t="s">
+        <v>52</v>
+      </c>
+      <c r="F76" t="s">
+        <v>53</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2016</v>
+      </c>
+      <c r="I76">
+        <v>2020</v>
+      </c>
+      <c r="J76" t="s">
+        <v>191</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76"/>
+      <c r="M76" t="s">
+        <v>355</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>417</v>
+      </c>
+      <c r="P76" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>415</v>
+      </c>
+      <c r="B77" t="s">
+        <v>419</v>
+      </c>
+      <c r="C77" t="s">
+        <v>352</v>
+      </c>
+      <c r="D77" t="s">
+        <v>231</v>
+      </c>
+      <c r="E77" t="s">
+        <v>52</v>
+      </c>
+      <c r="F77" t="s">
+        <v>53</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>2016</v>
+      </c>
+      <c r="I77">
+        <v>2020</v>
+      </c>
+      <c r="J77" t="s">
+        <v>191</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77"/>
+      <c r="M77" t="s">
+        <v>355</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>420</v>
+      </c>
+      <c r="P77" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>422</v>
+      </c>
+      <c r="B78" t="s">
+        <v>423</v>
+      </c>
+      <c r="C78" t="s">
+        <v>352</v>
+      </c>
+      <c r="D78" t="s">
+        <v>424</v>
+      </c>
+      <c r="E78" t="s">
+        <v>52</v>
+      </c>
+      <c r="F78" t="s">
+        <v>108</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>2000</v>
+      </c>
+      <c r="I78">
+        <v>2016</v>
+      </c>
+      <c r="J78" t="s">
+        <v>354</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78"/>
+      <c r="M78" t="s">
+        <v>355</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>425</v>
+      </c>
+      <c r="P78" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>427</v>
+      </c>
+      <c r="B79" t="s">
+        <v>428</v>
+      </c>
+      <c r="C79" t="s">
+        <v>352</v>
+      </c>
+      <c r="D79" t="s">
+        <v>424</v>
+      </c>
+      <c r="E79" t="s">
+        <v>52</v>
+      </c>
+      <c r="F79" t="s">
+        <v>53</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>2000</v>
+      </c>
+      <c r="I79">
+        <v>2020</v>
+      </c>
+      <c r="J79" t="s">
+        <v>191</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79"/>
+      <c r="M79" t="s">
+        <v>355</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>429</v>
+      </c>
+      <c r="P79" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>431</v>
+      </c>
+      <c r="B80" t="s">
+        <v>432</v>
+      </c>
+      <c r="C80" t="s">
+        <v>352</v>
+      </c>
+      <c r="D80" t="s">
+        <v>424</v>
+      </c>
+      <c r="E80" t="s">
+        <v>52</v>
+      </c>
+      <c r="F80" t="s">
+        <v>53</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>2016</v>
+      </c>
+      <c r="I80">
+        <v>2020</v>
+      </c>
+      <c r="J80" t="s">
+        <v>191</v>
+      </c>
+      <c r="K80" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80"/>
+      <c r="M80" t="s">
+        <v>355</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>433</v>
+      </c>
+      <c r="P80" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>435</v>
+      </c>
+      <c r="B81" t="s">
+        <v>436</v>
+      </c>
+      <c r="C81" t="s">
+        <v>437</v>
+      </c>
+      <c r="D81" t="s">
+        <v>438</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
         <v>21</v>
       </c>
-      <c r="K48" t="s">
-[...1394 lines deleted...]
-        <v>2006</v>
+      <c r="G81" t="s">
+        <v>22</v>
       </c>
       <c r="H81">
         <v>2006</v>
       </c>
-      <c r="I81" t="s">
-        <v>284</v>
+      <c r="I81">
+        <v>2006</v>
       </c>
       <c r="J81" t="s">
+        <v>439</v>
+      </c>
+      <c r="K81" t="s">
+        <v>24</v>
+      </c>
+      <c r="L81" t="s">
+        <v>440</v>
+      </c>
+      <c r="M81" t="s">
+        <v>441</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>442</v>
+      </c>
+      <c r="P81"/>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>443</v>
+      </c>
+      <c r="B82" t="s">
+        <v>444</v>
+      </c>
+      <c r="C82" t="s">
+        <v>445</v>
+      </c>
+      <c r="D82" t="s">
+        <v>37</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
         <v>21</v>
       </c>
-      <c r="K81" t="s">
-[...31 lines deleted...]
-      <c r="G82">
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82">
         <v>2006</v>
       </c>
-      <c r="H82">
+      <c r="I82">
         <v>2015</v>
       </c>
-      <c r="I82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J82" t="s">
-        <v>21</v>
+        <v>446</v>
       </c>
       <c r="K82" t="s">
-        <v>291</v>
+        <v>24</v>
       </c>
       <c r="L82" t="s">
-        <v>292</v>
+        <v>447</v>
       </c>
       <c r="M82" t="s">
-        <v>24</v>
+        <v>448</v>
       </c>
       <c r="N82" t="s">
-        <v>293</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>449</v>
+      </c>
+      <c r="P82" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>294</v>
+        <v>451</v>
       </c>
       <c r="B83" t="s">
-        <v>170</v>
+        <v>452</v>
       </c>
       <c r="C83" t="s">
-        <v>295</v>
+        <v>253</v>
       </c>
       <c r="D83" t="s">
-        <v>42</v>
+        <v>453</v>
       </c>
       <c r="E83" t="s">
-        <v>296</v>
+        <v>52</v>
       </c>
       <c r="F83" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G83">
+        <v>454</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
         <v>2017</v>
       </c>
-      <c r="H83">
+      <c r="I83">
         <v>2021</v>
       </c>
-      <c r="I83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J83" t="s">
-        <v>297</v>
+        <v>198</v>
       </c>
       <c r="K83" t="s">
-        <v>298</v>
+        <v>455</v>
       </c>
       <c r="L83" t="s">
-        <v>299</v>
+        <v>456</v>
       </c>
       <c r="M83" t="s">
-        <v>78</v>
+        <v>457</v>
       </c>
       <c r="N83" t="s">
-        <v>300</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:14">
+        <v>109</v>
+      </c>
+      <c r="O83" t="s">
+        <v>458</v>
+      </c>
+      <c r="P83" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>301</v>
+        <v>460</v>
       </c>
       <c r="B84" t="s">
-        <v>302</v>
+        <v>461</v>
       </c>
       <c r="C84" t="s">
-        <v>303</v>
+        <v>462</v>
       </c>
       <c r="D84" t="s">
-        <v>42</v>
+        <v>463</v>
       </c>
       <c r="E84" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="F84" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G84">
+        <v>53</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
         <v>2008</v>
       </c>
-      <c r="H84">
+      <c r="I84">
         <v>2013</v>
       </c>
-      <c r="I84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J84" t="s">
-        <v>21</v>
+        <v>464</v>
       </c>
       <c r="K84" t="s">
-        <v>178</v>
+        <v>24</v>
       </c>
       <c r="L84" t="s">
-        <v>305</v>
+        <v>263</v>
       </c>
       <c r="M84" t="s">
-        <v>24</v>
+        <v>465</v>
       </c>
       <c r="N84" t="s">
-        <v>306</v>
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>466</v>
+      </c>
+      <c r="P84" t="s">
+        <v>467</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>