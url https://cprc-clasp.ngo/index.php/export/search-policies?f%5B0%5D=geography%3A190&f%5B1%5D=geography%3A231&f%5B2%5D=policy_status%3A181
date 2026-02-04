--- v0 (2025-10-15)
+++ v1 (2026-02-04)
@@ -12,599 +12,897 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="170">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="269">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Federal Law No. 261-FZ</t>
   </si>
   <si>
+    <t>A ban on the distribution; sale; and general use of inefficient lighting; such as 100-watt or higher incandescent lamps; starting on 1 January 2011; particularly in the  government sector.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/federal-law-no-261-fz</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_93978/b9d6a867f79696c8920c74897c45bc450483c39f/</t>
+  </si>
+  <si>
     <t>GOST 10280-83 Vacuum electric cleaners for household - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household vacuum cleaners with dry filters intended for cleaning of premises, clothes, carpets and furniture.</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>GOST 27570.6-87, art. 6.13 GOST 10280-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-10280-83-vacuum-electric-cleaners-household-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21212/</t>
+  </si>
+  <si>
     <t>GOST 14919-83 Household electric cooking ranges, cooking plates, and cooking ovens - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric cooking ranges, cooking plates, and cooking ovens.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>GOST 14919-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-14919-83-household-electric-cooking-ranges-cooking-plates-and-cooking-ovens-general</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/7652/</t>
+  </si>
+  <si>
     <t>GOST 16317-87 Household electrical refrigerating appliances - General specifications</t>
   </si>
   <si>
+    <t>Applies to household electric compression and absorption refrigerators, household electric compression freezers, household electric compression refrigerators, and freezers for storage and/or freezing of food in domestic conditions.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16317-87-household-electrical-refrigerating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19717/</t>
+  </si>
+  <si>
     <t>GOST 16325-88 General-purpose digital computers - General technical requirements</t>
   </si>
   <si>
+    <t>This standard establishes requirements for stationary computers of general purpose, designed to operate both autonomously and in data processing systems.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16325-88-general-purpose-digital-computers-general-technical-requirements</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19657/</t>
+  </si>
+  <si>
     <t>GOST 16617-87 Household electric heating appliances - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric heating appliances.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>Art 4.3 of GOST 16617-87</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16617-87-household-electric-heating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/12035/----http://docs.cntd.ru/document/1200013269</t>
+  </si>
+  <si>
     <t>GOST 18198-89 Television receivers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers color and black and white televisions (non-portable or portable), but does not apply to projection TVs.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-18198-89-television-receivers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38708/</t>
+  </si>
+  <si>
     <t>GOST 19098-87 Plotters for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers plotters for electronic computers.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>October 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19098-87-plotters-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19703/</t>
+  </si>
+  <si>
     <t>GOST 19294-84 General-purpose low-power transformers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to dry power transformers and autotransformers of general purpose with single-phase and three-phase power of no more than 5 kVA, included in the AC network of frequency 50 or 60 Hz with a nominal voltage of up to 1000 V.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19294-84-general-purpose-low-power-transformers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12956/</t>
+  </si>
+  <si>
     <t>GOST 21776-87 Printers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-21776-87-printers-general-specifications</t>
   </si>
   <si>
+    <t>http://www.internet-law.ru/gosts/gost/38829/</t>
+  </si>
+  <si>
     <t>GOST 23110-84 Household electric water heaters - General specifications</t>
   </si>
   <si>
+    <t>This policy covers accumulation-type water heaters intended for water heating below boiling point. Does not apply to instantaneous flow water heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>GOST 27570.18-90 and 6 of GOST 23110-84</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-23110-84-household-electric-water-heaters-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12767/</t>
+  </si>
+  <si>
     <t>GOST 24388-88 Domestic sound frequency signal amplifiers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers domestic sound frequency signal amplifiers.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-24388-88-domestic-sound-frequency-signal-amplifiers-general-specifications</t>
   </si>
   <si>
+    <t>http://docs.cntd.ru/document/1200016457</t>
+  </si>
+  <si>
     <t>GOST 24593-87 Graphic input devices for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers graphic input devices for electronic computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-24593-87-graphic-input-devices-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/11933/</t>
+  </si>
+  <si>
     <t>GOST 25178-82 Electric hand dryers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric hand dryers intended for use in public establishments and places, as well as for individual use.</t>
+  </si>
+  <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>art 5.3 of GOST 25178-82</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-25178-82-electric-hand-dryers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/29859/</t>
+  </si>
+  <si>
     <t>GOST 26287-84 Household electric pumps - General specifications</t>
   </si>
   <si>
+    <t>This policy covers gas-fired air heaters with forced convection for heating rooms not exceeding a net heat input of 100 kW.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-26287-84-household-electric-pumps-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12841/</t>
+  </si>
+  <si>
     <t>GOST 26963-86 Self-contained room air conditioners - General specifications</t>
   </si>
   <si>
+    <t>This policy covers non-ducted and split type air conditioners.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-26963-86-self-contained-room-air-conditioners-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19898/</t>
+  </si>
+  <si>
     <t>GOST 27201-87 Personal electronic computers - Types, main parameters, general technical requirements</t>
   </si>
   <si>
+    <t>This standard applies to personal electronic computers used as a means of mass automation (mainly to create automated workplaces) in social and industrial spheres of activity in various areas of the national economy and intended for users who do not have special knowledge in the field of computer technology and programming.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-27201-87-personal-electronic-computers-types-main-parameters-general-technical</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19749/</t>
+  </si>
+  <si>
     <t>GOST 27454-87 Household electric dishwashers - Perfomance characteristics and basic dimensions</t>
   </si>
   <si>
+    <t>This policy covers household dishwashers intended for washing, rinsing, drying, and storage of kitchenware and cutlery.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-27454-87-household-electric-dishwashers-perfomance-characteristics-and-basic</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38812/</t>
+  </si>
+  <si>
     <t>GOST 53635-2009 Gas-fired air heaters with forced convection for firing (heating) rooms not exceeding a net heat input of 100 kW - General technical requirements and test methods</t>
   </si>
   <si>
+    <t>This standard applies to household electric pumps intended for supplying water in domestic conditions.</t>
+  </si>
+  <si>
     <t>Pump Systems</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-53635-2009-gas-fired-air-heaters-forced-convection-firing-heating-rooms-not-exceeding</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/50178/</t>
+  </si>
+  <si>
     <t>GOST 7402-84 Electric fans for domestic use - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric fans driven by an electric motor and a speed controller for domestic and similar applications, manufactured for the needs of the national economy and export to countries with temperate and tropical climates, and specifies the dimensions, norms, rules, requirements and test methods. The standard does not apply to fans designed: for use in locations with special conditions, such as an explosive or corrosive atmosphere; for radiators, refrigerators and air conditioning units; for cooling special heating appliances (cookers, electric ovens, hoods, microwave kitchen appliances); for work on ships and jet fans.</t>
+  </si>
+  <si>
     <t>Window Fans</t>
   </si>
   <si>
     <t>Art 6.5 of GOST 7402-84</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-7402-84-electric-fans-domestic-use-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12848/</t>
+  </si>
+  <si>
     <t>GOST 8051-83 Domestic washing machines - Specifications</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines of versions UHL 4.2 or 04.2, in which washing is carried out by mechanical stirring of the laundry in a detergent solution with a rotating paddle disk or drum.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Art 6.3 of GOST 8051-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-8051-83-domestic-washing-machines-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21307/</t>
+  </si>
+  <si>
     <t>GOST R 51388-99 Energy conservation. Informing of consumers about energy efficiency of equipment in the residential sector - General requirements</t>
   </si>
   <si>
+    <t>This policy covers incandescent lamps of general use.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>GOST R 51388-99 (art.7)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51388-99-energy-conservation-informing-consumers-about-energy-efficiency-equipment</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/8716/</t>
+  </si>
+  <si>
     <t>GOST R 51565-2012 Energy efficiency - Household refrigeration appliances and similar - Indicators of energy efficiency and determination methods</t>
   </si>
   <si>
+    <t>This standard applies to household electrical refrigeration devices of compression and absorption type intended for storage and (or) freezing of food products in a domestic environment, including devices with internal forced air circulation and a system without frost formation (frost-free system).</t>
+  </si>
+  <si>
     <t>GOST R IEC 62552-2011; GOST R ISO 51401-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51565-2012-energy-efficiency-household-refrigeration-appliances-and-similar</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/53522/</t>
+  </si>
+  <si>
     <t>GOST R 55008-2012 Energy efficiency - Household washing machines and similar - Energy efficiency indicators and methods of determination</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines, including built-in ones, operating from an electrical network with a nominal frequency of 50 Hz and from batteries. The standard specifies the energy efficiency classes of washing machines and the content of the label attached to each machine. The standard does not apply to washing machines without a spin process, with separate tanks for washing and spinning (for example, with two tanks), combined washer-dryers, as well as machines operating on other types of energy.</t>
+  </si>
+  <si>
     <t>GOST R IEC 60456-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-55008-2012-energy-efficiency-household-washing-machines-and-similar-energy</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/54513/</t>
+  </si>
+  <si>
     <t>INTE E10-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the specifications to determine the values of energy consumption per liter for self-contained commercial refrigeration equipment.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e10-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-1-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-requisitos-1422?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E10-2 2015</t>
   </si>
   <si>
+    <t>This standard applies to the following self-contained commercial refrigeration equipment powered by electricity; new -imported and domestic; used and rebuilt -only imported. All with capacities of 10 liters of refrigerated volume useful -in function of the energetic limits- or more. The types of equipment are: Vertical coolers with one or more front doors; Horizontal coolers; Horizontal freezers; Vertical freezers; Closed showcases; Ice bag preservers. This modification includes imported used and reconstructed equipment. This standard does not include used or reconstructed national equipment. This standard also applies to vertical refrigerators that are used with loads at temperatures down to -5C.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e10-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-2-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-etiquetado-270?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E11-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the maximum limits of energy consumption of residential refrigerators and freezers operated by hermetic motor compressors. This standard applies to  refrigerators up to 1104 L and  freezers up to 850 L operated by hermetic motor compressors. This standard does not apply to refrigerator-freezers with partially automatic defrosting.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e11-1-2015</t>
   </si>
   <si>
+    <t>https://inteco.org/tienda/catalogo/INTEE1112015</t>
+  </si>
+  <si>
     <t>INTE E11-2 2015</t>
   </si>
   <si>
+    <t>This standard specifies the label of energy consumption and its contents of household  refrigerators and  freezers operated by hermetic motor compressor. This standard applies to refrigerators up to 1104 liters and  freezers up to 850 liters operated by hermetic motor compressors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e11-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e11-2-2015-eficiencia-energetica-refrigeradores-electrodomesticos-y-congeladores-electrodomesticos-etiquetado-1420?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E12-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>ISO 3951-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e12-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-1-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-requisitos-1285?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E12-2 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label, compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e12-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-2-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-etiquetado-1197?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E13-1 2017</t>
   </si>
   <si>
+    <t>This standard establishes the associated nominal and minimum efficiency values; the test method for its evaluation; and the labeling specification of the nominal efficiency; on the motor data plate. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e13-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-1-2017-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-limites-de-eficiencia-2323?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E13-2 2018</t>
   </si>
   <si>
+    <t>This standard establishes the labeling requirements for the associated nominal and minimum efficiency values ??of the efficiency of alternating current; three-phase induction motors. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e13-2-2018</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-2-2018-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-etiquetado-2660?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E14-1 2015</t>
   </si>
   <si>
+    <t>This standard aims to establish the energy efficiency ranges of air conditioners. This Standard covers all split-window air conditioners with rated cooling capacities up to 17 589 W.</t>
+  </si>
+  <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>ISO 5151</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e14-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-1-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-dividido-y-paquete-requisitos-1077?search=INTE+E14&amp;order=name+asc</t>
+  </si>
+  <si>
     <t>INTE E14-2 2015</t>
   </si>
   <si>
+    <t>The purpose of this standard is to establish the requirements that must be met by the energy efficiency label of air conditioners. This Standard covers all air conditioners; window type; split; package with nominal cooling capacities up to 17 589 W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e14-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-2-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-tipo-dividido-y-tipo-paquete-etiquetado-1538?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E17-1 2017</t>
   </si>
   <si>
+    <t>This national standard establishes the minimum limits of energy efficiency that electric cookers; insoles and electric ovens with resistive elements for domestic use and induction templates for domestic use must meet. Applies for electric ranges that use a 60 Hz AC source with a nominal system voltage of 120-240 V.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>ISO 2859-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-1-2017-eficiencia-energetica-cocinas-electricas-plantillas-plantillas-de-induccion-y-hornos-electricos-de-uso-domestico-parte-1-requisitos-1048?search=INTE+E17-1</t>
+  </si>
+  <si>
     <t>INTE E17-2 2017</t>
   </si>
   <si>
+    <t>This standard applies to electric cookers; insoles and electric ovens for domestic use with electrical connection 120 V; 240 V at 60 Hz</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-2-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-2-2017-eficiencia-energetica-cocinas-electricas-plantillas-y-hornos-electricos-de-uso-domestico-parte-2-etiquetado-1558?search=INTE+E17-2</t>
+  </si>
+  <si>
     <t>INTE E18-1: 2020</t>
   </si>
   <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes -LEDs- intended for roads and outdoor areas.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?search=INTE+28</t>
+  </si>
+  <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes (LED), intended for roads and outdoor areas</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?variant=7414</t>
+  </si>
+  <si>
     <t>INTE E18-2 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; of the light emitting diode -LED- luminaires for public lighting. This standard applies to luminaires with LED lighting components; which are sold and installed in the national territory to illuminate outdoor areas that have one or more of the following characteristics: roads; parks; or parking lots.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-2-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-2-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-para-alumbrado-publico-etiquetado-872?search=INTE+E18</t>
+  </si>
+  <si>
     <t>INTE E19-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; for high intensity discharge lamps -HID- for general lighting. This standard applies to discharge lamps in high intensity; intended for the lighting of the residential; commercial; services; industrial and public lighting sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e19-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for high intensity discharge (HID) lamps for general lighting. This standard applies to high intensity discharge lamps (HID), intended for lighting residential, commercial, services, industrial and public lighting sectors that are marketed in the national territory</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e19-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?variant=5672</t>
+  </si>
+  <si>
     <t>INTE E20-1 2016</t>
   </si>
   <si>
+    <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e20-1-2016</t>
   </si>
   <si>
+    <t>https://inteco.org/tienda/catalogo/INTEE2012016</t>
+  </si>
+  <si>
     <t>INTE E21-1 2016</t>
   </si>
   <si>
+    <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E21-2 2016</t>
   </si>
   <si>
+    <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-2-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-1 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for linear fluorescent lamps. This standard applies to linear fluorescent lamps; intended for lighting residential; commercial; services and industrial sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-1-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-requisitos-1480?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps. This standard applies to linear fluorescent lamps intended for lighting residential; commercial; services and industrial sectors that are marketed in the National territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-2 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps (LFL). This standard applies to linear fluorescent lamps, intended for lighting residential, commercial, service and industrial sectors that are marketed in the national territory. This standard does not apply to types of lamps that have one or more of the following characteristics: - Linear fluorescent lamps with a length of less than 50 cm, color temperature greater than 7000 K, designed to operate at low temperatures, ultraviolet and other special applications. . - Compact fluorescent lamp without integrated ballast, circular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-2-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?variant=5673</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 1324</t>
   </si>
   <si>
+    <t>Low-pressure lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-1324</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
+  </si>
+  <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
   </si>
   <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -868,2197 +1166,2500 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N50"/>
+  <dimension ref="A1:P50"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="211" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="211.091" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="833.939" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="277.075" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2011</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1985</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>32</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1984</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>38</v>
+      </c>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>44</v>
+      </c>
+      <c r="H5">
+        <v>1987</v>
+      </c>
+      <c r="I5">
+        <v>1988</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>45</v>
+      </c>
+      <c r="P5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1989</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>50</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>51</v>
+      </c>
+      <c r="P6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>44</v>
+      </c>
+      <c r="H7">
+        <v>1987</v>
+      </c>
+      <c r="I7">
+        <v>1988</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>56</v>
+      </c>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>57</v>
+      </c>
+      <c r="P7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>61</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>44</v>
+      </c>
+      <c r="H8">
+        <v>1989</v>
+      </c>
+      <c r="I8">
+        <v>1991</v>
+      </c>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>62</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>63</v>
+      </c>
+      <c r="P8" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>65</v>
+      </c>
+      <c r="B9" t="s">
+        <v>66</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>67</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>44</v>
+      </c>
+      <c r="H9">
+        <v>1989</v>
+      </c>
+      <c r="I9">
+        <v>2015</v>
+      </c>
+      <c r="J9" t="s">
+        <v>68</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>69</v>
+      </c>
+      <c r="P9" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>71</v>
+      </c>
+      <c r="B10" t="s">
+        <v>72</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>73</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>44</v>
+      </c>
+      <c r="H10">
+        <v>1989</v>
+      </c>
+      <c r="I10">
+        <v>1992</v>
+      </c>
+      <c r="J10" t="s">
+        <v>68</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>74</v>
+      </c>
+      <c r="P10" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>76</v>
+      </c>
+      <c r="B11" t="s">
+        <v>77</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>67</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>1989</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>25</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>78</v>
+      </c>
+      <c r="P11" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>80</v>
+      </c>
+      <c r="B12" t="s">
+        <v>81</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>82</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1984</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>83</v>
+      </c>
+      <c r="M12" t="s">
+        <v>25</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>84</v>
+      </c>
+      <c r="P12" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>86</v>
+      </c>
+      <c r="B13" t="s">
+        <v>87</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>88</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>1990</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>25</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>89</v>
+      </c>
+      <c r="P13" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>91</v>
+      </c>
+      <c r="B14" t="s">
+        <v>92</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>67</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>1989</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>25</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>93</v>
+      </c>
+      <c r="P14" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>95</v>
+      </c>
+      <c r="B15" t="s">
+        <v>96</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>97</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>1983</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>98</v>
+      </c>
+      <c r="M15" t="s">
+        <v>25</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>99</v>
+      </c>
+      <c r="P15" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>101</v>
+      </c>
+      <c r="B16" t="s">
+        <v>102</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>103</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2011</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>23</v>
+      </c>
+      <c r="K16" t="s">
+        <v>104</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>25</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>105</v>
+      </c>
+      <c r="P16" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>107</v>
+      </c>
+      <c r="B17" t="s">
+        <v>108</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>109</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>44</v>
+      </c>
+      <c r="H17">
+        <v>1986</v>
+      </c>
+      <c r="I17">
+        <v>1988</v>
+      </c>
+      <c r="J17" t="s">
+        <v>23</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>25</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>110</v>
+      </c>
+      <c r="P17" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>112</v>
+      </c>
+      <c r="B18" t="s">
+        <v>113</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>49</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>1987</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>50</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>25</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>114</v>
+      </c>
+      <c r="P18" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>116</v>
+      </c>
+      <c r="B19" t="s">
+        <v>117</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>118</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>1987</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>23</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>25</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>119</v>
+      </c>
+      <c r="P19" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>121</v>
+      </c>
+      <c r="B20" t="s">
+        <v>122</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>123</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>1986</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>23</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>25</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>124</v>
+      </c>
+      <c r="P20" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>126</v>
+      </c>
+      <c r="B21" t="s">
+        <v>127</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>128</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>1986</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>23</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>129</v>
+      </c>
+      <c r="M21" t="s">
+        <v>25</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>130</v>
+      </c>
+      <c r="P21" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>132</v>
+      </c>
+      <c r="B22" t="s">
+        <v>133</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>134</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>1984</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>23</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>135</v>
+      </c>
+      <c r="M22" t="s">
+        <v>62</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>136</v>
+      </c>
+      <c r="P22" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>138</v>
+      </c>
+      <c r="B23" t="s">
+        <v>139</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>140</v>
+      </c>
+      <c r="G23" t="s">
+        <v>44</v>
+      </c>
+      <c r="H23">
+        <v>1999</v>
+      </c>
+      <c r="I23">
+        <v>2000</v>
+      </c>
+      <c r="J23" t="s">
+        <v>23</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>141</v>
+      </c>
+      <c r="M23" t="s">
+        <v>62</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>142</v>
+      </c>
+      <c r="P23" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>144</v>
+      </c>
+      <c r="B24" t="s">
+        <v>145</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>43</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>140</v>
+      </c>
+      <c r="G24" t="s">
+        <v>44</v>
+      </c>
+      <c r="H24">
         <v>2011</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I24">
+        <v>2014</v>
+      </c>
+      <c r="J24" t="s">
+        <v>23</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>146</v>
+      </c>
+      <c r="M24" t="s">
+        <v>62</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>147</v>
+      </c>
+      <c r="P24" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>149</v>
+      </c>
+      <c r="B25" t="s">
+        <v>150</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>134</v>
+      </c>
+      <c r="E25" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F25" t="s">
+        <v>140</v>
+      </c>
+      <c r="G25" t="s">
+        <v>44</v>
+      </c>
+      <c r="H25">
+        <v>2011</v>
+      </c>
+      <c r="I25">
+        <v>2014</v>
+      </c>
+      <c r="J25" t="s">
+        <v>23</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>151</v>
+      </c>
+      <c r="M25" t="s">
+        <v>62</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>152</v>
+      </c>
+      <c r="P25" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>154</v>
+      </c>
+      <c r="B26" t="s">
+        <v>155</v>
+      </c>
+      <c r="C26" t="s">
+        <v>156</v>
+      </c>
+      <c r="D26" t="s">
+        <v>157</v>
+      </c>
+      <c r="E26" t="s">
+        <v>158</v>
+      </c>
+      <c r="F26" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G26" t="s">
+        <v>44</v>
+      </c>
+      <c r="H26">
+        <v>2001</v>
+      </c>
+      <c r="I26">
+        <v>2015</v>
+      </c>
+      <c r="J26" t="s">
+        <v>159</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>160</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>161</v>
+      </c>
+      <c r="P26" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>163</v>
+      </c>
+      <c r="B27" t="s">
+        <v>164</v>
+      </c>
+      <c r="C27" t="s">
+        <v>156</v>
+      </c>
+      <c r="D27" t="s">
+        <v>157</v>
+      </c>
+      <c r="E27" t="s">
+        <v>158</v>
+      </c>
+      <c r="F27" t="s">
+        <v>140</v>
+      </c>
+      <c r="G27" t="s">
+        <v>44</v>
+      </c>
+      <c r="H27">
+        <v>2001</v>
+      </c>
+      <c r="I27">
+        <v>2015</v>
+      </c>
+      <c r="J27" t="s">
+        <v>159</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>160</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>165</v>
+      </c>
+      <c r="P27" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>167</v>
+      </c>
+      <c r="B28" t="s">
+        <v>168</v>
+      </c>
+      <c r="C28" t="s">
+        <v>156</v>
+      </c>
+      <c r="D28" t="s">
+        <v>43</v>
+      </c>
+      <c r="E28" t="s">
+        <v>158</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>44</v>
+      </c>
+      <c r="H28">
+        <v>2001</v>
+      </c>
+      <c r="I28">
+        <v>2015</v>
+      </c>
+      <c r="J28" t="s">
+        <v>159</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>160</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>169</v>
+      </c>
+      <c r="P28" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>171</v>
+      </c>
+      <c r="B29" t="s">
+        <v>172</v>
+      </c>
+      <c r="C29" t="s">
+        <v>156</v>
+      </c>
+      <c r="D29" t="s">
+        <v>43</v>
+      </c>
+      <c r="E29" t="s">
+        <v>158</v>
+      </c>
+      <c r="F29" t="s">
+        <v>140</v>
+      </c>
+      <c r="G29" t="s">
+        <v>44</v>
+      </c>
+      <c r="H29">
+        <v>2001</v>
+      </c>
+      <c r="I29">
+        <v>2015</v>
+      </c>
+      <c r="J29" t="s">
+        <v>159</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>160</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>173</v>
+      </c>
+      <c r="P29" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>175</v>
+      </c>
+      <c r="B30" t="s">
+        <v>176</v>
+      </c>
+      <c r="C30" t="s">
+        <v>156</v>
+      </c>
+      <c r="D30" t="s">
+        <v>19</v>
+      </c>
+      <c r="E30" t="s">
+        <v>158</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>44</v>
+      </c>
+      <c r="H30">
+        <v>2000</v>
+      </c>
+      <c r="I30">
+        <v>2015</v>
+      </c>
+      <c r="J30" t="s">
+        <v>159</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>177</v>
+      </c>
+      <c r="M30" t="s">
+        <v>160</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>178</v>
+      </c>
+      <c r="P30" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>180</v>
+      </c>
+      <c r="B31" t="s">
+        <v>181</v>
+      </c>
+      <c r="C31" t="s">
+        <v>156</v>
+      </c>
+      <c r="D31" t="s">
+        <v>19</v>
+      </c>
+      <c r="E31" t="s">
+        <v>158</v>
+      </c>
+      <c r="F31" t="s">
+        <v>140</v>
+      </c>
+      <c r="G31" t="s">
+        <v>44</v>
+      </c>
+      <c r="H31">
+        <v>2000</v>
+      </c>
+      <c r="I31">
+        <v>2015</v>
+      </c>
+      <c r="J31" t="s">
+        <v>159</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>160</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>182</v>
+      </c>
+      <c r="P31" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>184</v>
+      </c>
+      <c r="B32" t="s">
+        <v>185</v>
+      </c>
+      <c r="C32" t="s">
+        <v>156</v>
+      </c>
+      <c r="D32" t="s">
+        <v>186</v>
+      </c>
+      <c r="E32" t="s">
+        <v>158</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>44</v>
+      </c>
+      <c r="H32">
+        <v>1996</v>
+      </c>
+      <c r="I32">
+        <v>2017</v>
+      </c>
+      <c r="J32" t="s">
+        <v>159</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>160</v>
+      </c>
+      <c r="N32" t="s">
+        <v>187</v>
+      </c>
+      <c r="O32" t="s">
+        <v>188</v>
+      </c>
+      <c r="P32" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>190</v>
+      </c>
+      <c r="B33" t="s">
+        <v>191</v>
+      </c>
+      <c r="C33" t="s">
+        <v>156</v>
+      </c>
+      <c r="D33" t="s">
+        <v>186</v>
+      </c>
+      <c r="E33" t="s">
+        <v>158</v>
+      </c>
+      <c r="F33" t="s">
+        <v>140</v>
+      </c>
+      <c r="G33" t="s">
+        <v>44</v>
+      </c>
+      <c r="H33">
+        <v>1996</v>
+      </c>
+      <c r="I33">
+        <v>2018</v>
+      </c>
+      <c r="J33" t="s">
+        <v>159</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>160</v>
+      </c>
+      <c r="N33" t="s">
+        <v>187</v>
+      </c>
+      <c r="O33" t="s">
+        <v>192</v>
+      </c>
+      <c r="P33" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>194</v>
+      </c>
+      <c r="B34" t="s">
+        <v>195</v>
+      </c>
+      <c r="C34" t="s">
+        <v>156</v>
+      </c>
+      <c r="D34" t="s">
+        <v>109</v>
+      </c>
+      <c r="E34" t="s">
+        <v>158</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>44</v>
+      </c>
+      <c r="H34">
+        <v>1996</v>
+      </c>
+      <c r="I34">
+        <v>2019</v>
+      </c>
+      <c r="J34" t="s">
+        <v>196</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>197</v>
+      </c>
+      <c r="M34" t="s">
+        <v>160</v>
+      </c>
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>198</v>
+      </c>
+      <c r="P34" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>200</v>
+      </c>
+      <c r="B35" t="s">
+        <v>201</v>
+      </c>
+      <c r="C35" t="s">
+        <v>156</v>
+      </c>
+      <c r="D35" t="s">
+        <v>109</v>
+      </c>
+      <c r="E35" t="s">
+        <v>158</v>
+      </c>
+      <c r="F35" t="s">
+        <v>140</v>
+      </c>
+      <c r="G35" t="s">
+        <v>44</v>
+      </c>
+      <c r="H35">
+        <v>1996</v>
+      </c>
+      <c r="I35">
+        <v>2019</v>
+      </c>
+      <c r="J35" t="s">
+        <v>196</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>197</v>
+      </c>
+      <c r="M35" t="s">
+        <v>160</v>
+      </c>
+      <c r="N35" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>202</v>
+      </c>
+      <c r="P35" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>204</v>
+      </c>
+      <c r="B36" t="s">
+        <v>205</v>
+      </c>
+      <c r="C36" t="s">
+        <v>156</v>
+      </c>
+      <c r="D36" t="s">
+        <v>206</v>
+      </c>
+      <c r="E36" t="s">
+        <v>158</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>44</v>
+      </c>
+      <c r="H36">
+        <v>1996</v>
+      </c>
+      <c r="I36">
+        <v>2017</v>
+      </c>
+      <c r="J36" t="s">
+        <v>159</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>207</v>
+      </c>
+      <c r="M36" t="s">
+        <v>160</v>
+      </c>
+      <c r="N36" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>208</v>
+      </c>
+      <c r="P36" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>210</v>
+      </c>
+      <c r="B37" t="s">
+        <v>211</v>
+      </c>
+      <c r="C37" t="s">
+        <v>156</v>
+      </c>
+      <c r="D37" t="s">
+        <v>206</v>
+      </c>
+      <c r="E37" t="s">
+        <v>158</v>
+      </c>
+      <c r="F37" t="s">
+        <v>140</v>
+      </c>
+      <c r="G37" t="s">
+        <v>44</v>
+      </c>
+      <c r="H37">
+        <v>1996</v>
+      </c>
+      <c r="I37">
+        <v>2017</v>
+      </c>
+      <c r="J37" t="s">
+        <v>159</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>160</v>
+      </c>
+      <c r="N37" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>212</v>
+      </c>
+      <c r="P37" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>214</v>
+      </c>
+      <c r="B38" t="s">
+        <v>215</v>
+      </c>
+      <c r="C38" t="s">
+        <v>156</v>
+      </c>
+      <c r="D38" t="s">
+        <v>216</v>
+      </c>
+      <c r="E38" t="s">
+        <v>158</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>44</v>
+      </c>
+      <c r="H38">
+        <v>2016</v>
+      </c>
+      <c r="I38">
+        <v>2020</v>
+      </c>
+      <c r="J38" t="s">
+        <v>196</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>160</v>
+      </c>
+      <c r="N38" t="s">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
+        <v>217</v>
+      </c>
+      <c r="P38" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>214</v>
+      </c>
+      <c r="B39" t="s">
+        <v>219</v>
+      </c>
+      <c r="C39" t="s">
+        <v>156</v>
+      </c>
+      <c r="D39" t="s">
+        <v>216</v>
+      </c>
+      <c r="E39" t="s">
+        <v>158</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>44</v>
+      </c>
+      <c r="H39">
+        <v>2016</v>
+      </c>
+      <c r="I39">
+        <v>2020</v>
+      </c>
+      <c r="J39" t="s">
+        <v>196</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>160</v>
+      </c>
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>220</v>
+      </c>
+      <c r="P39" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>222</v>
+      </c>
+      <c r="B40" t="s">
+        <v>223</v>
+      </c>
+      <c r="C40" t="s">
+        <v>156</v>
+      </c>
+      <c r="D40" t="s">
+        <v>216</v>
+      </c>
+      <c r="E40" t="s">
+        <v>158</v>
+      </c>
+      <c r="F40" t="s">
+        <v>140</v>
+      </c>
+      <c r="G40" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...22 lines deleted...]
-      <c r="F3" t="s">
+      <c r="H40">
+        <v>2016</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>159</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>160</v>
+      </c>
+      <c r="N40" t="s">
+        <v>26</v>
+      </c>
+      <c r="O40" t="s">
+        <v>224</v>
+      </c>
+      <c r="P40" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>226</v>
+      </c>
+      <c r="B41" t="s">
+        <v>227</v>
+      </c>
+      <c r="C41" t="s">
+        <v>156</v>
+      </c>
+      <c r="D41" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...6 lines deleted...]
-      <c r="J3" t="s">
+      <c r="E41" t="s">
+        <v>158</v>
+      </c>
+      <c r="F41" t="s">
+        <v>140</v>
+      </c>
+      <c r="G41" t="s">
+        <v>44</v>
+      </c>
+      <c r="H41">
+        <v>2016</v>
+      </c>
+      <c r="I41">
+        <v>2020</v>
+      </c>
+      <c r="J41" t="s">
+        <v>196</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>160</v>
+      </c>
+      <c r="N41" t="s">
+        <v>26</v>
+      </c>
+      <c r="O41" t="s">
+        <v>228</v>
+      </c>
+      <c r="P41" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>226</v>
+      </c>
+      <c r="B42" t="s">
+        <v>230</v>
+      </c>
+      <c r="C42" t="s">
+        <v>156</v>
+      </c>
+      <c r="D42" t="s">
+        <v>19</v>
+      </c>
+      <c r="E42" t="s">
+        <v>158</v>
+      </c>
+      <c r="F42" t="s">
+        <v>140</v>
+      </c>
+      <c r="G42" t="s">
+        <v>44</v>
+      </c>
+      <c r="H42">
+        <v>2016</v>
+      </c>
+      <c r="I42">
+        <v>2020</v>
+      </c>
+      <c r="J42" t="s">
+        <v>196</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>160</v>
+      </c>
+      <c r="N42" t="s">
+        <v>26</v>
+      </c>
+      <c r="O42" t="s">
+        <v>231</v>
+      </c>
+      <c r="P42" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>233</v>
+      </c>
+      <c r="B43" t="s">
+        <v>234</v>
+      </c>
+      <c r="C43" t="s">
+        <v>156</v>
+      </c>
+      <c r="D43" t="s">
+        <v>134</v>
+      </c>
+      <c r="E43" t="s">
+        <v>158</v>
+      </c>
+      <c r="F43" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...2 lines deleted...]
-      <c r="L3" t="s">
+      <c r="G43" t="s">
         <v>22</v>
       </c>
-      <c r="M3" t="s">
-[...32 lines deleted...]
-      <c r="J4" t="s">
+      <c r="H43">
+        <v>2016</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>159</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>160</v>
+      </c>
+      <c r="N43" t="s">
+        <v>26</v>
+      </c>
+      <c r="O43" t="s">
+        <v>235</v>
+      </c>
+      <c r="P43" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>237</v>
+      </c>
+      <c r="B44" t="s">
+        <v>238</v>
+      </c>
+      <c r="C44" t="s">
+        <v>156</v>
+      </c>
+      <c r="D44" t="s">
+        <v>134</v>
+      </c>
+      <c r="E44" t="s">
+        <v>158</v>
+      </c>
+      <c r="F44" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...2 lines deleted...]
-      <c r="L4" t="s">
+      <c r="G44" t="s">
         <v>22</v>
       </c>
-      <c r="M4" t="s">
-[...38 lines deleted...]
-      <c r="L5" t="s">
+      <c r="H44">
+        <v>2016</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>159</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>160</v>
+      </c>
+      <c r="N44" t="s">
+        <v>26</v>
+      </c>
+      <c r="O44" t="s">
+        <v>239</v>
+      </c>
+      <c r="P44" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>241</v>
+      </c>
+      <c r="B45" t="s">
+        <v>242</v>
+      </c>
+      <c r="C45" t="s">
+        <v>156</v>
+      </c>
+      <c r="D45" t="s">
+        <v>134</v>
+      </c>
+      <c r="E45" t="s">
+        <v>158</v>
+      </c>
+      <c r="F45" t="s">
+        <v>140</v>
+      </c>
+      <c r="G45" t="s">
         <v>22</v>
       </c>
-      <c r="M5" t="s">
-[...1369 lines deleted...]
-      <c r="G38">
+      <c r="H45">
         <v>2016</v>
       </c>
-      <c r="H38">
-[...290 lines deleted...]
-      </c>
+      <c r="I45"/>
       <c r="J45" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>159</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45"/>
       <c r="M45" t="s">
-        <v>23</v>
+        <v>160</v>
       </c>
       <c r="N45" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O45" t="s">
+        <v>243</v>
+      </c>
+      <c r="P45" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>155</v>
+        <v>245</v>
       </c>
       <c r="B46" t="s">
-        <v>105</v>
+        <v>246</v>
       </c>
       <c r="C46" t="s">
         <v>156</v>
       </c>
       <c r="D46" t="s">
-        <v>107</v>
+        <v>247</v>
       </c>
       <c r="E46" t="s">
-        <v>18</v>
+        <v>158</v>
       </c>
       <c r="F46" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G46">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>44</v>
+      </c>
+      <c r="H46">
         <v>2000</v>
       </c>
-      <c r="H46">
+      <c r="I46">
         <v>2016</v>
       </c>
-      <c r="I46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J46" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>159</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
       <c r="M46" t="s">
-        <v>23</v>
+        <v>160</v>
       </c>
       <c r="N46" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O46" t="s">
+        <v>248</v>
+      </c>
+      <c r="P46" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>158</v>
+        <v>250</v>
       </c>
       <c r="B47" t="s">
-        <v>105</v>
+        <v>251</v>
       </c>
       <c r="C47" t="s">
         <v>156</v>
       </c>
       <c r="D47" t="s">
-        <v>107</v>
+        <v>247</v>
       </c>
       <c r="E47" t="s">
-        <v>95</v>
+        <v>158</v>
       </c>
       <c r="F47" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G47">
+        <v>140</v>
+      </c>
+      <c r="G47" t="s">
+        <v>44</v>
+      </c>
+      <c r="H47">
         <v>2000</v>
       </c>
-      <c r="H47">
+      <c r="I47">
         <v>2020</v>
       </c>
-      <c r="I47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J47" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>196</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47"/>
       <c r="M47" t="s">
-        <v>23</v>
+        <v>160</v>
       </c>
       <c r="N47" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O47" t="s">
+        <v>252</v>
+      </c>
+      <c r="P47" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>160</v>
+        <v>254</v>
       </c>
       <c r="B48" t="s">
-        <v>105</v>
+        <v>255</v>
       </c>
       <c r="C48" t="s">
         <v>156</v>
       </c>
       <c r="D48" t="s">
-        <v>107</v>
+        <v>247</v>
       </c>
       <c r="E48" t="s">
-        <v>95</v>
+        <v>158</v>
       </c>
       <c r="F48" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G48">
+        <v>140</v>
+      </c>
+      <c r="G48" t="s">
+        <v>44</v>
+      </c>
+      <c r="H48">
         <v>2016</v>
       </c>
-      <c r="H48">
+      <c r="I48">
         <v>2020</v>
       </c>
-      <c r="I48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J48" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>196</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48"/>
       <c r="M48" t="s">
+        <v>160</v>
+      </c>
+      <c r="N48" t="s">
+        <v>26</v>
+      </c>
+      <c r="O48" t="s">
+        <v>256</v>
+      </c>
+      <c r="P48" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>258</v>
+      </c>
+      <c r="B49" t="s">
+        <v>259</v>
+      </c>
+      <c r="C49" t="s">
+        <v>18</v>
+      </c>
+      <c r="D49" t="s">
+        <v>19</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>140</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2011</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
         <v>23</v>
       </c>
-      <c r="N48" t="s">
-[...26 lines deleted...]
-      <c r="I49" t="s">
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>62</v>
+      </c>
+      <c r="N49" t="s">
+        <v>26</v>
+      </c>
+      <c r="O49" t="s">
+        <v>260</v>
+      </c>
+      <c r="P49" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>262</v>
+      </c>
+      <c r="B50" t="s">
+        <v>263</v>
+      </c>
+      <c r="C50" t="s">
+        <v>18</v>
+      </c>
+      <c r="D50" t="s">
+        <v>264</v>
+      </c>
+      <c r="E50" t="s">
         <v>20</v>
       </c>
-      <c r="J49" t="s">
-[...6 lines deleted...]
-      <c r="M49" t="s">
+      <c r="F50" t="s">
+        <v>140</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2012</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
         <v>23</v>
       </c>
-      <c r="N49" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="K50" t="s">
-        <v>167</v>
+        <v>265</v>
       </c>
       <c r="L50" t="s">
-        <v>168</v>
+        <v>266</v>
       </c>
       <c r="M50" t="s">
-        <v>23</v>
+        <v>267</v>
       </c>
       <c r="N50" t="s">
-        <v>169</v>
+        <v>26</v>
+      </c>
+      <c r="O50" t="s">
+        <v>268</v>
+      </c>
+      <c r="P50" t="s">
+        <v>261</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>