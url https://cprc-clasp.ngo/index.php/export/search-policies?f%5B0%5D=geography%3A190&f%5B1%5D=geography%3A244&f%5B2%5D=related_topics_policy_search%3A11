--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,482 +12,706 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="204">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Auto-Off Power Strips and Socket Adapters (DE-UZ 134)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to auto-off power strips or socket adapters (with and without surge protector).</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Power strips</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025; DIN EN 62301</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-auto-power-strips-and-socket-adapters-de-uz-134</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20134-201407-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Computers and Keyboards (DE/UZ 78)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to the notebook computers as defined in paragraph 1.5 of the document.  The following devices do not fall within the scope of these Basic Criteria: Mobile phones, smartphones, MDAs, PDAs and similar mobile devices.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-computers-and-keyboards-deuz-78</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20078-201701-en-Criteria-V3.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Data Shredders (DE-UZ 174)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to household cooker hoods with an inbuilt fan for either recirculation operation - or exhaust operation exhibiting a maximum air flow volume of 800 m3 /h at maximum continuous operation. Requirements include energy efficiency of the fan; energy-efficient lighting; and power consumption in off and stand-by mode.</t>
+  </si>
+  <si>
     <t>Paper Shredders</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-data-shredders-de-uz-174</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20174-201801-en%20Criteria-2020-01-10.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Cordless Phones (DE-UZ 131)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to cordless phones and base stations according to the DECT standard or a similar standard. The devices shall be primarily designed for transmitting phone calls and messages. They may, however, also provide additional functions, such as answering machine, organizer, wireless Internet access or data transmission via infrared port or bluetooth, Class III. Excluded are cordless phones with WLAN function.</t>
+  </si>
+  <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-digital-cordless-phones-de-uz-131</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20131-201404-en%20Criteria-2018-10-15.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Projectors DE-UZ 127</t>
   </si>
   <si>
+    <t>Digital Projectors:  These Basic Award Criteria apply to portable digital projectors, in German also called 'beamers', based on liquid crystal technology, Liquid Crystal Display - LCD, or digital light procession technology -DLP, for image reproduction.</t>
+  </si>
+  <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-digital-projectors-de-uz-127</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20127-201404-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Electric Kettles for Household Use (DE-UZ 133)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to electric water kettles for household use. In order to be eligible the electric kettle must have a removable water tank for cordless use. The power cable remains connected to the base plate and need not be unplugged from the outlet when moving the tank, to fill in water. In addition, products applying for the Blue Angel eco-label must be equipped with a concealed heating coil. Compliance with the above-mentioned criteria does not only improve the user friendliness but also indirectly extend the products service life.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>EN 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-electric-kettles-household-use-de-uz-133</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20133-201309-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Energy Efficient Data Center Operation (DE-UZ 161)</t>
   </si>
   <si>
+    <t>Within the scope of these Basic Award Criteria, a data center is defined as follows: A data center is capable of securely, permanently and centrally processing large amounts of data over a long period of time. In the process, the data center shall still possess these capabilities even when individual capabilities are not being used e.g. operation over a long period of time.</t>
+  </si>
+  <si>
     <t>Servers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-energy-efficient-data-center-operation-de-uz-161</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20161-201901-en%20Criteria-2019-03-21.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Hand Dryers (DE-UZ 87)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for electric hand dryers (e.g. hot air hand dryers, high speed hand dryers).</t>
+  </si>
+  <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-hand-dryers-de-uz-87</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20087-201405-en%20Criteria-2020-05-29.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Cooker Hoods (DE-UZ 147)</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>DIN EN 61591 and DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-household-cooker-hoods-de-uz-147</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20147-201001-en%20Criteria-2018-10-17.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Lamps (DE-UZ 151)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to lamps typically used for household lighting which fulfil the following prerequisites: They • are directly powered from the mains (230 V, 50 Hz) and therefore need no external ballast, power supply pack or the like; • are suitable for indoor use; • have a total luminous flux Ф of 60 ≤ Ф ≤ 6500 lumens (lm) and • are free from mercury. Excluded from the scope are: • lamps where: at least 6 percent of the total radiation between 250 and 780 nm fall in the range of 250 to 400 nm, the radiation peak is between 315 and -400 nm (UVA) or between 280 and 315 nm (UVB); • lamps that allow shifting the chromaticity coordinates to outside the white area; • double-ended lamps.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-household-lamps-de-uz-151</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20151-201409-en%20Criteria-2019-01-23.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Office Equipment with Printing Function (Printers and Multifunction Devices) (DE-UZ 205)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to office devices (usually referred to as printers and/or multifunction devices) which at least:
+• offer printing as their primary function,
+• are capable of producing monochrome or colour printouts (4-colour-printing) on standard paper with a grammage of 60 to 80 g/m2,
+• are capable of processing media or a minimum format of DIN A4 and up to a maximum format of DIN A3+, and
+• work as electrophotographic devices (LED or laser technology) by using toners or as inkjet devices by using inks (or gels, or waxes).</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-office-equipment-printing-function-printers-and-multifunction-devices-de</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20205-201701-en%20Criteria-2020-06-02.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Solar Collectors (DE-UZ 73)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to solar collectors according to DIN EN 12975. Using solar plants for the generation of energy helps to save resources and avoid pollutant</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>DIN EN 12975</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-solar-collectors-de-uz-73</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20073-200903-en%20Criteria-2019-07-17.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Stationary air conditioners (DE-UZ 204)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for air conditioners for stationary use with the following characteristics:</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-stationary-air-conditioners-de-uz-204</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20204-201608-en%20Criteria-2020-01-10.pdf</t>
+  </si>
+  <si>
     <t>INTE E10-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the specifications to determine the values of energy consumption per liter for self-contained commercial refrigeration equipment.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e10-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-1-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-requisitos-1422?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E10-2 2015</t>
   </si>
   <si>
+    <t>This standard applies to the following self-contained commercial refrigeration equipment powered by electricity; new -imported and domestic; used and rebuilt -only imported. All with capacities of 10 liters of refrigerated volume useful -in function of the energetic limits- or more. The types of equipment are: Vertical coolers with one or more front doors; Horizontal coolers; Horizontal freezers; Vertical freezers; Closed showcases; Ice bag preservers. This modification includes imported used and reconstructed equipment. This standard does not include used or reconstructed national equipment. This standard also applies to vertical refrigerators that are used with loads at temperatures down to -5C.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e10-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-2-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-etiquetado-270?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E11-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the maximum limits of energy consumption of residential refrigerators and freezers operated by hermetic motor compressors. This standard applies to  refrigerators up to 1104 L and  freezers up to 850 L operated by hermetic motor compressors. This standard does not apply to refrigerator-freezers with partially automatic defrosting.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e11-1-2015</t>
   </si>
   <si>
+    <t>https://inteco.org/tienda/catalogo/INTEE1112015</t>
+  </si>
+  <si>
     <t>INTE E11-2 2015</t>
   </si>
   <si>
+    <t>This standard specifies the label of energy consumption and its contents of household  refrigerators and  freezers operated by hermetic motor compressor. This standard applies to refrigerators up to 1104 liters and  freezers up to 850 liters operated by hermetic motor compressors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e11-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e11-2-2015-eficiencia-energetica-refrigeradores-electrodomesticos-y-congeladores-electrodomesticos-etiquetado-1420?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E12-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>ISO 3951-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e12-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-1-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-requisitos-1285?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E12-2 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label, compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e12-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-2-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-etiquetado-1197?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E13-1 2017</t>
   </si>
   <si>
+    <t>This standard establishes the associated nominal and minimum efficiency values; the test method for its evaluation; and the labeling specification of the nominal efficiency; on the motor data plate. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e13-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-1-2017-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-limites-de-eficiencia-2323?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E13-2 2018</t>
   </si>
   <si>
+    <t>This standard establishes the labeling requirements for the associated nominal and minimum efficiency values ??of the efficiency of alternating current; three-phase induction motors. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e13-2-2018</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-2-2018-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-etiquetado-2660?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E14-1 2015</t>
   </si>
   <si>
+    <t>This standard aims to establish the energy efficiency ranges of air conditioners. This Standard covers all split-window air conditioners with rated cooling capacities up to 17 589 W.</t>
+  </si>
+  <si>
     <t>ISO 5151</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e14-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-1-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-dividido-y-paquete-requisitos-1077?search=INTE+E14&amp;order=name+asc</t>
+  </si>
+  <si>
     <t>INTE E14-2 2015</t>
   </si>
   <si>
+    <t>The purpose of this standard is to establish the requirements that must be met by the energy efficiency label of air conditioners. This Standard covers all air conditioners; window type; split; package with nominal cooling capacities up to 17 589 W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e14-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-2-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-tipo-dividido-y-tipo-paquete-etiquetado-1538?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E17-1 2017</t>
   </si>
   <si>
+    <t>This national standard establishes the minimum limits of energy efficiency that electric cookers; insoles and electric ovens with resistive elements for domestic use and induction templates for domestic use must meet. Applies for electric ranges that use a 60 Hz AC source with a nominal system voltage of 120-240 V.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>ISO 2859-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-1-2017-eficiencia-energetica-cocinas-electricas-plantillas-plantillas-de-induccion-y-hornos-electricos-de-uso-domestico-parte-1-requisitos-1048?search=INTE+E17-1</t>
+  </si>
+  <si>
     <t>INTE E17-2 2017</t>
   </si>
   <si>
+    <t>This standard applies to electric cookers; insoles and electric ovens for domestic use with electrical connection 120 V; 240 V at 60 Hz</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-2-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-2-2017-eficiencia-energetica-cocinas-electricas-plantillas-y-hornos-electricos-de-uso-domestico-parte-2-etiquetado-1558?search=INTE+E17-2</t>
+  </si>
+  <si>
     <t>INTE E18-1: 2020</t>
   </si>
   <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes -LEDs- intended for roads and outdoor areas.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?search=INTE+28</t>
+  </si>
+  <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes (LED), intended for roads and outdoor areas</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?variant=7414</t>
+  </si>
+  <si>
     <t>INTE E18-2 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; of the light emitting diode -LED- luminaires for public lighting. This standard applies to luminaires with LED lighting components; which are sold and installed in the national territory to illuminate outdoor areas that have one or more of the following characteristics: roads; parks; or parking lots.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-2-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-2-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-para-alumbrado-publico-etiquetado-872?search=INTE+E18</t>
+  </si>
+  <si>
     <t>INTE E19-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; for high intensity discharge lamps -HID- for general lighting. This standard applies to discharge lamps in high intensity; intended for the lighting of the residential; commercial; services; industrial and public lighting sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e19-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for high intensity discharge (HID) lamps for general lighting. This standard applies to high intensity discharge lamps (HID), intended for lighting residential, commercial, services, industrial and public lighting sectors that are marketed in the national territory</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e19-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?variant=5672</t>
+  </si>
+  <si>
     <t>INTE E20-1 2016</t>
   </si>
   <si>
+    <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e20-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e20-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-factor-de-energia-fe-y-factor-de-consumo-de-agua-fca-parte-1-requisitos-1184?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E21-1 2016</t>
   </si>
   <si>
+    <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E21-2 2016</t>
   </si>
   <si>
+    <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-2-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-1 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for linear fluorescent lamps. This standard applies to linear fluorescent lamps; intended for lighting residential; commercial; services and industrial sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-1-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-requisitos-1480?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps. This standard applies to linear fluorescent lamps intended for lighting residential; commercial; services and industrial sectors that are marketed in the National territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-2 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps (LFL). This standard applies to linear fluorescent lamps, intended for lighting residential, commercial, service and industrial sectors that are marketed in the national territory. This standard does not apply to types of lamps that have one or more of the following characteristics: - Linear fluorescent lamps with a length of less than 50 cm, color temperature greater than 7000 K, designed to operate at low temperatures, ultraviolet and other special applications. . - Compact fluorescent lamp without integrated ballast, circular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-2-2020</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?variant=5673</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -751,1669 +975,1894 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N37"/>
+  <dimension ref="A1:P37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="126" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="126.112" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="833.939" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="277.075" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2012</v>
+      </c>
+      <c r="I2">
+        <v>2020</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2017</v>
+      </c>
+      <c r="I3">
+        <v>2021</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>39</v>
+      </c>
+      <c r="H4">
+        <v>2018</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5">
+        <v>2014</v>
+      </c>
+      <c r="J5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6">
         <v>2020</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>51</v>
+      </c>
+      <c r="P6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...2 lines deleted...]
-      <c r="L2" t="s">
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7">
+        <v>2020</v>
+      </c>
+      <c r="J7" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...7 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>56</v>
+      </c>
+      <c r="M7" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>57</v>
+      </c>
+      <c r="P7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C8" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3">
+      <c r="D8" t="s">
+        <v>61</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>39</v>
+      </c>
+      <c r="H8">
+        <v>2019</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>40</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>62</v>
+      </c>
+      <c r="P8" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>64</v>
+      </c>
+      <c r="B9" t="s">
+        <v>65</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>66</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9">
+        <v>2020</v>
+      </c>
+      <c r="J9" t="s">
+        <v>40</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>67</v>
+      </c>
+      <c r="P9" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>69</v>
+      </c>
+      <c r="B10" t="s">
+        <v>37</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>70</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2010</v>
+      </c>
+      <c r="I10">
+        <v>2018</v>
+      </c>
+      <c r="J10" t="s">
+        <v>40</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>71</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>72</v>
+      </c>
+      <c r="P10" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>74</v>
+      </c>
+      <c r="B11" t="s">
+        <v>75</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>76</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>77</v>
+      </c>
+      <c r="P11" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>79</v>
+      </c>
+      <c r="B12" t="s">
+        <v>80</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>81</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
         <v>2017</v>
       </c>
-      <c r="H3">
-[...5 lines deleted...]
-      <c r="J3" t="s">
+      <c r="I12">
+        <v>2020</v>
+      </c>
+      <c r="J12" t="s">
+        <v>40</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>82</v>
+      </c>
+      <c r="P12" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>84</v>
+      </c>
+      <c r="B13" t="s">
+        <v>85</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>86</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-      <c r="L3" t="s">
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13">
+        <v>2019</v>
+      </c>
+      <c r="J13" t="s">
         <v>23</v>
       </c>
-      <c r="M3" t="s">
-[...19 lines deleted...]
-      <c r="E4" t="s">
+      <c r="K13" t="s">
+        <v>87</v>
+      </c>
+      <c r="L13" t="s">
+        <v>88</v>
+      </c>
+      <c r="M13" t="s">
+        <v>26</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>89</v>
+      </c>
+      <c r="P13" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>91</v>
+      </c>
+      <c r="B14" t="s">
+        <v>92</v>
+      </c>
+      <c r="C14" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4">
+      <c r="D14" t="s">
+        <v>93</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2016</v>
+      </c>
+      <c r="I14">
+        <v>2020</v>
+      </c>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>94</v>
+      </c>
+      <c r="M14" t="s">
+        <v>26</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>95</v>
+      </c>
+      <c r="P14" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>97</v>
+      </c>
+      <c r="B15" t="s">
+        <v>98</v>
+      </c>
+      <c r="C15" t="s">
+        <v>99</v>
+      </c>
+      <c r="D15" t="s">
+        <v>100</v>
+      </c>
+      <c r="E15" t="s">
+        <v>101</v>
+      </c>
+      <c r="F15" t="s">
+        <v>102</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2001</v>
+      </c>
+      <c r="I15">
+        <v>2015</v>
+      </c>
+      <c r="J15" t="s">
+        <v>103</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>104</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>105</v>
+      </c>
+      <c r="P15" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>107</v>
+      </c>
+      <c r="B16" t="s">
+        <v>108</v>
+      </c>
+      <c r="C16" t="s">
+        <v>99</v>
+      </c>
+      <c r="D16" t="s">
+        <v>100</v>
+      </c>
+      <c r="E16" t="s">
+        <v>101</v>
+      </c>
+      <c r="F16" t="s">
+        <v>109</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2001</v>
+      </c>
+      <c r="I16">
+        <v>2015</v>
+      </c>
+      <c r="J16" t="s">
+        <v>103</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>104</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>110</v>
+      </c>
+      <c r="P16" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>112</v>
+      </c>
+      <c r="B17" t="s">
+        <v>113</v>
+      </c>
+      <c r="C17" t="s">
+        <v>99</v>
+      </c>
+      <c r="D17" t="s">
+        <v>114</v>
+      </c>
+      <c r="E17" t="s">
+        <v>101</v>
+      </c>
+      <c r="F17" t="s">
+        <v>102</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2001</v>
+      </c>
+      <c r="I17">
+        <v>2015</v>
+      </c>
+      <c r="J17" t="s">
+        <v>103</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>104</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>115</v>
+      </c>
+      <c r="P17" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>117</v>
+      </c>
+      <c r="B18" t="s">
+        <v>118</v>
+      </c>
+      <c r="C18" t="s">
+        <v>99</v>
+      </c>
+      <c r="D18" t="s">
+        <v>114</v>
+      </c>
+      <c r="E18" t="s">
+        <v>101</v>
+      </c>
+      <c r="F18" t="s">
+        <v>109</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2001</v>
+      </c>
+      <c r="I18">
+        <v>2015</v>
+      </c>
+      <c r="J18" t="s">
+        <v>103</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>104</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>119</v>
+      </c>
+      <c r="P18" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>121</v>
+      </c>
+      <c r="B19" t="s">
+        <v>122</v>
+      </c>
+      <c r="C19" t="s">
+        <v>99</v>
+      </c>
+      <c r="D19" t="s">
+        <v>76</v>
+      </c>
+      <c r="E19" t="s">
+        <v>101</v>
+      </c>
+      <c r="F19" t="s">
+        <v>102</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2000</v>
+      </c>
+      <c r="I19">
+        <v>2015</v>
+      </c>
+      <c r="J19" t="s">
+        <v>103</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>123</v>
+      </c>
+      <c r="M19" t="s">
+        <v>104</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>124</v>
+      </c>
+      <c r="P19" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>126</v>
+      </c>
+      <c r="B20" t="s">
+        <v>127</v>
+      </c>
+      <c r="C20" t="s">
+        <v>99</v>
+      </c>
+      <c r="D20" t="s">
+        <v>76</v>
+      </c>
+      <c r="E20" t="s">
+        <v>101</v>
+      </c>
+      <c r="F20" t="s">
+        <v>109</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2000</v>
+      </c>
+      <c r="I20">
+        <v>2015</v>
+      </c>
+      <c r="J20" t="s">
+        <v>103</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>104</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>128</v>
+      </c>
+      <c r="P20" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>130</v>
+      </c>
+      <c r="B21" t="s">
+        <v>131</v>
+      </c>
+      <c r="C21" t="s">
+        <v>99</v>
+      </c>
+      <c r="D21" t="s">
+        <v>132</v>
+      </c>
+      <c r="E21" t="s">
+        <v>101</v>
+      </c>
+      <c r="F21" t="s">
+        <v>102</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>1996</v>
+      </c>
+      <c r="I21">
+        <v>2017</v>
+      </c>
+      <c r="J21" t="s">
+        <v>103</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>104</v>
+      </c>
+      <c r="N21" t="s">
+        <v>133</v>
+      </c>
+      <c r="O21" t="s">
+        <v>134</v>
+      </c>
+      <c r="P21" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>136</v>
+      </c>
+      <c r="B22" t="s">
+        <v>137</v>
+      </c>
+      <c r="C22" t="s">
+        <v>99</v>
+      </c>
+      <c r="D22" t="s">
+        <v>132</v>
+      </c>
+      <c r="E22" t="s">
+        <v>101</v>
+      </c>
+      <c r="F22" t="s">
+        <v>109</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>1996</v>
+      </c>
+      <c r="I22">
         <v>2018</v>
       </c>
-      <c r="H4"/>
-[...7 lines deleted...]
-      <c r="L4" t="s">
+      <c r="J22" t="s">
+        <v>103</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>104</v>
+      </c>
+      <c r="N22" t="s">
+        <v>133</v>
+      </c>
+      <c r="O22" t="s">
+        <v>138</v>
+      </c>
+      <c r="P22" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>140</v>
+      </c>
+      <c r="B23" t="s">
+        <v>141</v>
+      </c>
+      <c r="C23" t="s">
+        <v>99</v>
+      </c>
+      <c r="D23" t="s">
+        <v>93</v>
+      </c>
+      <c r="E23" t="s">
+        <v>101</v>
+      </c>
+      <c r="F23" t="s">
+        <v>102</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>1996</v>
+      </c>
+      <c r="I23">
+        <v>2019</v>
+      </c>
+      <c r="J23" t="s">
         <v>23</v>
       </c>
-      <c r="M4" t="s">
-[...38 lines deleted...]
-      <c r="L5" t="s">
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>142</v>
+      </c>
+      <c r="M23" t="s">
+        <v>104</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>143</v>
+      </c>
+      <c r="P23" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>145</v>
+      </c>
+      <c r="B24" t="s">
+        <v>146</v>
+      </c>
+      <c r="C24" t="s">
+        <v>99</v>
+      </c>
+      <c r="D24" t="s">
+        <v>93</v>
+      </c>
+      <c r="E24" t="s">
+        <v>101</v>
+      </c>
+      <c r="F24" t="s">
+        <v>109</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>1996</v>
+      </c>
+      <c r="I24">
+        <v>2019</v>
+      </c>
+      <c r="J24" t="s">
         <v>23</v>
       </c>
-      <c r="M5" t="s">
-[...13 lines deleted...]
-      <c r="C6" t="s">
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>142</v>
+      </c>
+      <c r="M24" t="s">
+        <v>104</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>147</v>
+      </c>
+      <c r="P24" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>149</v>
+      </c>
+      <c r="B25" t="s">
+        <v>150</v>
+      </c>
+      <c r="C25" t="s">
+        <v>99</v>
+      </c>
+      <c r="D25" t="s">
+        <v>151</v>
+      </c>
+      <c r="E25" t="s">
+        <v>101</v>
+      </c>
+      <c r="F25" t="s">
+        <v>102</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>1996</v>
+      </c>
+      <c r="I25">
+        <v>2017</v>
+      </c>
+      <c r="J25" t="s">
+        <v>103</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>152</v>
+      </c>
+      <c r="M25" t="s">
+        <v>104</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>153</v>
+      </c>
+      <c r="P25" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>155</v>
+      </c>
+      <c r="B26" t="s">
+        <v>156</v>
+      </c>
+      <c r="C26" t="s">
+        <v>99</v>
+      </c>
+      <c r="D26" t="s">
+        <v>151</v>
+      </c>
+      <c r="E26" t="s">
+        <v>101</v>
+      </c>
+      <c r="F26" t="s">
+        <v>109</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>1996</v>
+      </c>
+      <c r="I26">
+        <v>2017</v>
+      </c>
+      <c r="J26" t="s">
+        <v>103</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>104</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>157</v>
+      </c>
+      <c r="P26" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>159</v>
+      </c>
+      <c r="B27" t="s">
+        <v>160</v>
+      </c>
+      <c r="C27" t="s">
+        <v>99</v>
+      </c>
+      <c r="D27" t="s">
+        <v>161</v>
+      </c>
+      <c r="E27" t="s">
+        <v>101</v>
+      </c>
+      <c r="F27" t="s">
+        <v>102</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2016</v>
+      </c>
+      <c r="I27">
+        <v>2020</v>
+      </c>
+      <c r="J27" t="s">
+        <v>23</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>104</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>162</v>
+      </c>
+      <c r="P27" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>159</v>
+      </c>
+      <c r="B28" t="s">
+        <v>164</v>
+      </c>
+      <c r="C28" t="s">
+        <v>99</v>
+      </c>
+      <c r="D28" t="s">
+        <v>161</v>
+      </c>
+      <c r="E28" t="s">
+        <v>101</v>
+      </c>
+      <c r="F28" t="s">
+        <v>102</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2016</v>
+      </c>
+      <c r="I28">
+        <v>2020</v>
+      </c>
+      <c r="J28" t="s">
+        <v>23</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>104</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>165</v>
+      </c>
+      <c r="P28" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>167</v>
+      </c>
+      <c r="B29" t="s">
+        <v>168</v>
+      </c>
+      <c r="C29" t="s">
+        <v>99</v>
+      </c>
+      <c r="D29" t="s">
+        <v>161</v>
+      </c>
+      <c r="E29" t="s">
+        <v>101</v>
+      </c>
+      <c r="F29" t="s">
+        <v>109</v>
+      </c>
+      <c r="G29" t="s">
         <v>39</v>
       </c>
-      <c r="D6" t="s">
-[...11 lines deleted...]
-      <c r="H6">
+      <c r="H29">
+        <v>2016</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>103</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>104</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>169</v>
+      </c>
+      <c r="P29" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>171</v>
+      </c>
+      <c r="B30" t="s">
+        <v>172</v>
+      </c>
+      <c r="C30" t="s">
+        <v>99</v>
+      </c>
+      <c r="D30" t="s">
+        <v>76</v>
+      </c>
+      <c r="E30" t="s">
+        <v>101</v>
+      </c>
+      <c r="F30" t="s">
+        <v>109</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2016</v>
+      </c>
+      <c r="I30">
         <v>2020</v>
       </c>
-      <c r="I6" t="s">
-[...6 lines deleted...]
-      <c r="L6" t="s">
+      <c r="J30" t="s">
         <v>23</v>
       </c>
-      <c r="M6" t="s">
-[...28 lines deleted...]
-      <c r="H7">
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>104</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>173</v>
+      </c>
+      <c r="P30" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>171</v>
+      </c>
+      <c r="B31" t="s">
+        <v>175</v>
+      </c>
+      <c r="C31" t="s">
+        <v>99</v>
+      </c>
+      <c r="D31" t="s">
+        <v>76</v>
+      </c>
+      <c r="E31" t="s">
+        <v>101</v>
+      </c>
+      <c r="F31" t="s">
+        <v>109</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2016</v>
+      </c>
+      <c r="I31">
         <v>2020</v>
       </c>
-      <c r="I7" t="s">
-[...8 lines deleted...]
-      <c r="L7" t="s">
+      <c r="J31" t="s">
         <v>23</v>
       </c>
-      <c r="M7" t="s">
-[...36 lines deleted...]
-      <c r="L8" t="s">
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>104</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>176</v>
+      </c>
+      <c r="P31" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>178</v>
+      </c>
+      <c r="B32" t="s">
+        <v>179</v>
+      </c>
+      <c r="C32" t="s">
+        <v>99</v>
+      </c>
+      <c r="D32" t="s">
+        <v>180</v>
+      </c>
+      <c r="E32" t="s">
+        <v>101</v>
+      </c>
+      <c r="F32" t="s">
+        <v>102</v>
+      </c>
+      <c r="G32" t="s">
+        <v>39</v>
+      </c>
+      <c r="H32">
+        <v>2016</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>103</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>104</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>181</v>
+      </c>
+      <c r="P32" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>183</v>
+      </c>
+      <c r="B33" t="s">
+        <v>184</v>
+      </c>
+      <c r="C33" t="s">
+        <v>99</v>
+      </c>
+      <c r="D33" t="s">
+        <v>180</v>
+      </c>
+      <c r="E33" t="s">
+        <v>101</v>
+      </c>
+      <c r="F33" t="s">
+        <v>102</v>
+      </c>
+      <c r="G33" t="s">
+        <v>39</v>
+      </c>
+      <c r="H33">
+        <v>2016</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>103</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>104</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>185</v>
+      </c>
+      <c r="P33" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>187</v>
+      </c>
+      <c r="B34" t="s">
+        <v>188</v>
+      </c>
+      <c r="C34" t="s">
+        <v>99</v>
+      </c>
+      <c r="D34" t="s">
+        <v>180</v>
+      </c>
+      <c r="E34" t="s">
+        <v>101</v>
+      </c>
+      <c r="F34" t="s">
+        <v>109</v>
+      </c>
+      <c r="G34" t="s">
+        <v>39</v>
+      </c>
+      <c r="H34">
+        <v>2016</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>103</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>104</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>189</v>
+      </c>
+      <c r="P34" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>191</v>
+      </c>
+      <c r="B35" t="s">
+        <v>192</v>
+      </c>
+      <c r="C35" t="s">
+        <v>99</v>
+      </c>
+      <c r="D35" t="s">
+        <v>193</v>
+      </c>
+      <c r="E35" t="s">
+        <v>101</v>
+      </c>
+      <c r="F35" t="s">
+        <v>102</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2000</v>
+      </c>
+      <c r="I35">
+        <v>2016</v>
+      </c>
+      <c r="J35" t="s">
+        <v>103</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>104</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>194</v>
+      </c>
+      <c r="P35" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>196</v>
+      </c>
+      <c r="B36" t="s">
+        <v>197</v>
+      </c>
+      <c r="C36" t="s">
+        <v>99</v>
+      </c>
+      <c r="D36" t="s">
+        <v>193</v>
+      </c>
+      <c r="E36" t="s">
+        <v>101</v>
+      </c>
+      <c r="F36" t="s">
+        <v>109</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2000</v>
+      </c>
+      <c r="I36">
+        <v>2020</v>
+      </c>
+      <c r="J36" t="s">
         <v>23</v>
       </c>
-      <c r="M8" t="s">
-[...28 lines deleted...]
-      <c r="H9">
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>104</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>198</v>
+      </c>
+      <c r="P36" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>200</v>
+      </c>
+      <c r="B37" t="s">
+        <v>201</v>
+      </c>
+      <c r="C37" t="s">
+        <v>99</v>
+      </c>
+      <c r="D37" t="s">
+        <v>193</v>
+      </c>
+      <c r="E37" t="s">
+        <v>101</v>
+      </c>
+      <c r="F37" t="s">
+        <v>109</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2016</v>
+      </c>
+      <c r="I37">
         <v>2020</v>
       </c>
-      <c r="I9" t="s">
-[...6 lines deleted...]
-      <c r="L9" t="s">
+      <c r="J37" t="s">
         <v>23</v>
       </c>
-      <c r="M9" t="s">
-[...679 lines deleted...]
-      <c r="K25" t="s">
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
         <v>104</v>
       </c>
-      <c r="L25" t="s">
-[...500 lines deleted...]
-      </c>
       <c r="N37" t="s">
-        <v>130</v>
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>202</v>
+      </c>
+      <c r="P37" t="s">
+        <v>203</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>