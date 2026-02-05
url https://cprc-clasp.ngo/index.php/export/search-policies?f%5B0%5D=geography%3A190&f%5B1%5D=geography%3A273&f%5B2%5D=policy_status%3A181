--- v0 (2025-10-12)
+++ v1 (2026-02-05)
@@ -12,501 +12,710 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="130">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="197">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Electric Motors Minimum Energy Performance Standards</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/electric-motors-minimum-energy-performance-standards</t>
   </si>
   <si>
+    <t>https://clasp.ngo/updates/2021/pakistan-launches-first-efficiency-policy-for-electric-motors</t>
+  </si>
+  <si>
     <t>INTE E10-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the specifications to determine the values of energy consumption per liter for self-contained commercial refrigeration equipment.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e10-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-1-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-requisitos-1422?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E10-2 2015</t>
   </si>
   <si>
+    <t>This standard applies to the following self-contained commercial refrigeration equipment powered by electricity; new -imported and domestic; used and rebuilt -only imported. All with capacities of 10 liters of refrigerated volume useful -in function of the energetic limits- or more. The types of equipment are: Vertical coolers with one or more front doors; Horizontal coolers; Horizontal freezers; Vertical freezers; Closed showcases; Ice bag preservers. This modification includes imported used and reconstructed equipment. This standard does not include used or reconstructed national equipment. This standard also applies to vertical refrigerators that are used with loads at temperatures down to -5C.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e10-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-2-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-etiquetado-270?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E11-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the maximum limits of energy consumption of residential refrigerators and freezers operated by hermetic motor compressors. This standard applies to  refrigerators up to 1104 L and  freezers up to 850 L operated by hermetic motor compressors. This standard does not apply to refrigerator-freezers with partially automatic defrosting.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e11-1-2015</t>
   </si>
   <si>
+    <t>https://inteco.org/tienda/catalogo/INTEE1112015</t>
+  </si>
+  <si>
     <t>INTE E11-2 2015</t>
   </si>
   <si>
+    <t>This standard specifies the label of energy consumption and its contents of household  refrigerators and  freezers operated by hermetic motor compressor. This standard applies to refrigerators up to 1104 liters and  freezers up to 850 liters operated by hermetic motor compressors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e11-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e11-2-2015-eficiencia-energetica-refrigeradores-electrodomesticos-y-congeladores-electrodomesticos-etiquetado-1420?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E12-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>ISO 3951-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e12-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-1-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-requisitos-1285?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E12-2 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label, compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e12-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-2-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-etiquetado-1197?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E13-1 2017</t>
   </si>
   <si>
+    <t>This standard establishes the associated nominal and minimum efficiency values; the test method for its evaluation; and the labeling specification of the nominal efficiency; on the motor data plate. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e13-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-1-2017-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-limites-de-eficiencia-2323?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E13-2 2018</t>
   </si>
   <si>
+    <t>This standard establishes the labeling requirements for the associated nominal and minimum efficiency values ??of the efficiency of alternating current; three-phase induction motors. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e13-2-2018</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-2-2018-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-etiquetado-2660?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E14-1 2015</t>
   </si>
   <si>
+    <t>This standard aims to establish the energy efficiency ranges of air conditioners. This Standard covers all split-window air conditioners with rated cooling capacities up to 17 589 W.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>ISO 5151</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e14-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-1-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-dividido-y-paquete-requisitos-1077?search=INTE+E14&amp;order=name+asc</t>
+  </si>
+  <si>
     <t>INTE E14-2 2015</t>
   </si>
   <si>
+    <t>The purpose of this standard is to establish the requirements that must be met by the energy efficiency label of air conditioners. This Standard covers all air conditioners; window type; split; package with nominal cooling capacities up to 17 589 W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e14-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-2-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-tipo-dividido-y-tipo-paquete-etiquetado-1538?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E17-1 2017</t>
   </si>
   <si>
+    <t>This national standard establishes the minimum limits of energy efficiency that electric cookers; insoles and electric ovens with resistive elements for domestic use and induction templates for domestic use must meet. Applies for electric ranges that use a 60 Hz AC source with a nominal system voltage of 120-240 V.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>ISO 2859-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-1-2017-eficiencia-energetica-cocinas-electricas-plantillas-plantillas-de-induccion-y-hornos-electricos-de-uso-domestico-parte-1-requisitos-1048?search=INTE+E17-1</t>
+  </si>
+  <si>
     <t>INTE E17-2 2017</t>
   </si>
   <si>
+    <t>This standard applies to electric cookers; insoles and electric ovens for domestic use with electrical connection 120 V; 240 V at 60 Hz</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-2-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-2-2017-eficiencia-energetica-cocinas-electricas-plantillas-y-hornos-electricos-de-uso-domestico-parte-2-etiquetado-1558?search=INTE+E17-2</t>
+  </si>
+  <si>
     <t>INTE E18-1: 2020</t>
   </si>
   <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes -LEDs- intended for roads and outdoor areas.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?search=INTE+28</t>
+  </si>
+  <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes (LED), intended for roads and outdoor areas</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?variant=7414</t>
+  </si>
+  <si>
     <t>INTE E18-2 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; of the light emitting diode -LED- luminaires for public lighting. This standard applies to luminaires with LED lighting components; which are sold and installed in the national territory to illuminate outdoor areas that have one or more of the following characteristics: roads; parks; or parking lots.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-2-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-2-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-para-alumbrado-publico-etiquetado-872?search=INTE+E18</t>
+  </si>
+  <si>
     <t>INTE E19-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; for high intensity discharge lamps -HID- for general lighting. This standard applies to discharge lamps in high intensity; intended for the lighting of the residential; commercial; services; industrial and public lighting sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e19-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for high intensity discharge (HID) lamps for general lighting. This standard applies to high intensity discharge lamps (HID), intended for lighting residential, commercial, services, industrial and public lighting sectors that are marketed in the national territory</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e19-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?variant=5672</t>
+  </si>
+  <si>
     <t>INTE E20-1 2016</t>
   </si>
   <si>
+    <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e20-1-2016</t>
   </si>
   <si>
+    <t>https://inteco.org/tienda/catalogo/INTEE2012016</t>
+  </si>
+  <si>
     <t>INTE E21-1 2016</t>
   </si>
   <si>
+    <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E21-2 2016</t>
   </si>
   <si>
+    <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-2-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-1 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for linear fluorescent lamps. This standard applies to linear fluorescent lamps; intended for lighting residential; commercial; services and industrial sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-1-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-requisitos-1480?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps. This standard applies to linear fluorescent lamps intended for lighting residential; commercial; services and industrial sectors that are marketed in the National territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-2 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps (LFL). This standard applies to linear fluorescent lamps, intended for lighting residential, commercial, service and industrial sectors that are marketed in the national territory. This standard does not apply to types of lamps that have one or more of the following characteristics: - Linear fluorescent lamps with a length of less than 50 cm, color temperature greater than 7000 K, designed to operate at low temperatures, ultraviolet and other special applications. . - Compact fluorescent lamp without integrated ballast, circular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-2-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?variant=5673</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard (MEPS) and Energy Star Rating for Television Receivers</t>
+  </si>
+  <si>
+    <t>This standard establishes MEPS and labeling requirements for televisions in Pakistan. This standard shall apply to the following types and sizes of TVs covering display sizes from 24 inches to 42 inches commonly used in Pakistan, with a supply voltage of 230 V 50 Hz or range 220-240 V, 50 Hz. LCD TVs (Liquid Crystal Display TVs), Plasma TVs, and LED TVs (Light Emitting Diodes TVs). Minimum Values of annual power consumption shall not be less than Star-1. The performance of the TVs applicable to this standard shall meet the requirements as specified in the standards IEC 60107, IEC 62087, and IEC 62301.</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>IEC 5422/2018
 ,   
                     IEC 60107-1
 ,   
                     IEC 60107-2
 ,   
                     IEC 60107-3
 ,   
                     IEC 62301
 ,   
                     IEC 62087
 ,   
                     JIS C 6101-1
 ,   
                     JIS C 6101-2
 ,   
                     JIS C 6101-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-meps-and-energy-star-rating-television-receivers</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electronics/27-PS%205422-2018.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards and Labeling Requirements for Household Refrigerator-Freezers</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory minimum energy performance standards (MEPS) and labeling requirements for household/domestic refrigerator-freezers. 
+MEPS requirement (kWh/year): 0.576 x Vadj + 420
+Where Vadj = adjusted volume (in liters)</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PS:IEC 62552-1/2018
 ,   
                     PS:IEC 62552-2/2018
 ,   
                     PS:IEC 62552-3/2016
 ,   
                     PS:IEC 62552-3 AMD 1/2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-and-labeling-requirements-household-refrigerator</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO414(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Label for Motors</t>
   </si>
   <si>
+    <t>This regulation establishes Minimum Energy Performance standards for electric motor efficiency and requires compliance with a star rating system. The regulation applies to the import and offer for sale of three-phase squirrel cage induction motors designed to operate at 50 Hz or 60 Hz with:
+a) a rated output power greater than or equal to 0.12 kW and less than or equal to 1,000 kW; and 
+b) a rated voltage of up to 1000 volts alternating current; and
+c) 2, 4, 6 or 8 poles; and
+d) a continuous duty rating.
+The regulation also applies to the import and offer for sale of single-phase squirrel cage induction motors of all types designed to operate at 50 Hz or 60 Hz with a rated output power greater than or equal to 0.12 kW.</t>
+  </si>
+  <si>
     <t>ISO/IEC 17025, IEC 60034-1 ED. 13.0, IEC 60034-2-1 Ed. 2.0 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-energy-label-motors</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO412(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for Fans</t>
   </si>
   <si>
+    <t>This policy is established to ensure that all electric fans sold in Pakistan meet Minimum Energy Performance Standards (MEPS) and comply with NEECA's energy star rating system of 1 to 5 stars. The fans should conform to all the requirements of Pakistan Standard PS:1/2021 (Comfort Fans and Regulators for Household and Similar Purposes – Methods for Measuring Performance) with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>PS:1/2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-energy-labels-fans</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO411(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for LED Lights</t>
   </si>
   <si>
+    <t>This policy establishes mandatory Minimum Energy Performance Standards (MEPS) and labels for LED lights that are normally used in households and buildings for general lighting purposes and street lighting. LED lights should conform to all the requirements of Pakistan Standard PS:IEC60050-845 with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>PS:IEC60050-845</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-energy-labels-led-lights</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO415(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for Room Air Conditioners</t>
   </si>
   <si>
+    <t>This policy is established to enforce Minimum Energy Performance Standards (MEPS) with an energy star rating system for air conditioning units. Room air conditioner means non-ducted wall mounted split room air conditioners with cooling capacity up to 10.5 kW that can be connected to main power and which are within the scope of PS:ISO5151/2013 and it includes non-inverter room air conditioner, inverter room air conditioner, and wall mounted split room air conditioner.</t>
+  </si>
+  <si>
     <t>PS: ISO 16358-1, PS: ISO5151/2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-energy-labels-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO413(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Standard: Household Microwave Oven - Methods for Measuring Performance</t>
   </si>
   <si>
+    <t>This standard applies to microwave ovens for household use and combination microwave ovens. Microwave ovens are defined as appliances using electromagnetic energy in the ISM frequency band of 2,450 MHz for heating food and beverages in the cavity. Combination microwave ovens are microwave ovens in which the microwave energy is combined with thermal energy.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IEC 60705:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-standard-household-microwave-oven-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electrotechnical/56-PS%205254%20based%20on%2060705.pdf</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sro-604i2019-import-policy-solar-equipment</t>
+  </si>
+  <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -770,1537 +979,1744 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N34"/>
+  <dimension ref="A1:P34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="116" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="150" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="116.686" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="833.939" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="182.813" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="150.963" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="277.075" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2">
+        <v>2020</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>22</v>
+      </c>
+      <c r="K2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>24</v>
+      </c>
+      <c r="N2" t="s">
+        <v>25</v>
+      </c>
+      <c r="O2" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3">
+        <v>2001</v>
+      </c>
+      <c r="I3">
+        <v>2015</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>23</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>34</v>
+      </c>
+      <c r="N3" t="s">
+        <v>25</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>30</v>
+      </c>
+      <c r="D4" t="s">
+        <v>31</v>
+      </c>
+      <c r="E4" t="s">
+        <v>19</v>
+      </c>
+      <c r="F4" t="s">
+        <v>39</v>
+      </c>
+      <c r="G4" t="s">
+        <v>32</v>
+      </c>
+      <c r="H4">
+        <v>2001</v>
+      </c>
+      <c r="I4">
+        <v>2015</v>
+      </c>
+      <c r="J4" t="s">
+        <v>33</v>
+      </c>
+      <c r="K4" t="s">
+        <v>23</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>34</v>
+      </c>
+      <c r="N4" t="s">
+        <v>25</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>19</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5">
+        <v>2001</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K5" t="s">
+        <v>23</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>34</v>
+      </c>
+      <c r="N5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O5" t="s">
+        <v>45</v>
+      </c>
+      <c r="P5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>30</v>
+      </c>
+      <c r="D6" t="s">
+        <v>44</v>
+      </c>
+      <c r="E6" t="s">
+        <v>19</v>
+      </c>
+      <c r="F6" t="s">
+        <v>39</v>
+      </c>
+      <c r="G6" t="s">
+        <v>32</v>
+      </c>
+      <c r="H6">
+        <v>2001</v>
+      </c>
+      <c r="I6">
+        <v>2015</v>
+      </c>
+      <c r="J6" t="s">
+        <v>33</v>
+      </c>
+      <c r="K6" t="s">
+        <v>23</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>34</v>
+      </c>
+      <c r="N6" t="s">
+        <v>25</v>
+      </c>
+      <c r="O6" t="s">
+        <v>49</v>
+      </c>
+      <c r="P6" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7" t="s">
+        <v>52</v>
+      </c>
+      <c r="C7" t="s">
+        <v>30</v>
+      </c>
+      <c r="D7" t="s">
+        <v>53</v>
+      </c>
+      <c r="E7" t="s">
+        <v>19</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>32</v>
+      </c>
+      <c r="H7">
+        <v>2000</v>
+      </c>
+      <c r="I7">
+        <v>2015</v>
+      </c>
+      <c r="J7" t="s">
+        <v>33</v>
+      </c>
+      <c r="K7" t="s">
+        <v>23</v>
+      </c>
+      <c r="L7" t="s">
+        <v>54</v>
+      </c>
+      <c r="M7" t="s">
+        <v>34</v>
+      </c>
+      <c r="N7" t="s">
+        <v>25</v>
+      </c>
+      <c r="O7" t="s">
+        <v>55</v>
+      </c>
+      <c r="P7" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>57</v>
+      </c>
+      <c r="B8" t="s">
+        <v>58</v>
+      </c>
+      <c r="C8" t="s">
+        <v>30</v>
+      </c>
+      <c r="D8" t="s">
+        <v>53</v>
+      </c>
+      <c r="E8" t="s">
+        <v>19</v>
+      </c>
+      <c r="F8" t="s">
+        <v>39</v>
+      </c>
+      <c r="G8" t="s">
+        <v>32</v>
+      </c>
+      <c r="H8">
+        <v>2000</v>
+      </c>
+      <c r="I8">
+        <v>2015</v>
+      </c>
+      <c r="J8" t="s">
+        <v>33</v>
+      </c>
+      <c r="K8" t="s">
+        <v>23</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>34</v>
+      </c>
+      <c r="N8" t="s">
+        <v>25</v>
+      </c>
+      <c r="O8" t="s">
+        <v>59</v>
+      </c>
+      <c r="P8" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>61</v>
+      </c>
+      <c r="B9" t="s">
+        <v>62</v>
+      </c>
+      <c r="C9" t="s">
+        <v>30</v>
+      </c>
+      <c r="D9" t="s">
+        <v>63</v>
+      </c>
+      <c r="E9" t="s">
+        <v>19</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>32</v>
+      </c>
+      <c r="H9">
+        <v>1996</v>
+      </c>
+      <c r="I9">
+        <v>2017</v>
+      </c>
+      <c r="J9" t="s">
+        <v>33</v>
+      </c>
+      <c r="K9" t="s">
+        <v>23</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>34</v>
+      </c>
+      <c r="N9" t="s">
+        <v>64</v>
+      </c>
+      <c r="O9" t="s">
+        <v>65</v>
+      </c>
+      <c r="P9" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>67</v>
+      </c>
+      <c r="B10" t="s">
+        <v>68</v>
+      </c>
+      <c r="C10" t="s">
+        <v>30</v>
+      </c>
+      <c r="D10" t="s">
+        <v>63</v>
+      </c>
+      <c r="E10" t="s">
+        <v>19</v>
+      </c>
+      <c r="F10" t="s">
+        <v>39</v>
+      </c>
+      <c r="G10" t="s">
+        <v>32</v>
+      </c>
+      <c r="H10">
+        <v>1996</v>
+      </c>
+      <c r="I10">
+        <v>2018</v>
+      </c>
+      <c r="J10" t="s">
+        <v>33</v>
+      </c>
+      <c r="K10" t="s">
+        <v>23</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>34</v>
+      </c>
+      <c r="N10" t="s">
+        <v>64</v>
+      </c>
+      <c r="O10" t="s">
+        <v>69</v>
+      </c>
+      <c r="P10" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>71</v>
+      </c>
+      <c r="B11" t="s">
+        <v>72</v>
+      </c>
+      <c r="C11" t="s">
+        <v>30</v>
+      </c>
+      <c r="D11" t="s">
+        <v>73</v>
+      </c>
+      <c r="E11" t="s">
+        <v>19</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>32</v>
+      </c>
+      <c r="H11">
+        <v>1996</v>
+      </c>
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
+        <v>74</v>
+      </c>
+      <c r="K11" t="s">
+        <v>23</v>
+      </c>
+      <c r="L11" t="s">
+        <v>75</v>
+      </c>
+      <c r="M11" t="s">
+        <v>34</v>
+      </c>
+      <c r="N11" t="s">
+        <v>25</v>
+      </c>
+      <c r="O11" t="s">
+        <v>76</v>
+      </c>
+      <c r="P11" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>78</v>
+      </c>
+      <c r="B12" t="s">
+        <v>79</v>
+      </c>
+      <c r="C12" t="s">
+        <v>30</v>
+      </c>
+      <c r="D12" t="s">
+        <v>73</v>
+      </c>
+      <c r="E12" t="s">
+        <v>19</v>
+      </c>
+      <c r="F12" t="s">
+        <v>39</v>
+      </c>
+      <c r="G12" t="s">
+        <v>32</v>
+      </c>
+      <c r="H12">
+        <v>1996</v>
+      </c>
+      <c r="I12">
+        <v>2019</v>
+      </c>
+      <c r="J12" t="s">
+        <v>74</v>
+      </c>
+      <c r="K12" t="s">
+        <v>23</v>
+      </c>
+      <c r="L12" t="s">
+        <v>75</v>
+      </c>
+      <c r="M12" t="s">
+        <v>34</v>
+      </c>
+      <c r="N12" t="s">
+        <v>25</v>
+      </c>
+      <c r="O12" t="s">
+        <v>80</v>
+      </c>
+      <c r="P12" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>82</v>
+      </c>
+      <c r="B13" t="s">
+        <v>83</v>
+      </c>
+      <c r="C13" t="s">
+        <v>30</v>
+      </c>
+      <c r="D13" t="s">
+        <v>84</v>
+      </c>
+      <c r="E13" t="s">
+        <v>19</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>32</v>
+      </c>
+      <c r="H13">
+        <v>1996</v>
+      </c>
+      <c r="I13">
+        <v>2017</v>
+      </c>
+      <c r="J13" t="s">
+        <v>33</v>
+      </c>
+      <c r="K13" t="s">
+        <v>23</v>
+      </c>
+      <c r="L13" t="s">
+        <v>85</v>
+      </c>
+      <c r="M13" t="s">
+        <v>34</v>
+      </c>
+      <c r="N13" t="s">
+        <v>25</v>
+      </c>
+      <c r="O13" t="s">
+        <v>86</v>
+      </c>
+      <c r="P13" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>88</v>
+      </c>
+      <c r="B14" t="s">
+        <v>89</v>
+      </c>
+      <c r="C14" t="s">
+        <v>30</v>
+      </c>
+      <c r="D14" t="s">
+        <v>84</v>
+      </c>
+      <c r="E14" t="s">
+        <v>19</v>
+      </c>
+      <c r="F14" t="s">
+        <v>39</v>
+      </c>
+      <c r="G14" t="s">
+        <v>32</v>
+      </c>
+      <c r="H14">
+        <v>1996</v>
+      </c>
+      <c r="I14">
+        <v>2017</v>
+      </c>
+      <c r="J14" t="s">
+        <v>33</v>
+      </c>
+      <c r="K14" t="s">
+        <v>23</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>34</v>
+      </c>
+      <c r="N14" t="s">
+        <v>25</v>
+      </c>
+      <c r="O14" t="s">
+        <v>90</v>
+      </c>
+      <c r="P14" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>92</v>
+      </c>
+      <c r="B15" t="s">
+        <v>93</v>
+      </c>
+      <c r="C15" t="s">
+        <v>30</v>
+      </c>
+      <c r="D15" t="s">
+        <v>94</v>
+      </c>
+      <c r="E15" t="s">
+        <v>19</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>32</v>
+      </c>
+      <c r="H15">
+        <v>2016</v>
+      </c>
+      <c r="I15">
+        <v>2020</v>
+      </c>
+      <c r="J15" t="s">
+        <v>74</v>
+      </c>
+      <c r="K15" t="s">
+        <v>23</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>34</v>
+      </c>
+      <c r="N15" t="s">
+        <v>25</v>
+      </c>
+      <c r="O15" t="s">
+        <v>95</v>
+      </c>
+      <c r="P15" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>92</v>
+      </c>
+      <c r="B16" t="s">
+        <v>97</v>
+      </c>
+      <c r="C16" t="s">
+        <v>30</v>
+      </c>
+      <c r="D16" t="s">
+        <v>94</v>
+      </c>
+      <c r="E16" t="s">
+        <v>19</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>32</v>
+      </c>
+      <c r="H16">
+        <v>2016</v>
+      </c>
+      <c r="I16">
+        <v>2020</v>
+      </c>
+      <c r="J16" t="s">
+        <v>74</v>
+      </c>
+      <c r="K16" t="s">
+        <v>23</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>34</v>
+      </c>
+      <c r="N16" t="s">
+        <v>25</v>
+      </c>
+      <c r="O16" t="s">
+        <v>98</v>
+      </c>
+      <c r="P16" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>100</v>
+      </c>
+      <c r="B17" t="s">
+        <v>101</v>
+      </c>
+      <c r="C17" t="s">
+        <v>30</v>
+      </c>
+      <c r="D17" t="s">
+        <v>94</v>
+      </c>
+      <c r="E17" t="s">
+        <v>19</v>
+      </c>
+      <c r="F17" t="s">
+        <v>39</v>
+      </c>
+      <c r="G17" t="s">
+        <v>21</v>
+      </c>
+      <c r="H17">
+        <v>2016</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>33</v>
+      </c>
+      <c r="K17" t="s">
+        <v>23</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>34</v>
+      </c>
+      <c r="N17" t="s">
+        <v>25</v>
+      </c>
+      <c r="O17" t="s">
+        <v>102</v>
+      </c>
+      <c r="P17" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>104</v>
+      </c>
+      <c r="B18" t="s">
+        <v>105</v>
+      </c>
+      <c r="C18" t="s">
+        <v>30</v>
+      </c>
+      <c r="D18" t="s">
+        <v>53</v>
+      </c>
+      <c r="E18" t="s">
+        <v>19</v>
+      </c>
+      <c r="F18" t="s">
+        <v>39</v>
+      </c>
+      <c r="G18" t="s">
+        <v>32</v>
+      </c>
+      <c r="H18">
+        <v>2016</v>
+      </c>
+      <c r="I18">
+        <v>2020</v>
+      </c>
+      <c r="J18" t="s">
+        <v>74</v>
+      </c>
+      <c r="K18" t="s">
+        <v>23</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>34</v>
+      </c>
+      <c r="N18" t="s">
+        <v>25</v>
+      </c>
+      <c r="O18" t="s">
+        <v>106</v>
+      </c>
+      <c r="P18" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>104</v>
+      </c>
+      <c r="B19" t="s">
+        <v>108</v>
+      </c>
+      <c r="C19" t="s">
+        <v>30</v>
+      </c>
+      <c r="D19" t="s">
+        <v>53</v>
+      </c>
+      <c r="E19" t="s">
+        <v>19</v>
+      </c>
+      <c r="F19" t="s">
+        <v>39</v>
+      </c>
+      <c r="G19" t="s">
+        <v>32</v>
+      </c>
+      <c r="H19">
+        <v>2016</v>
+      </c>
+      <c r="I19">
+        <v>2020</v>
+      </c>
+      <c r="J19" t="s">
+        <v>74</v>
+      </c>
+      <c r="K19" t="s">
+        <v>23</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>34</v>
+      </c>
+      <c r="N19" t="s">
+        <v>25</v>
+      </c>
+      <c r="O19" t="s">
+        <v>109</v>
+      </c>
+      <c r="P19" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>111</v>
+      </c>
+      <c r="B20" t="s">
+        <v>112</v>
+      </c>
+      <c r="C20" t="s">
+        <v>30</v>
+      </c>
+      <c r="D20" t="s">
+        <v>113</v>
+      </c>
+      <c r="E20" t="s">
+        <v>19</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H20">
+        <v>2016</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>33</v>
+      </c>
+      <c r="K20" t="s">
+        <v>23</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>34</v>
+      </c>
+      <c r="N20" t="s">
+        <v>25</v>
+      </c>
+      <c r="O20" t="s">
+        <v>114</v>
+      </c>
+      <c r="P20" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>116</v>
+      </c>
+      <c r="B21" t="s">
+        <v>117</v>
+      </c>
+      <c r="C21" t="s">
+        <v>30</v>
+      </c>
+      <c r="D21" t="s">
+        <v>113</v>
+      </c>
+      <c r="E21" t="s">
+        <v>19</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>21</v>
+      </c>
+      <c r="H21">
+        <v>2016</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>33</v>
+      </c>
+      <c r="K21" t="s">
+        <v>23</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>34</v>
+      </c>
+      <c r="N21" t="s">
+        <v>25</v>
+      </c>
+      <c r="O21" t="s">
+        <v>118</v>
+      </c>
+      <c r="P21" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>120</v>
+      </c>
+      <c r="B22" t="s">
+        <v>121</v>
+      </c>
+      <c r="C22" t="s">
+        <v>30</v>
+      </c>
+      <c r="D22" t="s">
+        <v>113</v>
+      </c>
+      <c r="E22" t="s">
+        <v>19</v>
+      </c>
+      <c r="F22" t="s">
+        <v>39</v>
+      </c>
+      <c r="G22" t="s">
+        <v>21</v>
+      </c>
+      <c r="H22">
+        <v>2016</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>33</v>
+      </c>
+      <c r="K22" t="s">
+        <v>23</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>34</v>
+      </c>
+      <c r="N22" t="s">
+        <v>25</v>
+      </c>
+      <c r="O22" t="s">
+        <v>122</v>
+      </c>
+      <c r="P22" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>124</v>
+      </c>
+      <c r="B23" t="s">
+        <v>125</v>
+      </c>
+      <c r="C23" t="s">
+        <v>30</v>
+      </c>
+      <c r="D23" t="s">
+        <v>126</v>
+      </c>
+      <c r="E23" t="s">
+        <v>19</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>32</v>
+      </c>
+      <c r="H23">
+        <v>2000</v>
+      </c>
+      <c r="I23">
+        <v>2016</v>
+      </c>
+      <c r="J23" t="s">
+        <v>33</v>
+      </c>
+      <c r="K23" t="s">
+        <v>23</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>34</v>
+      </c>
+      <c r="N23" t="s">
+        <v>25</v>
+      </c>
+      <c r="O23" t="s">
+        <v>127</v>
+      </c>
+      <c r="P23" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>129</v>
+      </c>
+      <c r="B24" t="s">
+        <v>130</v>
+      </c>
+      <c r="C24" t="s">
+        <v>30</v>
+      </c>
+      <c r="D24" t="s">
+        <v>126</v>
+      </c>
+      <c r="E24" t="s">
+        <v>19</v>
+      </c>
+      <c r="F24" t="s">
+        <v>39</v>
+      </c>
+      <c r="G24" t="s">
+        <v>32</v>
+      </c>
+      <c r="H24">
+        <v>2000</v>
+      </c>
+      <c r="I24">
+        <v>2020</v>
+      </c>
+      <c r="J24" t="s">
+        <v>74</v>
+      </c>
+      <c r="K24" t="s">
+        <v>23</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>34</v>
+      </c>
+      <c r="N24" t="s">
+        <v>25</v>
+      </c>
+      <c r="O24" t="s">
+        <v>131</v>
+      </c>
+      <c r="P24" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>133</v>
+      </c>
+      <c r="B25" t="s">
+        <v>134</v>
+      </c>
+      <c r="C25" t="s">
+        <v>30</v>
+      </c>
+      <c r="D25" t="s">
+        <v>126</v>
+      </c>
+      <c r="E25" t="s">
+        <v>19</v>
+      </c>
+      <c r="F25" t="s">
+        <v>39</v>
+      </c>
+      <c r="G25" t="s">
+        <v>32</v>
+      </c>
+      <c r="H25">
+        <v>2016</v>
+      </c>
+      <c r="I25">
+        <v>2020</v>
+      </c>
+      <c r="J25" t="s">
+        <v>74</v>
+      </c>
+      <c r="K25" t="s">
+        <v>23</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>34</v>
+      </c>
+      <c r="N25" t="s">
+        <v>25</v>
+      </c>
+      <c r="O25" t="s">
+        <v>135</v>
+      </c>
+      <c r="P25" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>137</v>
+      </c>
+      <c r="B26" t="s">
+        <v>138</v>
+      </c>
+      <c r="C26" t="s">
         <v>17</v>
       </c>
-      <c r="E2" t="s">
+      <c r="D26" t="s">
+        <v>139</v>
+      </c>
+      <c r="E26" t="s">
+        <v>140</v>
+      </c>
+      <c r="F26" t="s">
+        <v>141</v>
+      </c>
+      <c r="G26" t="s">
+        <v>21</v>
+      </c>
+      <c r="H26">
+        <v>2017</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>142</v>
+      </c>
+      <c r="K26" t="s">
+        <v>23</v>
+      </c>
+      <c r="L26" t="s">
+        <v>143</v>
+      </c>
+      <c r="M26" t="s">
+        <v>24</v>
+      </c>
+      <c r="N26" t="s">
+        <v>25</v>
+      </c>
+      <c r="O26" t="s">
+        <v>144</v>
+      </c>
+      <c r="P26" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>146</v>
+      </c>
+      <c r="B27" t="s">
+        <v>147</v>
+      </c>
+      <c r="C27" t="s">
+        <v>17</v>
+      </c>
+      <c r="D27" t="s">
+        <v>31</v>
+      </c>
+      <c r="E27" t="s">
+        <v>19</v>
+      </c>
+      <c r="F27" t="s">
+        <v>148</v>
+      </c>
+      <c r="G27" t="s">
+        <v>21</v>
+      </c>
+      <c r="H27">
+        <v>2024</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>149</v>
+      </c>
+      <c r="K27" t="s">
+        <v>23</v>
+      </c>
+      <c r="L27" t="s">
+        <v>150</v>
+      </c>
+      <c r="M27" t="s">
+        <v>24</v>
+      </c>
+      <c r="N27" t="s">
+        <v>25</v>
+      </c>
+      <c r="O27" t="s">
+        <v>151</v>
+      </c>
+      <c r="P27" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>153</v>
+      </c>
+      <c r="B28" t="s">
+        <v>154</v>
+      </c>
+      <c r="C28" t="s">
+        <v>17</v>
+      </c>
+      <c r="D28" t="s">
+        <v>155</v>
+      </c>
+      <c r="E28" t="s">
+        <v>156</v>
+      </c>
+      <c r="F28" t="s">
+        <v>141</v>
+      </c>
+      <c r="G28" t="s">
+        <v>21</v>
+      </c>
+      <c r="H28">
+        <v>2023</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>142</v>
+      </c>
+      <c r="K28" t="s">
+        <v>157</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>24</v>
+      </c>
+      <c r="N28" t="s">
+        <v>64</v>
+      </c>
+      <c r="O28" t="s">
+        <v>158</v>
+      </c>
+      <c r="P28" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>160</v>
+      </c>
+      <c r="B29" t="s">
+        <v>161</v>
+      </c>
+      <c r="C29" t="s">
+        <v>17</v>
+      </c>
+      <c r="D29" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="E29" t="s">
+        <v>19</v>
+      </c>
+      <c r="F29" t="s">
+        <v>148</v>
+      </c>
+      <c r="G29" t="s">
+        <v>21</v>
+      </c>
+      <c r="H29">
+        <v>2014</v>
+      </c>
+      <c r="I29">
+        <v>2024</v>
+      </c>
+      <c r="J29" t="s">
+        <v>149</v>
+      </c>
+      <c r="K29" t="s">
+        <v>23</v>
+      </c>
+      <c r="L29" t="s">
+        <v>162</v>
+      </c>
+      <c r="M29" t="s">
+        <v>24</v>
+      </c>
+      <c r="N29" t="s">
+        <v>25</v>
+      </c>
+      <c r="O29" t="s">
+        <v>163</v>
+      </c>
+      <c r="P29" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>165</v>
+      </c>
+      <c r="B30" t="s">
+        <v>166</v>
+      </c>
+      <c r="C30" t="s">
+        <v>17</v>
+      </c>
+      <c r="D30" t="s">
+        <v>167</v>
+      </c>
+      <c r="E30" t="s">
+        <v>19</v>
+      </c>
+      <c r="F30" t="s">
+        <v>148</v>
+      </c>
+      <c r="G30" t="s">
+        <v>32</v>
+      </c>
+      <c r="H30">
+        <v>2014</v>
+      </c>
+      <c r="I30">
+        <v>2024</v>
+      </c>
+      <c r="J30" t="s">
+        <v>149</v>
+      </c>
+      <c r="K30" t="s">
+        <v>23</v>
+      </c>
+      <c r="L30" t="s">
+        <v>168</v>
+      </c>
+      <c r="M30" t="s">
+        <v>24</v>
+      </c>
+      <c r="N30" t="s">
+        <v>25</v>
+      </c>
+      <c r="O30" t="s">
+        <v>169</v>
+      </c>
+      <c r="P30" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>171</v>
+      </c>
+      <c r="B31" t="s">
+        <v>172</v>
+      </c>
+      <c r="C31" t="s">
+        <v>17</v>
+      </c>
+      <c r="D31" t="s">
+        <v>173</v>
+      </c>
+      <c r="E31" t="s">
+        <v>19</v>
+      </c>
+      <c r="F31" t="s">
+        <v>148</v>
+      </c>
+      <c r="G31" t="s">
+        <v>32</v>
+      </c>
+      <c r="H31">
         <v>2020</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I31">
+        <v>2024</v>
+      </c>
+      <c r="J31" t="s">
+        <v>149</v>
+      </c>
+      <c r="K31" t="s">
+        <v>23</v>
+      </c>
+      <c r="L31" t="s">
+        <v>174</v>
+      </c>
+      <c r="M31" t="s">
+        <v>24</v>
+      </c>
+      <c r="N31" t="s">
+        <v>25</v>
+      </c>
+      <c r="O31" t="s">
+        <v>175</v>
+      </c>
+      <c r="P31" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>177</v>
+      </c>
+      <c r="B32" t="s">
+        <v>178</v>
+      </c>
+      <c r="C32" t="s">
+        <v>17</v>
+      </c>
+      <c r="D32" t="s">
+        <v>73</v>
+      </c>
+      <c r="E32" t="s">
+        <v>19</v>
+      </c>
+      <c r="F32" t="s">
+        <v>148</v>
+      </c>
+      <c r="G32" t="s">
+        <v>21</v>
+      </c>
+      <c r="H32">
+        <v>2014</v>
+      </c>
+      <c r="I32">
+        <v>2024</v>
+      </c>
+      <c r="J32" t="s">
+        <v>149</v>
+      </c>
+      <c r="K32" t="s">
+        <v>23</v>
+      </c>
+      <c r="L32" t="s">
+        <v>179</v>
+      </c>
+      <c r="M32" t="s">
+        <v>24</v>
+      </c>
+      <c r="N32" t="s">
+        <v>25</v>
+      </c>
+      <c r="O32" t="s">
+        <v>180</v>
+      </c>
+      <c r="P32" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>182</v>
+      </c>
+      <c r="B33" t="s">
+        <v>183</v>
+      </c>
+      <c r="C33" t="s">
+        <v>17</v>
+      </c>
+      <c r="D33" t="s">
+        <v>184</v>
+      </c>
+      <c r="E33" t="s">
+        <v>140</v>
+      </c>
+      <c r="F33" t="s">
+        <v>185</v>
+      </c>
+      <c r="G33" t="s">
+        <v>21</v>
+      </c>
+      <c r="H33"/>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>142</v>
+      </c>
+      <c r="K33" t="s">
+        <v>23</v>
+      </c>
+      <c r="L33" t="s">
+        <v>186</v>
+      </c>
+      <c r="M33" t="s">
+        <v>24</v>
+      </c>
+      <c r="N33" t="s">
+        <v>25</v>
+      </c>
+      <c r="O33" t="s">
+        <v>187</v>
+      </c>
+      <c r="P33" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>189</v>
+      </c>
+      <c r="B34" t="s">
+        <v>190</v>
+      </c>
+      <c r="C34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D34" t="s">
+        <v>191</v>
+      </c>
+      <c r="E34" t="s">
+        <v>19</v>
+      </c>
+      <c r="F34" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="G34" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...6 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H34">
+        <v>2019</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>192</v>
+      </c>
+      <c r="K34" t="s">
+        <v>193</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
         <v>24</v>
       </c>
-    </row>
-[...1341 lines deleted...]
-      </c>
       <c r="N34" t="s">
-        <v>129</v>
+        <v>194</v>
+      </c>
+      <c r="O34" t="s">
+        <v>195</v>
+      </c>
+      <c r="P34" t="s">
+        <v>196</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>